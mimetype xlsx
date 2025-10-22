--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -1,159 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="927" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="REGULARSAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="20">
+  <fonts count="21">
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -326,314 +332,336 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="111">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-[...23 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...8 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...59 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -692,265 +720,231 @@
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>93</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>102</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="15341600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>107</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>116</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="5" name="Picture 4"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="17754600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -968,65 +962,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1047,124 +1041,104 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L128"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView topLeftCell="A121" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="C124" sqref="C124"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="45.54296875" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="23.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="12.26953125" customWidth="1" style="2" min="5" max="5"/>
+    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Regular Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on September 15, 2025</t>
+          <t>Portfolio as on October 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1213,1136 +1187,1128 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
         <v>31510</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>304.72</v>
+        <v>308.25</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.0171</v>
+        <v>0.0173</v>
       </c>
       <c r="J8" s="6" t="n"/>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>ICICI Bank Limited</t>
+          <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>INE090A01021</t>
+          <t>INE237A01028</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
-        <v>15327</v>
+        <v>9998</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>217.55</v>
+        <v>214.92</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0122</v>
+        <v>0.012</v>
       </c>
       <c r="J9" s="6" t="n"/>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.6651</v>
+        <v>0.6617</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>ICICI Bank Limited</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>INE237A01028</t>
+          <t>INE090A01021</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
-        <v>9998</v>
+        <v>15327</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>197.04</v>
+        <v>214.33</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.011</v>
+        <v>0.012</v>
       </c>
       <c r="J10" s="6" t="n"/>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.0891</v>
+        <v>0.0895</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>ITC Limited</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE154A01025</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>47375</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>195.49</v>
+        <v>189.45</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0109</v>
+        <v>0.0106</v>
       </c>
       <c r="J11" s="6" t="n"/>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.0533</v>
+        <v>0.0552</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Infosys Limited</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE009A01021</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
-        <v>10948</v>
+        <v>11707</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>165.14</v>
+        <v>172.61</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0092</v>
+        <v>0.0097</v>
       </c>
       <c r="J12" s="6" t="n"/>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
         <v>0.021</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
         <v>13784</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>152.23</v>
+        <v>161.22</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.008500000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0117</v>
+        <v>0.0131</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Mahindra &amp; Mahindra Limited</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>INE101A01026</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>3835</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>135.39</v>
+        <v>134.12</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0076</v>
+        <v>0.0075</v>
       </c>
       <c r="J14" s="6" t="n"/>
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0109</v>
+        <v>0.0106</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>SBI Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>INE123W01016</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>6895</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>125.64</v>
+        <v>126.91</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.007</v>
+        <v>0.0071</v>
       </c>
       <c r="J15" s="6" t="n"/>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.01</v>
+        <v>0.0103</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>NTPC Limited</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>INE733E01010</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>37229</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>123.27</v>
+        <v>126.3</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0071</v>
       </c>
       <c r="J16" s="6" t="n"/>
       <c r="K16" s="2" t="inlineStr">
         <is>
-          <t>Transport Infrastructure</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0083</v>
+        <v>0.0086</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Cipla Limited</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>INE059A01026</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>7910</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>122.47</v>
+        <v>123.29</v>
       </c>
       <c r="G17" s="7" t="n">
         <v>0.0069</v>
       </c>
       <c r="J17" s="6" t="n"/>
       <c r="K17" s="2" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L17" s="7" t="n">
-        <v>0.0076</v>
+        <v>0.0083</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Samvardhana Motherson International Limited</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>INE775A01035</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>96123</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>103.63</v>
+        <v>100.72</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0056</v>
       </c>
       <c r="J18" s="6" t="n"/>
       <c r="K18" s="2" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="L18" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0075</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>IPCA Laboratories Limited</t>
+          <t>Petronet LNG Limited</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE571A01038</t>
+          <t>INE347G01014</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
-        <v>6355</v>
+        <v>32039</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>83.27</v>
+        <v>89.59999999999999</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0047</v>
+        <v>0.005</v>
       </c>
       <c r="J19" s="6" t="n"/>
       <c r="K19" s="2" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="L19" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0071</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Syngene International Limited</t>
+          <t>State Bank of India</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>INE398R01022</t>
+          <t>INE062A01020</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
-        <v>12412</v>
+        <v>9840</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>83.26000000000001</v>
+        <v>87.19</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0047</v>
+        <v>0.0049</v>
       </c>
       <c r="J20" s="6" t="n"/>
       <c r="K20" s="2" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
       <c r="L20" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0056</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>State Bank of India</t>
+          <t>IPCA Laboratories Limited</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>INE062A01020</t>
+          <t>INE571A01038</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
-        <v>9840</v>
+        <v>6355</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>81.16</v>
+        <v>82.44</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0045</v>
+        <v>0.0046</v>
       </c>
       <c r="J21" s="6" t="n"/>
       <c r="K21" s="2" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
       <c r="L21" s="7" t="n">
-        <v>0.0057</v>
+        <v>0.0056</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Cohance Lifesciences Limited</t>
+          <t>Syngene International Limited</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>INE03QK01018</t>
+          <t>INE398R01022</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
-        <v>8010</v>
+        <v>12412</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>78.93000000000001</v>
+        <v>77.95999999999999</v>
       </c>
       <c r="G22" s="7" t="n">
         <v>0.0044</v>
       </c>
       <c r="J22" s="6" t="n"/>
       <c r="K22" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
       <c r="L22" s="7" t="n">
-        <v>0.005</v>
+        <v>0.0051</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>GAIL (India) Limited</t>
+          <t>Cohance Lifesciences Limited</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>INE129A01019</t>
+          <t>INE03QK01018</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
-        <v>36073</v>
+        <v>8010</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>64.91</v>
+        <v>69.62</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0036</v>
+        <v>0.0039</v>
       </c>
       <c r="J23" s="6" t="n"/>
       <c r="K23" s="2" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
       <c r="L23" s="7" t="n">
-        <v>0.0047</v>
+        <v>0.0044</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Indus Towers Limited</t>
+          <t>GAIL (India) Limited</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>INE121J01017</t>
+          <t>INE129A01019</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
-        <v>17474</v>
+        <v>36073</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>62.78</v>
+        <v>63.98</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0035</v>
+        <v>0.0036</v>
       </c>
       <c r="J24" s="6" t="n"/>
       <c r="K24" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
       <c r="L24" s="7" t="n">
-        <v>0.0035</v>
+        <v>0.0034</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Cyient Limited</t>
+          <t>HCL Technologies Limited</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>INE136B01020</t>
+          <t>INE860A01027</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
-        <v>4679</v>
+        <v>4062</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>57.18</v>
+        <v>60.76</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0034</v>
       </c>
       <c r="J25" s="6" t="n"/>
       <c r="K25" s="2" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>Oil</t>
         </is>
       </c>
       <c r="L25" s="7" t="n">
         <v>0.0032</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Oil &amp; Natural Gas Corporation Limited</t>
+          <t>Indus Towers Limited</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>INE213A01029</t>
+          <t>INE121J01017</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Oil</t>
+          <t>Telecom - Services</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
-        <v>23284</v>
+        <v>17474</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>54.08</v>
+        <v>60.25</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.003</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0034</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
       <c r="K26" s="2" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L26" s="7" t="n">
         <v>0.0032</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>ICICI Lombard General Insurance Company Limited</t>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>INE765G01017</t>
+          <t>INE213A01029</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>Oil</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
-        <v>2829</v>
+        <v>23284</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>53.76</v>
+        <v>57.68</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.003</v>
+        <v>0.0032</v>
       </c>
       <c r="J27" s="6" t="n"/>
       <c r="K27" s="2" t="inlineStr">
         <is>
-          <t>Oil</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="L27" s="7" t="n">
-        <v>0.003</v>
+        <v>0.0029</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>La Opala RG Limited</t>
+          <t>ICICI Lombard General Insurance Company Limited</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>INE059D01020</t>
+          <t>INE765G01017</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
-        <v>21572</v>
+        <v>2829</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>53.27</v>
+        <v>57.15</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.003</v>
+        <v>0.0032</v>
       </c>
       <c r="J28" s="6" t="n"/>
       <c r="K28" s="2" t="inlineStr">
         <is>
-          <t>Commercial Services &amp; Supplies</t>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="L28" s="7" t="n">
-        <v>0.003</v>
+        <v>0.0029</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Teamlease Services Limited</t>
+          <t>Emcure Pharmaceuticals Limited</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE985S01024</t>
+          <t>INE168P01015</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Commercial Services &amp; Supplies</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
-        <v>2751</v>
+        <v>4054</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>52.9</v>
+        <v>55.32</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.003</v>
+        <v>0.0031</v>
       </c>
       <c r="J29" s="6" t="n"/>
       <c r="K29" s="2" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>Commercial Services &amp; Supplies</t>
         </is>
       </c>
       <c r="L29" s="7" t="n">
-        <v>0.003</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Jubilant Ingrevia Limited</t>
+          <t>Cyient Limited</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>INE0BY001018</t>
+          <t>INE136B01020</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
-        <v>7466</v>
+        <v>4679</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>52.77</v>
+        <v>52.64</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.003</v>
+        <v>0.0029</v>
       </c>
       <c r="J30" s="6" t="n"/>
       <c r="K30" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L30" s="7" t="n">
-        <v>0.0698</v>
+        <v>0.0682</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Indigo Paints Limited</t>
+          <t>Jubilant Ingrevia Limited</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>INE09VQ01012</t>
+          <t>INE0BY001018</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
-        <v>4250</v>
+        <v>7466</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>48.13</v>
+        <v>52.1</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0027</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0029</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>Indigo Paints Limited</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>INE296A01032</t>
+          <t>INE09VQ01012</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
-        <v>4760</v>
+        <v>5023</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>48.07</v>
+        <v>51.3</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0027</v>
+        <v>0.0029</v>
       </c>
       <c r="J32" s="6" t="n"/>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Alembic Pharmaceuticals Limited</t>
+          <t>Bajaj Finance Limited</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>INE901L01018</t>
+          <t>INE296A01032</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
-        <v>4922</v>
+        <v>4760</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>47.75</v>
+        <v>50.45</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0027</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0028</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Petronet LNG Limited</t>
+          <t>La Opala RG Limited</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>INE347G01014</t>
+          <t>INE059D01020</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
-        <v>16631</v>
+        <v>21572</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>46.19</v>
+        <v>49.03</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0026</v>
+        <v>0.0027</v>
       </c>
       <c r="J34" s="6" t="n"/>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>HCL Technologies Limited</t>
+          <t>Teamlease Services Limited</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>INE860A01027</t>
+          <t>INE985S01024</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Commercial Services &amp; Supplies</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
-        <v>3063</v>
+        <v>2751</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>44.92</v>
+        <v>47.34</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0025</v>
+        <v>0.0026</v>
       </c>
       <c r="J35" s="6" t="n"/>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited</t>
+          <t>Alembic Pharmaceuticals Limited</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>INE134E01011</t>
+          <t>INE901L01018</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
-        <v>10206</v>
+        <v>4922</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>41.01</v>
+        <v>45.17</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0023</v>
+        <v>0.0025</v>
       </c>
       <c r="J36" s="6" t="n"/>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>Emcure Pharmaceuticals Limited</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>INE168P01015</t>
+          <t>INE134E01011</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
-        <v>2998</v>
+        <v>10206</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>40.57</v>
+        <v>41.33</v>
       </c>
       <c r="G37" s="7" t="n">
         <v>0.0023</v>
       </c>
       <c r="J37" s="6" t="n"/>
     </row>
     <row r="38">
       <c r="A38" s="9" t="n"/>
       <c r="B38" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C38" s="9" t="n"/>
       <c r="D38" s="9" t="n"/>
       <c r="E38" s="9" t="n"/>
       <c r="F38" s="10" t="n">
-        <v>2937.48</v>
+        <v>3023.43</v>
       </c>
       <c r="G38" s="11" t="n">
-        <v>0.1645</v>
+        <v>0.1691</v>
       </c>
     </row>
     <row r="40">
       <c r="B40" s="4" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
         <v>31</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
@@ -2409,982 +2375,978 @@
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
         <v>32</v>
       </c>
       <c r="B48" s="2" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C48" s="2" t="inlineStr">
         <is>
           <t>INE752E07NK9</t>
         </is>
       </c>
       <c r="D48" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E48" s="12" t="n">
         <v>100</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>1065.57</v>
+        <v>1071.46</v>
       </c>
       <c r="G48" s="7" t="n">
-        <v>0.0597</v>
+        <v>0.06</v>
       </c>
       <c r="H48" s="8" t="n">
         <v>46014</v>
       </c>
       <c r="J48" s="6" t="n">
-        <v>6.1626</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
           <t>INE261F08DO9</t>
         </is>
       </c>
       <c r="D49" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E49" s="12" t="n">
         <v>50</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>524.4</v>
+        <v>527.5</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>0.0294</v>
+        <v>0.0295</v>
       </c>
       <c r="H49" s="8" t="n">
         <v>46052</v>
       </c>
       <c r="J49" s="6" t="n">
-        <v>6.45</v>
+        <v>6.1999</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="9" t="n"/>
       <c r="B50" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C50" s="9" t="n"/>
       <c r="D50" s="9" t="n"/>
       <c r="E50" s="9" t="n"/>
       <c r="F50" s="10" t="n">
-        <v>1589.97</v>
+        <v>1598.96</v>
       </c>
       <c r="G50" s="11" t="n">
-        <v>0.0891</v>
+        <v>0.0895</v>
       </c>
     </row>
     <row r="52">
       <c r="B52" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
         <v>34</v>
       </c>
       <c r="B53" s="2" t="inlineStr">
         <is>
           <t>6.33% GOI 2035</t>
         </is>
       </c>
       <c r="C53" s="2" t="inlineStr">
         <is>
           <t>IN0020250026</t>
         </is>
       </c>
       <c r="D53" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E53" s="12" t="n">
         <v>2500000</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>2528.4</v>
+        <v>2543.8</v>
       </c>
       <c r="G53" s="7" t="n">
-        <v>0.1416</v>
+        <v>0.1424</v>
       </c>
       <c r="H53" s="8" t="n">
         <v>49434</v>
       </c>
       <c r="J53" s="6" t="n">
-        <v>6.4935</v>
+        <v>6.4826</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
         <v>35</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>8.51% GOI FRB 2033</t>
+          <t>7.32% GOI 2030</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>IN0020200120</t>
+          <t>IN0020230135</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E54" s="12" t="n">
         <v>2000000</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>2146.82</v>
+        <v>2158.57</v>
       </c>
       <c r="G54" s="7" t="n">
-        <v>0.1202</v>
+        <v>0.1208</v>
       </c>
       <c r="H54" s="8" t="n">
-        <v>48844</v>
+        <v>47800</v>
       </c>
       <c r="J54" s="6" t="n">
-        <v>6.223</v>
+        <v>6.1975</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
         <v>36</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>7.32% GOI 2030</t>
+          <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>IN0020230135</t>
+          <t>IN0020200120</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E55" s="12" t="n">
         <v>2000000</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>2135.18</v>
+        <v>2076.09</v>
       </c>
       <c r="G55" s="7" t="n">
-        <v>0.1196</v>
+        <v>0.1162</v>
       </c>
       <c r="H55" s="8" t="n">
-        <v>47800</v>
+        <v>48844</v>
       </c>
       <c r="J55" s="6" t="n">
-        <v>6.3365</v>
+        <v>6.2595</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
         <v>37</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
           <t>7.10% GOI 2029</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
           <t>IN0020220011</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E56" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>1060.8</v>
+        <v>1070.41</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>0.0594</v>
+        <v>0.0599</v>
       </c>
       <c r="H56" s="8" t="n">
         <v>47226</v>
       </c>
       <c r="J56" s="6" t="n">
-        <v>6.1034</v>
+        <v>5.9689</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
         <v>38</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
           <t>7.06% GOI 2028</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
           <t>IN0020230010</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E57" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>1057.09</v>
+        <v>1031.18</v>
       </c>
       <c r="G57" s="7" t="n">
-        <v>0.0592</v>
+        <v>0.0577</v>
       </c>
       <c r="H57" s="8" t="n">
         <v>46853</v>
       </c>
       <c r="J57" s="6" t="n">
-        <v>5.9292</v>
+        <v>5.7458</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
         <v>39</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
           <t>7.37% GOI 2028</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
           <t>IN0020230101</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E58" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>533.99</v>
+        <v>538.64</v>
       </c>
       <c r="G58" s="7" t="n">
-        <v>0.0299</v>
+        <v>0.0301</v>
       </c>
       <c r="H58" s="8" t="n">
         <v>47049</v>
       </c>
       <c r="J58" s="6" t="n">
-        <v>5.9814</v>
+        <v>5.8367</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="n">
         <v>40</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
-          <t>7.10% GOI 2034</t>
+          <t>7.02% GOI 2031</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
-          <t>IN0020240019</t>
+          <t>IN0020240076</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E59" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>532.5</v>
+        <v>528.64</v>
       </c>
       <c r="G59" s="7" t="n">
-        <v>0.0298</v>
+        <v>0.0296</v>
       </c>
       <c r="H59" s="8" t="n">
-        <v>49042</v>
+        <v>48017</v>
       </c>
       <c r="J59" s="6" t="n">
-        <v>6.5759</v>
+        <v>6.2898</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
         <v>41</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
-          <t>7.02% GOI 2031</t>
+          <t>4.59% GOI 2031</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
-          <t>IN0020240076</t>
+          <t>IN0020180041</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E60" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>522.6</v>
+        <v>520.5</v>
       </c>
       <c r="G60" s="7" t="n">
-        <v>0.0293</v>
+        <v>0.0291</v>
       </c>
       <c r="H60" s="8" t="n">
-        <v>48017</v>
+        <v>48189</v>
       </c>
       <c r="J60" s="6" t="n">
-        <v>6.4265</v>
+        <v>6.16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="n">
         <v>42</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>4.59% GOI 2031</t>
+          <t>7.10% GOI 2034</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>IN0020180041</t>
+          <t>IN0020240019</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E61" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>517.7</v>
+        <v>519</v>
       </c>
       <c r="G61" s="7" t="n">
         <v>0.029</v>
       </c>
       <c r="H61" s="8" t="n">
-        <v>48189</v>
+        <v>49042</v>
       </c>
       <c r="J61" s="6" t="n">
-        <v>6.183</v>
+        <v>6.5332</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
         <v>43</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
           <t>5.74% GOI 2026</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
           <t>IN0020210186</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E62" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>509.65</v>
+        <v>512.79</v>
       </c>
       <c r="G62" s="7" t="n">
-        <v>0.0285</v>
+        <v>0.0287</v>
       </c>
       <c r="H62" s="8" t="n">
         <v>46341</v>
       </c>
       <c r="J62" s="6" t="n">
-        <v>5.7321</v>
+        <v>5.5898</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
         <v>44</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
           <t>5.63% GOI 2026</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
           <t>IN0020210012</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E63" s="12" t="n">
         <v>295000</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>302.1</v>
+        <v>295.25</v>
       </c>
       <c r="G63" s="7" t="n">
-        <v>0.0169</v>
+        <v>0.0165</v>
       </c>
       <c r="H63" s="8" t="n">
         <v>46124</v>
       </c>
       <c r="J63" s="6" t="n">
-        <v>5.6213</v>
+        <v>5.5904</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
         <v>45</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
           <t>7.83% Gujarat SDL 2026</t>
         </is>
       </c>
       <c r="C64" s="2" t="inlineStr">
         <is>
           <t>IN1520160061</t>
         </is>
       </c>
       <c r="D64" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E64" s="12" t="n">
         <v>30000</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>30.88</v>
+        <v>31.04</v>
       </c>
       <c r="G64" s="7" t="n">
         <v>0.0017</v>
       </c>
       <c r="H64" s="8" t="n">
         <v>46216</v>
       </c>
       <c r="J64" s="6" t="n">
-        <v>5.84</v>
+        <v>5.785</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="9" t="n"/>
       <c r="B65" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C65" s="9" t="n"/>
       <c r="D65" s="9" t="n"/>
       <c r="E65" s="9" t="n"/>
       <c r="F65" s="10" t="n">
-        <v>11877.71</v>
+        <v>11825.91</v>
       </c>
       <c r="G65" s="11" t="n">
-        <v>0.6651</v>
+        <v>0.6617</v>
       </c>
     </row>
     <row r="67">
       <c r="B67" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
         <v>46</v>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F68" s="6" t="n">
-        <v>1224.22</v>
+        <v>412.47</v>
       </c>
       <c r="G68" s="7" t="n">
-        <v>0.06850000000000001</v>
+        <v>0.023</v>
       </c>
       <c r="H68" s="8" t="n">
-        <v>45916</v>
+        <v>45946</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="9" t="n"/>
       <c r="B69" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C69" s="9" t="n"/>
       <c r="D69" s="9" t="n"/>
       <c r="E69" s="9" t="n"/>
       <c r="F69" s="10" t="n">
-        <v>1224.22</v>
+        <v>412.47</v>
       </c>
       <c r="G69" s="11" t="n">
-        <v>0.06850000000000001</v>
+        <v>0.023</v>
       </c>
     </row>
     <row r="71">
       <c r="B71" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="n">
         <v>47</v>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
       <c r="C72" s="2" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
       <c r="E72" s="12" t="n">
         <v>501.975</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>57.02</v>
+        <v>57.31</v>
       </c>
       <c r="G72" s="7" t="n">
         <v>0.0032</v>
       </c>
       <c r="J72" s="6" t="n"/>
     </row>
     <row r="73">
       <c r="A73" s="9" t="n"/>
       <c r="B73" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C73" s="9" t="n"/>
       <c r="D73" s="9" t="n"/>
       <c r="E73" s="9" t="n"/>
       <c r="F73" s="10" t="n">
-        <v>57.02</v>
+        <v>57.31</v>
       </c>
       <c r="G73" s="11" t="n">
         <v>0.0032</v>
       </c>
     </row>
     <row r="75">
       <c r="B75" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="B76" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E76" s="12" t="n"/>
       <c r="F76" s="6" t="n">
-        <v>23.04</v>
+        <v>801.54</v>
       </c>
       <c r="G76" s="7" t="n">
-        <v>0.0013</v>
+        <v>0.0452</v>
       </c>
       <c r="J76" s="6" t="n"/>
     </row>
     <row r="77">
       <c r="A77" s="9" t="n"/>
       <c r="B77" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C77" s="9" t="n"/>
       <c r="D77" s="9" t="n"/>
       <c r="E77" s="9" t="n"/>
       <c r="F77" s="10" t="n">
-        <v>23.04</v>
+        <v>801.54</v>
       </c>
       <c r="G77" s="11" t="n">
-        <v>0.0013</v>
+        <v>0.0452</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="n"/>
       <c r="B79" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C79" s="5" t="n"/>
       <c r="D79" s="5" t="n"/>
       <c r="E79" s="5" t="n"/>
       <c r="F79" s="13" t="n">
-        <v>17858.49</v>
+        <v>17868.67</v>
       </c>
       <c r="G79" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="15" t="n">
         <v>2</v>
       </c>
       <c r="B82" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="83" ht="27" customHeight="1" s="73">
+    <row r="83" ht="27" customHeight="1" s="74">
       <c r="A83" s="15" t="n">
         <v>3</v>
       </c>
       <c r="B83" s="15" t="inlineStr">
         <is>
           <t>Net Assets does not include unit activity for the day of the Portfolio</t>
         </is>
       </c>
     </row>
-    <row r="84" ht="134.25" customHeight="1" s="73">
+    <row r="84" ht="120" customHeight="1" s="74">
       <c r="A84" s="22" t="n">
         <v>4</v>
       </c>
-      <c r="B84" s="74" t="inlineStr">
+      <c r="B84" s="106" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Regular Savings Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="85" ht="81" customHeight="1" s="73">
-      <c r="B85" s="82" t="inlineStr">
+    <row r="85" ht="94.5" customHeight="1" s="74">
+      <c r="B85" s="83" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C85" s="82" t="inlineStr">
+      <c r="C85" s="83" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D85" s="82" t="inlineStr">
+      <c r="D85" s="83" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E85" s="98" t="n"/>
-      <c r="F85" s="82" t="inlineStr">
+      <c r="E85" s="107" t="n"/>
+      <c r="F85" s="83" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G85" s="24" t="inlineStr">
+      <c r="G85" s="43" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H85" s="82" t="inlineStr">
+      <c r="H85" s="83" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I85" s="25" t="inlineStr">
+      <c r="I85" s="35" t="inlineStr">
         <is>
           <t>Interim Distribution: (Invit units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="86" ht="27" customHeight="1" s="73">
+    <row r="86" ht="38.25" customHeight="1" s="74">
       <c r="B86" s="27" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
       <c r="C86" s="27" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D86" s="41" t="n">
+      <c r="D86" s="44" t="n">
         <v>0</v>
       </c>
-      <c r="E86" s="42" t="n">
+      <c r="E86" s="45" t="n">
         <v>0</v>
       </c>
-      <c r="F86" s="99" t="n">
+      <c r="F86" s="108" t="n">
         <v>1855.787388</v>
       </c>
-      <c r="G86" s="43" t="n">
+      <c r="G86" s="46" t="n">
         <v>115.78068</v>
       </c>
-      <c r="H86" s="44" t="n">
+      <c r="H86" s="47" t="n">
         <v>45218</v>
       </c>
       <c r="I86" s="91" t="n">
         <v>205.33</v>
       </c>
     </row>
-    <row r="87" ht="27" customHeight="1" s="73">
+    <row r="87" ht="38.25" customHeight="1" s="74">
       <c r="B87" s="27" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
       <c r="C87" s="27" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D87" s="41" t="n">
+      <c r="D87" s="44" t="n">
         <v>0</v>
       </c>
-      <c r="E87" s="42" t="n">
+      <c r="E87" s="45" t="n">
         <v>0</v>
       </c>
-      <c r="F87" s="100" t="n"/>
-      <c r="G87" s="43" t="n">
+      <c r="F87" s="109" t="n"/>
+      <c r="G87" s="46" t="n">
         <v>58.6004</v>
       </c>
-      <c r="H87" s="44" t="n">
+      <c r="H87" s="47" t="n">
         <v>45715</v>
       </c>
-      <c r="I87" s="100" t="n"/>
-[...12 lines deleted...]
-      <c r="A89" s="2" t="n">
+      <c r="I87" s="109" t="n"/>
+    </row>
+    <row r="88" ht="111" customHeight="1" s="74">
+      <c r="A88" t="n">
         <v>5</v>
       </c>
-      <c r="B89" s="89" t="inlineStr">
-[...5 lines deleted...]
-    <row r="92" ht="14.5" customHeight="1" s="73">
+      <c r="B88" s="92" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+      <c r="C88" s="110" t="n"/>
+      <c r="D88" s="110" t="n"/>
+      <c r="E88" s="48" t="n"/>
+      <c r="F88" s="49" t="n"/>
+      <c r="G88" s="50" t="n"/>
+      <c r="H88" s="51" t="n"/>
+    </row>
+    <row r="92" ht="14.5" customHeight="1" s="74">
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="106" ht="14.5" customHeight="1" s="73">
+    <row r="106" ht="14.5" customHeight="1" s="74">
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 85+15 - Conservative Index</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="B121" s="16" t="n"/>
       <c r="C121" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="B122" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
       <c r="C122" s="18" t="inlineStr">
         <is>
           <t>DSP Regular Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="B123" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
       <c r="C123" s="19" t="n"/>
     </row>
     <row r="124">
       <c r="B124" s="16" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
       <c r="C124" s="20" t="n">
-        <v>0.0623</v>
+        <v>0.0614</v>
       </c>
     </row>
     <row r="125">
       <c r="B125" s="16" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
       <c r="C125" s="19" t="n">
-        <v>2.84</v>
+        <v>2.87</v>
       </c>
     </row>
     <row r="126">
       <c r="B126" s="16" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
       <c r="C126" s="19" t="n">
-        <v>4.93</v>
+        <v>4.86</v>
       </c>
     </row>
     <row r="127">
       <c r="B127" s="16" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
       <c r="C127" s="21" t="n">
-        <v>45915</v>
+        <v>45945</v>
       </c>
     </row>
     <row r="128">
       <c r="B128" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
       <c r="C128" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B84:H84"/>
-    <mergeCell ref="B89:I89"/>
+    <mergeCell ref="B88:D88"/>
     <mergeCell ref="D85:E85"/>
     <mergeCell ref="F86:F87"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="I86:I87"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahul Jain</dc:creator>
+  <dc:creator>ICRON Research</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>