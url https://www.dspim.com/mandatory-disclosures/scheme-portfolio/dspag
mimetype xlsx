--- v1 (2025-10-22)
+++ v2 (2025-11-11)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="REGULARSAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="111">
+  <cellXfs count="105">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -716,110 +707,110 @@
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>93</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>102</row>
-      <rowOff>31750</rowOff>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="15341600"/>
+          <a:off x="457200" y="15513050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
-      <colOff>0</colOff>
-[...1 lines deleted...]
-      <rowOff>0</rowOff>
+      <colOff>156883</colOff>
+      <row>108</row>
+      <rowOff>82176</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2531783</colOff>
+      <row>117</row>
+      <rowOff>113926</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="3" name="Picture 2"/>
+        <cNvPr id="4" name="Picture 3"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17754600"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="612589" y="22486470"/>
+          <a:ext cx="2374900" cy="1578162"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1055,90 +1046,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L128"/>
+  <dimension ref="A1:L131"/>
   <sheetViews>
-    <sheetView topLeftCell="A121" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="C124" sqref="C124"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-    <col width="45.54296875" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="23.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="12.453125" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Regular Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1187,2166 +1178,2199 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
         <v>31510</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>308.25</v>
+        <v>311.1</v>
       </c>
       <c r="G8" s="7" t="n">
         <v>0.0173</v>
       </c>
       <c r="J8" s="6" t="n"/>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>Canara HSBC Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>INE237A01028</t>
+          <t>INE01TY01017</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
-        <v>9998</v>
+        <v>259612</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>214.92</v>
+        <v>302.08</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.012</v>
+        <v>0.0168</v>
       </c>
       <c r="J9" s="6" t="n"/>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.6617</v>
+        <v>0.6563</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>ICICI Bank Limited</t>
+          <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>INE090A01021</t>
+          <t>INE237A01028</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
-        <v>15327</v>
+        <v>9998</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>214.33</v>
+        <v>210.18</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.012</v>
+        <v>0.0117</v>
       </c>
       <c r="J10" s="6" t="n"/>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.0895</v>
+        <v>0.0893</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>ITC Limited</t>
+          <t>ICICI Bank Limited</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>INE154A01025</t>
+          <t>INE090A01021</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
-        <v>47375</v>
+        <v>15327</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>189.45</v>
+        <v>206.19</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0106</v>
+        <v>0.0115</v>
       </c>
       <c r="J11" s="6" t="n"/>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.0552</v>
+        <v>0.0551</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Infosys Limited</t>
+          <t>ITC Limited</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>INE009A01021</t>
+          <t>INE154A01025</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
-        <v>11707</v>
+        <v>47375</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>172.61</v>
+        <v>199.14</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0097</v>
+        <v>0.0111</v>
       </c>
       <c r="J12" s="6" t="n"/>
       <c r="K12" s="2" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.021</v>
+        <v>0.0265</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>Infosys Limited</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>INE238A01034</t>
+          <t>INE009A01021</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
-        <v>13784</v>
+        <v>11707</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>161.22</v>
+        <v>173.53</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.008999999999999999</v>
+        <v>0.0097</v>
       </c>
       <c r="J13" s="6" t="n"/>
       <c r="K13" s="2" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0131</v>
+        <v>0.0191</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Limited</t>
+          <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>INE101A01026</t>
+          <t>INE238A01034</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
-        <v>3835</v>
+        <v>13784</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>134.12</v>
+        <v>169.93</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0075</v>
+        <v>0.0095</v>
       </c>
       <c r="J14" s="6" t="n"/>
       <c r="K14" s="2" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0106</v>
+        <v>0.0132</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>SBI Life Insurance Company Limited</t>
+          <t>Mahindra &amp; Mahindra Limited</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE123W01016</t>
+          <t>INE101A01026</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
-        <v>6895</v>
+        <v>3835</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>126.91</v>
+        <v>133.73</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0071</v>
+        <v>0.0074</v>
       </c>
       <c r="J15" s="6" t="n"/>
       <c r="K15" s="2" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.0103</v>
+        <v>0.0111</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>NTPC Limited</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>INE733E01010</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>37229</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>126.3</v>
+        <v>125.44</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0071</v>
+        <v>0.007</v>
       </c>
       <c r="J16" s="6" t="n"/>
       <c r="K16" s="2" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0086</v>
+        <v>0.008699999999999999</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Cipla Limited</t>
+          <t>SBI Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>INE059A01026</t>
+          <t>INE123W01016</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
-        <v>7910</v>
+        <v>6091</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>123.29</v>
+        <v>119.12</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0066</v>
       </c>
       <c r="J17" s="6" t="n"/>
       <c r="K17" s="2" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L17" s="7" t="n">
         <v>0.0083</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Samvardhana Motherson International Limited</t>
+          <t>Cipla Limited</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>INE775A01035</t>
+          <t>INE059A01026</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
-        <v>96123</v>
+        <v>6842</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>100.72</v>
+        <v>102.72</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0056</v>
+        <v>0.0057</v>
       </c>
       <c r="J18" s="6" t="n"/>
       <c r="K18" s="2" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
       <c r="L18" s="7" t="n">
-        <v>0.0075</v>
+        <v>0.0074</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Petronet LNG Limited</t>
+          <t>Samvardhana Motherson International Limited</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE347G01014</t>
+          <t>INE775A01035</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
-        <v>32039</v>
+        <v>96123</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>89.59999999999999</v>
+        <v>101.3</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.005</v>
+        <v>0.0056</v>
       </c>
       <c r="J19" s="6" t="n"/>
       <c r="K19" s="2" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
       <c r="L19" s="7" t="n">
-        <v>0.0071</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>State Bank of India</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>INE062A01020</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>9840</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>87.19</v>
+        <v>92.2</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0049</v>
+        <v>0.0051</v>
       </c>
       <c r="J20" s="6" t="n"/>
       <c r="K20" s="2" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="L20" s="7" t="n">
-        <v>0.0056</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>IPCA Laboratories Limited</t>
+          <t>Petronet LNG Limited</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>INE571A01038</t>
+          <t>INE347G01014</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
-        <v>6355</v>
+        <v>32039</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>82.44</v>
+        <v>90.11</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0046</v>
+        <v>0.005</v>
       </c>
       <c r="J21" s="6" t="n"/>
       <c r="K21" s="2" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="L21" s="7" t="n">
         <v>0.0056</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Syngene International Limited</t>
+          <t>IPCA Laboratories Limited</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>INE398R01022</t>
+          <t>INE571A01038</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
-        <v>12412</v>
+        <v>6355</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>77.95999999999999</v>
+        <v>80.78</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0044</v>
+        <v>0.0045</v>
       </c>
       <c r="J22" s="6" t="n"/>
       <c r="K22" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
       <c r="L22" s="7" t="n">
         <v>0.0051</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Cohance Lifesciences Limited</t>
+          <t>Syngene International Limited</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>INE03QK01018</t>
+          <t>INE398R01022</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
-        <v>8010</v>
+        <v>12412</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>69.62</v>
+        <v>80.69</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0039</v>
+        <v>0.0045</v>
       </c>
       <c r="J23" s="6" t="n"/>
       <c r="K23" s="2" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
       <c r="L23" s="7" t="n">
-        <v>0.0044</v>
+        <v>0.0045</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>GAIL (India) Limited</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>INE129A01019</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
         <v>36073</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>63.98</v>
+        <v>65.93000000000001</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0036</v>
+        <v>0.0037</v>
       </c>
       <c r="J24" s="6" t="n"/>
       <c r="K24" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
       <c r="L24" s="7" t="n">
-        <v>0.0034</v>
+        <v>0.0035</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>HCL Technologies Limited</t>
+          <t>Indus Towers Limited</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>INE860A01027</t>
+          <t>INE121J01017</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Telecom - Services</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
-        <v>4062</v>
+        <v>17474</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>60.76</v>
+        <v>63.54</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0034</v>
+        <v>0.0035</v>
       </c>
       <c r="J25" s="6" t="n"/>
       <c r="K25" s="2" t="inlineStr">
         <is>
-          <t>Oil</t>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="L25" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Indus Towers Limited</t>
+          <t>HCL Technologies Limited</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>INE121J01017</t>
+          <t>INE860A01027</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
-        <v>17474</v>
+        <v>4062</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>60.25</v>
+        <v>62.62</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0034</v>
+        <v>0.0035</v>
       </c>
       <c r="J26" s="6" t="n"/>
       <c r="K26" s="2" t="inlineStr">
         <is>
-          <t>Alternative Investment Funds (AIF)</t>
+          <t>Oil</t>
         </is>
       </c>
       <c r="L26" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Oil &amp; Natural Gas Corporation Limited</t>
+          <t>Cohance Lifesciences Limited</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>INE213A01029</t>
+          <t>INE03QK01018</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Oil</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
-        <v>23284</v>
+        <v>8010</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>57.68</v>
+        <v>60.35</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0034</v>
       </c>
       <c r="J27" s="6" t="n"/>
       <c r="K27" s="2" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L27" s="7" t="n">
-        <v>0.0029</v>
+        <v>0.0032</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>ICICI Lombard General Insurance Company Limited</t>
+          <t>Jubilant Ingrevia Limited</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>INE765G01017</t>
+          <t>INE0BY001018</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
-        <v>2829</v>
+        <v>8714</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>57.15</v>
+        <v>60.12</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
       <c r="J28" s="6" t="n"/>
       <c r="K28" s="2" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="L28" s="7" t="n">
-        <v>0.0029</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Emcure Pharmaceuticals Limited</t>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE168P01015</t>
+          <t>INE213A01029</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Oil</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
-        <v>4054</v>
+        <v>23284</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>55.32</v>
+        <v>59.46</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0033</v>
       </c>
       <c r="J29" s="6" t="n"/>
       <c r="K29" s="2" t="inlineStr">
         <is>
           <t>Commercial Services &amp; Supplies</t>
         </is>
       </c>
       <c r="L29" s="7" t="n">
         <v>0.0026</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Cyient Limited</t>
+          <t>Indigo Paints Limited</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>INE136B01020</t>
+          <t>INE09VQ01012</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
-        <v>4679</v>
+        <v>5820</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>52.64</v>
+        <v>58.19</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0029</v>
+        <v>0.0032</v>
       </c>
       <c r="J30" s="6" t="n"/>
       <c r="K30" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L30" s="7" t="n">
-        <v>0.0682</v>
+        <v>0.0579</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Jubilant Ingrevia Limited</t>
+          <t>ICICI Lombard General Insurance Company Limited</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>INE0BY001018</t>
+          <t>INE765G01017</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
-        <v>7466</v>
+        <v>2829</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>52.1</v>
+        <v>56.4</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0029</v>
+        <v>0.0031</v>
       </c>
       <c r="J31" s="6" t="n"/>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Indigo Paints Limited</t>
+          <t>Cyient Limited</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>INE09VQ01012</t>
+          <t>INE136B01020</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
-        <v>5023</v>
+        <v>4679</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>51.3</v>
+        <v>54.39</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0029</v>
+        <v>0.003</v>
       </c>
       <c r="J32" s="6" t="n"/>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>Emcure Pharmaceuticals Limited</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>INE296A01032</t>
+          <t>INE168P01015</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
-        <v>4760</v>
+        <v>4054</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>50.45</v>
+        <v>53.47</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.003</v>
       </c>
       <c r="J33" s="6" t="n"/>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>La Opala RG Limited</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>INE059D01020</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
         <v>21572</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>49.03</v>
+        <v>49.66</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0027</v>
+        <v>0.0028</v>
       </c>
       <c r="J34" s="6" t="n"/>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Teamlease Services Limited</t>
+          <t>Bajaj Finance Limited</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>INE985S01024</t>
+          <t>INE296A01032</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Commercial Services &amp; Supplies</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
-        <v>2751</v>
+        <v>4760</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>47.34</v>
+        <v>49.64</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0026</v>
+        <v>0.0028</v>
       </c>
       <c r="J35" s="6" t="n"/>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Alembic Pharmaceuticals Limited</t>
+          <t>Teamlease Services Limited</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>INE901L01018</t>
+          <t>INE985S01024</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Commercial Services &amp; Supplies</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
-        <v>4922</v>
+        <v>2751</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>45.17</v>
+        <v>46.19</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0025</v>
+        <v>0.0026</v>
       </c>
       <c r="J36" s="6" t="n"/>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>4922</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>44.17</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
           <t>Power Finance Corporation Limited</t>
         </is>
       </c>
-      <c r="C37" s="2" t="inlineStr">
+      <c r="C38" s="2" t="inlineStr">
         <is>
           <t>INE134E01011</t>
         </is>
       </c>
-      <c r="D37" s="2" t="inlineStr">
+      <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E37" s="12" t="n">
+      <c r="E38" s="12" t="n">
         <v>10206</v>
       </c>
-      <c r="F37" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G37" s="7" t="n">
+      <c r="F38" s="6" t="n">
+        <v>41.16</v>
+      </c>
+      <c r="G38" s="7" t="n">
         <v>0.0023</v>
       </c>
-      <c r="J37" s="6" t="n"/>
-[...3 lines deleted...]
-      <c r="B38" s="9" t="inlineStr">
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="9" t="n"/>
+      <c r="B39" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C38" s="9" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C39" s="9" t="n"/>
+      <c r="D39" s="9" t="n"/>
+      <c r="E39" s="9" t="n"/>
+      <c r="F39" s="10" t="n">
+        <v>3323.53</v>
+      </c>
+      <c r="G39" s="11" t="n">
+        <v>0.185</v>
       </c>
     </row>
     <row r="41">
       <c r="B41" s="4" t="inlineStr">
         <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="B42" s="4" t="inlineStr">
+        <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
-    <row r="42">
-[...3 lines deleted...]
-      <c r="B42" s="2" t="inlineStr">
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C42" s="2" t="inlineStr">
+      <c r="C43" s="2" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D42" s="2" t="inlineStr">
+      <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
-      <c r="E42" s="12" t="n">
+      <c r="E43" s="12" t="n">
         <v>205333</v>
       </c>
-      <c r="F42" s="6" t="n">
+      <c r="F43" s="6" t="n">
         <v>149.05</v>
       </c>
-      <c r="G42" s="7" t="n">
+      <c r="G43" s="7" t="n">
         <v>0.0083</v>
       </c>
-      <c r="H42" s="8" t="n">
+      <c r="H43" s="8" t="n">
         <v>2</v>
       </c>
-      <c r="J42" s="6" t="n"/>
-[...3 lines deleted...]
-      <c r="B43" s="9" t="inlineStr">
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="9" t="n"/>
+      <c r="B44" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C43" s="9" t="n"/>
-[...2 lines deleted...]
-      <c r="F43" s="10" t="n">
+      <c r="C44" s="9" t="n"/>
+      <c r="D44" s="9" t="n"/>
+      <c r="E44" s="9" t="n"/>
+      <c r="F44" s="10" t="n">
         <v>149.05</v>
       </c>
-      <c r="G43" s="11" t="n">
+      <c r="G44" s="11" t="n">
         <v>0.0083</v>
-      </c>
-[...5 lines deleted...]
-        </is>
       </c>
     </row>
     <row r="46">
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>BOND &amp; NCD's</t>
+          <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="B47" s="4" t="inlineStr">
         <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="B48" s="4" t="inlineStr">
+        <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>5.88</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B49" s="2" t="inlineStr">
         <is>
-          <t>National Bank for Agriculture and Rural Development</t>
+          <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
       <c r="C49" s="2" t="inlineStr">
         <is>
+          <t>INE752E07NK9</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>100</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>1074</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0598</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>46014</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>6.0102</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
           <t>INE261F08DO9</t>
         </is>
       </c>
-      <c r="D49" s="2" t="inlineStr">
+      <c r="D50" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E49" s="12" t="n">
+      <c r="E50" s="12" t="n">
         <v>50</v>
       </c>
-      <c r="F49" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G49" s="7" t="n">
+      <c r="F50" s="6" t="n">
+        <v>528.91</v>
+      </c>
+      <c r="G50" s="7" t="n">
         <v>0.0295</v>
       </c>
-      <c r="H49" s="8" t="n">
+      <c r="H50" s="8" t="n">
         <v>46052</v>
       </c>
-      <c r="J49" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B50" s="9" t="inlineStr">
+      <c r="J50" s="6" t="n">
+        <v>6.205</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="9" t="n"/>
+      <c r="B51" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C50" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B52" s="4" t="inlineStr">
+      <c r="C51" s="9" t="n"/>
+      <c r="D51" s="9" t="n"/>
+      <c r="E51" s="9" t="n"/>
+      <c r="F51" s="10" t="n">
+        <v>1602.91</v>
+      </c>
+      <c r="G51" s="11" t="n">
+        <v>0.0893</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="B53" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
-      </c>
-[...33 lines deleted...]
-        <v>6.4826</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
         <v>35</v>
       </c>
       <c r="B54" s="2" t="inlineStr">
         <is>
-          <t>7.32% GOI 2030</t>
+          <t>6.33% GOI 2035</t>
         </is>
       </c>
       <c r="C54" s="2" t="inlineStr">
         <is>
-          <t>IN0020230135</t>
+          <t>IN0020250026</t>
         </is>
       </c>
       <c r="D54" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E54" s="12" t="n">
-        <v>2000000</v>
+        <v>2500000</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>2158.57</v>
+        <v>2541.83</v>
       </c>
       <c r="G54" s="7" t="n">
-        <v>0.1208</v>
+        <v>0.1415</v>
       </c>
       <c r="H54" s="8" t="n">
-        <v>47800</v>
+        <v>49434</v>
       </c>
       <c r="J54" s="6" t="n">
-        <v>6.1975</v>
+        <v>6.5329</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
         <v>36</v>
       </c>
       <c r="B55" s="2" t="inlineStr">
         <is>
-          <t>8.51% GOI FRB 2033</t>
+          <t>7.32% GOI 2030</t>
         </is>
       </c>
       <c r="C55" s="2" t="inlineStr">
         <is>
-          <t>IN0020200120</t>
+          <t>IN0020230135</t>
         </is>
       </c>
       <c r="D55" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E55" s="12" t="n">
         <v>2000000</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>2076.09</v>
+        <v>2162.6</v>
       </c>
       <c r="G55" s="7" t="n">
-        <v>0.1162</v>
+        <v>0.1204</v>
       </c>
       <c r="H55" s="8" t="n">
-        <v>48844</v>
+        <v>47800</v>
       </c>
       <c r="J55" s="6" t="n">
-        <v>6.2595</v>
+        <v>6.2142</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
         <v>37</v>
       </c>
       <c r="B56" s="2" t="inlineStr">
         <is>
-          <t>7.10% GOI 2029</t>
+          <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C56" s="2" t="inlineStr">
         <is>
-          <t>IN0020220011</t>
+          <t>IN0020200120</t>
         </is>
       </c>
       <c r="D56" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E56" s="12" t="n">
-        <v>1000000</v>
+        <v>2000000</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>1070.41</v>
+        <v>2085.61</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>0.0599</v>
+        <v>0.1161</v>
       </c>
       <c r="H56" s="8" t="n">
-        <v>47226</v>
+        <v>48844</v>
       </c>
       <c r="J56" s="6" t="n">
-        <v>5.9689</v>
+        <v>6.2048</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
         <v>38</v>
       </c>
       <c r="B57" s="2" t="inlineStr">
         <is>
-          <t>7.06% GOI 2028</t>
+          <t>7.10% GOI 2029</t>
         </is>
       </c>
       <c r="C57" s="2" t="inlineStr">
         <is>
-          <t>IN0020230010</t>
+          <t>IN0020220011</t>
         </is>
       </c>
       <c r="D57" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E57" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>1031.18</v>
+        <v>1036.07</v>
       </c>
       <c r="G57" s="7" t="n">
         <v>0.0577</v>
       </c>
       <c r="H57" s="8" t="n">
-        <v>46853</v>
+        <v>47226</v>
       </c>
       <c r="J57" s="6" t="n">
-        <v>5.7458</v>
+        <v>6.0129</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
         <v>39</v>
       </c>
       <c r="B58" s="2" t="inlineStr">
         <is>
-          <t>7.37% GOI 2028</t>
+          <t>7.06% GOI 2028</t>
         </is>
       </c>
       <c r="C58" s="2" t="inlineStr">
         <is>
-          <t>IN0020230101</t>
+          <t>IN0020230010</t>
         </is>
       </c>
       <c r="D58" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E58" s="12" t="n">
-        <v>500000</v>
+        <v>1000000</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>538.64</v>
+        <v>1032.79</v>
       </c>
       <c r="G58" s="7" t="n">
-        <v>0.0301</v>
+        <v>0.0575</v>
       </c>
       <c r="H58" s="8" t="n">
-        <v>47049</v>
+        <v>46853</v>
       </c>
       <c r="J58" s="6" t="n">
-        <v>5.8367</v>
+        <v>5.7817</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="n">
         <v>40</v>
       </c>
       <c r="B59" s="2" t="inlineStr">
         <is>
           <t>7.02% GOI 2031</t>
         </is>
       </c>
       <c r="C59" s="2" t="inlineStr">
         <is>
           <t>IN0020240076</t>
         </is>
       </c>
       <c r="D59" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E59" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>528.64</v>
+        <v>528.1900000000001</v>
       </c>
       <c r="G59" s="7" t="n">
-        <v>0.0296</v>
+        <v>0.0294</v>
       </c>
       <c r="H59" s="8" t="n">
         <v>48017</v>
       </c>
       <c r="J59" s="6" t="n">
-        <v>6.2898</v>
+        <v>6.3657</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
         <v>41</v>
       </c>
       <c r="B60" s="2" t="inlineStr">
         <is>
           <t>4.59% GOI 2031</t>
         </is>
       </c>
       <c r="C60" s="2" t="inlineStr">
         <is>
           <t>IN0020180041</t>
         </is>
       </c>
       <c r="D60" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E60" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>520.5</v>
+        <v>521.23</v>
       </c>
       <c r="G60" s="7" t="n">
-        <v>0.0291</v>
+        <v>0.029</v>
       </c>
       <c r="H60" s="8" t="n">
         <v>48189</v>
       </c>
       <c r="J60" s="6" t="n">
-        <v>6.16</v>
+        <v>6.2217</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="n">
         <v>42</v>
       </c>
       <c r="B61" s="2" t="inlineStr">
         <is>
-          <t>7.10% GOI 2034</t>
+          <t>7.37% GOI 2028</t>
         </is>
       </c>
       <c r="C61" s="2" t="inlineStr">
         <is>
-          <t>IN0020240019</t>
+          <t>IN0020230101</t>
         </is>
       </c>
       <c r="D61" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E61" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>519</v>
+        <v>520.6799999999999</v>
       </c>
       <c r="G61" s="7" t="n">
         <v>0.029</v>
       </c>
       <c r="H61" s="8" t="n">
-        <v>49042</v>
+        <v>47049</v>
       </c>
       <c r="J61" s="6" t="n">
-        <v>6.5332</v>
+        <v>5.895</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
         <v>43</v>
       </c>
       <c r="B62" s="2" t="inlineStr">
         <is>
-          <t>5.74% GOI 2026</t>
+          <t>7.10% GOI 2034</t>
         </is>
       </c>
       <c r="C62" s="2" t="inlineStr">
         <is>
-          <t>IN0020210186</t>
+          <t>IN0020240019</t>
         </is>
       </c>
       <c r="D62" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E62" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>512.79</v>
+        <v>518.37</v>
       </c>
       <c r="G62" s="7" t="n">
-        <v>0.0287</v>
+        <v>0.0289</v>
       </c>
       <c r="H62" s="8" t="n">
-        <v>46341</v>
+        <v>49042</v>
       </c>
       <c r="J62" s="6" t="n">
-        <v>5.5898</v>
+        <v>6.5951</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
         <v>44</v>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>5.63% GOI 2026</t>
+          <t>5.74% GOI 2026</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>IN0020210012</t>
+          <t>IN0020210186</t>
         </is>
       </c>
       <c r="D63" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E63" s="12" t="n">
-        <v>295000</v>
+        <v>500000</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>295.25</v>
+        <v>513.58</v>
       </c>
       <c r="G63" s="7" t="n">
-        <v>0.0165</v>
+        <v>0.0286</v>
       </c>
       <c r="H63" s="8" t="n">
-        <v>46124</v>
+        <v>46341</v>
       </c>
       <c r="J63" s="6" t="n">
-        <v>5.5904</v>
+        <v>5.6667</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
         <v>45</v>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>295000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>295.86</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="H64" s="8" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>5.6673</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
           <t>7.83% Gujarat SDL 2026</t>
         </is>
       </c>
-      <c r="C64" s="2" t="inlineStr">
+      <c r="C65" s="2" t="inlineStr">
         <is>
           <t>IN1520160061</t>
         </is>
       </c>
-      <c r="D64" s="2" t="inlineStr">
+      <c r="D65" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E64" s="12" t="n">
+      <c r="E65" s="12" t="n">
         <v>30000</v>
       </c>
-      <c r="F64" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G64" s="7" t="n">
+      <c r="F65" s="6" t="n">
+        <v>31.13</v>
+      </c>
+      <c r="G65" s="7" t="n">
         <v>0.0017</v>
       </c>
-      <c r="H64" s="8" t="n">
+      <c r="H65" s="8" t="n">
         <v>46216</v>
       </c>
-      <c r="J64" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B65" s="9" t="inlineStr">
+      <c r="J65" s="6" t="n">
+        <v>5.735</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="9" t="n"/>
+      <c r="B66" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C65" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B67" s="4" t="inlineStr">
+      <c r="C66" s="9" t="n"/>
+      <c r="D66" s="9" t="n"/>
+      <c r="E66" s="9" t="n"/>
+      <c r="F66" s="10" t="n">
+        <v>11787.94</v>
+      </c>
+      <c r="G66" s="11" t="n">
+        <v>0.6563</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="68">
-[...3 lines deleted...]
-      <c r="B68" s="4" t="inlineStr">
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B69" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F68" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B69" s="9" t="inlineStr">
+      <c r="F69" s="6" t="n">
+        <v>983.8099999999999</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0548</v>
+      </c>
+      <c r="H69" s="8" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="9" t="n"/>
+      <c r="B70" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C69" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B71" s="4" t="inlineStr">
+      <c r="C70" s="9" t="n"/>
+      <c r="D70" s="9" t="n"/>
+      <c r="E70" s="9" t="n"/>
+      <c r="F70" s="10" t="n">
+        <v>983.8099999999999</v>
+      </c>
+      <c r="G70" s="11" t="n">
+        <v>0.0548</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="72">
-[...3 lines deleted...]
-      <c r="B72" s="2" t="inlineStr">
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C72" s="2" t="inlineStr">
+      <c r="C73" s="2" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E72" s="12" t="n">
+      <c r="E73" s="12" t="n">
         <v>501.975</v>
       </c>
-      <c r="F72" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G72" s="7" t="n">
+      <c r="F73" s="6" t="n">
+        <v>57.43</v>
+      </c>
+      <c r="G73" s="7" t="n">
         <v>0.0032</v>
       </c>
-      <c r="J72" s="6" t="n"/>
-[...3 lines deleted...]
-      <c r="B73" s="9" t="inlineStr">
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="9" t="n"/>
+      <c r="B74" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C73" s="9" t="n"/>
-[...5 lines deleted...]
-      <c r="G73" s="11" t="n">
+      <c r="C74" s="9" t="n"/>
+      <c r="D74" s="9" t="n"/>
+      <c r="E74" s="9" t="n"/>
+      <c r="F74" s="10" t="n">
+        <v>57.43</v>
+      </c>
+      <c r="G74" s="11" t="n">
         <v>0.0032</v>
       </c>
     </row>
-    <row r="75">
-      <c r="B75" s="4" t="inlineStr">
+    <row r="76">
+      <c r="B76" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="76">
-      <c r="B76" s="2" t="inlineStr">
+    <row r="77">
+      <c r="B77" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E76" s="12" t="n"/>
-[...10 lines deleted...]
-      <c r="B77" s="9" t="inlineStr">
+      <c r="E77" s="12" t="n"/>
+      <c r="F77" s="6" t="n">
+        <v>52.83</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="9" t="n"/>
+      <c r="B78" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C77" s="9" t="n"/>
-[...11 lines deleted...]
-      <c r="B79" s="5" t="inlineStr">
+      <c r="C78" s="9" t="n"/>
+      <c r="D78" s="9" t="n"/>
+      <c r="E78" s="9" t="n"/>
+      <c r="F78" s="10" t="n">
+        <v>52.83</v>
+      </c>
+      <c r="G78" s="11" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="5" t="n"/>
+      <c r="B80" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C79" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G79" s="14" t="n">
+      <c r="C80" s="5" t="n"/>
+      <c r="D80" s="5" t="n"/>
+      <c r="E80" s="5" t="n"/>
+      <c r="F80" s="13" t="n">
+        <v>17957.5</v>
+      </c>
+      <c r="G80" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="80">
-      <c r="A80" s="2" t="inlineStr">
+    <row r="81">
+      <c r="A81" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="81">
-      <c r="A81" s="2" t="n">
+    <row r="82">
+      <c r="A82" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B81" s="2" t="inlineStr">
+      <c r="B82" s="2" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="82">
-      <c r="A82" s="15" t="n">
+    <row r="83">
+      <c r="A83" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B82" s="15" t="inlineStr">
+      <c r="B83" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="83" ht="27" customHeight="1" s="74">
-      <c r="A83" s="15" t="n">
+    <row r="84" ht="27" customHeight="1" s="74">
+      <c r="A84" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B83" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A84" s="22" t="n">
+      <c r="B84" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" ht="125.15" customHeight="1" s="74">
+      <c r="A85" s="23" t="n">
         <v>4</v>
       </c>
-      <c r="B84" s="106" t="inlineStr">
+      <c r="B85" s="93" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Regular Savings Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="85" ht="94.5" customHeight="1" s="74">
-      <c r="B85" s="83" t="inlineStr">
+    <row r="86" ht="94.5" customHeight="1" s="74">
+      <c r="B86" s="84" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C85" s="83" t="inlineStr">
+      <c r="C86" s="84" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D85" s="83" t="inlineStr">
+      <c r="D86" s="84" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E85" s="107" t="n"/>
-      <c r="F85" s="83" t="inlineStr">
+      <c r="E86" s="101" t="n"/>
+      <c r="F86" s="84" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G85" s="43" t="inlineStr">
+      <c r="G86" s="44" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H85" s="83" t="inlineStr">
+      <c r="H86" s="84" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I85" s="35" t="inlineStr">
+      <c r="I86" s="36" t="inlineStr">
         <is>
           <t>Interim Distribution: (Invit units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="86" ht="38.25" customHeight="1" s="74">
-      <c r="B86" s="27" t="inlineStr">
+    <row r="87" ht="27" customHeight="1" s="74">
+      <c r="B87" s="28" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C86" s="27" t="inlineStr">
+      <c r="C87" s="28" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D86" s="44" t="n">
+      <c r="D87" s="45" t="n">
         <v>0</v>
       </c>
-      <c r="E86" s="45" t="n">
+      <c r="E87" s="46" t="n">
         <v>0</v>
       </c>
-      <c r="F86" s="108" t="n">
+      <c r="F87" s="102" t="n">
         <v>1855.787388</v>
       </c>
-      <c r="G86" s="46" t="n">
+      <c r="G87" s="47" t="n">
         <v>115.78068</v>
       </c>
-      <c r="H86" s="47" t="n">
+      <c r="H87" s="48" t="n">
         <v>45218</v>
       </c>
-      <c r="I86" s="91" t="n">
+      <c r="I87" s="94" t="n">
         <v>205.33</v>
       </c>
     </row>
-    <row r="87" ht="38.25" customHeight="1" s="74">
-      <c r="B87" s="27" t="inlineStr">
+    <row r="88" ht="27" customHeight="1" s="74">
+      <c r="B88" s="28" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C87" s="27" t="inlineStr">
+      <c r="C88" s="28" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D87" s="44" t="n">
+      <c r="D88" s="45" t="n">
         <v>0</v>
       </c>
-      <c r="E87" s="45" t="n">
+      <c r="E88" s="46" t="n">
         <v>0</v>
       </c>
-      <c r="F87" s="109" t="n"/>
-      <c r="G87" s="46" t="n">
+      <c r="F88" s="103" t="n"/>
+      <c r="G88" s="47" t="n">
         <v>58.6004</v>
       </c>
-      <c r="H87" s="47" t="n">
+      <c r="H88" s="48" t="n">
         <v>45715</v>
       </c>
-      <c r="I87" s="109" t="n"/>
-[...2 lines deleted...]
-      <c r="A88" t="n">
+      <c r="I88" s="103" t="n"/>
+    </row>
+    <row r="89" ht="75.5" customHeight="1" s="74">
+      <c r="A89" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="B88" s="92" t="inlineStr">
+      <c r="B89" s="75" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
-      <c r="C88" s="110" t="n"/>
-[...4 lines deleted...]
-      <c r="H88" s="51" t="n"/>
+      <c r="C89" s="104" t="n"/>
+      <c r="D89" s="104" t="n"/>
+      <c r="E89" s="104" t="n"/>
+      <c r="F89" s="104" t="n"/>
+      <c r="G89" s="104" t="n"/>
+      <c r="H89" s="104" t="n"/>
     </row>
     <row r="92" ht="14.5" customHeight="1" s="74">
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
     <row r="106" ht="14.5" customHeight="1" s="74">
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 85+15 - Conservative Index</t>
         </is>
       </c>
     </row>
     <row r="121">
-      <c r="B121" s="16" t="n"/>
-      <c r="C121" s="18" t="inlineStr">
+      <c r="B121" s="17" t="n"/>
+      <c r="C121" s="19" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="122">
-      <c r="B122" s="16" t="inlineStr">
+      <c r="B122" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C122" s="18" t="inlineStr">
+      <c r="C122" s="19" t="inlineStr">
         <is>
           <t>DSP Regular Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="123">
-      <c r="B123" s="16" t="inlineStr">
+      <c r="B123" s="17" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C123" s="19" t="n"/>
+      <c r="C123" s="20" t="n"/>
     </row>
     <row r="124">
-      <c r="B124" s="16" t="inlineStr">
+      <c r="B124" s="17" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C124" s="20" t="n">
-        <v>0.0614</v>
+      <c r="C124" s="21" t="n">
+        <v>0.062</v>
       </c>
     </row>
     <row r="125">
-      <c r="B125" s="16" t="inlineStr">
+      <c r="B125" s="17" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C125" s="19" t="n">
+      <c r="C125" s="20" t="n">
         <v>2.87</v>
       </c>
     </row>
     <row r="126">
-      <c r="B126" s="16" t="inlineStr">
+      <c r="B126" s="17" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C126" s="19" t="n">
-        <v>4.86</v>
+      <c r="C126" s="20" t="n">
+        <v>4.88</v>
       </c>
     </row>
     <row r="127">
-      <c r="B127" s="16" t="inlineStr">
+      <c r="B127" s="17" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C127" s="21" t="n">
-        <v>45945</v>
+      <c r="C127" s="22" t="n">
+        <v>45961</v>
       </c>
     </row>
     <row r="128">
-      <c r="B128" s="17" t="inlineStr">
+      <c r="B128" s="18" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C128" s="18" t="n"/>
+      <c r="C128" s="19" t="n"/>
+    </row>
+    <row r="131">
+      <c r="B131" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="B84:H84"/>
-[...2 lines deleted...]
-    <mergeCell ref="F86:F87"/>
+    <mergeCell ref="B85:H85"/>
+    <mergeCell ref="D86:E86"/>
+    <mergeCell ref="F87:F88"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="I86:I87"/>
+    <mergeCell ref="I87:I88"/>
+    <mergeCell ref="B89:H89"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>