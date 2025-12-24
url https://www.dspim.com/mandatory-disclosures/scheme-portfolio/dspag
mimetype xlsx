--- v2 (2025-11-11)
+++ v3 (2025-12-24)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="REGULARSAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -82,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -149,50 +149,56 @@
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -341,127 +347,123 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="105">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -469,183 +471,190 @@
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...79 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -707,110 +716,110 @@
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>93</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>102</row>
-      <rowOff>31749</rowOff>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="15513050"/>
+          <a:off x="457200" y="15684500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
-      <colOff>156883</colOff>
-[...1 lines deleted...]
-      <rowOff>82176</rowOff>
+      <colOff>0</colOff>
+      <row>105</row>
+      <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2531783</colOff>
-[...1 lines deleted...]
-      <rowOff>113926</rowOff>
+      <colOff>2374900</colOff>
+      <row>114</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="4" name="Picture 3"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="612589" y="22486470"/>
-          <a:ext cx="2374900" cy="1578162"/>
+          <a:off x="457200" y="18097500"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1051,85 +1060,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L131"/>
+  <dimension ref="A1:L126"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="23.1796875" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="10.26953125" bestFit="1" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Regular Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 31, 2025</t>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1156,2221 +1165,2254 @@
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="4" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>Banks</t>
+      <c r="B8" s="92" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="92" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D8" s="92" t="inlineStr">
+        <is>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
-        <v>31510</v>
+        <v>259612</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>311.1</v>
+        <v>320.78</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.0173</v>
+        <v>0.0174</v>
       </c>
       <c r="J8" s="6" t="n"/>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>Insurance</t>
+      <c r="B9" s="92" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="92" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D9" s="92" t="inlineStr">
+        <is>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
-        <v>259612</v>
+        <v>31510</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>302.08</v>
+        <v>313.87</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0168</v>
+        <v>0.017</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.6563</v>
+        <v>0.6058</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="92" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D10" s="2" t="inlineStr">
+      <c r="B10" s="92" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="92" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D10" s="92" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
-        <v>9998</v>
+        <v>22078</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>210.18</v>
+        <v>301.41</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0117</v>
+        <v>0.0164</v>
       </c>
       <c r="J10" s="6" t="n"/>
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.0893</v>
+        <v>0.0877</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="92" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>Banks</t>
+      <c r="B11" s="92" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="92" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D11" s="92" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
-        <v>15327</v>
+        <v>47375</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>206.19</v>
+        <v>190.59</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0115</v>
+        <v>0.0104</v>
       </c>
       <c r="J11" s="6" t="n"/>
-      <c r="K11" s="2" t="inlineStr">
+      <c r="K11" s="92" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
         <v>0.0551</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="92" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="B12" s="92" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="92" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D12" s="92" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>11377</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>182.81</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0408</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="92" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="92" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="92" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D13" s="92" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>13784</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>177.1</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="92" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0258</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="92" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="92" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="92" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D14" s="92" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>3835</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>138.37</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="92" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="92" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="92" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="92" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D15" s="92" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>42405</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>137.37</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="92" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0121</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="92" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="92" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="92" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D16" s="92" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>5798</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>126.47</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="92" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
-      <c r="E12" s="12" t="n">
-[...161 lines deleted...]
-      <c r="K16" s="2" t="inlineStr">
+      <c r="L16" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="92" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="92" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="92" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D17" s="92" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>96123</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>115.65</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="92" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
-      <c r="L16" s="7" t="n">
+      <c r="L17" s="7" t="n">
         <v>0.008699999999999999</v>
       </c>
     </row>
-    <row r="17">
-[...36 lines deleted...]
-    </row>
     <row r="18">
-      <c r="A18" s="2" t="n">
+      <c r="A18" s="92" t="n">
         <v>11</v>
       </c>
-      <c r="B18" s="2" t="inlineStr">
+      <c r="B18" s="92" t="inlineStr">
         <is>
           <t>Cipla Limited</t>
         </is>
       </c>
-      <c r="C18" s="2" t="inlineStr">
+      <c r="C18" s="92" t="inlineStr">
         <is>
           <t>INE059A01026</t>
         </is>
       </c>
-      <c r="D18" s="2" t="inlineStr">
+      <c r="D18" s="92" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>6842</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>102.72</v>
+        <v>103.18</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0057</v>
+        <v>0.0056</v>
       </c>
       <c r="J18" s="6" t="n"/>
-      <c r="K18" s="2" t="inlineStr">
+      <c r="K18" s="92" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="92" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="92" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="92" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D19" s="92" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>4917</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>100.06</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="92" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="L18" s="7" t="n">
-[...32 lines deleted...]
-      <c r="K19" s="2" t="inlineStr">
+      <c r="L19" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="92" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="92" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="92" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D20" s="92" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>36938</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>99.2</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="92" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="L19" s="7" t="n">
-[...7 lines deleted...]
-      <c r="B20" s="2" t="inlineStr">
+      <c r="L20" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="92" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="92" t="inlineStr">
         <is>
           <t>State Bank of India</t>
         </is>
       </c>
-      <c r="C20" s="2" t="inlineStr">
+      <c r="C21" s="92" t="inlineStr">
         <is>
           <t>INE062A01020</t>
         </is>
       </c>
-      <c r="D20" s="2" t="inlineStr">
+      <c r="D21" s="92" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E20" s="12" t="n">
+      <c r="E21" s="12" t="n">
         <v>9840</v>
       </c>
-      <c r="F20" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K20" s="2" t="inlineStr">
+      <c r="F21" s="6" t="n">
+        <v>95.18000000000001</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="92" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="L20" s="7" t="n">
-[...36 lines deleted...]
-      </c>
       <c r="L21" s="7" t="n">
-        <v>0.0056</v>
+        <v>0.0068</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="2" t="n">
+      <c r="A22" s="92" t="n">
         <v>15</v>
       </c>
-      <c r="B22" s="2" t="inlineStr">
+      <c r="B22" s="92" t="inlineStr">
         <is>
           <t>IPCA Laboratories Limited</t>
         </is>
       </c>
-      <c r="C22" s="2" t="inlineStr">
+      <c r="C22" s="92" t="inlineStr">
         <is>
           <t>INE571A01038</t>
         </is>
       </c>
-      <c r="D22" s="2" t="inlineStr">
+      <c r="D22" s="92" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>6355</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>80.78</v>
+        <v>91.52</v>
       </c>
       <c r="G22" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="92" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="92" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="92" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="92" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D23" s="92" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>12827</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>84.7</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="92" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="92" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="92" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="92" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D24" s="92" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>6573</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>81.73</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="92" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
         <v>0.0045</v>
       </c>
-      <c r="J22" s="6" t="n"/>
-[...83 lines deleted...]
-      </c>
     </row>
     <row r="25">
-      <c r="A25" s="2" t="n">
+      <c r="A25" s="92" t="n">
         <v>18</v>
       </c>
-      <c r="B25" s="2" t="inlineStr">
+      <c r="B25" s="92" t="inlineStr">
         <is>
           <t>Indus Towers Limited</t>
         </is>
       </c>
-      <c r="C25" s="2" t="inlineStr">
+      <c r="C25" s="92" t="inlineStr">
         <is>
           <t>INE121J01017</t>
         </is>
       </c>
-      <c r="D25" s="2" t="inlineStr">
+      <c r="D25" s="92" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>17474</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>63.54</v>
+        <v>71.55</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0035</v>
+        <v>0.0039</v>
       </c>
       <c r="J25" s="6" t="n"/>
-      <c r="K25" s="2" t="inlineStr">
+      <c r="K25" s="92" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="92" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="92" t="inlineStr">
+        <is>
+          <t>Cohance Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="92" t="inlineStr">
+        <is>
+          <t>INE03QK01018</t>
+        </is>
+      </c>
+      <c r="D26" s="92" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>12391</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>65.70999999999999</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="92" t="inlineStr">
         <is>
           <t>Chemicals &amp; Petrochemicals</t>
-        </is>
-[...36 lines deleted...]
-          <t>Oil</t>
         </is>
       </c>
       <c r="L26" s="7" t="n">
         <v>0.0033</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="2" t="n">
+      <c r="A27" s="92" t="n">
         <v>20</v>
       </c>
-      <c r="B27" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+      <c r="B27" s="92" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="92" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D27" s="92" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
-        <v>8010</v>
+        <v>8714</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>60.35</v>
+        <v>61.5</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0034</v>
+        <v>0.0033</v>
       </c>
       <c r="J27" s="6" t="n"/>
-      <c r="K27" s="2" t="inlineStr">
+      <c r="K27" s="92" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L27" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0031</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="2" t="n">
+      <c r="A28" s="92" t="n">
         <v>21</v>
       </c>
-      <c r="B28" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>Chemicals &amp; Petrochemicals</t>
+      <c r="B28" s="92" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="92" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D28" s="92" t="inlineStr">
+        <is>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
-        <v>8714</v>
+        <v>36073</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>60.12</v>
+        <v>61.27</v>
       </c>
       <c r="G28" s="7" t="n">
         <v>0.0033</v>
       </c>
       <c r="J28" s="6" t="n"/>
-      <c r="K28" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>IT - Services</t>
+      <c r="K28" s="92" t="inlineStr">
+        <is>
+          <t>Oil</t>
         </is>
       </c>
       <c r="L28" s="7" t="n">
         <v>0.003</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="2" t="n">
+      <c r="A29" s="92" t="n">
         <v>22</v>
       </c>
-      <c r="B29" s="2" t="inlineStr">
+      <c r="B29" s="92" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="92" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D29" s="92" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>2829</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>55.22</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="92" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="92" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="92" t="inlineStr">
+        <is>
+          <t>Emcure Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="92" t="inlineStr">
+        <is>
+          <t>INE168P01015</t>
+        </is>
+      </c>
+      <c r="D30" s="92" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>3936</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>54.92</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="92" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="92" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="92" t="inlineStr">
         <is>
           <t>Oil &amp; Natural Gas Corporation Limited</t>
         </is>
       </c>
-      <c r="C29" s="2" t="inlineStr">
+      <c r="C31" s="92" t="inlineStr">
         <is>
           <t>INE213A01029</t>
         </is>
       </c>
-      <c r="D29" s="2" t="inlineStr">
+      <c r="D31" s="92" t="inlineStr">
         <is>
           <t>Oil</t>
         </is>
       </c>
-      <c r="E29" s="12" t="n">
+      <c r="E31" s="12" t="n">
         <v>23284</v>
       </c>
-      <c r="F29" s="6" t="n">
-[...11 lines deleted...]
-      <c r="L29" s="7" t="n">
+      <c r="F31" s="6" t="n">
+        <v>54.8</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="92" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.0702</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="92" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="92" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="92" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D32" s="92" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>4685</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>54.25</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="92" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="92" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="92" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D33" s="92" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>4760</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>48.2</v>
+      </c>
+      <c r="G33" s="7" t="n">
         <v>0.0026</v>
       </c>
-    </row>
-[...125 lines deleted...]
-      </c>
       <c r="J33" s="6" t="n"/>
     </row>
     <row r="34">
-      <c r="A34" s="2" t="n">
+      <c r="A34" s="92" t="n">
         <v>27</v>
       </c>
-      <c r="B34" s="2" t="inlineStr">
+      <c r="B34" s="92" t="inlineStr">
         <is>
           <t>La Opala RG Limited</t>
         </is>
       </c>
-      <c r="C34" s="2" t="inlineStr">
+      <c r="C34" s="92" t="inlineStr">
         <is>
           <t>INE059D01020</t>
         </is>
       </c>
-      <c r="D34" s="2" t="inlineStr">
+      <c r="D34" s="92" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
         <v>21572</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>49.66</v>
+        <v>44.29</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.0024</v>
       </c>
       <c r="J34" s="6" t="n"/>
     </row>
     <row r="35">
-      <c r="A35" s="2" t="n">
+      <c r="A35" s="92" t="n">
         <v>28</v>
       </c>
-      <c r="B35" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>Finance</t>
+      <c r="B35" s="92" t="inlineStr">
+        <is>
+          <t>Teamlease Services Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="92" t="inlineStr">
+        <is>
+          <t>INE985S01024</t>
+        </is>
+      </c>
+      <c r="D35" s="92" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
-        <v>4760</v>
+        <v>2751</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>49.64</v>
+        <v>44.23</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.0024</v>
       </c>
       <c r="J35" s="6" t="n"/>
     </row>
     <row r="36">
-      <c r="A36" s="2" t="n">
+      <c r="A36" s="92" t="n">
         <v>29</v>
       </c>
-      <c r="B36" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>Commercial Services &amp; Supplies</t>
+      <c r="B36" s="92" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="92" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D36" s="92" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
-        <v>2751</v>
+        <v>4922</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>46.19</v>
+        <v>42.56</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0026</v>
+        <v>0.0023</v>
       </c>
       <c r="J36" s="6" t="n"/>
     </row>
     <row r="37">
-      <c r="A37" s="2" t="n">
+      <c r="A37" s="92" t="n">
         <v>30</v>
       </c>
-      <c r="B37" s="2" t="inlineStr">
-[...11 lines deleted...]
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+      <c r="B37" s="92" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="92" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D37" s="92" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
-        <v>4922</v>
+        <v>2406</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>44.17</v>
+        <v>40.52</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0025</v>
+        <v>0.0022</v>
       </c>
       <c r="J37" s="6" t="n"/>
     </row>
     <row r="38">
-      <c r="A38" s="2" t="n">
+      <c r="A38" s="92" t="n">
         <v>31</v>
       </c>
-      <c r="B38" s="2" t="inlineStr">
+      <c r="B38" s="92" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited</t>
         </is>
       </c>
-      <c r="C38" s="2" t="inlineStr">
+      <c r="C38" s="92" t="inlineStr">
         <is>
           <t>INE134E01011</t>
         </is>
       </c>
-      <c r="D38" s="2" t="inlineStr">
+      <c r="D38" s="92" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
       <c r="E38" s="12" t="n">
         <v>10206</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>41.16</v>
+        <v>34.82</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.0023</v>
+        <v>0.0019</v>
       </c>
       <c r="J38" s="6" t="n"/>
     </row>
     <row r="39">
       <c r="A39" s="9" t="n"/>
       <c r="B39" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C39" s="9" t="n"/>
       <c r="D39" s="9" t="n"/>
       <c r="E39" s="9" t="n"/>
       <c r="F39" s="10" t="n">
-        <v>3323.53</v>
+        <v>3393.83</v>
       </c>
       <c r="G39" s="11" t="n">
-        <v>0.185</v>
+        <v>0.1843</v>
       </c>
     </row>
     <row r="41">
       <c r="B41" s="4" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="B42" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="2" t="n">
+      <c r="A43" s="92" t="n">
         <v>32</v>
       </c>
-      <c r="B43" s="2" t="inlineStr">
+      <c r="B43" s="92" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
-      <c r="C43" s="2" t="inlineStr">
+      <c r="C43" s="92" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
-      <c r="D43" s="2" t="inlineStr">
+      <c r="D43" s="92" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="E43" s="12" t="n">
         <v>205333</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>149.05</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.0083</v>
+        <v>0.0081</v>
       </c>
       <c r="H43" s="8" t="n">
         <v>2</v>
       </c>
       <c r="J43" s="6" t="n"/>
     </row>
     <row r="44">
       <c r="A44" s="9" t="n"/>
       <c r="B44" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C44" s="9" t="n"/>
       <c r="D44" s="9" t="n"/>
       <c r="E44" s="9" t="n"/>
       <c r="F44" s="10" t="n">
         <v>149.05</v>
       </c>
       <c r="G44" s="11" t="n">
-        <v>0.0083</v>
+        <v>0.0081</v>
       </c>
     </row>
     <row r="46">
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="B48" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="49">
-      <c r="A49" s="2" t="n">
+      <c r="A49" s="92" t="n">
         <v>33</v>
       </c>
-      <c r="B49" s="2" t="inlineStr">
+      <c r="B49" s="92" t="inlineStr">
         <is>
           <t>Power Grid Corporation of India Limited**</t>
         </is>
       </c>
-      <c r="C49" s="2" t="inlineStr">
+      <c r="C49" s="92" t="inlineStr">
         <is>
           <t>INE752E07NK9</t>
         </is>
       </c>
-      <c r="D49" s="2" t="inlineStr">
+      <c r="D49" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E49" s="12" t="n">
         <v>100</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>1074</v>
+        <v>1081.99</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>0.0598</v>
+        <v>0.0588</v>
       </c>
       <c r="H49" s="8" t="n">
         <v>46014</v>
       </c>
       <c r="J49" s="6" t="n">
-        <v>6.0102</v>
+        <v>5.8197</v>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="2" t="n">
+      <c r="A50" s="92" t="n">
         <v>34</v>
       </c>
-      <c r="B50" s="2" t="inlineStr">
+      <c r="B50" s="92" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C50" s="92" t="inlineStr">
+        <is>
+          <t>INE414G07JU8</t>
+        </is>
+      </c>
+      <c r="D50" s="92" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E50" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>751.5599999999999</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0408</v>
+      </c>
+      <c r="H50" s="8" t="n">
+        <v>47171</v>
+      </c>
+      <c r="J50" s="6" t="n">
+        <v>7.93</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="92" t="n">
+        <v>35</v>
+      </c>
+      <c r="B51" s="92" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development**</t>
         </is>
       </c>
-      <c r="C50" s="2" t="inlineStr">
+      <c r="C51" s="92" t="inlineStr">
         <is>
           <t>INE261F08DO9</t>
         </is>
       </c>
-      <c r="D50" s="2" t="inlineStr">
+      <c r="D51" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E50" s="12" t="n">
+      <c r="E51" s="12" t="n">
         <v>50</v>
       </c>
-      <c r="F50" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H50" s="8" t="n">
+      <c r="F51" s="6" t="n">
+        <v>532.85</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0289</v>
+      </c>
+      <c r="H51" s="8" t="n">
         <v>46052</v>
       </c>
-      <c r="J50" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B51" s="9" t="inlineStr">
+      <c r="J51" s="6" t="n">
+        <v>6.3247</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="9" t="n"/>
+      <c r="B52" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C51" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B53" s="4" t="inlineStr">
+      <c r="C52" s="9" t="n"/>
+      <c r="D52" s="9" t="n"/>
+      <c r="E52" s="9" t="n"/>
+      <c r="F52" s="10" t="n">
+        <v>2366.4</v>
+      </c>
+      <c r="G52" s="11" t="n">
+        <v>0.1285</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="B54" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
-    <row r="54">
-[...3 lines deleted...]
-      <c r="B54" s="2" t="inlineStr">
+    <row r="55">
+      <c r="A55" s="92" t="n">
+        <v>36</v>
+      </c>
+      <c r="B55" s="92" t="inlineStr">
         <is>
           <t>6.33% GOI 2035</t>
         </is>
       </c>
-      <c r="C54" s="2" t="inlineStr">
+      <c r="C55" s="92" t="inlineStr">
         <is>
           <t>IN0020250026</t>
         </is>
       </c>
-      <c r="D54" s="2" t="inlineStr">
+      <c r="D55" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E54" s="12" t="n">
+      <c r="E55" s="12" t="n">
         <v>2500000</v>
       </c>
-      <c r="F54" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H54" s="8" t="n">
+      <c r="F55" s="6" t="n">
+        <v>2471.77</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.1343</v>
+      </c>
+      <c r="H55" s="8" t="n">
         <v>49434</v>
       </c>
-      <c r="J54" s="6" t="n">
-[...33 lines deleted...]
-      </c>
       <c r="J55" s="6" t="n">
-        <v>6.2142</v>
+        <v>6.5962</v>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="2" t="n">
+      <c r="A56" s="92" t="n">
         <v>37</v>
       </c>
-      <c r="B56" s="2" t="inlineStr">
+      <c r="B56" s="92" t="inlineStr">
         <is>
           <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
-      <c r="C56" s="2" t="inlineStr">
+      <c r="C56" s="92" t="inlineStr">
         <is>
           <t>IN0020200120</t>
         </is>
       </c>
-      <c r="D56" s="2" t="inlineStr">
+      <c r="D56" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E56" s="12" t="n">
         <v>2000000</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>2085.61</v>
+        <v>2103.49</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>0.1161</v>
+        <v>0.1143</v>
       </c>
       <c r="H56" s="8" t="n">
         <v>48844</v>
       </c>
       <c r="J56" s="6" t="n">
-        <v>6.2048</v>
+        <v>6.17</v>
       </c>
     </row>
     <row r="57">
-      <c r="A57" s="2" t="n">
+      <c r="A57" s="92" t="n">
         <v>38</v>
       </c>
-      <c r="B57" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D57" s="2" t="inlineStr">
+      <c r="B57" s="92" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C57" s="92" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D57" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E57" s="12" t="n">
-        <v>1000000</v>
+        <v>2000000</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>1036.07</v>
+        <v>2090.82</v>
       </c>
       <c r="G57" s="7" t="n">
-        <v>0.0577</v>
+        <v>0.1136</v>
       </c>
       <c r="H57" s="8" t="n">
-        <v>47226</v>
+        <v>47800</v>
       </c>
       <c r="J57" s="6" t="n">
-        <v>6.0129</v>
+        <v>6.387</v>
       </c>
     </row>
     <row r="58">
-      <c r="A58" s="2" t="n">
+      <c r="A58" s="92" t="n">
         <v>39</v>
       </c>
-      <c r="B58" s="2" t="inlineStr">
+      <c r="B58" s="92" t="inlineStr">
         <is>
           <t>7.06% GOI 2028</t>
         </is>
       </c>
-      <c r="C58" s="2" t="inlineStr">
+      <c r="C58" s="92" t="inlineStr">
         <is>
           <t>IN0020230010</t>
         </is>
       </c>
-      <c r="D58" s="2" t="inlineStr">
+      <c r="D58" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E58" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>1032.79</v>
+        <v>1040.09</v>
       </c>
       <c r="G58" s="7" t="n">
-        <v>0.0575</v>
+        <v>0.0565</v>
       </c>
       <c r="H58" s="8" t="n">
         <v>46853</v>
       </c>
       <c r="J58" s="6" t="n">
-        <v>5.7817</v>
+        <v>5.7855</v>
       </c>
     </row>
     <row r="59">
-      <c r="A59" s="2" t="n">
+      <c r="A59" s="92" t="n">
         <v>40</v>
       </c>
-      <c r="B59" s="2" t="inlineStr">
+      <c r="B59" s="92" t="inlineStr">
         <is>
           <t>7.02% GOI 2031</t>
         </is>
       </c>
-      <c r="C59" s="2" t="inlineStr">
+      <c r="C59" s="92" t="inlineStr">
         <is>
           <t>IN0020240076</t>
         </is>
       </c>
-      <c r="D59" s="2" t="inlineStr">
+      <c r="D59" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E59" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>528.1900000000001</v>
+        <v>529.61</v>
       </c>
       <c r="G59" s="7" t="n">
-        <v>0.0294</v>
+        <v>0.0288</v>
       </c>
       <c r="H59" s="8" t="n">
         <v>48017</v>
       </c>
       <c r="J59" s="6" t="n">
-        <v>6.3657</v>
+        <v>6.4836</v>
       </c>
     </row>
     <row r="60">
-      <c r="A60" s="2" t="n">
+      <c r="A60" s="92" t="n">
         <v>41</v>
       </c>
-      <c r="B60" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D60" s="2" t="inlineStr">
+      <c r="B60" s="92" t="inlineStr">
+        <is>
+          <t>7.37% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C60" s="92" t="inlineStr">
+        <is>
+          <t>IN0020230101</t>
+        </is>
+      </c>
+      <c r="D60" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E60" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>521.23</v>
+        <v>525.9299999999999</v>
       </c>
       <c r="G60" s="7" t="n">
-        <v>0.029</v>
+        <v>0.0286</v>
       </c>
       <c r="H60" s="8" t="n">
-        <v>48189</v>
+        <v>47049</v>
       </c>
       <c r="J60" s="6" t="n">
-        <v>6.2217</v>
+        <v>5.7861</v>
       </c>
     </row>
     <row r="61">
-      <c r="A61" s="2" t="n">
+      <c r="A61" s="92" t="n">
         <v>42</v>
       </c>
-      <c r="B61" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D61" s="2" t="inlineStr">
+      <c r="B61" s="92" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C61" s="92" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D61" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E61" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>520.6799999999999</v>
+        <v>522.67</v>
       </c>
       <c r="G61" s="7" t="n">
-        <v>0.029</v>
+        <v>0.0284</v>
       </c>
       <c r="H61" s="8" t="n">
-        <v>47049</v>
+        <v>47226</v>
       </c>
       <c r="J61" s="6" t="n">
-        <v>5.895</v>
+        <v>5.9615</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" s="2" t="n">
+      <c r="A62" s="92" t="n">
         <v>43</v>
       </c>
-      <c r="B62" s="2" t="inlineStr">
+      <c r="B62" s="92" t="inlineStr">
         <is>
           <t>7.10% GOI 2034</t>
         </is>
       </c>
-      <c r="C62" s="2" t="inlineStr">
+      <c r="C62" s="92" t="inlineStr">
         <is>
           <t>IN0020240019</t>
         </is>
       </c>
-      <c r="D62" s="2" t="inlineStr">
+      <c r="D62" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E62" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>518.37</v>
+        <v>520.71</v>
       </c>
       <c r="G62" s="7" t="n">
-        <v>0.0289</v>
+        <v>0.0283</v>
       </c>
       <c r="H62" s="8" t="n">
         <v>49042</v>
       </c>
       <c r="J62" s="6" t="n">
-        <v>6.5951</v>
+        <v>6.6538</v>
       </c>
     </row>
     <row r="63">
-      <c r="A63" s="2" t="n">
+      <c r="A63" s="92" t="n">
         <v>44</v>
       </c>
-      <c r="B63" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D63" s="2" t="inlineStr">
+      <c r="B63" s="92" t="inlineStr">
+        <is>
+          <t>4.59% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C63" s="92" t="inlineStr">
+        <is>
+          <t>IN0020180041</t>
+        </is>
+      </c>
+      <c r="D63" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E63" s="12" t="n">
         <v>500000</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>513.58</v>
+        <v>511.03</v>
       </c>
       <c r="G63" s="7" t="n">
-        <v>0.0286</v>
+        <v>0.0278</v>
       </c>
       <c r="H63" s="8" t="n">
+        <v>48189</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>6.1263</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="92" t="n">
+        <v>45</v>
+      </c>
+      <c r="B64" s="92" t="inlineStr">
+        <is>
+          <t>5.74% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C64" s="92" t="inlineStr">
+        <is>
+          <t>IN0020210186</t>
+        </is>
+      </c>
+      <c r="D64" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>503.47</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0273</v>
+      </c>
+      <c r="H64" s="8" t="n">
         <v>46341</v>
       </c>
-      <c r="J63" s="6" t="n">
-[...7 lines deleted...]
-      <c r="B64" s="2" t="inlineStr">
+      <c r="J64" s="6" t="n">
+        <v>5.5063</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="92" t="n">
+        <v>46</v>
+      </c>
+      <c r="B65" s="92" t="inlineStr">
         <is>
           <t>5.63% GOI 2026</t>
         </is>
       </c>
-      <c r="C64" s="2" t="inlineStr">
+      <c r="C65" s="92" t="inlineStr">
         <is>
           <t>IN0020210012</t>
         </is>
       </c>
-      <c r="D64" s="2" t="inlineStr">
+      <c r="D65" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E64" s="12" t="n">
+      <c r="E65" s="12" t="n">
         <v>295000</v>
       </c>
-      <c r="F64" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H64" s="8" t="n">
+      <c r="F65" s="6" t="n">
+        <v>298.04</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="H65" s="8" t="n">
         <v>46124</v>
       </c>
-      <c r="J64" s="6" t="n">
-[...7 lines deleted...]
-      <c r="B65" s="2" t="inlineStr">
+      <c r="J65" s="6" t="n">
+        <v>5.509</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="92" t="n">
+        <v>47</v>
+      </c>
+      <c r="B66" s="92" t="inlineStr">
         <is>
           <t>7.83% Gujarat SDL 2026</t>
         </is>
       </c>
-      <c r="C65" s="2" t="inlineStr">
+      <c r="C66" s="92" t="inlineStr">
         <is>
           <t>IN1520160061</t>
         </is>
       </c>
-      <c r="D65" s="2" t="inlineStr">
+      <c r="D66" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E65" s="12" t="n">
+      <c r="E66" s="12" t="n">
         <v>30000</v>
       </c>
-      <c r="F65" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G65" s="7" t="n">
+      <c r="F66" s="6" t="n">
+        <v>31.36</v>
+      </c>
+      <c r="G66" s="7" t="n">
         <v>0.0017</v>
       </c>
-      <c r="H65" s="8" t="n">
+      <c r="H66" s="8" t="n">
         <v>46216</v>
       </c>
-      <c r="J65" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B66" s="9" t="inlineStr">
+      <c r="J66" s="6" t="n">
+        <v>5.6655</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="9" t="n"/>
+      <c r="B67" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C66" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B68" s="4" t="inlineStr">
+      <c r="C67" s="9" t="n"/>
+      <c r="D67" s="9" t="n"/>
+      <c r="E67" s="9" t="n"/>
+      <c r="F67" s="10" t="n">
+        <v>11148.99</v>
+      </c>
+      <c r="G67" s="11" t="n">
+        <v>0.6058</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="B69" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="69">
-[...3 lines deleted...]
-      <c r="B69" s="4" t="inlineStr">
+    <row r="70">
+      <c r="A70" s="92" t="n">
+        <v>48</v>
+      </c>
+      <c r="B70" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F69" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B70" s="9" t="inlineStr">
+      <c r="F70" s="6" t="n">
+        <v>1223.26</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0665</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="9" t="n"/>
+      <c r="B71" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C70" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B72" s="4" t="inlineStr">
+      <c r="C71" s="9" t="n"/>
+      <c r="D71" s="9" t="n"/>
+      <c r="E71" s="9" t="n"/>
+      <c r="F71" s="10" t="n">
+        <v>1223.26</v>
+      </c>
+      <c r="G71" s="11" t="n">
+        <v>0.0665</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="B73" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="73">
-[...3 lines deleted...]
-      <c r="B73" s="2" t="inlineStr">
+    <row r="74">
+      <c r="A74" s="92" t="n">
+        <v>49</v>
+      </c>
+      <c r="B74" s="92" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C73" s="2" t="inlineStr">
+      <c r="C74" s="92" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E73" s="12" t="n">
+      <c r="E74" s="12" t="n">
         <v>501.975</v>
       </c>
-      <c r="F73" s="6" t="n">
-[...9 lines deleted...]
-      <c r="B74" s="9" t="inlineStr">
+      <c r="F74" s="6" t="n">
+        <v>57.82</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="9" t="n"/>
+      <c r="B75" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C74" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B76" s="4" t="inlineStr">
+      <c r="C75" s="9" t="n"/>
+      <c r="D75" s="9" t="n"/>
+      <c r="E75" s="9" t="n"/>
+      <c r="F75" s="10" t="n">
+        <v>57.82</v>
+      </c>
+      <c r="G75" s="11" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="77">
-      <c r="B77" s="2" t="inlineStr">
+    <row r="78">
+      <c r="B78" s="92" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E77" s="12" t="n"/>
-[...10 lines deleted...]
-      <c r="B78" s="9" t="inlineStr">
+      <c r="E78" s="12" t="n"/>
+      <c r="F78" s="6" t="n">
+        <v>69.81999999999999</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="9" t="n"/>
+      <c r="B79" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C78" s="9" t="n"/>
-[...11 lines deleted...]
-      <c r="B80" s="5" t="inlineStr">
+      <c r="C79" s="9" t="n"/>
+      <c r="D79" s="9" t="n"/>
+      <c r="E79" s="9" t="n"/>
+      <c r="F79" s="10" t="n">
+        <v>69.81999999999999</v>
+      </c>
+      <c r="G79" s="11" t="n">
+        <v>0.0037</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="5" t="n"/>
+      <c r="B81" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C80" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G80" s="14" t="n">
+      <c r="C81" s="5" t="n"/>
+      <c r="D81" s="5" t="n"/>
+      <c r="E81" s="5" t="n"/>
+      <c r="F81" s="13" t="n">
+        <v>18409.17</v>
+      </c>
+      <c r="G81" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="81">
-      <c r="A81" s="2" t="inlineStr">
+    <row r="82">
+      <c r="A82" s="92" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="82">
-      <c r="A82" s="2" t="n">
+    <row r="83">
+      <c r="A83" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B82" s="2" t="inlineStr">
+      <c r="B83" s="92" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="83">
-      <c r="A83" s="16" t="n">
+    <row r="84">
+      <c r="A84" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B83" s="16" t="inlineStr">
+      <c r="B84" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="84" ht="27" customHeight="1" s="74">
-      <c r="A84" s="16" t="n">
+    <row r="85" ht="139.5" customHeight="1" s="68">
+      <c r="A85" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B84" s="16" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B85" s="93" t="inlineStr">
+      <c r="B85" s="84" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Regular Savings Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="86" ht="94.5" customHeight="1" s="74">
-      <c r="B86" s="84" t="inlineStr">
+    <row r="86" ht="81" customHeight="1" s="68">
+      <c r="A86" s="15" t="n"/>
+      <c r="B86" s="77" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C86" s="84" t="inlineStr">
+      <c r="C86" s="77" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D86" s="84" t="inlineStr">
+      <c r="D86" s="77" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E86" s="101" t="n"/>
-      <c r="F86" s="84" t="inlineStr">
+      <c r="E86" s="102" t="n"/>
+      <c r="F86" s="77" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G86" s="44" t="inlineStr">
+      <c r="G86" s="42" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H86" s="84" t="inlineStr">
+      <c r="H86" s="77" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I86" s="36" t="inlineStr">
-[...6 lines deleted...]
-      <c r="B87" s="28" t="inlineStr">
+    </row>
+    <row r="87" ht="27" customHeight="1" s="68">
+      <c r="A87" s="15" t="n"/>
+      <c r="B87" s="26" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C87" s="28" t="inlineStr">
+      <c r="C87" s="26" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D87" s="45" t="n">
+      <c r="D87" s="43" t="n">
         <v>0</v>
       </c>
-      <c r="E87" s="46" t="n">
+      <c r="E87" s="44" t="n">
         <v>0</v>
       </c>
-      <c r="F87" s="102" t="n">
+      <c r="F87" s="103" t="n">
         <v>1855.787388</v>
       </c>
-      <c r="G87" s="47" t="n">
+      <c r="G87" s="45" t="n">
         <v>115.78068</v>
       </c>
-      <c r="H87" s="48" t="n">
+      <c r="H87" s="46" t="n">
         <v>45218</v>
       </c>
-      <c r="I87" s="94" t="n">
-[...4 lines deleted...]
-      <c r="B88" s="28" t="inlineStr">
+    </row>
+    <row r="88" ht="27" customHeight="1" s="68">
+      <c r="A88" s="15" t="n"/>
+      <c r="B88" s="26" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C88" s="28" t="inlineStr">
+      <c r="C88" s="26" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D88" s="45" t="n">
+      <c r="D88" s="43" t="n">
         <v>0</v>
       </c>
-      <c r="E88" s="46" t="n">
+      <c r="E88" s="44" t="n">
         <v>0</v>
       </c>
-      <c r="F88" s="103" t="n"/>
-      <c r="G88" s="47" t="n">
+      <c r="F88" s="104" t="n"/>
+      <c r="G88" s="45" t="n">
         <v>58.6004</v>
       </c>
-      <c r="H88" s="48" t="n">
+      <c r="H88" s="46" t="n">
         <v>45715</v>
       </c>
-      <c r="I88" s="103" t="n"/>
-[...2 lines deleted...]
-      <c r="A89" s="2" t="n">
+    </row>
+    <row r="89" ht="61.5" customHeight="1" s="68">
+      <c r="A89" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B89" s="86" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+      <c r="C89" s="105" t="n"/>
+      <c r="D89" s="105" t="n"/>
+      <c r="E89" s="105" t="n"/>
+      <c r="F89" s="105" t="n"/>
+      <c r="G89" s="105" t="n"/>
+      <c r="H89" s="105" t="n"/>
+    </row>
+    <row r="90" ht="27" customHeight="1" s="68">
+      <c r="A90" s="15" t="n">
         <v>5</v>
       </c>
-      <c r="B89" s="75" t="inlineStr">
-[...12 lines deleted...]
-      <c r="B92" s="1" t="inlineStr">
+      <c r="B90" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="92" ht="14.5" customHeight="1" s="68">
+      <c r="B92" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="106" ht="14.5" customHeight="1" s="74">
-      <c r="B106" s="1" t="inlineStr">
+    <row r="104" ht="14.5" customHeight="1" s="68">
+      <c r="B104" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 85+15 - Conservative Index</t>
         </is>
       </c>
     </row>
+    <row r="119">
+      <c r="B119" s="16" t="n"/>
+      <c r="C119" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="B120" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C120" s="18" t="inlineStr">
+        <is>
+          <t>DSP Regular Savings Fund</t>
+        </is>
+      </c>
+    </row>
     <row r="121">
-      <c r="B121" s="17" t="n"/>
-[...4 lines deleted...]
-      </c>
+      <c r="B121" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C121" s="19" t="n"/>
     </row>
     <row r="122">
-      <c r="B122" s="17" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B122" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C122" s="20" t="n">
+        <v>0.0625687953457557</v>
       </c>
     </row>
     <row r="123">
-      <c r="B123" s="17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C123" s="20" t="n"/>
+      <c r="B123" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C123" s="99" t="n">
+        <v>2.75794418697081</v>
+      </c>
     </row>
     <row r="124">
-      <c r="B124" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.062</v>
+      <c r="B124" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C124" s="19" t="n">
+        <v>4.63</v>
       </c>
     </row>
     <row r="125">
-      <c r="B125" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>2.87</v>
+      <c r="B125" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C125" s="21" t="n">
+        <v>46006</v>
       </c>
     </row>
     <row r="126">
       <c r="B126" s="17" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...18 lines deleted...]
-        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C128" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B131" s="4" t="n"/>
+      <c r="C126" s="18" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="6">
+  <mergeCells count="5">
     <mergeCell ref="B85:H85"/>
     <mergeCell ref="D86:E86"/>
     <mergeCell ref="F87:F88"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="I87:I88"/>
     <mergeCell ref="B89:H89"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>