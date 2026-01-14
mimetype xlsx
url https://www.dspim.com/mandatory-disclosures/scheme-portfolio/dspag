--- v3 (2025-12-24)
+++ v4 (2026-01-14)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="REGULARSAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,322 +330,323 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="105">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
@@ -709,116 +698,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>93</row>
+      <row>92</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>102</row>
+      <row>101</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="15684500"/>
+          <a:off x="457200" y="15513050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>105</row>
+      <row>104</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>114</row>
-      <rowOff>31750</rowOff>
+      <row>113</row>
+      <rowOff>31752</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="18097500"/>
+          <a:off x="457200" y="17926050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1056,2349 +1045,2328 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet10">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L126"/>
+  <dimension ref="A1:L128"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="23.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Regular Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="92" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="92" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Canara HSBC Life Insurance Company Limited</t>
         </is>
       </c>
-      <c r="C8" s="92" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE01TY01017</t>
         </is>
       </c>
-      <c r="D8" s="92" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="E8" s="12" t="n">
+      <c r="E8" s="11" t="n">
         <v>259612</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="F8" s="5" t="n">
+        <v>384.67</v>
+      </c>
+      <c r="G8" s="6" t="n">
+        <v>0.0209</v>
+      </c>
+      <c r="J8" s="5" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="92" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="12" t="n">
+      <c r="E9" s="11" t="n">
         <v>31510</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G9" s="7" t="n">
+      <c r="F9" s="5" t="n">
+        <v>312.33</v>
+      </c>
+      <c r="G9" s="6" t="n">
         <v>0.017</v>
       </c>
-      <c r="J9" s="6" t="n"/>
-      <c r="K9" s="92" t="inlineStr">
+      <c r="J9" s="5" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.6058</v>
+      <c r="L9" s="6" t="n">
+        <v>0.6061</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="92" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="92" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C10" s="92" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D10" s="92" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="12" t="n">
+      <c r="E10" s="11" t="n">
         <v>22078</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="F10" s="5" t="n">
+        <v>296.49</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="J10" s="5" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.0548</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>47375</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>190.92</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J11" s="5" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.041</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>11377</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>183.78</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="J12" s="5" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.0293</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>13784</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>174.97</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="J13" s="5" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...4 lines deleted...]
-      <c r="A11" s="92" t="n">
+      <c r="L13" s="6" t="n">
+        <v>0.029</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>3835</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>142.25</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="J14" s="5" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.0199</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>42405</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>139.75</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="J15" s="5" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.0121</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>5798</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>127.62</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J16" s="5" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L16" s="6" t="n">
+        <v>0.0104</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>96123</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>115.29</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J17" s="5" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L17" s="6" t="n">
+        <v>0.0091</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>36938</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>104.94</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J18" s="5" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L18" s="6" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>6842</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>103.4</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J19" s="5" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L19" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>4917</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>100.06</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J20" s="5" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L20" s="6" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>9840</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>96.65000000000001</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J21" s="5" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L21" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>6355</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>90.17</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J22" s="5" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L22" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>12827</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>83.5</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J23" s="5" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L23" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Cohance Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE03QK01018</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>14611</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>77.23</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J24" s="5" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L24" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>6573</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>75.18000000000001</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J25" s="5" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L25" s="6" t="n">
+        <v>0.0035</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>15335</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>64.22</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J26" s="5" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L26" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>36073</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>62.1</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J27" s="5" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L27" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>8714</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>61.3</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J28" s="5" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L28" s="6" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>23284</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>55.97</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J29" s="5" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L29" s="6" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>2829</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>55.51</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J30" s="5" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="L30" s="6" t="n">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Emcure Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE168P01015</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>3936</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>53.71</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J31" s="5" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L31" s="6" t="n">
+        <v>0.1249</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>4685</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>52.37</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J32" s="5" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>4760</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>46.97</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J33" s="5" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>La Opala RG Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE059D01020</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>21572</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>43.56</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J34" s="5" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Teamlease Services Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE985S01024</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>2751</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>42.84</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J35" s="5" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>4922</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>41.65</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J36" s="5" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>2406</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>39.06</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J37" s="5" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>10206</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>36.27</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J38" s="5" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="8" t="n"/>
+      <c r="B39" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C39" s="8" t="n"/>
+      <c r="D39" s="8" t="n"/>
+      <c r="E39" s="8" t="n"/>
+      <c r="F39" s="9" t="n">
+        <v>3454.73</v>
+      </c>
+      <c r="G39" s="10" t="n">
+        <v>0.1877</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="B41" s="3" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="B42" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Roadstar Infra Investment Trust</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE0JEI23010</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
+        <v>205333</v>
+      </c>
+      <c r="F43" s="5" t="n">
+        <v>149.05</v>
+      </c>
+      <c r="G43" s="6" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H43" s="7" t="n">
+        <v>2</v>
+      </c>
+      <c r="J43" s="5" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="8" t="n"/>
+      <c r="B44" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C44" s="8" t="n"/>
+      <c r="D44" s="8" t="n"/>
+      <c r="E44" s="8" t="n"/>
+      <c r="F44" s="9" t="n">
+        <v>149.05</v>
+      </c>
+      <c r="G44" s="10" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="B46" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="B47" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="B48" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JU8</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E49" s="11" t="n">
+        <v>750</v>
+      </c>
+      <c r="F49" s="5" t="n">
+        <v>754.6799999999999</v>
+      </c>
+      <c r="G49" s="6" t="n">
+        <v>0.041</v>
+      </c>
+      <c r="H49" s="7" t="n">
+        <v>47171</v>
+      </c>
+      <c r="J49" s="5" t="n">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08DO9</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E50" s="11" t="n">
+        <v>50</v>
+      </c>
+      <c r="F50" s="5" t="n">
+        <v>534.38</v>
+      </c>
+      <c r="G50" s="6" t="n">
+        <v>0.029</v>
+      </c>
+      <c r="H50" s="7" t="n">
+        <v>46052</v>
+      </c>
+      <c r="J50" s="5" t="n">
+        <v>6.1702</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="8" t="n"/>
+      <c r="B51" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C51" s="8" t="n"/>
+      <c r="D51" s="8" t="n"/>
+      <c r="E51" s="8" t="n"/>
+      <c r="F51" s="9" t="n">
+        <v>1289.06</v>
+      </c>
+      <c r="G51" s="10" t="n">
+        <v>0.07000000000000001</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="B53" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E54" s="11" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F54" s="5" t="n">
+        <v>2477.48</v>
+      </c>
+      <c r="G54" s="6" t="n">
+        <v>0.1347</v>
+      </c>
+      <c r="H54" s="7" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J54" s="5" t="n">
+        <v>6.602</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E55" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F55" s="5" t="n">
+        <v>2102.58</v>
+      </c>
+      <c r="G55" s="6" t="n">
+        <v>0.1143</v>
+      </c>
+      <c r="H55" s="7" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J55" s="5" t="n">
+        <v>6.1534</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E56" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F56" s="5" t="n">
+        <v>2096.47</v>
+      </c>
+      <c r="G56" s="6" t="n">
+        <v>0.114</v>
+      </c>
+      <c r="H56" s="7" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J56" s="5" t="n">
+        <v>6.3851</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>7.06% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230010</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E57" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F57" s="5" t="n">
+        <v>1043.11</v>
+      </c>
+      <c r="G57" s="6" t="n">
+        <v>0.0567</v>
+      </c>
+      <c r="H57" s="7" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J57" s="5" t="n">
+        <v>5.7603</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>7.37% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230101</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E58" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F58" s="5" t="n">
+        <v>526.83</v>
+      </c>
+      <c r="G58" s="6" t="n">
+        <v>0.0286</v>
+      </c>
+      <c r="H58" s="7" t="n">
+        <v>47049</v>
+      </c>
+      <c r="J58" s="5" t="n">
+        <v>5.8122</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E59" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F59" s="5" t="n">
+        <v>522.98</v>
+      </c>
+      <c r="G59" s="6" t="n">
+        <v>0.0284</v>
+      </c>
+      <c r="H59" s="7" t="n">
+        <v>47226</v>
+      </c>
+      <c r="J59" s="5" t="n">
+        <v>6.0262</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240019</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E60" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F60" s="5" t="n">
+        <v>522.49</v>
+      </c>
+      <c r="G60" s="6" t="n">
+        <v>0.0284</v>
+      </c>
+      <c r="H60" s="7" t="n">
+        <v>49042</v>
+      </c>
+      <c r="J60" s="5" t="n">
+        <v>6.6424</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E61" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F61" s="5" t="n">
+        <v>513.52</v>
+      </c>
+      <c r="G61" s="6" t="n">
+        <v>0.0279</v>
+      </c>
+      <c r="H61" s="7" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J61" s="5" t="n">
+        <v>6.4796</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>4.59% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>IN0020180041</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E62" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F62" s="5" t="n">
+        <v>511.48</v>
+      </c>
+      <c r="G62" s="6" t="n">
+        <v>0.0278</v>
+      </c>
+      <c r="H62" s="7" t="n">
+        <v>48189</v>
+      </c>
+      <c r="J62" s="5" t="n">
+        <v>6.0658</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>5.74% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>IN0020210186</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E63" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F63" s="5" t="n">
+        <v>504.26</v>
+      </c>
+      <c r="G63" s="6" t="n">
+        <v>0.0274</v>
+      </c>
+      <c r="H63" s="7" t="n">
+        <v>46341</v>
+      </c>
+      <c r="J63" s="5" t="n">
+        <v>5.5906</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E64" s="11" t="n">
+        <v>295000</v>
+      </c>
+      <c r="F64" s="5" t="n">
+        <v>298.74</v>
+      </c>
+      <c r="G64" s="6" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="H64" s="7" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J64" s="5" t="n">
+        <v>5.5215</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>7.83% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>IN1520160061</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E65" s="11" t="n">
+        <v>30000</v>
+      </c>
+      <c r="F65" s="5" t="n">
+        <v>31.43</v>
+      </c>
+      <c r="G65" s="6" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="H65" s="7" t="n">
+        <v>46216</v>
+      </c>
+      <c r="J65" s="5" t="n">
+        <v>5.6825</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="8" t="n"/>
+      <c r="B66" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C66" s="8" t="n"/>
+      <c r="D66" s="8" t="n"/>
+      <c r="E66" s="8" t="n"/>
+      <c r="F66" s="9" t="n">
+        <v>11151.37</v>
+      </c>
+      <c r="G66" s="10" t="n">
+        <v>0.6061</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B69" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F69" s="5" t="n">
+        <v>2246.1</v>
+      </c>
+      <c r="G69" s="6" t="n">
+        <v>0.1221</v>
+      </c>
+      <c r="H69" s="7" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="8" t="n"/>
+      <c r="B70" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C70" s="8" t="n"/>
+      <c r="D70" s="8" t="n"/>
+      <c r="E70" s="8" t="n"/>
+      <c r="F70" s="9" t="n">
+        <v>2246.1</v>
+      </c>
+      <c r="G70" s="10" t="n">
+        <v>0.1221</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E73" s="11" t="n">
+        <v>501.975</v>
+      </c>
+      <c r="F73" s="5" t="n">
+        <v>58</v>
+      </c>
+      <c r="G73" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J73" s="5" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="8" t="n"/>
+      <c r="B74" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C74" s="8" t="n"/>
+      <c r="D74" s="8" t="n"/>
+      <c r="E74" s="8" t="n"/>
+      <c r="F74" s="9" t="n">
+        <v>58</v>
+      </c>
+      <c r="G74" s="10" t="n">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="B76" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E77" s="11" t="n"/>
+      <c r="F77" s="5" t="n">
+        <v>49.15</v>
+      </c>
+      <c r="G77" s="6" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J77" s="5" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="8" t="n"/>
+      <c r="B78" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C78" s="8" t="n"/>
+      <c r="D78" s="8" t="n"/>
+      <c r="E78" s="8" t="n"/>
+      <c r="F78" s="9" t="n">
+        <v>49.15</v>
+      </c>
+      <c r="G78" s="10" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="4" t="n"/>
+      <c r="B80" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C80" s="4" t="n"/>
+      <c r="D80" s="4" t="n"/>
+      <c r="E80" s="4" t="n"/>
+      <c r="F80" s="12" t="n">
+        <v>18397.46</v>
+      </c>
+      <c r="G80" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B83" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="84" ht="27" customHeight="1" s="74">
+      <c r="A84" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B84" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="85" ht="119.5" customHeight="1" s="74">
+      <c r="A85" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="92" t="inlineStr">
-[...1850 lines deleted...]
-      <c r="B85" s="84" t="inlineStr">
+      <c r="B85" s="90" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Regular Savings Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="86" ht="81" customHeight="1" s="68">
+    <row r="86" ht="81" customHeight="1" s="74">
       <c r="A86" s="15" t="n"/>
-      <c r="B86" s="77" t="inlineStr">
+      <c r="B86" s="83" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C86" s="77" t="inlineStr">
+      <c r="C86" s="83" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D86" s="77" t="inlineStr">
+      <c r="D86" s="83" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E86" s="102" t="n"/>
-      <c r="F86" s="77" t="inlineStr">
+      <c r="E86" s="101" t="n"/>
+      <c r="F86" s="83" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G86" s="42" t="inlineStr">
+      <c r="G86" s="23" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H86" s="77" t="inlineStr">
+      <c r="H86" s="83" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-    </row>
-    <row r="87" ht="27" customHeight="1" s="68">
+      <c r="I86" s="24" t="inlineStr">
+        <is>
+          <t>Interim Distribution: (Invit units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
+        </is>
+      </c>
+    </row>
+    <row r="87" ht="27" customHeight="1" s="74">
       <c r="A87" s="15" t="n"/>
       <c r="B87" s="26" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
       <c r="C87" s="26" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D87" s="43" t="n">
+      <c r="D87" s="40" t="n">
         <v>0</v>
       </c>
-      <c r="E87" s="44" t="n">
+      <c r="E87" s="41" t="n">
         <v>0</v>
       </c>
-      <c r="F87" s="103" t="n">
+      <c r="F87" s="102" t="n">
         <v>1855.787388</v>
       </c>
-      <c r="G87" s="45" t="n">
+      <c r="G87" s="42" t="n">
         <v>115.78068</v>
       </c>
-      <c r="H87" s="46" t="n">
+      <c r="H87" s="43" t="n">
         <v>45218</v>
       </c>
-    </row>
-    <row r="88" ht="27" customHeight="1" s="68">
+      <c r="I87" s="92" t="n">
+        <v>205.33</v>
+      </c>
+    </row>
+    <row r="88" ht="27" customHeight="1" s="74">
       <c r="A88" s="15" t="n"/>
       <c r="B88" s="26" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
       <c r="C88" s="26" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D88" s="43" t="n">
+      <c r="D88" s="40" t="n">
         <v>0</v>
       </c>
-      <c r="E88" s="44" t="n">
+      <c r="E88" s="41" t="n">
         <v>0</v>
       </c>
-      <c r="F88" s="104" t="n"/>
-      <c r="G88" s="45" t="n">
+      <c r="F88" s="103" t="n"/>
+      <c r="G88" s="42" t="n">
         <v>58.6004</v>
       </c>
-      <c r="H88" s="46" t="n">
+      <c r="H88" s="43" t="n">
         <v>45715</v>
       </c>
-    </row>
-    <row r="89" ht="61.5" customHeight="1" s="68">
+      <c r="I88" s="103" t="n"/>
+    </row>
+    <row r="89" ht="62.5" customHeight="1" s="74">
       <c r="A89" s="15" t="n">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="B89" s="86" t="inlineStr">
+        <v>5</v>
+      </c>
+      <c r="B89" s="91" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
-      <c r="C89" s="105" t="n"/>
-[...17 lines deleted...]
-      <c r="B92" s="91" t="inlineStr">
+      <c r="C89" s="104" t="n"/>
+      <c r="D89" s="104" t="n"/>
+      <c r="E89" s="104" t="n"/>
+      <c r="F89" s="104" t="n"/>
+      <c r="G89" s="104" t="n"/>
+      <c r="H89" s="104" t="n"/>
+      <c r="I89" s="104" t="n"/>
+    </row>
+    <row r="91" ht="14.5" customHeight="1" s="74">
+      <c r="B91" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="104" ht="14.5" customHeight="1" s="68">
-      <c r="B104" s="91" t="inlineStr">
+    <row r="103" ht="14.5" customHeight="1" s="74">
+      <c r="B103" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 85+15 - Conservative Index</t>
         </is>
       </c>
     </row>
+    <row r="118">
+      <c r="B118" s="16" t="n"/>
+      <c r="C118" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
     <row r="119">
-      <c r="B119" s="16" t="n"/>
+      <c r="B119" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
       <c r="C119" s="18" t="inlineStr">
         <is>
-          <t>Portfolio Information</t>
+          <t>DSP Regular Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="B120" s="16" t="inlineStr">
         <is>
-          <t>Scheme Name:</t>
-[...6 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C120" s="19" t="n"/>
     </row>
     <row r="121">
       <c r="B121" s="16" t="inlineStr">
         <is>
-          <t>Description (if any)</t>
-[...2 lines deleted...]
-      <c r="C121" s="19" t="n"/>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C121" s="20" t="n">
+        <v>0.06279999999999999</v>
+      </c>
     </row>
     <row r="122">
       <c r="B122" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...3 lines deleted...]
-        <v>0.0625687953457557</v>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C122" s="19" t="n">
+        <v>2.74</v>
       </c>
     </row>
     <row r="123">
       <c r="B123" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...3 lines deleted...]
-        <v>2.75794418697081</v>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C123" s="19" t="n">
+        <v>4.62</v>
       </c>
     </row>
     <row r="124">
       <c r="B124" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...3 lines deleted...]
-        <v>4.63</v>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C124" s="21" t="n">
+        <v>46022</v>
       </c>
     </row>
     <row r="125">
-      <c r="B125" s="16" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B126" s="17" t="inlineStr">
+      <c r="B125" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C126" s="18" t="n"/>
+      <c r="C125" s="18" t="n"/>
+    </row>
+    <row r="128" ht="17.15" customHeight="1" s="74">
+      <c r="B128" s="72" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
+  <mergeCells count="6">
     <mergeCell ref="B85:H85"/>
     <mergeCell ref="D86:E86"/>
+    <mergeCell ref="B89:I89"/>
     <mergeCell ref="F87:F88"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B89:H89"/>
+    <mergeCell ref="I87:I88"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>