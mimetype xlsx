--- v4 (2026-01-14)
+++ v5 (2026-02-11)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="REGULARSAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -107,75 +107,73 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -335,66 +333,65 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="105">
+  <cellXfs count="111">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -405,245 +402,266 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -698,116 +716,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>92</row>
+      <row>96</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>101</row>
+      <row>105</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="15513050"/>
+          <a:off x="457200" y="16027400"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>104</row>
+      <row>109</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>113</row>
-      <rowOff>31752</rowOff>
+      <row>118</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="17926050"/>
+          <a:off x="457200" y="18440400"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1055,79 +1073,79 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr codeName="Sheet10">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L128"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...4 lines deleted...]
-    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="43.5703125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="23.140625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="28.7109375" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.5703125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.85546875" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
-    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
-    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
-[...2 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.140625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="18.75" customHeight="1" s="83">
+      <c r="A1" s="82" t="n"/>
+      <c r="B1" s="82" t="inlineStr">
         <is>
           <t>DSP Regular Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on December 31, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -1176,2197 +1194,2255 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Canara HSBC Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE01TY01017</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
       <c r="E8" s="11" t="n">
         <v>259612</v>
       </c>
       <c r="F8" s="5" t="n">
-        <v>384.67</v>
+        <v>382.49</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0.0209</v>
       </c>
       <c r="J8" s="5" t="n"/>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E9" s="11" t="n">
-        <v>31510</v>
+        <v>40419</v>
       </c>
       <c r="F9" s="5" t="n">
-        <v>312.33</v>
+        <v>375.59</v>
       </c>
       <c r="G9" s="6" t="n">
-        <v>0.017</v>
+        <v>0.0206</v>
       </c>
       <c r="J9" s="5" t="n"/>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="6" t="n">
-        <v>0.6061</v>
+        <v>0.6108</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E10" s="11" t="n">
         <v>22078</v>
       </c>
       <c r="F10" s="5" t="n">
-        <v>296.49</v>
+        <v>299.16</v>
       </c>
       <c r="G10" s="6" t="n">
-        <v>0.0161</v>
+        <v>0.0164</v>
       </c>
       <c r="J10" s="5" t="n"/>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="L10" s="6" t="n">
-        <v>0.0548</v>
+        <v>0.0596</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>ITC Limited</t>
+          <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>INE154A01025</t>
+          <t>INE238A01034</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E11" s="11" t="n">
-        <v>47375</v>
+        <v>13784</v>
       </c>
       <c r="F11" s="5" t="n">
-        <v>190.92</v>
+        <v>188.9</v>
       </c>
       <c r="G11" s="6" t="n">
-        <v>0.0104</v>
+        <v>0.0103</v>
       </c>
       <c r="J11" s="5" t="n"/>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AA+</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L11" s="6" t="n">
-        <v>0.041</v>
+        <v>0.0511</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Infosys Limited</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE009A01021</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
       <c r="E12" s="11" t="n">
         <v>11377</v>
       </c>
       <c r="F12" s="5" t="n">
-        <v>183.78</v>
+        <v>186.7</v>
       </c>
       <c r="G12" s="6" t="n">
-        <v>0.01</v>
+        <v>0.0102</v>
       </c>
       <c r="J12" s="5" t="n"/>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="L12" s="6" t="n">
-        <v>0.0293</v>
+        <v>0.0415</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>ITC Limited</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>INE238A01034</t>
+          <t>INE154A01025</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="E13" s="11" t="n">
-        <v>13784</v>
+        <v>52972</v>
       </c>
       <c r="F13" s="5" t="n">
-        <v>174.97</v>
+        <v>170.65</v>
       </c>
       <c r="G13" s="6" t="n">
-        <v>0.0095</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="J13" s="5" t="n"/>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="L13" s="6" t="n">
-        <v>0.029</v>
+        <v>0.0311</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Limited</t>
+          <t>NTPC Limited</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>INE101A01026</t>
+          <t>INE733E01010</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="E14" s="11" t="n">
-        <v>3835</v>
+        <v>42405</v>
       </c>
       <c r="F14" s="5" t="n">
-        <v>142.25</v>
+        <v>150.96</v>
       </c>
       <c r="G14" s="6" t="n">
-        <v>0.0077</v>
+        <v>0.0083</v>
       </c>
       <c r="J14" s="5" t="n"/>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="L14" s="6" t="n">
-        <v>0.0199</v>
+        <v>0.0196</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>NTPC Limited</t>
+          <t>Mahindra &amp; Mahindra Limited</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>INE733E01010</t>
+          <t>INE101A01026</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="E15" s="11" t="n">
-        <v>42405</v>
+        <v>3835</v>
       </c>
       <c r="F15" s="5" t="n">
-        <v>139.75</v>
+        <v>131.61</v>
       </c>
       <c r="G15" s="6" t="n">
-        <v>0.0076</v>
+        <v>0.0072</v>
       </c>
       <c r="J15" s="5" t="n"/>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
       <c r="L15" s="6" t="n">
-        <v>0.0121</v>
+        <v>0.0124</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>INE237A01028</t>
+          <t>INE237A01036</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E16" s="11" t="n">
-        <v>5798</v>
+        <v>28990</v>
       </c>
       <c r="F16" s="5" t="n">
-        <v>127.62</v>
+        <v>118.28</v>
       </c>
       <c r="G16" s="6" t="n">
-        <v>0.0069</v>
+        <v>0.0065</v>
       </c>
       <c r="J16" s="5" t="n"/>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="L16" s="6" t="n">
-        <v>0.0104</v>
+        <v>0.009299999999999999</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Samvardhana Motherson International Limited</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
           <t>INE775A01035</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
       <c r="E17" s="11" t="n">
         <v>96123</v>
       </c>
       <c r="F17" s="5" t="n">
-        <v>115.29</v>
+        <v>108.52</v>
       </c>
       <c r="G17" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.0059</v>
       </c>
       <c r="J17" s="5" t="n"/>
       <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
       <c r="L17" s="6" t="n">
-        <v>0.0091</v>
+        <v>0.0092</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Petronet LNG Limited</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
           <t>INE347G01014</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
       <c r="E18" s="11" t="n">
         <v>36938</v>
       </c>
       <c r="F18" s="5" t="n">
-        <v>104.94</v>
+        <v>107.03</v>
       </c>
       <c r="G18" s="6" t="n">
-        <v>0.0057</v>
+        <v>0.0059</v>
       </c>
       <c r="J18" s="5" t="n"/>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>Transport Infrastructure</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="L18" s="6" t="n">
-        <v>0.0081</v>
+        <v>0.0083</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Cipla Limited</t>
+          <t>State Bank of India</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>INE059A01026</t>
+          <t>INE062A01020</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E19" s="11" t="n">
-        <v>6842</v>
+        <v>9840</v>
       </c>
       <c r="F19" s="5" t="n">
-        <v>103.4</v>
+        <v>105.99</v>
       </c>
       <c r="G19" s="6" t="n">
-        <v>0.0056</v>
+        <v>0.0058</v>
       </c>
       <c r="J19" s="5" t="n"/>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L19" s="6" t="n">
-        <v>0.0077</v>
+        <v>0.008200000000000001</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>SBI Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
           <t>INE123W01016</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
       <c r="E20" s="11" t="n">
         <v>4917</v>
       </c>
       <c r="F20" s="5" t="n">
-        <v>100.06</v>
+        <v>98.27</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0.0054</v>
       </c>
       <c r="J20" s="5" t="n"/>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="L20" s="6" t="n">
-        <v>0.0076</v>
+        <v>0.0072</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>State Bank of India</t>
+          <t>IPCA Laboratories Limited</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INE062A01020</t>
+          <t>INE571A01038</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E21" s="11" t="n">
-        <v>9840</v>
+        <v>6355</v>
       </c>
       <c r="F21" s="5" t="n">
-        <v>96.65000000000001</v>
+        <v>93.47</v>
       </c>
       <c r="G21" s="6" t="n">
-        <v>0.0053</v>
+        <v>0.0051</v>
       </c>
       <c r="J21" s="5" t="n"/>
       <c r="K21" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
       <c r="L21" s="6" t="n">
-        <v>0.0065</v>
+        <v>0.0061</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>IPCA Laboratories Limited</t>
+          <t>Cipla Limited</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE571A01038</t>
+          <t>INE059A01026</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E22" s="11" t="n">
-        <v>6355</v>
+        <v>6842</v>
       </c>
       <c r="F22" s="5" t="n">
-        <v>90.17</v>
+        <v>90.59</v>
       </c>
       <c r="G22" s="6" t="n">
-        <v>0.0049</v>
+        <v>0.005</v>
       </c>
       <c r="J22" s="5" t="n"/>
       <c r="K22" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
       <c r="L22" s="6" t="n">
-        <v>0.0063</v>
+        <v>0.0059</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Syngene International Limited</t>
+          <t>ICICI Lombard General Insurance Company Limited</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE398R01022</t>
+          <t>INE765G01017</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E23" s="11" t="n">
-        <v>12827</v>
+        <v>4820</v>
       </c>
       <c r="F23" s="5" t="n">
-        <v>83.5</v>
+        <v>87.44</v>
       </c>
       <c r="G23" s="6" t="n">
-        <v>0.0045</v>
+        <v>0.0048</v>
       </c>
       <c r="J23" s="5" t="n"/>
       <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
       <c r="L23" s="6" t="n">
-        <v>0.0046</v>
+        <v>0.0045</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Cohance Lifesciences Limited</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
           <t>INE03QK01018</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E24" s="11" t="n">
-        <v>14611</v>
+        <v>20150</v>
       </c>
       <c r="F24" s="5" t="n">
-        <v>77.23</v>
+        <v>76.83</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0.0042</v>
       </c>
       <c r="J24" s="5" t="n"/>
       <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
       <c r="L24" s="6" t="n">
-        <v>0.0045</v>
+        <v>0.0041</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Indigo Paints Limited</t>
+          <t>Syngene International Limited</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE09VQ01012</t>
+          <t>INE398R01022</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="E25" s="11" t="n">
-        <v>6573</v>
+        <v>15725</v>
       </c>
       <c r="F25" s="5" t="n">
-        <v>75.18000000000001</v>
+        <v>74.45</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0.0041</v>
       </c>
       <c r="J25" s="5" t="n"/>
       <c r="K25" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
       <c r="L25" s="6" t="n">
-        <v>0.0035</v>
+        <v>0.0037</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Indus Towers Limited</t>
+          <t>Indigo Paints Limited</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE121J01017</t>
+          <t>INE09VQ01012</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E26" s="11" t="n">
-        <v>15335</v>
+        <v>6573</v>
       </c>
       <c r="F26" s="5" t="n">
-        <v>64.22</v>
+        <v>68.65000000000001</v>
       </c>
       <c r="G26" s="6" t="n">
-        <v>0.0035</v>
+        <v>0.0038</v>
       </c>
       <c r="J26" s="5" t="n"/>
       <c r="K26" s="1" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
       <c r="L26" s="6" t="n">
-        <v>0.0033</v>
+        <v>0.0032</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>GAIL (India) Limited</t>
+          <t>Indus Towers Limited</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE129A01019</t>
+          <t>INE121J01017</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Telecom - Services</t>
         </is>
       </c>
       <c r="E27" s="11" t="n">
-        <v>36073</v>
+        <v>15335</v>
       </c>
       <c r="F27" s="5" t="n">
-        <v>62.1</v>
+        <v>68.13</v>
       </c>
       <c r="G27" s="6" t="n">
-        <v>0.0034</v>
+        <v>0.0037</v>
       </c>
       <c r="J27" s="5" t="n"/>
       <c r="K27" s="1" t="inlineStr">
         <is>
-          <t>Alternative Investment Funds (AIF)</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="L27" s="6" t="n">
-        <v>0.0032</v>
+        <v>0.0031</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Jubilant Ingrevia Limited</t>
+          <t>GAIL (India) Limited</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE0BY001018</t>
+          <t>INE129A01019</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E28" s="11" t="n">
-        <v>8714</v>
+        <v>36073</v>
       </c>
       <c r="F28" s="5" t="n">
-        <v>61.3</v>
+        <v>60.35</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0.0033</v>
       </c>
       <c r="J28" s="5" t="n"/>
       <c r="K28" s="1" t="inlineStr">
         <is>
-          <t>Oil</t>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="L28" s="6" t="n">
         <v>0.003</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Oil &amp; Natural Gas Corporation Limited</t>
+          <t>Emcure Pharmaceuticals Limited</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE213A01029</t>
+          <t>INE168P01015</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>Oil</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E29" s="11" t="n">
-        <v>23284</v>
+        <v>3936</v>
       </c>
       <c r="F29" s="5" t="n">
-        <v>55.97</v>
+        <v>57.62</v>
       </c>
       <c r="G29" s="6" t="n">
-        <v>0.003</v>
+        <v>0.0032</v>
       </c>
       <c r="J29" s="5" t="n"/>
       <c r="K29" s="1" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>Commercial Services &amp; Supplies</t>
         </is>
       </c>
       <c r="L29" s="6" t="n">
-        <v>0.0028</v>
+        <v>0.0021</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>ICICI Lombard General Insurance Company Limited</t>
+          <t>Cyient Limited</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE765G01017</t>
+          <t>INE136B01020</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="E30" s="11" t="n">
-        <v>2829</v>
+        <v>4912</v>
       </c>
       <c r="F30" s="5" t="n">
-        <v>55.51</v>
+        <v>55.9</v>
       </c>
       <c r="G30" s="6" t="n">
-        <v>0.003</v>
+        <v>0.0031</v>
       </c>
       <c r="J30" s="5" t="n"/>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>Commercial Services &amp; Supplies</t>
+          <t>Oil</t>
         </is>
       </c>
       <c r="L30" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0019</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Emcure Pharmaceuticals Limited</t>
+          <t>Jubilant Ingrevia Limited</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE168P01015</t>
+          <t>INE0BY001018</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="E31" s="11" t="n">
-        <v>3936</v>
+        <v>8714</v>
       </c>
       <c r="F31" s="5" t="n">
-        <v>53.71</v>
+        <v>55.36</v>
       </c>
       <c r="G31" s="6" t="n">
-        <v>0.0029</v>
+        <v>0.003</v>
       </c>
       <c r="J31" s="5" t="n"/>
       <c r="K31" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L31" s="6" t="n">
-        <v>0.1249</v>
+        <v>0.0941</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Cyient Limited</t>
+          <t>Bajaj Finance Limited</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE136B01020</t>
+          <t>INE296A01032</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E32" s="11" t="n">
-        <v>4685</v>
+        <v>4760</v>
       </c>
       <c r="F32" s="5" t="n">
-        <v>52.37</v>
+        <v>44.26</v>
       </c>
       <c r="G32" s="6" t="n">
-        <v>0.0028</v>
+        <v>0.0024</v>
       </c>
       <c r="J32" s="5" t="n"/>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>La Opala RG Limited</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE296A01032</t>
+          <t>INE059D01020</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E33" s="11" t="n">
-        <v>4760</v>
+        <v>21572</v>
       </c>
       <c r="F33" s="5" t="n">
-        <v>46.97</v>
+        <v>41.8</v>
       </c>
       <c r="G33" s="6" t="n">
-        <v>0.0026</v>
+        <v>0.0023</v>
       </c>
       <c r="J33" s="5" t="n"/>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>La Opala RG Limited</t>
+          <t>HCL Technologies Limited</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>INE059D01020</t>
+          <t>INE860A01027</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E34" s="11" t="n">
-        <v>21572</v>
+        <v>2406</v>
       </c>
       <c r="F34" s="5" t="n">
-        <v>43.56</v>
+        <v>40.8</v>
       </c>
       <c r="G34" s="6" t="n">
-        <v>0.0024</v>
+        <v>0.0022</v>
       </c>
       <c r="J34" s="5" t="n"/>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Teamlease Services Limited</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>INE985S01024</t>
+          <t>INE134E01011</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>Commercial Services &amp; Supplies</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E35" s="11" t="n">
-        <v>2751</v>
+        <v>10206</v>
       </c>
       <c r="F35" s="5" t="n">
-        <v>42.84</v>
+        <v>38.72</v>
       </c>
       <c r="G35" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0021</v>
       </c>
       <c r="J35" s="5" t="n"/>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Alembic Pharmaceuticals Limited</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
           <t>INE901L01018</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E36" s="11" t="n">
         <v>4922</v>
       </c>
       <c r="F36" s="5" t="n">
-        <v>41.65</v>
+        <v>38.55</v>
       </c>
       <c r="G36" s="6" t="n">
-        <v>0.0023</v>
+        <v>0.0021</v>
       </c>
       <c r="J36" s="5" t="n"/>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>HCL Technologies Limited</t>
+          <t>Teamlease Services Limited</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE860A01027</t>
+          <t>INE985S01024</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Commercial Services &amp; Supplies</t>
         </is>
       </c>
       <c r="E37" s="11" t="n">
-        <v>2406</v>
+        <v>2751</v>
       </c>
       <c r="F37" s="5" t="n">
-        <v>39.06</v>
+        <v>38.09</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0.0021</v>
       </c>
       <c r="J37" s="5" t="n"/>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited</t>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>INE134E01011</t>
+          <t>INE213A01029</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Oil</t>
         </is>
       </c>
       <c r="E38" s="11" t="n">
-        <v>10206</v>
+        <v>13166</v>
       </c>
       <c r="F38" s="5" t="n">
-        <v>36.27</v>
+        <v>35.41</v>
       </c>
       <c r="G38" s="6" t="n">
-        <v>0.002</v>
+        <v>0.0019</v>
       </c>
       <c r="J38" s="5" t="n"/>
     </row>
     <row r="39">
       <c r="A39" s="8" t="n"/>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C39" s="8" t="n"/>
       <c r="D39" s="8" t="n"/>
       <c r="E39" s="8" t="n"/>
       <c r="F39" s="9" t="n">
-        <v>3454.73</v>
+        <v>3490.57</v>
       </c>
       <c r="G39" s="10" t="n">
-        <v>0.1877</v>
+        <v>0.1911</v>
       </c>
     </row>
     <row r="41">
       <c r="B41" s="3" t="inlineStr">
         <is>
           <t>Units issued by REITs &amp; InvITs</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="B42" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Roadstar Infra Investment Trust</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
           <t>INE0JEI23010</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="E43" s="11" t="n">
         <v>205333</v>
       </c>
       <c r="F43" s="5" t="n">
         <v>149.05</v>
       </c>
       <c r="G43" s="6" t="n">
-        <v>0.0081</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H43" s="7" t="n"/>
       <c r="J43" s="5" t="n"/>
     </row>
     <row r="44">
       <c r="A44" s="8" t="n"/>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C44" s="8" t="n"/>
       <c r="D44" s="8" t="n"/>
       <c r="E44" s="8" t="n"/>
       <c r="F44" s="9" t="n">
         <v>149.05</v>
       </c>
       <c r="G44" s="10" t="n">
-        <v>0.0081</v>
+        <v>0.008200000000000001</v>
       </c>
     </row>
     <row r="46">
       <c r="B46" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="B47" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="B48" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
           <t>INE414G07JU8</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E49" s="11" t="n">
         <v>750</v>
       </c>
       <c r="F49" s="5" t="n">
-        <v>754.6799999999999</v>
+        <v>757.39</v>
       </c>
       <c r="G49" s="6" t="n">
-        <v>0.041</v>
+        <v>0.0415</v>
       </c>
       <c r="H49" s="7" t="n">
         <v>47171</v>
       </c>
       <c r="J49" s="5" t="n">
-        <v>7.9</v>
+        <v>8.011200000000001</v>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="1" t="n">
+      <c r="A50" s="8" t="n"/>
+      <c r="B50" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C50" s="8" t="n"/>
+      <c r="D50" s="8" t="n"/>
+      <c r="E50" s="8" t="n"/>
+      <c r="F50" s="9" t="n">
+        <v>757.39</v>
+      </c>
+      <c r="G50" s="10" t="n">
+        <v>0.0415</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="B52" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
         <v>34</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
-[...51 lines deleted...]
-        </is>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E53" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F53" s="5" t="n">
+        <v>2113.9</v>
+      </c>
+      <c r="G53" s="6" t="n">
+        <v>0.1157</v>
+      </c>
+      <c r="H53" s="7" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J53" s="5" t="n">
+        <v>6.2577</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>6.33% GOI 2035</t>
+          <t>7.32% GOI 2030</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>IN0020250026</t>
+          <t>IN0020230135</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E54" s="11" t="n">
-        <v>2500000</v>
+        <v>2000000</v>
       </c>
       <c r="F54" s="5" t="n">
-        <v>2477.48</v>
+        <v>2105.1</v>
       </c>
       <c r="G54" s="6" t="n">
-        <v>0.1347</v>
+        <v>0.1152</v>
       </c>
       <c r="H54" s="7" t="n">
-        <v>49434</v>
+        <v>47800</v>
       </c>
       <c r="J54" s="5" t="n">
-        <v>6.602</v>
+        <v>6.4136</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
         <v>36</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>8.51% GOI FRB 2033</t>
+          <t>7.03% Maharashtra SDL 2038</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>IN0020200120</t>
+          <t>IN2220250103</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E55" s="11" t="n">
-        <v>2000000</v>
+        <v>1500000</v>
       </c>
       <c r="F55" s="5" t="n">
-        <v>2102.58</v>
+        <v>1458.8</v>
       </c>
       <c r="G55" s="6" t="n">
-        <v>0.1143</v>
+        <v>0.0798</v>
       </c>
       <c r="H55" s="7" t="n">
-        <v>48844</v>
+        <v>50581</v>
       </c>
       <c r="J55" s="5" t="n">
-        <v>6.1534</v>
+        <v>7.46</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
         <v>37</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>7.32% GOI 2030</t>
+          <t>7.06% GOI 2028</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>IN0020230135</t>
+          <t>IN0020230010</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E56" s="11" t="n">
-        <v>2000000</v>
+        <v>1000000</v>
       </c>
       <c r="F56" s="5" t="n">
-        <v>2096.47</v>
+        <v>1046.8</v>
       </c>
       <c r="G56" s="6" t="n">
-        <v>0.114</v>
+        <v>0.0573</v>
       </c>
       <c r="H56" s="7" t="n">
-        <v>47800</v>
+        <v>46853</v>
       </c>
       <c r="J56" s="5" t="n">
-        <v>6.3851</v>
+        <v>5.8212</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
         <v>38</v>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>7.06% GOI 2028</t>
+          <t>6.33% GOI 2035</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>IN0020230010</t>
+          <t>IN0020250026</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E57" s="11" t="n">
         <v>1000000</v>
       </c>
       <c r="F57" s="5" t="n">
-        <v>1043.11</v>
+        <v>990.37</v>
       </c>
       <c r="G57" s="6" t="n">
-        <v>0.0567</v>
+        <v>0.0542</v>
       </c>
       <c r="H57" s="7" t="n">
-        <v>46853</v>
+        <v>49434</v>
       </c>
       <c r="J57" s="5" t="n">
-        <v>5.7603</v>
+        <v>6.691</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>7.37% GOI 2028</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
           <t>IN0020230101</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E58" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F58" s="5" t="n">
-        <v>526.83</v>
+        <v>528.4299999999999</v>
       </c>
       <c r="G58" s="6" t="n">
-        <v>0.0286</v>
+        <v>0.0289</v>
       </c>
       <c r="H58" s="7" t="n">
         <v>47049</v>
       </c>
       <c r="J58" s="5" t="n">
-        <v>5.8122</v>
+        <v>5.8848</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
         <v>40</v>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>7.10% GOI 2029</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
           <t>IN0020220011</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E59" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F59" s="5" t="n">
-        <v>522.98</v>
+        <v>525.1799999999999</v>
       </c>
       <c r="G59" s="6" t="n">
-        <v>0.0284</v>
+        <v>0.0287</v>
       </c>
       <c r="H59" s="7" t="n">
         <v>47226</v>
       </c>
       <c r="J59" s="5" t="n">
-        <v>6.0262</v>
+        <v>6.0526</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
         <v>41</v>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>7.10% GOI 2034</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
           <t>IN0020240019</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E60" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F60" s="5" t="n">
-        <v>522.49</v>
+        <v>522.39</v>
       </c>
       <c r="G60" s="6" t="n">
-        <v>0.0284</v>
+        <v>0.0286</v>
       </c>
       <c r="H60" s="7" t="n">
         <v>49042</v>
       </c>
       <c r="J60" s="5" t="n">
-        <v>6.6424</v>
+        <v>6.7359</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
         <v>42</v>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>7.02% GOI 2031</t>
+          <t>4.59% GOI 2031</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>IN0020240076</t>
+          <t>IN0020180041</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E61" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F61" s="5" t="n">
-        <v>513.52</v>
+        <v>516.91</v>
       </c>
       <c r="G61" s="6" t="n">
-        <v>0.0279</v>
+        <v>0.0283</v>
       </c>
       <c r="H61" s="7" t="n">
-        <v>48017</v>
+        <v>48189</v>
       </c>
       <c r="J61" s="5" t="n">
-        <v>6.4796</v>
+        <v>6.1387</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
         <v>43</v>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>4.59% GOI 2031</t>
+          <t>7.02% GOI 2031</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>IN0020180041</t>
+          <t>IN0020240076</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E62" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F62" s="5" t="n">
-        <v>511.48</v>
+        <v>515.24</v>
       </c>
       <c r="G62" s="6" t="n">
-        <v>0.0278</v>
+        <v>0.0282</v>
       </c>
       <c r="H62" s="7" t="n">
-        <v>48189</v>
+        <v>48017</v>
       </c>
       <c r="J62" s="5" t="n">
-        <v>6.0658</v>
+        <v>6.5242</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
         <v>44</v>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>5.74% GOI 2026</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
           <t>IN0020210186</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E63" s="11" t="n">
         <v>500000</v>
       </c>
       <c r="F63" s="5" t="n">
-        <v>504.26</v>
+        <v>507.19</v>
       </c>
       <c r="G63" s="6" t="n">
-        <v>0.0274</v>
+        <v>0.0278</v>
       </c>
       <c r="H63" s="7" t="n">
         <v>46341</v>
       </c>
       <c r="J63" s="5" t="n">
-        <v>5.5906</v>
+        <v>5.4303</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="1" t="n">
         <v>45</v>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>5.63% GOI 2026</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
           <t>IN0020210012</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E64" s="11" t="n">
         <v>295000</v>
       </c>
       <c r="F64" s="5" t="n">
-        <v>298.74</v>
+        <v>300.17</v>
       </c>
       <c r="G64" s="6" t="n">
-        <v>0.0162</v>
+        <v>0.0164</v>
       </c>
       <c r="H64" s="7" t="n">
         <v>46124</v>
       </c>
       <c r="J64" s="5" t="n">
-        <v>5.5215</v>
+        <v>5.4435</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="1" t="n">
         <v>46</v>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>7.83% Gujarat SDL 2026</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
           <t>IN1520160061</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E65" s="11" t="n">
         <v>30000</v>
       </c>
       <c r="F65" s="5" t="n">
-        <v>31.43</v>
+        <v>30.4</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0.0017</v>
       </c>
       <c r="H65" s="7" t="n">
         <v>46216</v>
       </c>
       <c r="J65" s="5" t="n">
-        <v>5.6825</v>
+        <v>5.735</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="8" t="n"/>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C66" s="8" t="n"/>
       <c r="D66" s="8" t="n"/>
       <c r="E66" s="8" t="n"/>
       <c r="F66" s="9" t="n">
-        <v>11151.37</v>
+        <v>11160.88</v>
       </c>
       <c r="G66" s="10" t="n">
-        <v>0.6061</v>
+        <v>0.6108</v>
       </c>
     </row>
     <row r="68">
       <c r="B68" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="69">
-      <c r="A69" s="1" t="n">
+      <c r="B69" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
         <v>47</v>
       </c>
-      <c r="B69" s="3" t="inlineStr">
-[...16 lines deleted...]
-      <c r="B70" s="8" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BX0</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E70" s="11" t="n">
+        <v>200</v>
+      </c>
+      <c r="F70" s="5" t="n">
+        <v>933.35</v>
+      </c>
+      <c r="G70" s="6" t="n">
+        <v>0.0511</v>
+      </c>
+      <c r="H70" s="7" t="n">
+        <v>46416</v>
+      </c>
+      <c r="J70" s="5" t="n">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="8" t="n"/>
+      <c r="B71" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C70" s="8" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C71" s="8" t="n"/>
+      <c r="D71" s="8" t="n"/>
+      <c r="E71" s="8" t="n"/>
+      <c r="F71" s="9" t="n">
+        <v>933.35</v>
+      </c>
+      <c r="G71" s="10" t="n">
+        <v>0.0511</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
         <v>48</v>
       </c>
-      <c r="B73" s="1" t="inlineStr">
-[...10 lines deleted...]
-        <v>501.975</v>
+      <c r="B73" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
       </c>
       <c r="F73" s="5" t="n">
-        <v>58</v>
+        <v>1543.2</v>
       </c>
       <c r="G73" s="6" t="n">
-        <v>0.0032</v>
-[...1 lines deleted...]
-      <c r="J73" s="5" t="n"/>
+        <v>0.08450000000000001</v>
+      </c>
+      <c r="H73" s="7" t="n">
+        <v>46055</v>
+      </c>
     </row>
     <row r="74">
       <c r="A74" s="8" t="n"/>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C74" s="8" t="n"/>
       <c r="D74" s="8" t="n"/>
       <c r="E74" s="8" t="n"/>
       <c r="F74" s="9" t="n">
-        <v>58</v>
+        <v>1543.2</v>
       </c>
       <c r="G74" s="10" t="n">
-        <v>0.0032</v>
+        <v>0.08450000000000001</v>
       </c>
     </row>
     <row r="76">
       <c r="B76" s="3" t="inlineStr">
         <is>
-          <t>Cash &amp; Cash Equivalent</t>
+          <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
     <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>49</v>
+      </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Net Receivables/Payables</t>
-[...2 lines deleted...]
-      <c r="E77" s="11" t="n"/>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E77" s="11" t="n">
+        <v>501.975</v>
+      </c>
       <c r="F77" s="5" t="n">
-        <v>49.15</v>
+        <v>58.22</v>
       </c>
       <c r="G77" s="6" t="n">
-        <v>0.0028</v>
+        <v>0.0032</v>
       </c>
       <c r="J77" s="5" t="n"/>
     </row>
     <row r="78">
       <c r="A78" s="8" t="n"/>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C78" s="8" t="n"/>
       <c r="D78" s="8" t="n"/>
       <c r="E78" s="8" t="n"/>
       <c r="F78" s="9" t="n">
-        <v>49.15</v>
+        <v>58.22</v>
       </c>
       <c r="G78" s="10" t="n">
-        <v>0.0028</v>
+        <v>0.0032</v>
       </c>
     </row>
     <row r="80">
-      <c r="A80" s="4" t="n"/>
-      <c r="B80" s="4" t="inlineStr">
+      <c r="B80" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E81" s="11" t="n"/>
+      <c r="F81" s="5" t="n">
+        <v>50</v>
+      </c>
+      <c r="G81" s="6" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J81" s="5" t="n"/>
+    </row>
+    <row r="82">
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E82" s="11" t="n"/>
+      <c r="F82" s="5" t="n">
+        <v>127.41</v>
+      </c>
+      <c r="G82" s="6" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J82" s="5" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="8" t="n"/>
+      <c r="B83" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C83" s="8" t="n"/>
+      <c r="D83" s="8" t="n"/>
+      <c r="E83" s="8" t="n"/>
+      <c r="F83" s="9" t="n">
+        <v>177.41</v>
+      </c>
+      <c r="G83" s="10" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="4" t="n"/>
+      <c r="B85" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C80" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G80" s="13" t="n">
+      <c r="C85" s="4" t="n"/>
+      <c r="D85" s="4" t="n"/>
+      <c r="E85" s="4" t="n"/>
+      <c r="F85" s="12" t="n">
+        <v>18270.07</v>
+      </c>
+      <c r="G85" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="81">
-      <c r="A81" s="1" t="inlineStr">
+    <row r="86">
+      <c r="A86" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="82">
-      <c r="A82" s="1" t="n">
+    <row r="87">
+      <c r="A87" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B82" s="1" t="inlineStr">
+      <c r="B87" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="83">
-      <c r="A83" s="15" t="n">
+    <row r="88">
+      <c r="A88" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B83" s="15" t="inlineStr">
+      <c r="B88" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="84" ht="27" customHeight="1" s="74">
-      <c r="A84" s="15" t="n">
+    <row r="89" ht="108.95" customHeight="1" s="83">
+      <c r="A89" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B84" s="15" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B85" s="90" t="inlineStr">
+      <c r="B89" s="101" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Regular Savings Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="86" ht="81" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B86" s="83" t="inlineStr">
+    <row r="90" ht="105" customHeight="1" s="83">
+      <c r="A90" s="14" t="n"/>
+      <c r="B90" s="92" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C86" s="83" t="inlineStr">
+      <c r="C90" s="92" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D86" s="83" t="inlineStr">
+      <c r="D90" s="92" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E86" s="101" t="n"/>
-      <c r="F86" s="83" t="inlineStr">
+      <c r="E90" s="107" t="n"/>
+      <c r="F90" s="92" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G86" s="23" t="inlineStr">
+      <c r="G90" s="41" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H86" s="83" t="inlineStr">
+      <c r="H90" s="92" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I86" s="24" t="inlineStr">
+      <c r="I90" s="33" t="inlineStr">
         <is>
           <t>Interim Distribution: (Invit units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="87" ht="27" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B87" s="26" t="inlineStr">
+    <row r="91" ht="30" customHeight="1" s="83">
+      <c r="A91" s="14" t="n"/>
+      <c r="B91" s="25" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C87" s="26" t="inlineStr">
+      <c r="C91" s="25" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D87" s="40" t="n">
+      <c r="D91" s="42" t="n">
         <v>0</v>
       </c>
-      <c r="E87" s="41" t="n">
+      <c r="E91" s="43" t="n">
         <v>0</v>
       </c>
-      <c r="F87" s="102" t="n">
+      <c r="F91" s="108" t="n">
         <v>1855.787388</v>
       </c>
-      <c r="G87" s="42" t="n">
+      <c r="G91" s="44" t="n">
         <v>115.78068</v>
       </c>
-      <c r="H87" s="43" t="n">
+      <c r="H91" s="45" t="n">
         <v>45218</v>
       </c>
-      <c r="I87" s="92" t="n">
+      <c r="I91" s="102" t="n">
         <v>205.33</v>
       </c>
     </row>
-    <row r="88" ht="27" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B88" s="26" t="inlineStr">
+    <row r="92" ht="30" customHeight="1" s="83">
+      <c r="A92" s="14" t="n"/>
+      <c r="B92" s="25" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C88" s="26" t="inlineStr">
+      <c r="C92" s="25" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D88" s="40" t="n">
+      <c r="D92" s="42" t="n">
         <v>0</v>
       </c>
-      <c r="E88" s="41" t="n">
+      <c r="E92" s="43" t="n">
         <v>0</v>
       </c>
-      <c r="F88" s="103" t="n"/>
-      <c r="G88" s="42" t="n">
+      <c r="F92" s="109" t="n"/>
+      <c r="G92" s="44" t="n">
         <v>58.6004</v>
       </c>
-      <c r="H88" s="43" t="n">
+      <c r="H92" s="45" t="n">
         <v>45715</v>
       </c>
-      <c r="I88" s="103" t="n"/>
-[...5 lines deleted...]
-      <c r="B89" s="91" t="inlineStr">
+      <c r="I92" s="109" t="n"/>
+    </row>
+    <row r="94" ht="69.59999999999999" customHeight="1" s="83">
+      <c r="A94" s="14" t="n">
+        <v>4</v>
+      </c>
+      <c r="B94" s="103" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
-      <c r="C89" s="104" t="n"/>
-[...8 lines deleted...]
-      <c r="B91" s="95" t="inlineStr">
+      <c r="C94" s="110" t="n"/>
+      <c r="D94" s="110" t="n"/>
+      <c r="E94" s="110" t="n"/>
+      <c r="F94" s="110" t="n"/>
+      <c r="G94" s="110" t="n"/>
+      <c r="H94" s="110" t="n"/>
+    </row>
+    <row r="95" ht="16.5" customHeight="1" s="83">
+      <c r="B95" s="75" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="103" ht="14.5" customHeight="1" s="74">
-      <c r="B103" s="95" t="inlineStr">
+    <row r="108" ht="16.5" customHeight="1" s="83">
+      <c r="B108" s="75" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 85+15 - Conservative Index</t>
         </is>
       </c>
     </row>
-    <row r="118">
-[...1 lines deleted...]
-      <c r="C118" s="18" t="inlineStr">
+    <row r="121">
+      <c r="B121" s="15" t="n"/>
+      <c r="C121" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="119">
-      <c r="B119" s="16" t="inlineStr">
+    <row r="122">
+      <c r="B122" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C119" s="18" t="inlineStr">
+      <c r="C122" s="17" t="inlineStr">
         <is>
           <t>DSP Regular Savings Fund</t>
         </is>
       </c>
     </row>
-    <row r="120">
-      <c r="B120" s="16" t="inlineStr">
+    <row r="123">
+      <c r="B123" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C120" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B121" s="16" t="inlineStr">
+      <c r="C123" s="18" t="n"/>
+    </row>
+    <row r="124">
+      <c r="B124" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C121" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B122" s="16" t="inlineStr">
+      <c r="C124" s="19" t="n">
+        <v>0.0646</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="B125" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C122" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B123" s="16" t="inlineStr">
+      <c r="C125" s="18" t="n">
+        <v>2.88</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="B126" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C123" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B124" s="16" t="inlineStr">
+      <c r="C126" s="18" t="n">
+        <v>4.97</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="B127" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C124" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B125" s="17" t="inlineStr">
+      <c r="C127" s="20" t="n">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="B128" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C125" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B128" s="72" t="n"/>
+      <c r="C128" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="B85:H85"/>
-[...2 lines deleted...]
-    <mergeCell ref="F87:F88"/>
+    <mergeCell ref="B94:H94"/>
+    <mergeCell ref="D90:E90"/>
+    <mergeCell ref="F91:F92"/>
+    <mergeCell ref="I91:I92"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="I87:I88"/>
+    <mergeCell ref="B89:H89"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>