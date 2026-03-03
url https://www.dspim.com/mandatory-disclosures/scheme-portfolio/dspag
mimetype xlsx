--- v5 (2026-02-11)
+++ v6 (2026-03-03)
@@ -1,73 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="REGULARSAVINGS" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="24">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -132,68 +139,84 @@
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -328,347 +351,290 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="111">
+  <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...18 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...100 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...16 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...59 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -716,116 +682,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>96</row>
+      <row>99</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>105</row>
+      <row>108</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="16027400"/>
+          <a:off x="457200" y="16198850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>109</row>
+      <row>113</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>118</row>
-      <rowOff>31749</rowOff>
+      <row>122</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="18440400"/>
+          <a:off x="457200" y="18611850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1063,2386 +1029,2417 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet10">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L128"/>
+  <dimension ref="A1:L134"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView topLeftCell="A79" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A87" sqref="A87"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="43.54296875" bestFit="1" customWidth="1" style="84" min="2" max="2"/>
+    <col width="23.1796875" bestFit="1" customWidth="1" style="84" min="3" max="3"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="84" min="4" max="4"/>
+    <col width="12.81640625" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="18.75" customHeight="1" s="83">
-[...1 lines deleted...]
-      <c r="B1" s="82" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
         <is>
           <t>DSP Regular Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 31, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="84" t="inlineStr">
         <is>
           <t>Canara HSBC Life Insurance Company Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="84" t="inlineStr">
         <is>
           <t>INE01TY01017</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="84" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="E8" s="11" t="n">
+      <c r="E8" s="12" t="n">
         <v>259612</v>
       </c>
-      <c r="F8" s="5" t="n">
-[...6 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="F8" s="6" t="n">
+        <v>393.6</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0215</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="84" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="84" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="84" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="84" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="11" t="n">
+      <c r="E9" s="12" t="n">
         <v>40419</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...6 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="F9" s="6" t="n">
+        <v>365.35</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.6108</v>
+      <c r="L9" s="7" t="n">
+        <v>0.6117</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="84" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="84" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="84" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="84" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="11" t="n">
+      <c r="E10" s="12" t="n">
         <v>22078</v>
       </c>
-      <c r="F10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G10" s="6" t="n">
+      <c r="F10" s="6" t="n">
+        <v>312.32</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1023</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="84" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="84" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="84" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D11" s="84" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>13784</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>183.64</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="84" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0591</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="84" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="84" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="84" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D12" s="84" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>53782</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>168.74</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0416</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="84" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="84" t="inlineStr">
+        <is>
+          <t>INE237A01036</t>
+        </is>
+      </c>
+      <c r="D13" s="84" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>39739</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>167.16</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="84" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0367</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="84" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="84" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="84" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D14" s="84" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>11377</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>155.76</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="84" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.019</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="84" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="84" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="84" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D15" s="84" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>41408</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>150.31</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="84" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="84" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="84" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="84" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D16" s="84" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>36938</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>107.27</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="84" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="84" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="84" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="84" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D17" s="84" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>4917</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>100.02</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="84" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="84" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="84" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="84" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D18" s="84" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>74378</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>97.63</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="84" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="84" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="84" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="84" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D19" s="84" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>6355</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>94.40000000000001</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="84" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="84" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="84" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="84" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D20" s="84" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>4820</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>92.36</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="84" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="84" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="84" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="84" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D21" s="84" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>6842</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>91.09999999999999</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="84" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="84" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="84" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="84" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D22" s="84" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>2566</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>90.67</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="84" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="84" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="84" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="84" t="inlineStr">
+        <is>
+          <t>INE795G01014</t>
+        </is>
+      </c>
+      <c r="D23" s="84" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>12386</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>86.31</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="84" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="84" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="84" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="84" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D24" s="84" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>15725</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>68.3</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="84" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="84" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="84" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="84" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D25" s="84" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>6573</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>63.96</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="84" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="84" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="84" t="inlineStr">
+        <is>
+          <t>Cohance Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="84" t="inlineStr">
+        <is>
+          <t>INE03QK01018</t>
+        </is>
+      </c>
+      <c r="D26" s="84" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>20150</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>63.59</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="84" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="84" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="84" t="inlineStr">
+        <is>
+          <t>Emcure Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="84" t="inlineStr">
+        <is>
+          <t>INE168P01015</t>
+        </is>
+      </c>
+      <c r="D27" s="84" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>3936</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>58.6</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="84" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="84" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="84" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="84" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D28" s="84" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>36073</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>58.33</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="84" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="84" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="84" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="84" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D29" s="84" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>8714</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>55.83</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="84" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.002</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="84" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="84" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="84" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D30" s="84" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>11422</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>53.3</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="84" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0479</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="84" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="84" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C31" s="84" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D31" s="84" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>4410</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>52.86</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="84" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="84" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="84" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D32" s="84" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>4912</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>48.88</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="84" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="84" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="84" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D33" s="84" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>4760</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>48.78</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="84" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="84" t="inlineStr">
+        <is>
+          <t>La Opala RG Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="84" t="inlineStr">
+        <is>
+          <t>INE059D01020</t>
+        </is>
+      </c>
+      <c r="D34" s="84" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>21572</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>42.6</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="84" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="84" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="84" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D35" s="84" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>10206</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>40.88</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="84" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="84" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="84" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D36" s="84" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>4922</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>37.89</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="84" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="84" t="inlineStr">
+        <is>
+          <t>Teamlease Services Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="84" t="inlineStr">
+        <is>
+          <t>INE985S01024</t>
+        </is>
+      </c>
+      <c r="D37" s="84" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>2751</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>37.37</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="84" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="84" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="84" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D38" s="84" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>182</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>27.73</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="9" t="n"/>
+      <c r="B39" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C39" s="9" t="n"/>
+      <c r="D39" s="9" t="n"/>
+      <c r="E39" s="9" t="n"/>
+      <c r="F39" s="10" t="n">
+        <v>3415.54</v>
+      </c>
+      <c r="G39" s="11" t="n">
+        <v>0.1866</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="B41" s="4" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="B42" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="84" t="n">
+        <v>32</v>
+      </c>
+      <c r="B43" s="84" t="inlineStr">
+        <is>
+          <t>Roadstar Infra Investment Trust</t>
+        </is>
+      </c>
+      <c r="C43" s="84" t="inlineStr">
+        <is>
+          <t>INE0JEI23010</t>
+        </is>
+      </c>
+      <c r="D43" s="84" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>205333</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>122.17</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H43" s="8" t="n">
+        <v>2</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="9" t="n"/>
+      <c r="B44" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C44" s="9" t="n"/>
+      <c r="D44" s="9" t="n"/>
+      <c r="E44" s="9" t="n"/>
+      <c r="F44" s="10" t="n">
+        <v>122.17</v>
+      </c>
+      <c r="G44" s="11" t="n">
+        <v>0.0067</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="B46" s="4" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="B47" s="4" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="B48" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="84" t="n">
+        <v>33</v>
+      </c>
+      <c r="B49" s="84" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C49" s="84" t="inlineStr">
+        <is>
+          <t>INE414G07JU8</t>
+        </is>
+      </c>
+      <c r="D49" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E49" s="12" t="n">
+        <v>750</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>761.47</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0416</v>
+      </c>
+      <c r="H49" s="8" t="n">
+        <v>47171</v>
+      </c>
+      <c r="J49" s="6" t="n">
+        <v>7.925</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="9" t="n"/>
+      <c r="B50" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C50" s="9" t="n"/>
+      <c r="D50" s="9" t="n"/>
+      <c r="E50" s="9" t="n"/>
+      <c r="F50" s="10" t="n">
+        <v>761.47</v>
+      </c>
+      <c r="G50" s="11" t="n">
+        <v>0.0416</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="B52" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="84" t="n">
+        <v>34</v>
+      </c>
+      <c r="B53" s="84" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C53" s="84" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D53" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E53" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>2124.86</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.1161</v>
+      </c>
+      <c r="H53" s="8" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J53" s="6" t="n">
+        <v>6.2729</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="84" t="n">
+        <v>35</v>
+      </c>
+      <c r="B54" s="84" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C54" s="84" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D54" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E54" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>2114.82</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.1155</v>
+      </c>
+      <c r="H54" s="8" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J54" s="6" t="n">
+        <v>6.3631</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="84" t="n">
+        <v>36</v>
+      </c>
+      <c r="B55" s="84" t="inlineStr">
+        <is>
+          <t>7.03% Maharashtra SDL 2038</t>
+        </is>
+      </c>
+      <c r="C55" s="84" t="inlineStr">
+        <is>
+          <t>IN2220250103</t>
+        </is>
+      </c>
+      <c r="D55" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E55" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>1453.19</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0794</v>
+      </c>
+      <c r="H55" s="8" t="n">
+        <v>50581</v>
+      </c>
+      <c r="J55" s="6" t="n">
+        <v>7.5464</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="84" t="n">
+        <v>37</v>
+      </c>
+      <c r="B56" s="84" t="inlineStr">
+        <is>
+          <t>7.06% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C56" s="84" t="inlineStr">
+        <is>
+          <t>IN0020230010</t>
+        </is>
+      </c>
+      <c r="D56" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E56" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>1051.41</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0574</v>
+      </c>
+      <c r="H56" s="8" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J56" s="6" t="n">
+        <v>5.7173</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="84" t="n">
+        <v>38</v>
+      </c>
+      <c r="B57" s="84" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C57" s="84" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D57" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E57" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>994.79</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0543</v>
+      </c>
+      <c r="H57" s="8" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J57" s="6" t="n">
+        <v>6.6656</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="84" t="n">
+        <v>39</v>
+      </c>
+      <c r="B58" s="84" t="inlineStr">
+        <is>
+          <t>7.37% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C58" s="84" t="inlineStr">
+        <is>
+          <t>IN0020230101</t>
+        </is>
+      </c>
+      <c r="D58" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E58" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>531.55</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.029</v>
+      </c>
+      <c r="H58" s="8" t="n">
+        <v>47049</v>
+      </c>
+      <c r="J58" s="6" t="n">
+        <v>5.7383</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="84" t="n">
+        <v>40</v>
+      </c>
+      <c r="B59" s="84" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C59" s="84" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D59" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E59" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>527.04</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0288</v>
+      </c>
+      <c r="H59" s="8" t="n">
+        <v>47226</v>
+      </c>
+      <c r="J59" s="6" t="n">
+        <v>6.0148</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="84" t="n">
+        <v>41</v>
+      </c>
+      <c r="B60" s="84" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C60" s="84" t="inlineStr">
+        <is>
+          <t>IN0020240019</t>
+        </is>
+      </c>
+      <c r="D60" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E60" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>525.22</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0287</v>
+      </c>
+      <c r="H60" s="8" t="n">
+        <v>49042</v>
+      </c>
+      <c r="J60" s="6" t="n">
+        <v>6.6916</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="84" t="n">
+        <v>42</v>
+      </c>
+      <c r="B61" s="84" t="inlineStr">
+        <is>
+          <t>4.59% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C61" s="84" t="inlineStr">
+        <is>
+          <t>IN0020180041</t>
+        </is>
+      </c>
+      <c r="D61" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E61" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>520</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0284</v>
+      </c>
+      <c r="H61" s="8" t="n">
+        <v>48189</v>
+      </c>
+      <c r="J61" s="6" t="n">
+        <v>6.1002</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="84" t="n">
+        <v>43</v>
+      </c>
+      <c r="B62" s="84" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C62" s="84" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D62" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E62" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>518.75</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0283</v>
+      </c>
+      <c r="H62" s="8" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J62" s="6" t="n">
+        <v>6.43</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="84" t="n">
+        <v>44</v>
+      </c>
+      <c r="B63" s="84" t="inlineStr">
+        <is>
+          <t>5.74% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C63" s="84" t="inlineStr">
+        <is>
+          <t>IN0020210186</t>
+        </is>
+      </c>
+      <c r="D63" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E63" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>508.01</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0277</v>
+      </c>
+      <c r="H63" s="8" t="n">
+        <v>46341</v>
+      </c>
+      <c r="J63" s="6" t="n">
+        <v>5.5162</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="84" t="n">
+        <v>45</v>
+      </c>
+      <c r="B64" s="84" t="inlineStr">
+        <is>
+          <t>5.63% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C64" s="84" t="inlineStr">
+        <is>
+          <t>IN0020210012</t>
+        </is>
+      </c>
+      <c r="D64" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E64" s="12" t="n">
+        <v>295000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>300.87</v>
+      </c>
+      <c r="G64" s="7" t="n">
         <v>0.0164</v>
       </c>
-      <c r="J10" s="5" t="n"/>
-[...38 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="H64" s="8" t="n">
+        <v>46124</v>
+      </c>
+      <c r="J64" s="6" t="n">
+        <v>5.3733</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="84" t="n">
+        <v>46</v>
+      </c>
+      <c r="B65" s="84" t="inlineStr">
+        <is>
+          <t>7.83% Gujarat SDL 2026</t>
+        </is>
+      </c>
+      <c r="C65" s="84" t="inlineStr">
+        <is>
+          <t>IN1520160061</t>
+        </is>
+      </c>
+      <c r="D65" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E65" s="12" t="n">
+        <v>30000</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>30.49</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="H65" s="8" t="n">
+        <v>46216</v>
+      </c>
+      <c r="J65" s="6" t="n">
+        <v>5.575</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="9" t="n"/>
+      <c r="B66" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C66" s="9" t="n"/>
+      <c r="D66" s="9" t="n"/>
+      <c r="E66" s="9" t="n"/>
+      <c r="F66" s="10" t="n">
+        <v>11201</v>
+      </c>
+      <c r="G66" s="11" t="n">
+        <v>0.6117</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="B69" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="84" t="n">
+        <v>47</v>
+      </c>
+      <c r="B70" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C70" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BX0</t>
+        </is>
+      </c>
+      <c r="D70" s="84" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L11" s="6" t="n">
+      <c r="E70" s="12" t="n">
+        <v>200</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>938.11</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0512</v>
+      </c>
+      <c r="H70" s="8" t="n">
+        <v>46416</v>
+      </c>
+      <c r="J70" s="6" t="n">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="84" t="n">
+        <v>48</v>
+      </c>
+      <c r="B71" s="84" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C71" s="84" t="inlineStr">
+        <is>
+          <t>INE092T16ZD8</t>
+        </is>
+      </c>
+      <c r="D71" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E71" s="12" t="n">
+        <v>200</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>935.75</v>
+      </c>
+      <c r="G71" s="7" t="n">
         <v>0.0511</v>
       </c>
-    </row>
-[...291 lines deleted...]
-      <c r="G19" s="6" t="n">
+      <c r="H71" s="8" t="n">
+        <v>46422</v>
+      </c>
+      <c r="J71" s="6" t="n">
+        <v>7.1</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="9" t="n"/>
+      <c r="B72" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C72" s="9" t="n"/>
+      <c r="D72" s="9" t="n"/>
+      <c r="E72" s="9" t="n"/>
+      <c r="F72" s="10" t="n">
+        <v>1873.86</v>
+      </c>
+      <c r="G72" s="11" t="n">
+        <v>0.1023</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="84" t="n">
+        <v>49</v>
+      </c>
+      <c r="B74" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>771.11</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0421</v>
+      </c>
+      <c r="H74" s="8" t="n">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="9" t="n"/>
+      <c r="B75" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C75" s="9" t="n"/>
+      <c r="D75" s="9" t="n"/>
+      <c r="E75" s="9" t="n"/>
+      <c r="F75" s="10" t="n">
+        <v>771.11</v>
+      </c>
+      <c r="G75" s="11" t="n">
+        <v>0.0421</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="84" t="n">
+        <v>50</v>
+      </c>
+      <c r="B78" s="84" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C78" s="84" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E78" s="12" t="n">
+        <v>501.975</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>58.42</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="9" t="n"/>
+      <c r="B79" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C79" s="9" t="n"/>
+      <c r="D79" s="9" t="n"/>
+      <c r="E79" s="9" t="n"/>
+      <c r="F79" s="10" t="n">
+        <v>58.42</v>
+      </c>
+      <c r="G79" s="11" t="n">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="B82" s="84" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E82" s="12" t="n"/>
+      <c r="F82" s="6" t="n">
+        <v>50</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="B83" s="84" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E83" s="12" t="n"/>
+      <c r="F83" s="6" t="n">
+        <v>54.26</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="9" t="n"/>
+      <c r="B84" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C84" s="9" t="n"/>
+      <c r="D84" s="9" t="n"/>
+      <c r="E84" s="9" t="n"/>
+      <c r="F84" s="10" t="n">
+        <v>104.26</v>
+      </c>
+      <c r="G84" s="11" t="n">
         <v>0.0058</v>
       </c>
-      <c r="J19" s="5" t="n"/>
-[...1513 lines deleted...]
-      <c r="B85" s="4" t="inlineStr">
+    </row>
+    <row r="86">
+      <c r="A86" s="5" t="n"/>
+      <c r="B86" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C85" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G85" s="13" t="n">
+      <c r="C86" s="5" t="n"/>
+      <c r="D86" s="5" t="n"/>
+      <c r="E86" s="5" t="n"/>
+      <c r="F86" s="13" t="n">
+        <v>18307.83</v>
+      </c>
+      <c r="G86" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="86">
-      <c r="A86" s="1" t="inlineStr">
+    <row r="87">
+      <c r="A87" s="81" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="87">
-      <c r="A87" s="1" t="n">
+    <row r="88">
+      <c r="A88" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B88" s="84" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="88">
-      <c r="A88" s="14" t="n">
+    <row r="89">
+      <c r="A89" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B88" s="14" t="inlineStr">
+      <c r="B89" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="89" ht="108.95" customHeight="1" s="83">
-      <c r="A89" s="14" t="n">
+    <row r="90" ht="119.25" customHeight="1" s="62">
+      <c r="A90" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B89" s="101" t="inlineStr">
+      <c r="B90" s="77" t="inlineStr">
         <is>
           <t xml:space="preserve">As per SEBI (MUTUAL FUNDS) REGULATIONS, 1996 and  MASTER CIRCULAR SEBI/HO/IMD/IMD-PoD-1/P/CIR/2024/90 Dtd June 27th 2024,  Below are the details of the securities in case of which issuer has defaulted beyond its maturity date. 
 Pursuant to the application filed by the Board of IL&amp;FS with the Hon’ble NCLAT to effect the interim distribution process, DSP Regular Savings Fund has received Interim distribution from IL&amp;FS Transportation Networks Limited as stated below in the form of cash and InVITs. The cash distribution has been recognized as realized income passed on to the investors through NAV. The impact of InVITs has been factored in the NAV of the respective scheme on the March 07,2025 on which the INVITs were allotted. The provision of 10% is created on all the distributions of ITNL including prior distribution to safeguard the interest of unit holders as ITNL may claw back the amount in case the distribution results in excess distribution than what the debenture holders ought to have received.  </t>
         </is>
       </c>
     </row>
-    <row r="90" ht="105" customHeight="1" s="83">
-[...1 lines deleted...]
-      <c r="B90" s="92" t="inlineStr">
+    <row r="91" ht="94.5" customHeight="1" s="62">
+      <c r="A91" s="15" t="n"/>
+      <c r="B91" s="69" t="inlineStr">
         <is>
           <t>Security Name</t>
         </is>
       </c>
-      <c r="C90" s="92" t="inlineStr">
+      <c r="C91" s="69" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D90" s="92" t="inlineStr">
+      <c r="D91" s="69" t="inlineStr">
         <is>
           <t>value of the security considered under net receivables (i.e. value recognized in NAV in absolute terms and as % to NAV)
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="E90" s="107" t="n"/>
-      <c r="F90" s="92" t="inlineStr">
+      <c r="E91" s="91" t="n"/>
+      <c r="F91" s="69" t="inlineStr">
         <is>
           <t>total amount (including principal and interest) that is due to the scheme on that investment
 (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="G90" s="41" t="inlineStr">
+      <c r="G91" s="39" t="inlineStr">
         <is>
           <t>Interim Distribution received (Rs.in lakhs)</t>
         </is>
       </c>
-      <c r="H90" s="92" t="inlineStr">
+      <c r="H91" s="69" t="inlineStr">
         <is>
           <t>Date of passing Interim Distribution recognized in NAV</t>
         </is>
       </c>
-      <c r="I90" s="33" t="inlineStr">
+      <c r="I91" s="32" t="inlineStr">
         <is>
           <t>Interim Distribution: (Invit units) INR at Unit Face Value Rs. 100 (Rs. In Lakhs)</t>
         </is>
       </c>
     </row>
-    <row r="91" ht="30" customHeight="1" s="83">
-[...1 lines deleted...]
-      <c r="B91" s="25" t="inlineStr">
+    <row r="92" ht="27" customHeight="1" s="62">
+      <c r="A92" s="15" t="n"/>
+      <c r="B92" s="23" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C91" s="25" t="inlineStr">
+      <c r="C92" s="23" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D91" s="42" t="n">
+      <c r="D92" s="40" t="n">
         <v>0</v>
       </c>
-      <c r="E91" s="43" t="n">
+      <c r="E92" s="41" t="n">
         <v>0</v>
       </c>
-      <c r="F91" s="108" t="n">
+      <c r="F92" s="92" t="n">
         <v>1855.787388</v>
       </c>
-      <c r="G91" s="44" t="n">
+      <c r="G92" s="42" t="n">
         <v>115.78068</v>
       </c>
-      <c r="H91" s="45" t="n">
+      <c r="H92" s="43" t="n">
         <v>45218</v>
       </c>
-      <c r="I91" s="102" t="n">
+      <c r="I92" s="78" t="n">
         <v>205.33</v>
       </c>
     </row>
-    <row r="92" ht="30" customHeight="1" s="83">
-[...1 lines deleted...]
-      <c r="B92" s="25" t="inlineStr">
+    <row r="93" ht="27" customHeight="1" s="62">
+      <c r="A93" s="15" t="n"/>
+      <c r="B93" s="23" t="inlineStr">
         <is>
           <t>0% IL&amp;FS Transportation Networks Limited Ncd Series A 23032019</t>
         </is>
       </c>
-      <c r="C92" s="25" t="inlineStr">
+      <c r="C93" s="23" t="inlineStr">
         <is>
           <t>INE975G08140</t>
         </is>
       </c>
-      <c r="D92" s="42" t="n">
+      <c r="D93" s="40" t="n">
         <v>0</v>
       </c>
-      <c r="E92" s="43" t="n">
+      <c r="E93" s="41" t="n">
         <v>0</v>
       </c>
-      <c r="F92" s="109" t="n"/>
-      <c r="G92" s="44" t="n">
+      <c r="F93" s="93" t="n"/>
+      <c r="G93" s="42" t="n">
         <v>58.6004</v>
       </c>
-      <c r="H92" s="45" t="n">
+      <c r="H93" s="43" t="n">
         <v>45715</v>
       </c>
-      <c r="I92" s="109" t="n"/>
-[...2 lines deleted...]
-      <c r="A94" s="14" t="n">
+      <c r="I93" s="93" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="15" t="n"/>
+      <c r="B94" s="15" t="n"/>
+    </row>
+    <row r="95" ht="56" customHeight="1" s="62">
+      <c r="A95" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B94" s="103" t="inlineStr">
+      <c r="B95" s="68" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
-      <c r="C94" s="110" t="n"/>
-[...7 lines deleted...]
-      <c r="B95" s="75" t="inlineStr">
+    </row>
+    <row r="96">
+      <c r="A96" s="15" t="n"/>
+      <c r="B96" s="15" t="n"/>
+    </row>
+    <row r="98" ht="14.5" customHeight="1" s="62">
+      <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="108" ht="16.5" customHeight="1" s="83">
-      <c r="B108" s="75" t="inlineStr">
+    <row r="112" ht="14.5" customHeight="1" s="62">
+      <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 85+15 - Conservative Index</t>
         </is>
       </c>
     </row>
-    <row r="121">
-[...1 lines deleted...]
-      <c r="C121" s="17" t="inlineStr">
+    <row r="127">
+      <c r="B127" s="16" t="n"/>
+      <c r="C127" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
-      </c>
-[...58 lines deleted...]
-        <v>46053</v>
       </c>
     </row>
     <row r="128">
       <c r="B128" s="16" t="inlineStr">
         <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C128" s="18" t="inlineStr">
+        <is>
+          <t>DSP Regular Savings Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="B129" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C129" s="19" t="n"/>
+    </row>
+    <row r="130">
+      <c r="B130" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C130" s="20" t="n">
+        <v>0.065</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="B131" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C131" s="19" t="n">
+        <v>2.89</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="B132" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C132" s="19" t="n">
+        <v>4.96</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="B133" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C133" s="21" t="n">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="B134" s="17" t="inlineStr">
+        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C128" s="17" t="n"/>
+      <c r="C134" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="6">
-    <mergeCell ref="B94:H94"/>
-[...2 lines deleted...]
-    <mergeCell ref="I91:I92"/>
+    <mergeCell ref="B95:G95"/>
+    <mergeCell ref="F92:F93"/>
+    <mergeCell ref="I92:I93"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B89:H89"/>
+    <mergeCell ref="B90:H90"/>
+    <mergeCell ref="D91:E91"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>