--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,610 +1,884 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Accounts\REPORTS\Monthend portfolio\2025-2026\06. September 2025\Half Yearly Portfolio\Portfolio\ETF\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0386D1CD-3AED-4209-B019-671A2E83BACA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="968" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="SILVER ETF" sheetId="1" state="visible" r:id="rId1"/>
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
+    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
+    <sheet name="Half Yearly Portfolio" sheetId="3" r:id="rId2"/>
+    <sheet name="Notes to Half Yearly Portfolio" sheetId="4" r:id="rId3"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
   </sheets>
-  <definedNames/>
-  <calcPr calcId="191029" fullCalcOnLoad="1"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="83">
+  <si>
+    <t>DSP SILVER ETF</t>
+  </si>
+  <si>
+    <t>Portfolio as on September 30, 2025</t>
+  </si>
+  <si>
+    <t>Sr. No.</t>
+  </si>
+  <si>
+    <t>Name of Instrument</t>
+  </si>
+  <si>
+    <t>ISIN</t>
+  </si>
+  <si>
+    <t>Rating/Industry</t>
+  </si>
+  <si>
+    <t>Quantity</t>
+  </si>
+  <si>
+    <t>Market value (Rs. In lakhs)</t>
+  </si>
+  <si>
+    <t>% to Net Assets</t>
+  </si>
+  <si>
+    <t>Maturity Date</t>
+  </si>
+  <si>
+    <t>Put/Call Option</t>
+  </si>
+  <si>
+    <t>YTM (%)</t>
+  </si>
+  <si>
+    <t>OTHERS</t>
+  </si>
+  <si>
+    <t>Commodities</t>
+  </si>
+  <si>
+    <t>SILVER</t>
+  </si>
+  <si>
+    <t>Sector/Rating</t>
+  </si>
+  <si>
+    <t>Percent</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Commodity</t>
+  </si>
+  <si>
+    <t>Cash &amp; Equivalent</t>
+  </si>
+  <si>
+    <t>Cash &amp; Cash Equivalent</t>
+  </si>
+  <si>
+    <t>Net Receivables/Payables</t>
+  </si>
+  <si>
+    <t>GRAND TOTAL</t>
+  </si>
+  <si>
+    <t>Notes:</t>
+  </si>
+  <si>
+    <t>As on  September 30, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Silver ETF is ₹ 61,394.13 Lakhs.</t>
+  </si>
+  <si>
+    <t>Market value includes accrued interest</t>
+  </si>
+  <si>
+    <t>Net Assets does not include unit activity for the last day of the month</t>
+  </si>
+  <si>
+    <t>Scheme Riskometer</t>
+  </si>
+  <si>
+    <t>Benchmark Riskometer: Domestic Price of Physical Silver</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>YDZ2Direct</t>
+  </si>
+  <si>
+    <t>YDZ2</t>
+  </si>
+  <si>
+    <t>DSP Silver ETF</t>
+  </si>
+  <si>
+    <t>Sr No.</t>
+  </si>
+  <si>
+    <t>Particular</t>
+  </si>
+  <si>
+    <t>Direct</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio ^^</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Purchase</t>
+  </si>
+  <si>
+    <t>N.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Sale</t>
+  </si>
+  <si>
+    <t>Average Maturity (in years)@@</t>
+  </si>
+  <si>
+    <t>Modified Duration (in years)@@</t>
+  </si>
+  <si>
+    <t>Portfolio YTM (Annualised)@@</t>
+  </si>
+  <si>
+    <t>Total outstanding exposure to derivatives at the end of  September 30, 2025</t>
+  </si>
+  <si>
+    <t>- Value (In Rs. Lakh)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>- in percentage term (%)</t>
+  </si>
+  <si>
+    <t>Total of securities below investment grade and default provided for the Half Year of September 30, 2025 (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in foreign securities/ADR/GDR (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in illiquid shares/securities</t>
+  </si>
+  <si>
+    <t>- in percentage terms (%)</t>
+  </si>
+  <si>
+    <t>Net Asset Vaue (NAV) (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>- As on March 31, 2025</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>Growth</t>
+  </si>
+  <si>
+    <t>98.1744</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>QD</t>
+  </si>
+  <si>
+    <t>Quarterly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Daily Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>WD</t>
+  </si>
+  <si>
+    <t>Weekly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Monthly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>UD</t>
+  </si>
+  <si>
+    <t>UD3</t>
+  </si>
+  <si>
+    <t>UR</t>
+  </si>
+  <si>
+    <t>UR3</t>
+  </si>
+  <si>
+    <t>- As on September 30, 2025</t>
+  </si>
+  <si>
+    <t>137.0412</t>
+  </si>
+  <si>
+    <t>Aggregate distributions during the half year (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>Computed NAV</t>
+  </si>
+  <si>
+    <t>**</t>
+  </si>
+  <si>
+    <t>NAV as on Maturity date</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Not Applicable.</t>
+  </si>
+  <si>
+    <t>^^</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio is for Equity Schemes.</t>
+  </si>
+  <si>
+    <t>@@</t>
+  </si>
+  <si>
+    <t>Average Maturity, Modified Duration and Portfolio YTM (Annualised) is for Debt Schemes.</t>
+  </si>
+  <si>
+    <t>Pursuant to payment of IDCW, the NAV of the IDCW Option(s) of aforesaid Scheme of the Fund would fall to the extent of payout and statutory levy, if any. For complete distribution history of the Schemes, please visit www.dspim.com</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="6">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="167" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;_);_(* @_)"/>
+    <numFmt numFmtId="168" formatCode="0.0000"/>
+    <numFmt numFmtId="169" formatCode="#,##0.000000"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="14"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color rgb="FF000000"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color indexed="8"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color theme="10"/>
-[...2 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color theme="0"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...17 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill/>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDBDBDB"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...53 lines deleted...]
-      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...29 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+  <cellStyleXfs count="4">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+  <cellXfs count="62">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="2" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="168" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="169" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="168" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="164" fontId="8" fillId="4" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...44 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="1" builtinId="5"/>
-    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{9B2A758A-C9FD-40C4-A862-F25EC8E2A3B9}"/>
+    <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
+  <dxfs count="8">
+    <dxf>
+      <numFmt numFmtId="170" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="171" formatCode="#,##0.0000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="172" formatCode="&quot;-&quot;"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="170" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="171" formatCode="#,##0.0000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="172" formatCode="&quot;-&quot;"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
-[...16 lines deleted...]
-        <cNvPicPr>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2095500</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="5568950"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="436563" y="5397500"/>
+          <a:ext cx="2095500" cy="1749425"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...19 lines deleted...]
-        <cNvPicPr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>71437</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId2"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="7981950"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="436563" y="8080375"/>
+          <a:ext cx="2198687" cy="1749425"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...3 lines deleted...]
-</wsDr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2095500</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24DAC7A7-1080-4091-AC87-6C9EC5CD6551}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="5073650"/>
+          <a:ext cx="2095500" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>71437</xdr:colOff>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7D2DD0EE-FB51-4679-AC77-867BC3D3A243}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="7512050"/>
+          <a:ext cx="2293937" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -824,397 +1098,1188 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:L39"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:L35"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col min="1" max="1" width="6.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="31.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="4.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7109375" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="40">
-[...74 lines deleted...]
-      <c r="A7" s="1" t="n">
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="14"/>
+      <c r="B1" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="60"/>
+      <c r="D1" s="60"/>
+      <c r="E1" s="60"/>
+      <c r="F1" s="60"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B7" s="3" t="inlineStr">
-[...76 lines deleted...]
-      <c r="A12" s="1" t="n">
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...84 lines deleted...]
-      <c r="G19" s="13" t="n">
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A8" s="1">
         <v>1</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="A21" s="14" t="n">
+      <c r="B8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="4">
+        <v>100034.1105</v>
+      </c>
+      <c r="F8" s="5">
+        <v>141966.41</v>
+      </c>
+      <c r="G8" s="6">
+        <v>0.97919999999999996</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A9" s="7"/>
+      <c r="B9" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="7"/>
+      <c r="F9" s="8">
+        <v>141966.41</v>
+      </c>
+      <c r="G9" s="9">
+        <v>0.97919999999999996</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.97919999999999996</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="K10" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" s="6">
+        <v>2.0799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B11" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B12" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="4"/>
+      <c r="F12" s="5">
+        <v>3009.84</v>
+      </c>
+      <c r="G12" s="6">
+        <v>2.0799999999999999E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A13" s="7"/>
+      <c r="B13" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="8">
+        <v>3009.84</v>
+      </c>
+      <c r="G13" s="9">
+        <v>2.0799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A15" s="3"/>
+      <c r="B15" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="10">
+        <v>144976.25</v>
+      </c>
+      <c r="G15" s="11">
         <v>1</v>
       </c>
-      <c r="B21" s="14" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A22" s="15" t="n">
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A16" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="48" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="12">
+        <v>1</v>
+      </c>
+      <c r="B17" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" s="61"/>
+      <c r="D17" s="61"/>
+    </row>
+    <row r="18" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="12">
         <v>2</v>
       </c>
-      <c r="B22" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A23" s="15" t="n">
+      <c r="B18" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="12">
         <v>3</v>
       </c>
-      <c r="B23" s="15" t="inlineStr">
-[...16 lines deleted...]
-        </is>
+      <c r="B19" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="13" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="35" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="13" t="s">
+        <v>28</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B17:D17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{75268997-6944-4386-AB6B-DA8A378A8652}">
+  <dimension ref="A1:L35"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="6.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="31.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="4.42578125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="14.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="15.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7109375" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7109375" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="14"/>
+      <c r="B1" s="59" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="60"/>
+      <c r="D1" s="60"/>
+      <c r="E1" s="60"/>
+      <c r="F1" s="60"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="4">
+        <v>100034.1105</v>
+      </c>
+      <c r="F8" s="5">
+        <v>141966.41</v>
+      </c>
+      <c r="G8" s="6">
+        <v>0.97919999999999996</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A9" s="7"/>
+      <c r="B9" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="7"/>
+      <c r="F9" s="8">
+        <v>141966.41</v>
+      </c>
+      <c r="G9" s="9">
+        <v>0.97919999999999996</v>
+      </c>
+      <c r="K9" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.97919999999999996</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="K10" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="L10" s="6">
+        <v>2.0799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B11" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="B12" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="4"/>
+      <c r="F12" s="5">
+        <v>3009.84</v>
+      </c>
+      <c r="G12" s="6">
+        <v>2.0799999999999999E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A13" s="7"/>
+      <c r="B13" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="8">
+        <v>3009.84</v>
+      </c>
+      <c r="G13" s="9">
+        <v>2.0799999999999999E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A15" s="3"/>
+      <c r="B15" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="10">
+        <v>144976.25</v>
+      </c>
+      <c r="G15" s="11">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A16" s="1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="48.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="12">
+        <v>1</v>
+      </c>
+      <c r="B17" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" s="61"/>
+      <c r="D17" s="61"/>
+    </row>
+    <row r="18" spans="1:4" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="12">
+        <v>2</v>
+      </c>
+      <c r="B18" s="12" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="12">
+        <v>3</v>
+      </c>
+      <c r="B19" s="12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="13" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="35" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B17:D17"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9A1BE758-4E38-48CD-B4E5-62F9DF649067}">
+  <dimension ref="A1:C66"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="B16" sqref="B16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="6.5703125" style="15" customWidth="1"/>
+    <col min="2" max="2" width="84.85546875" style="15" customWidth="1"/>
+    <col min="3" max="3" width="15.85546875" style="15" customWidth="1"/>
+    <col min="4" max="16384" width="9.140625" style="15"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="15" t="s">
+        <v>29</v>
+      </c>
+      <c r="C1" s="15">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+      <c r="C2" s="15" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+      <c r="C3" s="15" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" s="18" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="16"/>
+      <c r="B4" s="16"/>
+      <c r="C4" s="17" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" s="18" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="16" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" s="16" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A6" s="20"/>
+      <c r="B6" s="20"/>
+      <c r="C6" s="19"/>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A7" s="16">
+        <v>1</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" s="21"/>
+    </row>
+    <row r="8" spans="1:3" s="24" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="22"/>
+      <c r="B8" s="21" t="s">
+        <v>37</v>
+      </c>
+      <c r="C8" s="23" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" s="24" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="22"/>
+      <c r="B9" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="23" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" s="27" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="25">
+        <v>2</v>
+      </c>
+      <c r="B10" s="26" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="23" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" s="27" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="25">
+        <v>3</v>
+      </c>
+      <c r="B11" s="26" t="s">
+        <v>41</v>
+      </c>
+      <c r="C11" s="23" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" s="27" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="25">
+        <v>4</v>
+      </c>
+      <c r="B12" s="26" t="s">
+        <v>42</v>
+      </c>
+      <c r="C12" s="28" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A13" s="16">
+        <v>5</v>
+      </c>
+      <c r="B13" s="21" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="21"/>
+    </row>
+    <row r="14" spans="1:3" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="29"/>
+      <c r="B14" s="30" t="s">
+        <v>44</v>
+      </c>
+      <c r="C14" s="32" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" s="37" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="34"/>
+      <c r="B15" s="35" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15" s="36" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="16">
+        <v>6</v>
+      </c>
+      <c r="B16" s="35" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="38"/>
+    </row>
+    <row r="17" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="16">
+        <v>7</v>
+      </c>
+      <c r="B17" s="21" t="s">
+        <v>48</v>
+      </c>
+      <c r="C17" s="31" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A18" s="16">
+        <v>8</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="C18" s="21"/>
+    </row>
+    <row r="19" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="16"/>
+      <c r="B19" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" s="31" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="16"/>
+      <c r="B20" s="39" t="s">
+        <v>50</v>
+      </c>
+      <c r="C20" s="31" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A21" s="16">
+        <v>9</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" s="21"/>
+    </row>
+    <row r="22" spans="1:3" s="43" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="40"/>
+      <c r="B22" s="41" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" s="42"/>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A23" s="44" t="s">
+        <v>53</v>
+      </c>
+      <c r="B23" s="45" t="s">
+        <v>54</v>
+      </c>
+      <c r="C23" s="47" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A24" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="B24" s="45" t="s">
+        <v>57</v>
+      </c>
+      <c r="C24" s="47">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A25" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="B25" s="45" t="s">
+        <v>59</v>
+      </c>
+      <c r="C25" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A26" s="44" t="s">
+        <v>60</v>
+      </c>
+      <c r="B26" s="45" t="s">
+        <v>61</v>
+      </c>
+      <c r="C26" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A27" s="44" t="s">
+        <v>62</v>
+      </c>
+      <c r="B27" s="45" t="s">
+        <v>63</v>
+      </c>
+      <c r="C27" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A28" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="B28" s="45" t="s">
+        <v>65</v>
+      </c>
+      <c r="C28" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A29" s="44" t="s">
+        <v>66</v>
+      </c>
+      <c r="B29" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A30" s="44" t="s">
+        <v>67</v>
+      </c>
+      <c r="B30" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A31" s="44" t="s">
+        <v>68</v>
+      </c>
+      <c r="B31" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A32" s="44" t="s">
+        <v>69</v>
+      </c>
+      <c r="B32" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C32" s="46">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" s="43" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="44"/>
+      <c r="B33" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33" s="42"/>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A34" s="44" t="s">
+        <v>53</v>
+      </c>
+      <c r="B34" s="45" t="s">
+        <v>54</v>
+      </c>
+      <c r="C34" s="55" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A35" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="B35" s="45" t="s">
+        <v>57</v>
+      </c>
+      <c r="C35" s="57" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A36" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="B36" s="45" t="s">
+        <v>59</v>
+      </c>
+      <c r="C36" s="57" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A37" s="44" t="s">
+        <v>60</v>
+      </c>
+      <c r="B37" s="45" t="s">
+        <v>61</v>
+      </c>
+      <c r="C37" s="57" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A38" s="44" t="s">
+        <v>62</v>
+      </c>
+      <c r="B38" s="45" t="s">
+        <v>63</v>
+      </c>
+      <c r="C38" s="57" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A39" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="B39" s="45" t="s">
+        <v>65</v>
+      </c>
+      <c r="C39" s="57" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A40" s="44" t="s">
+        <v>66</v>
+      </c>
+      <c r="B40" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="C40" s="57" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A41" s="44" t="s">
+        <v>67</v>
+      </c>
+      <c r="B41" s="19" t="s">
+        <v>67</v>
+      </c>
+      <c r="C41" s="57" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A42" s="44" t="s">
+        <v>68</v>
+      </c>
+      <c r="B42" s="19" t="s">
+        <v>68</v>
+      </c>
+      <c r="C42" s="57" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A43" s="44" t="s">
+        <v>69</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="C43" s="57" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A44" s="44"/>
+      <c r="B44" s="48" t="s">
+        <v>72</v>
+      </c>
+      <c r="C44" s="56"/>
+    </row>
+    <row r="45" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A45" s="44" t="s">
+        <v>53</v>
+      </c>
+      <c r="B45" s="45" t="s">
+        <v>54</v>
+      </c>
+      <c r="C45" s="57" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A46" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="B46" s="45" t="s">
+        <v>57</v>
+      </c>
+      <c r="C46" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A47" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="B47" s="45" t="s">
+        <v>59</v>
+      </c>
+      <c r="C47" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A48" s="44" t="s">
+        <v>60</v>
+      </c>
+      <c r="B48" s="45" t="s">
+        <v>61</v>
+      </c>
+      <c r="C48" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A49" s="44" t="s">
+        <v>62</v>
+      </c>
+      <c r="B49" s="45" t="s">
+        <v>63</v>
+      </c>
+      <c r="C49" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A50" s="44" t="s">
+        <v>64</v>
+      </c>
+      <c r="B50" s="45" t="s">
+        <v>65</v>
+      </c>
+      <c r="C50" s="57">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A51" s="49"/>
+      <c r="B51" s="50"/>
+      <c r="C51" s="51"/>
+    </row>
+    <row r="52" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="52" t="s">
+        <v>73</v>
+      </c>
+      <c r="B52" s="52" t="s">
+        <v>74</v>
+      </c>
+      <c r="C52" s="51"/>
+    </row>
+    <row r="53" spans="1:3" hidden="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="52" t="s">
+        <v>75</v>
+      </c>
+      <c r="B53" s="52" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A54" s="52" t="s">
+        <v>38</v>
+      </c>
+      <c r="B54" s="52" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A55" s="52" t="s">
+        <v>78</v>
+      </c>
+      <c r="B55" s="52" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A56" s="53" t="s">
+        <v>80</v>
+      </c>
+      <c r="B56" s="52" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" ht="45" x14ac:dyDescent="0.35">
+      <c r="A57" s="52"/>
+      <c r="B57" s="58" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="C58" s="54"/>
+    </row>
+    <row r="59" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="C59" s="54"/>
+    </row>
+    <row r="60" spans="1:3" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="61" spans="1:3" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="62" spans="1:3" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="63" spans="1:3" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="64" spans="1:3" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="65" spans="3:3" customFormat="1" x14ac:dyDescent="0.25"/>
+    <row r="66" spans="3:3" x14ac:dyDescent="0.35">
+      <c r="C66" s="54"/>
+    </row>
+  </sheetData>
+  <conditionalFormatting sqref="C23:C32 C45:C50">
+    <cfRule type="cellIs" dxfId="7" priority="21" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="6" priority="22">
+      <formula>C$1=2</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="5" priority="23">
+      <formula>C$1=4</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="4" priority="24">
+      <formula>C$1=3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C35:C43">
+    <cfRule type="cellIs" dxfId="3" priority="1" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="2">
+      <formula>C$1=2</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="1" priority="3">
+      <formula>C$1=4</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="0" priority="4">
+      <formula>C$1=3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Monthly Portfolio</vt:lpstr>
+      <vt:lpstr>Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Notes to Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ICRON Research</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SetDate">
+    <vt:lpwstr>2025-10-07T14:06:13Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SiteId">
+    <vt:lpwstr>1771ae17-e764-4e0f-a476-d4184d79a5d9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ActionId">
+    <vt:lpwstr>3186ba23-d8c2-436d-b4ac-61630036b2ad</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>