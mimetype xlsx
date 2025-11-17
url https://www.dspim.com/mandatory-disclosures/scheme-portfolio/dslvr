--- v1 (2025-10-28)
+++ v2 (2025-11-17)
@@ -1,884 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0386D1CD-3AED-4209-B019-671A2E83BACA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="SILVER ETF" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...252 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...6 lines deleted...]
-    <numFmt numFmtId="169" formatCode="#,##0.000000"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
-    <font>
+  <fonts count="24">
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="1"/>
       <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
       <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
       <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-    </font>
-[...9 lines deleted...]
-      <sz val="10"/>
+      <b val="1"/>
       <color theme="1"/>
-      <name val="trebuchet MS"/>
-[...61 lines deleted...]
-      <family val="2"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="4">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="62">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...56 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{9B2A758A-C9FD-40C4-A862-F25EC8E2A3B9}"/>
-    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="8">
-[...24 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>24</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>2</col>
+      <colOff>323850</colOff>
+      <row>33</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="436563" y="5397500"/>
-          <a:ext cx="2095500" cy="1749425"/>
+          <a:off x="457200" y="5397500"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>38</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>2</col>
+      <colOff>323850</colOff>
+      <row>47</row>
+      <rowOff>31751</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="436563" y="8080375"/>
-          <a:ext cx="2198687" cy="1749425"/>
+          <a:off x="457200" y="7810500"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1098,1188 +998,353 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L35"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L37"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.5703125" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7109375" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="29.453125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="11.453125" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="8.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP SILVER ETF</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>OTHERS</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Commodities</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>SILVER</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>90358.0959</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>134361.59</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.9774</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="9" t="n"/>
+      <c r="B9" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C9" s="9" t="n"/>
+      <c r="D9" s="9" t="n"/>
+      <c r="E9" s="9" t="n"/>
+      <c r="F9" s="10" t="n">
+        <v>134361.59</v>
+      </c>
+      <c r="G9" s="11" t="n">
+        <v>0.9774</v>
+      </c>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Commodity</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.9774</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.0226</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="B11" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n"/>
+      <c r="F12" s="7" t="n">
+        <v>3101.13</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0226</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="9" t="n"/>
+      <c r="B13" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C13" s="9" t="n"/>
+      <c r="D13" s="9" t="n"/>
+      <c r="E13" s="9" t="n"/>
+      <c r="F13" s="10" t="n">
+        <v>3101.13</v>
+      </c>
+      <c r="G13" s="11" t="n">
+        <v>0.0226</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="5" t="n"/>
+      <c r="B15" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C15" s="5" t="n"/>
+      <c r="D15" s="5" t="n"/>
+      <c r="E15" s="5" t="n"/>
+      <c r="F15" s="13" t="n">
+        <v>137462.72</v>
+      </c>
+      <c r="G15" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="17" ht="49.5" customHeight="1" s="77">
+      <c r="A17" s="16" t="n">
+        <v>1</v>
+      </c>
+      <c r="B17" s="92" t="inlineStr">
+        <is>
+          <t>As on  October 31, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Silver ETF is ₹ 59,127.10 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B18" s="93" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
-[...173 lines deleted...]
-        <v>28</v>
+      <c r="B19" s="93" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="23" ht="14.5" customHeight="1" s="77">
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="14.5" customHeight="1" s="77">
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: Domestic Price of Physical Silver</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B17:D17"/>
+    <mergeCell ref="B17:C17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{75268997-6944-4386-AB6B-DA8A378A8652}">
-  <dimension ref="A1:L35"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...233 lines deleted...]
-      <selection activeCell="B16" sqref="B16"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.35"/>
-[...607 lines deleted...]
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>