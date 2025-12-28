--- v2 (2025-11-17)
+++ v3 (2025-12-28)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SILVER ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +103,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...11 lines deleted...]
-      <name val="Arial"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <sz val="10"/>
-[...36 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...7 lines deleted...]
-      </top>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...11 lines deleted...]
-      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...9 lines deleted...]
-      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...66 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,116 +521,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>24</row>
+      <row>22</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>323850</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>190500</colOff>
+      <row>31</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="5397500"/>
+          <a:off x="457200" y="5740400"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>38</row>
+      <row>36</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>323850</colOff>
-[...1 lines deleted...]
-      <rowOff>31751</rowOff>
+      <colOff>190500</colOff>
+      <row>45</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="7810500"/>
+          <a:off x="457200" y="8153400"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1002,349 +867,339 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L37"/>
+  <dimension ref="A1:L35"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="31.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="11.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="8.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP SILVER ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>OTHERS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Commodities</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>SILVER</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="E8" s="5" t="n">
+        <v>92840.0882</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>152306.02</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.9833</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="9" t="n"/>
-      <c r="B9" s="9" t="inlineStr">
+      <c r="A9" s="8" t="n"/>
+      <c r="B9" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C9" s="9" t="n"/>
-[...8 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="C9" s="8" t="n"/>
+      <c r="D9" s="8" t="n"/>
+      <c r="E9" s="8" t="n"/>
+      <c r="F9" s="9" t="n">
+        <v>152306.02</v>
+      </c>
+      <c r="G9" s="10" t="n">
+        <v>0.9833</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Commodity</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-        <v>0.9774</v>
+      <c r="L9" s="7" t="n">
+        <v>0.9833</v>
       </c>
     </row>
     <row r="10">
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-        <v>0.0226</v>
+      <c r="L10" s="7" t="n">
+        <v>0.0167</v>
       </c>
     </row>
     <row r="11">
-      <c r="B11" s="4" t="inlineStr">
+      <c r="B11" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="12">
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E12" s="6" t="n"/>
-[...6 lines deleted...]
-      <c r="J12" s="7" t="n"/>
+      <c r="E12" s="5" t="n"/>
+      <c r="F12" s="6" t="n">
+        <v>2580.04</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
     </row>
     <row r="13">
-      <c r="A13" s="9" t="n"/>
-      <c r="B13" s="9" t="inlineStr">
+      <c r="A13" s="8" t="n"/>
+      <c r="B13" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C13" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0226</v>
+      <c r="C13" s="8" t="n"/>
+      <c r="D13" s="8" t="n"/>
+      <c r="E13" s="8" t="n"/>
+      <c r="F13" s="9" t="n">
+        <v>2580.04</v>
+      </c>
+      <c r="G13" s="10" t="n">
+        <v>0.0167</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="5" t="n"/>
-      <c r="B15" s="5" t="inlineStr">
+      <c r="A15" s="4" t="n"/>
+      <c r="B15" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C15" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G15" s="14" t="n">
+      <c r="C15" s="4" t="n"/>
+      <c r="D15" s="4" t="n"/>
+      <c r="E15" s="4" t="n"/>
+      <c r="F15" s="12" t="n">
+        <v>154886.06</v>
+      </c>
+      <c r="G15" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="inlineStr">
+      <c r="A16" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="17" ht="49.5" customHeight="1" s="77">
-      <c r="A17" s="16" t="n">
+    <row r="17" ht="35" customHeight="1" s="49">
+      <c r="A17" s="45" t="n">
         <v>1</v>
       </c>
-      <c r="B17" s="92" t="inlineStr">
-[...1 lines deleted...]
-          <t>As on  October 31, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Silver ETF is ₹ 59,127.10 Lakhs.</t>
+      <c r="B17" s="63" t="inlineStr">
+        <is>
+          <t>As on  November 30, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Silver ETF is ₹ 67,853.60 Lakhs.</t>
         </is>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="16" t="n">
+      <c r="A18" s="45" t="n">
         <v>2</v>
       </c>
-      <c r="B18" s="93" t="inlineStr">
+      <c r="B18" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="19">
-[...10 lines deleted...]
-      <c r="B23" s="1" t="inlineStr">
+    <row r="21" ht="14.5" customHeight="1" s="49">
+      <c r="B21" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="37" ht="14.5" customHeight="1" s="77">
-      <c r="B37" s="1" t="inlineStr">
+    <row r="35" ht="14.5" customHeight="1" s="49">
+      <c r="B35" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Domestic Price of Physical Silver</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
+    <mergeCell ref="B17:D17"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B17:C17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>