--- v3 (2025-12-28)
+++ v4 (2026-02-10)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="SILVER ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
@@ -87,85 +87,90 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
-[...4 lines deleted...]
-    <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
-      <sz val="10"/>
-      <u val="single"/>
+      <sz val="11"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
@@ -276,205 +281,187 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="66">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...18 lines deleted...]
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...16 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...14 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -521,116 +508,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>22</row>
+      <row>27</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>190500</colOff>
-[...1 lines deleted...]
-      <rowOff>31749</rowOff>
+      <colOff>317500</colOff>
+      <row>36</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="5740400"/>
+          <a:off x="457200" y="5568950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>36</row>
+      <row>41</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>2</col>
-      <colOff>190500</colOff>
-      <row>45</row>
+      <colOff>317500</colOff>
+      <row>50</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8153400"/>
+          <a:off x="457200" y="7981950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -872,85 +859,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L35"/>
+  <dimension ref="A1:L40"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-    <col width="31.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-[...4 lines deleted...]
-    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="29.453125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="13.7265625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="16" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="9.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP SILVER ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 30, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -965,226 +952,297 @@
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
       <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="3" t="inlineStr">
         <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Silver ETCD</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E7" s="5" t="n">
+        <v>2</v>
+      </c>
+      <c r="F7" s="6" t="n">
+        <v>175.16</v>
+      </c>
+      <c r="G7" s="7" t="n">
+        <v>0.0005733983245874484</v>
+      </c>
+      <c r="H7" s="11" t="n">
+        <v>46086</v>
+      </c>
+      <c r="J7" s="6" t="n"/>
+    </row>
+    <row r="8">
+      <c r="A8" s="8" t="n"/>
+      <c r="B8" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C8" s="8" t="n"/>
+      <c r="D8" s="8" t="n"/>
+      <c r="E8" s="8" t="n"/>
+      <c r="F8" s="9" t="n">
+        <v>175.16</v>
+      </c>
+      <c r="G8" s="10" t="n">
+        <v>0.0005733983245874484</v>
+      </c>
+      <c r="I8" s="59" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Commodity</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.9896</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="B10" s="3" t="inlineStr">
+        <is>
           <t>OTHERS</t>
         </is>
       </c>
-    </row>
-[...62 lines deleted...]
-    <row r="10">
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>Cash &amp; Equivalent</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.0167</v>
+        <v>0.0005733983245874484</v>
       </c>
     </row>
     <row r="11">
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>Cash &amp; Cash Equivalent</t>
-        </is>
+          <t>Commodities</t>
+        </is>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0104</v>
       </c>
     </row>
     <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>2</v>
+      </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Net Receivables/Payables</t>
-[...2 lines deleted...]
-      <c r="E12" s="5" t="n"/>
+          <t>SILVER</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>90702.88189999999</v>
+      </c>
       <c r="F12" s="6" t="n">
-        <v>2580.04</v>
+        <v>302305.45</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0167</v>
-      </c>
+        <v>0.9896</v>
+      </c>
+      <c r="I12" s="65" t="n"/>
       <c r="J12" s="6" t="n"/>
     </row>
     <row r="13">
       <c r="A13" s="8" t="n"/>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C13" s="8" t="n"/>
       <c r="D13" s="8" t="n"/>
       <c r="E13" s="8" t="n"/>
       <c r="F13" s="9" t="n">
-        <v>2580.04</v>
+        <v>302305.45</v>
       </c>
       <c r="G13" s="10" t="n">
-        <v>0.0167</v>
+        <v>0.9896</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="4" t="n"/>
-      <c r="B15" s="4" t="inlineStr">
+      <c r="B15" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n"/>
+      <c r="F16" s="6" t="n">
+        <v>3171.55</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="8" t="n"/>
+      <c r="B17" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C17" s="8" t="n"/>
+      <c r="D17" s="8" t="n"/>
+      <c r="E17" s="8" t="n"/>
+      <c r="F17" s="9" t="n">
+        <v>3171.55</v>
+      </c>
+      <c r="G17" s="10" t="n">
+        <v>0.0104</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="4" t="n"/>
+      <c r="B19" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C15" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G15" s="13" t="n">
+      <c r="C19" s="4" t="n"/>
+      <c r="D19" s="4" t="n"/>
+      <c r="E19" s="4" t="n"/>
+      <c r="F19" s="12" t="n">
+        <v>305477</v>
+      </c>
+      <c r="G19" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" s="1" t="inlineStr">
+    <row r="20">
+      <c r="A20" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="17" ht="35" customHeight="1" s="49">
-      <c r="A17" s="45" t="n">
+    <row r="21" ht="22" customHeight="1" s="45">
+      <c r="A21" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B17" s="63" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A18" s="45" t="n">
+      <c r="B21" s="61" t="inlineStr">
+        <is>
+          <t>As on  January 31, 2026, the aggregate investments by the schemes of DSP Mutual Fund in DSP Silver ETF is ₹ 1,28,733.23 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="22" ht="27" customHeight="1" s="45">
+      <c r="A22" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B18" s="14" t="inlineStr">
+      <c r="B22" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="21" ht="14.5" customHeight="1" s="49">
-      <c r="B21" s="38" t="inlineStr">
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B23" s="15" t="inlineStr">
+        <is>
+          <t xml:space="preserve"># ETCD quantity is in lots </t>
+        </is>
+      </c>
+    </row>
+    <row r="26" ht="14.5" customHeight="1" s="45">
+      <c r="B26" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="35" ht="14.5" customHeight="1" s="49">
-      <c r="B35" s="38" t="inlineStr">
+    <row r="40" ht="14.5" customHeight="1" s="45">
+      <c r="B40" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Domestic Price of Physical Silver</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
-    <mergeCell ref="B17:D17"/>
+  <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 