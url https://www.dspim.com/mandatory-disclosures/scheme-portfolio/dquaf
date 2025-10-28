--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,610 +1,1273 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Accounts\REPORTS\Monthend portfolio\2025-2026\06. September 2025\Half Yearly Portfolio\Portfolio\Equity\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7FC4CC82-8030-4980-9AB0-E4B92FE2823C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="968" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="QUANT" sheetId="1" state="visible" r:id="rId1"/>
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
+    <sheet name="Monthly Portfolio" sheetId="5" r:id="rId1"/>
+    <sheet name="Half Yearly Portfolio" sheetId="6" r:id="rId2"/>
+    <sheet name="Notes to Half Yearly Portfolio" sheetId="3" r:id="rId3"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
   </sheets>
-  <definedNames/>
-  <calcPr calcId="191029" fullCalcOnLoad="1"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Half Yearly Portfolio'!$A$7:$N$83</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Monthly Portfolio'!$A$7:$N$83</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="469" uniqueCount="195">
+  <si>
+    <t>DSP Quant Fund</t>
+  </si>
+  <si>
+    <t>Portfolio as on September 30, 2025</t>
+  </si>
+  <si>
+    <t>Sr. No.</t>
+  </si>
+  <si>
+    <t>Name of Instrument</t>
+  </si>
+  <si>
+    <t>ISIN</t>
+  </si>
+  <si>
+    <t>Rating/Industry</t>
+  </si>
+  <si>
+    <t>Quantity</t>
+  </si>
+  <si>
+    <t>Market value (Rs. In lakhs)</t>
+  </si>
+  <si>
+    <t>% to Net Assets</t>
+  </si>
+  <si>
+    <t>Maturity Date</t>
+  </si>
+  <si>
+    <t>Put/Call Option</t>
+  </si>
+  <si>
+    <t>YTM (%)</t>
+  </si>
+  <si>
+    <t>EQUITY &amp; EQUITY RELATED</t>
+  </si>
+  <si>
+    <t>Listed / awaiting listing on the stock exchanges</t>
+  </si>
+  <si>
+    <t>HDFC Bank Limited</t>
+  </si>
+  <si>
+    <t>INE040A01034</t>
+  </si>
+  <si>
+    <t>Banks</t>
+  </si>
+  <si>
+    <t>Sector/Rating</t>
+  </si>
+  <si>
+    <t>Percent</t>
+  </si>
+  <si>
+    <t>ICICI Bank Limited</t>
+  </si>
+  <si>
+    <t>INE090A01021</t>
+  </si>
+  <si>
+    <t>Bharti Airtel Limited</t>
+  </si>
+  <si>
+    <t>INE397D01024</t>
+  </si>
+  <si>
+    <t>Telecom - Services</t>
+  </si>
+  <si>
+    <t>IT - Software</t>
+  </si>
+  <si>
+    <t>Infosys Limited</t>
+  </si>
+  <si>
+    <t>INE009A01021</t>
+  </si>
+  <si>
+    <t>Automobiles</t>
+  </si>
+  <si>
+    <t>Interglobe Aviation Limited</t>
+  </si>
+  <si>
+    <t>INE646L01027</t>
+  </si>
+  <si>
+    <t>Transport Services</t>
+  </si>
+  <si>
+    <t>Finance</t>
+  </si>
+  <si>
+    <t>Nestle India Limited</t>
+  </si>
+  <si>
+    <t>INE239A01024</t>
+  </si>
+  <si>
+    <t>Food Products</t>
+  </si>
+  <si>
+    <t>Pharmaceuticals &amp; Biotechnology</t>
+  </si>
+  <si>
+    <t>Eicher Motors Limited</t>
+  </si>
+  <si>
+    <t>INE066A01021</t>
+  </si>
+  <si>
+    <t>Tata Consultancy Services Limited</t>
+  </si>
+  <si>
+    <t>INE467B01029</t>
+  </si>
+  <si>
+    <t>Hero MotoCorp Limited</t>
+  </si>
+  <si>
+    <t>INE158A01026</t>
+  </si>
+  <si>
+    <t>Consumer Durables</t>
+  </si>
+  <si>
+    <t>Bajaj Finance Limited</t>
+  </si>
+  <si>
+    <t>INE296A01032</t>
+  </si>
+  <si>
+    <t>HCL Technologies Limited</t>
+  </si>
+  <si>
+    <t>INE860A01027</t>
+  </si>
+  <si>
+    <t>Non - Ferrous Metals</t>
+  </si>
+  <si>
+    <t>Britannia Industries Limited</t>
+  </si>
+  <si>
+    <t>INE216A01030</t>
+  </si>
+  <si>
+    <t>Diversified FMCG</t>
+  </si>
+  <si>
+    <t>Hindustan Zinc Limited</t>
+  </si>
+  <si>
+    <t>INE267A01025</t>
+  </si>
+  <si>
+    <t>Capital Markets</t>
+  </si>
+  <si>
+    <t>Wipro Limited</t>
+  </si>
+  <si>
+    <t>INE075A01022</t>
+  </si>
+  <si>
+    <t>Industrial Products</t>
+  </si>
+  <si>
+    <t>Muthoot Finance Limited</t>
+  </si>
+  <si>
+    <t>INE414G01012</t>
+  </si>
+  <si>
+    <t>Personal Products</t>
+  </si>
+  <si>
+    <t>Indus Towers Limited</t>
+  </si>
+  <si>
+    <t>INE121J01017</t>
+  </si>
+  <si>
+    <t>Textiles &amp; Apparels</t>
+  </si>
+  <si>
+    <t>ITC Limited</t>
+  </si>
+  <si>
+    <t>INE154A01025</t>
+  </si>
+  <si>
+    <t>Agricultural Food &amp; other Products</t>
+  </si>
+  <si>
+    <t>Hyundai Motor India Limited</t>
+  </si>
+  <si>
+    <t>INE0V6F01027</t>
+  </si>
+  <si>
+    <t>Fertilizers &amp; Agrochemicals</t>
+  </si>
+  <si>
+    <t>Shriram Finance Limited</t>
+  </si>
+  <si>
+    <t>INE721A01047</t>
+  </si>
+  <si>
+    <t>Insurance</t>
+  </si>
+  <si>
+    <t>Dixon Technologies (India) Limited</t>
+  </si>
+  <si>
+    <t>INE935N01020</t>
+  </si>
+  <si>
+    <t>Cash &amp; Equivalent</t>
+  </si>
+  <si>
+    <t>HDFC Asset Management Company Limited</t>
+  </si>
+  <si>
+    <t>INE127D01025</t>
+  </si>
+  <si>
+    <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+  </si>
+  <si>
+    <t>INE774D01024</t>
+  </si>
+  <si>
+    <t>Cipla Limited</t>
+  </si>
+  <si>
+    <t>INE059A01026</t>
+  </si>
+  <si>
+    <t>AU Small Finance Bank Limited</t>
+  </si>
+  <si>
+    <t>INE949L01017</t>
+  </si>
+  <si>
+    <t>Cummins India Limited</t>
+  </si>
+  <si>
+    <t>INE298A01020</t>
+  </si>
+  <si>
+    <t>Zydus Lifesciences Limited</t>
+  </si>
+  <si>
+    <t>INE010B01027</t>
+  </si>
+  <si>
+    <t>Colgate Palmolive (India) Limited</t>
+  </si>
+  <si>
+    <t>INE259A01022</t>
+  </si>
+  <si>
+    <t>TVS Motor Company Limited</t>
+  </si>
+  <si>
+    <t>INE494B01023</t>
+  </si>
+  <si>
+    <t>Page Industries Limited</t>
+  </si>
+  <si>
+    <t>INE761H01022</t>
+  </si>
+  <si>
+    <t>Tech Mahindra Limited</t>
+  </si>
+  <si>
+    <t>INE669C01036</t>
+  </si>
+  <si>
+    <t>Marico Limited</t>
+  </si>
+  <si>
+    <t>INE196A01026</t>
+  </si>
+  <si>
+    <t>Bharti Hexacom Limited</t>
+  </si>
+  <si>
+    <t>INE343G01021</t>
+  </si>
+  <si>
+    <t>Abbott India Limited</t>
+  </si>
+  <si>
+    <t>INE358A01014</t>
+  </si>
+  <si>
+    <t>MphasiS Limited</t>
+  </si>
+  <si>
+    <t>INE356A01018</t>
+  </si>
+  <si>
+    <t>Coromandel International Limited</t>
+  </si>
+  <si>
+    <t>INE169A01031</t>
+  </si>
+  <si>
+    <t>Maruti Suzuki India Limited</t>
+  </si>
+  <si>
+    <t>INE585B01010</t>
+  </si>
+  <si>
+    <t>GlaxoSmithKline Pharmaceuticals Limited</t>
+  </si>
+  <si>
+    <t>INE159A01016</t>
+  </si>
+  <si>
+    <t>ICICI Lombard General Insurance Company Limited</t>
+  </si>
+  <si>
+    <t>INE765G01017</t>
+  </si>
+  <si>
+    <t>Berger Paints (I) Limited</t>
+  </si>
+  <si>
+    <t>INE463A01038</t>
+  </si>
+  <si>
+    <t>LTIMindtree Limited</t>
+  </si>
+  <si>
+    <t>INE214T01019</t>
+  </si>
+  <si>
+    <t>TVS Motor Company Limited^</t>
+  </si>
+  <si>
+    <t>INE494B04019</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>MONEY MARKET INSTRUMENTS</t>
+  </si>
+  <si>
+    <t>TREPS / Reverse Repo Investments</t>
+  </si>
+  <si>
+    <t>Cash &amp; Cash Equivalent</t>
+  </si>
+  <si>
+    <t>Net Receivables/Payables</t>
+  </si>
+  <si>
+    <t>GRAND TOTAL</t>
+  </si>
+  <si>
+    <t>Notes:</t>
+  </si>
+  <si>
+    <t>^ Pending Listing</t>
+  </si>
+  <si>
+    <t>Market value includes accrued interest</t>
+  </si>
+  <si>
+    <t>Net Assets does not include unit activity for the last day of the month</t>
+  </si>
+  <si>
+    <t>Scheme Riskometer</t>
+  </si>
+  <si>
+    <t>Benchmark Riskometer: BSE 200 TRI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>YDY1Regular</t>
+  </si>
+  <si>
+    <t>YDY1Direct</t>
+  </si>
+  <si>
+    <t>YDY1</t>
+  </si>
+  <si>
+    <t>Sr No.</t>
+  </si>
+  <si>
+    <t>Particular</t>
+  </si>
+  <si>
+    <t>Regular</t>
+  </si>
+  <si>
+    <t>Direct</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio ^^</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Purchase</t>
+  </si>
+  <si>
+    <t>N.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Sale</t>
+  </si>
+  <si>
+    <t>Average Maturity (in years)@@</t>
+  </si>
+  <si>
+    <t>Modified Duration (in years)@@</t>
+  </si>
+  <si>
+    <t>Portfolio YTM (Annualised)@@</t>
+  </si>
+  <si>
+    <t>Total outstanding exposure to derivatives at the end of  September 30, 2025</t>
+  </si>
+  <si>
+    <t>- Value (In Rs. Lakh)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>- in percentage term (%)</t>
+  </si>
+  <si>
+    <t>Total of securities below investment grade and default provided for the Half Year of September 30, 2025 (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in foreign securities/ADR/GDR (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in illiquid shares/securities</t>
+  </si>
+  <si>
+    <t>- in percentage terms (%)</t>
+  </si>
+  <si>
+    <t>Net Asset Vaue (NAV) (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>- As on March 31, 2025</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>Growth</t>
+  </si>
+  <si>
+    <t>19.987</t>
+  </si>
+  <si>
+    <t>20.862</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>16.544</t>
+  </si>
+  <si>
+    <t>17.290</t>
+  </si>
+  <si>
+    <t>QD</t>
+  </si>
+  <si>
+    <t>Quarterly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Daily Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>WD</t>
+  </si>
+  <si>
+    <t>Weekly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Monthly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>UD</t>
+  </si>
+  <si>
+    <t>UD3</t>
+  </si>
+  <si>
+    <t>UR</t>
+  </si>
+  <si>
+    <t>UR3</t>
+  </si>
+  <si>
+    <t>- As on September 30, 2025</t>
+  </si>
+  <si>
+    <t>21.175</t>
+  </si>
+  <si>
+    <t>22.182</t>
+  </si>
+  <si>
+    <t>17.528</t>
+  </si>
+  <si>
+    <t>18.384</t>
+  </si>
+  <si>
+    <t>Aggregate distributions during the half year (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>Computed NAV</t>
+  </si>
+  <si>
+    <t>**</t>
+  </si>
+  <si>
+    <t>NAV as on Maturity date</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Not Applicable.</t>
+  </si>
+  <si>
+    <t>$$</t>
+  </si>
+  <si>
+    <t>Name change during the half year ended September 30, 2025.</t>
+  </si>
+  <si>
+    <t>^^</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio is for Equity Schemes.</t>
+  </si>
+  <si>
+    <t>@@</t>
+  </si>
+  <si>
+    <t>Average Maturity, Modified Duration and Portfolio YTM (Annualised) is for Debt Schemes.</t>
+  </si>
+  <si>
+    <t>Pursuant to payment of IDCW, the NAV of the IDCW Option(s) of aforesaid Scheme of the Fund would fall to the extent of payout and statutory levy, if any. For complete distribution history of the Schemes, please visit www.dspim.com</t>
+  </si>
+  <si>
+    <t>CARE A1+</t>
+  </si>
+  <si>
+    <t>DEBT INSTRUMENTS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOND &amp; NCD's / Non Convertible Cumulative Redeemable Preference Shares
+ </t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="7">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="167" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;_);_(* @_)"/>
+    <numFmt numFmtId="168" formatCode="0.000"/>
+    <numFmt numFmtId="169" formatCode="0.0000"/>
+    <numFmt numFmtId="170" formatCode="#,##0.000000"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="14"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color rgb="FF000000"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-    <font>
+      <sz val="9"/>
+      <color theme="0"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...17 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill/>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDBDBDB"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...22 lines deleted...]
-      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...4 lines deleted...]
-      <right style="thin">
+      <bottom style="thin">
         <color indexed="64"/>
-      </right>
-[...3 lines deleted...]
-      <bottom/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...29 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+  <cellStyleXfs count="4">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+  <cellXfs count="74">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="168" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="168" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="169" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="39" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="39" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="2" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="3" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...64 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="1" builtinId="5"/>
-    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{0D14609B-8B3E-4455-B834-5602DFA87F51}"/>
+    <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
+  <dxfs count="8">
+    <dxf>
+      <numFmt numFmtId="171" formatCode="&quot;-&quot;"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="172" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="173" formatCode="#,##0.0000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="172" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="173" formatCode="#,##0.0000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="171" formatCode="&quot;-&quot;"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
-[...16 lines deleted...]
-        <cNvPicPr>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{270AF2F6-7C72-44B5-BFDD-FEE664450B1F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="11569700"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="457200" y="12439650"/>
+          <a:ext cx="2378075" cy="1577975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
-        <a:ln>
-[...22 lines deleted...]
-        <cNvPicPr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B755D56A-FEB8-44C9-BB77-36D5DB33321C}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId2"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="13982700"/>
-          <a:ext cx="2374900" cy="1574800"/>
+          <a:off x="457200" y="14681200"/>
+          <a:ext cx="2378075" cy="1577975"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
-        <a:ln>
-[...6 lines deleted...]
-</wsDr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1726D67F-6738-404A-AEA4-B8BAE93E605F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="12439650"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C498F675-DD7D-4B54-B74D-A6747E936F73}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="14681200"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -824,1721 +1487,3643 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:L77"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43A26313-F97A-47BC-9639-D25CA58C67D6}">
+  <dimension ref="A1:N83"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="43.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="40">
-[...81 lines deleted...]
-      <c r="A8" s="1" t="n">
+    <row r="1" spans="1:14" ht="19" x14ac:dyDescent="0.45">
+      <c r="A1" s="15"/>
+      <c r="B1" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+    </row>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="A9" s="1" t="n">
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E10" s="5" t="n">
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="4">
+        <v>864350</v>
+      </c>
+      <c r="F8" s="5">
+        <v>8219.9699999999993</v>
+      </c>
+      <c r="G8" s="6">
+        <v>9.1800000000000007E-2</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="4">
+        <v>405676</v>
+      </c>
+      <c r="F9" s="5">
+        <v>5468.51</v>
+      </c>
+      <c r="G9" s="6">
+        <v>6.1100000000000002E-2</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.17419999999999999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" s="4">
+        <v>155600</v>
+      </c>
+      <c r="F10" s="5">
+        <v>2922.79</v>
+      </c>
+      <c r="G10" s="6">
+        <v>3.2599999999999997E-2</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" s="6">
+        <v>0.15659999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" s="4">
         <v>198909</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...34 lines deleted...]
-      <c r="E11" s="5" t="n">
+      <c r="F11" s="5">
+        <v>2867.87</v>
+      </c>
+      <c r="G11" s="6">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="L11" s="6">
+        <v>0.1106</v>
+      </c>
+      <c r="M11" s="71"/>
+      <c r="N11" s="6"/>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" s="4">
         <v>49502</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...54 lines deleted...]
-      <c r="A13" s="1" t="n">
+      <c r="F12" s="5">
+        <v>2769.39</v>
+      </c>
+      <c r="G12" s="6">
+        <v>3.09E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+      <c r="K12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L12" s="6">
+        <v>9.2899999999999996E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E13" s="5" t="n">
+      <c r="B13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" s="4">
         <v>218376</v>
       </c>
-      <c r="F13" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A14" s="1" t="n">
+      <c r="F13" s="5">
+        <v>2517.66</v>
+      </c>
+      <c r="G13" s="6">
+        <v>2.81E-2</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" s="6">
+        <v>7.6200000000000004E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
         <v>7</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E14" s="5" t="n">
+      <c r="B14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="4">
+        <v>33686</v>
+      </c>
+      <c r="F14" s="5">
+        <v>2359.87</v>
+      </c>
+      <c r="G14" s="6">
+        <v>2.63E-2</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14" s="6">
+        <v>7.4200000000000002E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E15" s="4">
         <v>78495</v>
       </c>
-      <c r="F14" s="6" t="n">
-[...54 lines deleted...]
-      <c r="A16" s="1" t="n">
+      <c r="F15" s="5">
+        <v>2267.25</v>
+      </c>
+      <c r="G15" s="6">
+        <v>2.53E-2</v>
+      </c>
+      <c r="J15" s="5"/>
+      <c r="K15" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" s="6">
+        <v>5.2699999999999997E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
         <v>9</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A17" s="1" t="n">
+      <c r="B16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="4">
+        <v>41097</v>
+      </c>
+      <c r="F16" s="5">
+        <v>2249.0300000000002</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2.5100000000000001E-2</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L16" s="6">
+        <v>3.8199999999999998E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
         <v>10</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E17" s="5" t="n">
+      <c r="B17" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" s="4">
+        <v>222262</v>
+      </c>
+      <c r="F17" s="5">
+        <v>2220.1799999999998</v>
+      </c>
+      <c r="G17" s="6">
+        <v>2.4799999999999999E-2</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L17" s="6">
+        <v>3.09E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E18" s="4">
         <v>158892</v>
       </c>
-      <c r="F17" s="6" t="n">
-[...54 lines deleted...]
-      <c r="A19" s="1" t="n">
+      <c r="F18" s="5">
+        <v>2200.81</v>
+      </c>
+      <c r="G18" s="6">
+        <v>2.46E-2</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" s="6">
+        <v>2.3699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
         <v>12</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E19" s="5" t="n">
+      <c r="B19" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E19" s="4">
+        <v>36727</v>
+      </c>
+      <c r="F19" s="5">
+        <v>2200.31</v>
+      </c>
+      <c r="G19" s="6">
+        <v>2.46E-2</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L19" s="6">
+        <v>2.3E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" s="4">
+        <v>439299</v>
+      </c>
+      <c r="F20" s="5">
+        <v>2119.4</v>
+      </c>
+      <c r="G20" s="6">
+        <v>2.3699999999999999E-2</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="L20" s="6">
+        <v>2.24E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E21" s="4">
         <v>878146</v>
       </c>
-      <c r="F19" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A20" s="1" t="n">
+      <c r="F21" s="5">
+        <v>2102.02</v>
+      </c>
+      <c r="G21" s="6">
+        <v>2.35E-2</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="L21" s="6">
+        <v>2.1000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E22" s="4">
+        <v>67840</v>
+      </c>
+      <c r="F22" s="5">
+        <v>2087.5</v>
+      </c>
+      <c r="G22" s="6">
+        <v>2.3300000000000001E-2</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="L22" s="6">
+        <v>2.0299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E23" s="4">
+        <v>608632</v>
+      </c>
+      <c r="F23" s="5">
+        <v>2087</v>
+      </c>
+      <c r="G23" s="6">
+        <v>2.3300000000000001E-2</v>
+      </c>
+      <c r="J23" s="5"/>
+      <c r="K23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="L23" s="6">
+        <v>1.89E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E24" s="4">
+        <v>512232</v>
+      </c>
+      <c r="F24" s="5">
+        <v>2056.87</v>
+      </c>
+      <c r="G24" s="6">
+        <v>2.3E-2</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="L24" s="6">
+        <v>1.8800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="4">
+        <v>79436</v>
+      </c>
+      <c r="F25" s="5">
+        <v>2052.94</v>
+      </c>
+      <c r="G25" s="6">
+        <v>2.29E-2</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="L25" s="6">
+        <v>1.6899999999999998E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E26" s="4">
+        <v>330739</v>
+      </c>
+      <c r="F26" s="5">
+        <v>2037.68</v>
+      </c>
+      <c r="G26" s="6">
+        <v>2.2800000000000001E-2</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L26" s="6">
+        <v>1.6199999999999999E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" s="4">
+        <v>12449</v>
+      </c>
+      <c r="F27" s="5">
+        <v>2031.93</v>
+      </c>
+      <c r="G27" s="6">
+        <v>2.2700000000000001E-2</v>
+      </c>
+      <c r="J27" s="5"/>
+      <c r="K27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="6">
+        <v>1.2E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="4">
+        <v>36301</v>
+      </c>
+      <c r="F28" s="5">
+        <v>2008.35</v>
+      </c>
+      <c r="G28" s="6">
+        <v>2.24E-2</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="L28" s="71">
+        <v>2.9999999999999997E-4</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E29" s="4">
+        <v>716612</v>
+      </c>
+      <c r="F29" s="5">
+        <v>1972.83</v>
+      </c>
+      <c r="G29" s="6">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="J29" s="5"/>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E30" s="4">
+        <v>127737</v>
+      </c>
+      <c r="F30" s="5">
+        <v>1920.27</v>
+      </c>
+      <c r="G30" s="6">
+        <v>2.1399999999999999E-2</v>
+      </c>
+      <c r="J30" s="5"/>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E31" s="4">
+        <v>261000</v>
+      </c>
+      <c r="F31" s="5">
+        <v>1908.95</v>
+      </c>
+      <c r="G31" s="6">
+        <v>2.1299999999999999E-2</v>
+      </c>
+      <c r="J31" s="5"/>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E32" s="4">
+        <v>48000</v>
+      </c>
+      <c r="F32" s="5">
+        <v>1884.72</v>
+      </c>
+      <c r="G32" s="6">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="4">
+        <v>185000</v>
+      </c>
+      <c r="F33" s="5">
+        <v>1816.52</v>
+      </c>
+      <c r="G33" s="6">
+        <v>2.0299999999999999E-2</v>
+      </c>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E34" s="4">
+        <v>81615</v>
+      </c>
+      <c r="F34" s="5">
+        <v>1813.81</v>
+      </c>
+      <c r="G34" s="6">
+        <v>2.0299999999999999E-2</v>
+      </c>
+      <c r="J34" s="5"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E35" s="4">
+        <v>51000</v>
+      </c>
+      <c r="F35" s="5">
+        <v>1753.74</v>
+      </c>
+      <c r="G35" s="6">
+        <v>1.9599999999999999E-2</v>
+      </c>
+      <c r="J35" s="5"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E36" s="4">
+        <v>4156</v>
+      </c>
+      <c r="F36" s="5">
+        <v>1690.87</v>
+      </c>
+      <c r="G36" s="6">
+        <v>1.89E-2</v>
+      </c>
+      <c r="J36" s="5"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="4">
+        <v>120508</v>
+      </c>
+      <c r="F37" s="5">
+        <v>1687.47</v>
+      </c>
+      <c r="G37" s="6">
+        <v>1.8800000000000001E-2</v>
+      </c>
+      <c r="J37" s="5"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E38" s="4">
+        <v>241502</v>
+      </c>
+      <c r="F38" s="5">
+        <v>1684.23</v>
+      </c>
+      <c r="G38" s="6">
+        <v>1.8800000000000001E-2</v>
+      </c>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E39" s="4">
+        <v>98679</v>
+      </c>
+      <c r="F39" s="5">
+        <v>1637.87</v>
+      </c>
+      <c r="G39" s="6">
+        <v>1.83E-2</v>
+      </c>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E40" s="4">
+        <v>5474</v>
+      </c>
+      <c r="F40" s="5">
+        <v>1603.33</v>
+      </c>
+      <c r="G40" s="6">
+        <v>1.7899999999999999E-2</v>
+      </c>
+      <c r="J40" s="5"/>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="4">
+        <v>58147</v>
+      </c>
+      <c r="F41" s="5">
+        <v>1543.69</v>
+      </c>
+      <c r="G41" s="6">
+        <v>1.72E-2</v>
+      </c>
+      <c r="J41" s="5"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E42" s="4">
+        <v>67515</v>
+      </c>
+      <c r="F42" s="5">
+        <v>1518.01</v>
+      </c>
+      <c r="G42" s="6">
+        <v>1.6899999999999998E-2</v>
+      </c>
+      <c r="J42" s="5"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E43" s="4">
+        <v>9352</v>
+      </c>
+      <c r="F43" s="5">
+        <v>1499.03</v>
+      </c>
+      <c r="G43" s="6">
+        <v>1.67E-2</v>
+      </c>
+      <c r="J43" s="5"/>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E44" s="4">
+        <v>55891</v>
+      </c>
+      <c r="F44" s="5">
+        <v>1486.53</v>
+      </c>
+      <c r="G44" s="6">
+        <v>1.66E-2</v>
+      </c>
+      <c r="J44" s="5"/>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E45" s="4">
+        <v>76741</v>
+      </c>
+      <c r="F45" s="5">
+        <v>1450.25</v>
+      </c>
+      <c r="G45" s="6">
+        <v>1.6199999999999999E-2</v>
+      </c>
+      <c r="J45" s="5"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E46" s="4">
+        <v>269969</v>
+      </c>
+      <c r="F46" s="5">
+        <v>1390.88</v>
+      </c>
+      <c r="G46" s="6">
+        <v>1.55E-2</v>
+      </c>
+      <c r="J46" s="5"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="4">
+        <v>26417</v>
+      </c>
+      <c r="F47" s="5">
+        <v>1362.46</v>
+      </c>
+      <c r="G47" s="6">
+        <v>1.52E-2</v>
+      </c>
+      <c r="J47" s="5"/>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A48" s="7"/>
+      <c r="B48" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="8">
+        <v>88472.79</v>
+      </c>
+      <c r="G48" s="9">
+        <v>0.98770000000000013</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A49" s="2"/>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="72"/>
+      <c r="G49" s="73"/>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B50" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="G50" s="73"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B51" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="G51" s="73"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
-[...892 lines deleted...]
-      <c r="A48" s="1" t="n">
+      <c r="G52" s="73"/>
+    </row>
+    <row r="53" spans="1:10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
         <v>41</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E48" s="5" t="n">
+      <c r="B53" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="E53" s="4">
         <v>280000</v>
       </c>
-      <c r="F48" s="6" t="n">
-[...32 lines deleted...]
-      <c r="A52" s="1" t="n">
+      <c r="F53" s="5">
+        <v>28.12</v>
+      </c>
+      <c r="G53" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A54" s="7"/>
+      <c r="B54" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C54" s="7"/>
+      <c r="D54" s="7"/>
+      <c r="E54" s="7"/>
+      <c r="F54" s="8">
+        <v>28.12</v>
+      </c>
+      <c r="G54" s="9">
+        <v>2.9999999999999997E-4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A55" s="2"/>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="72"/>
+      <c r="G55" s="73"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B56" s="2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
         <v>42</v>
       </c>
-      <c r="B52" s="3" t="inlineStr">
-[...83 lines deleted...]
-      <c r="G59" s="13" t="n">
+      <c r="B57" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F57" s="5">
+        <v>1111.55</v>
+      </c>
+      <c r="G57" s="6">
+        <v>1.24E-2</v>
+      </c>
+      <c r="H57" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A58" s="7"/>
+      <c r="B58" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C58" s="7"/>
+      <c r="D58" s="7"/>
+      <c r="E58" s="7"/>
+      <c r="F58" s="8">
+        <v>1111.55</v>
+      </c>
+      <c r="G58" s="9">
+        <v>1.24E-2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B60" s="2" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B61" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E61" s="4"/>
+      <c r="F61" s="5">
+        <v>-48.78</v>
+      </c>
+      <c r="G61" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="J61" s="5"/>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A62" s="7"/>
+      <c r="B62" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C62" s="7"/>
+      <c r="D62" s="7"/>
+      <c r="E62" s="7"/>
+      <c r="F62" s="8">
+        <v>-48.78</v>
+      </c>
+      <c r="G62" s="9">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A64" s="3"/>
+      <c r="B64" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C64" s="3"/>
+      <c r="D64" s="3"/>
+      <c r="E64" s="3"/>
+      <c r="F64" s="11">
+        <v>89563.68</v>
+      </c>
+      <c r="G64" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="60">
-[...7 lines deleted...]
-      <c r="A61" s="1" t="n">
+    <row r="65" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A65" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A66" s="1">
         <v>1</v>
       </c>
-      <c r="B61" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A62" s="15" t="n">
+      <c r="B66" s="1" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A67" s="13">
         <v>2</v>
       </c>
-      <c r="B62" s="15" t="inlineStr">
-[...16 lines deleted...]
-        </is>
+      <c r="B67" s="13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" ht="27" x14ac:dyDescent="0.35">
+      <c r="A68" s="13">
+        <v>3</v>
+      </c>
+      <c r="B68" s="13" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B70" s="14" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="83" spans="2:2" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B83" s="14" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6246B05D-189C-48CD-96B3-7A2DD6779F1E}">
+  <dimension ref="A1:N83"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="C28" sqref="C28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="43.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="8.7265625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:14" ht="19" x14ac:dyDescent="0.45">
+      <c r="A1" s="15"/>
+      <c r="B1" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+    </row>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="4">
+        <v>864350</v>
+      </c>
+      <c r="F8" s="5">
+        <v>8219.9699999999993</v>
+      </c>
+      <c r="G8" s="6">
+        <v>9.1800000000000007E-2</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="4">
+        <v>405676</v>
+      </c>
+      <c r="F9" s="5">
+        <v>5468.51</v>
+      </c>
+      <c r="G9" s="6">
+        <v>6.1100000000000002E-2</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.17419999999999999</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" s="4">
+        <v>155600</v>
+      </c>
+      <c r="F10" s="5">
+        <v>2922.79</v>
+      </c>
+      <c r="G10" s="6">
+        <v>3.2599999999999997E-2</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" s="6">
+        <v>0.15659999999999999</v>
+      </c>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E11" s="4">
+        <v>198909</v>
+      </c>
+      <c r="F11" s="5">
+        <v>2867.87</v>
+      </c>
+      <c r="G11" s="6">
+        <v>3.2000000000000001E-2</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="L11" s="6">
+        <v>0.1106</v>
+      </c>
+      <c r="M11" s="71"/>
+      <c r="N11" s="6"/>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" s="4">
+        <v>49502</v>
+      </c>
+      <c r="F12" s="5">
+        <v>2769.39</v>
+      </c>
+      <c r="G12" s="6">
+        <v>3.09E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+      <c r="K12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L12" s="6">
+        <v>9.2899999999999996E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E13" s="4">
+        <v>218376</v>
+      </c>
+      <c r="F13" s="5">
+        <v>2517.66</v>
+      </c>
+      <c r="G13" s="6">
+        <v>2.81E-2</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" s="6">
+        <v>7.6200000000000004E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="4">
+        <v>33686</v>
+      </c>
+      <c r="F14" s="5">
+        <v>2359.87</v>
+      </c>
+      <c r="G14" s="6">
+        <v>2.63E-2</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14" s="6">
+        <v>7.4200000000000002E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E15" s="4">
+        <v>78495</v>
+      </c>
+      <c r="F15" s="5">
+        <v>2267.25</v>
+      </c>
+      <c r="G15" s="6">
+        <v>2.53E-2</v>
+      </c>
+      <c r="J15" s="5"/>
+      <c r="K15" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L15" s="6">
+        <v>5.2699999999999997E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E16" s="4">
+        <v>41097</v>
+      </c>
+      <c r="F16" s="5">
+        <v>2249.0300000000002</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2.5100000000000001E-2</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L16" s="6">
+        <v>3.8199999999999998E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E17" s="4">
+        <v>222262</v>
+      </c>
+      <c r="F17" s="5">
+        <v>2220.1799999999998</v>
+      </c>
+      <c r="G17" s="6">
+        <v>2.4799999999999999E-2</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="L17" s="6">
+        <v>3.09E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E18" s="4">
+        <v>158892</v>
+      </c>
+      <c r="F18" s="5">
+        <v>2200.81</v>
+      </c>
+      <c r="G18" s="6">
+        <v>2.46E-2</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18" s="6">
+        <v>2.3699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E19" s="4">
+        <v>36727</v>
+      </c>
+      <c r="F19" s="5">
+        <v>2200.31</v>
+      </c>
+      <c r="G19" s="6">
+        <v>2.46E-2</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L19" s="6">
+        <v>2.3E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" s="4">
+        <v>439299</v>
+      </c>
+      <c r="F20" s="5">
+        <v>2119.4</v>
+      </c>
+      <c r="G20" s="6">
+        <v>2.3699999999999999E-2</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="L20" s="6">
+        <v>2.24E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E21" s="4">
+        <v>878146</v>
+      </c>
+      <c r="F21" s="5">
+        <v>2102.02</v>
+      </c>
+      <c r="G21" s="6">
+        <v>2.35E-2</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="L21" s="6">
+        <v>2.1000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E22" s="4">
+        <v>67840</v>
+      </c>
+      <c r="F22" s="5">
+        <v>2087.5</v>
+      </c>
+      <c r="G22" s="6">
+        <v>2.3300000000000001E-2</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="L22" s="6">
+        <v>2.0299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E23" s="4">
+        <v>608632</v>
+      </c>
+      <c r="F23" s="5">
+        <v>2087</v>
+      </c>
+      <c r="G23" s="6">
+        <v>2.3300000000000001E-2</v>
+      </c>
+      <c r="J23" s="5"/>
+      <c r="K23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="L23" s="6">
+        <v>1.89E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E24" s="4">
+        <v>512232</v>
+      </c>
+      <c r="F24" s="5">
+        <v>2056.87</v>
+      </c>
+      <c r="G24" s="6">
+        <v>2.3E-2</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="L24" s="6">
+        <v>1.8800000000000001E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E25" s="4">
+        <v>79436</v>
+      </c>
+      <c r="F25" s="5">
+        <v>2052.94</v>
+      </c>
+      <c r="G25" s="6">
+        <v>2.29E-2</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="L25" s="6">
+        <v>1.6899999999999998E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E26" s="4">
+        <v>330739</v>
+      </c>
+      <c r="F26" s="5">
+        <v>2037.68</v>
+      </c>
+      <c r="G26" s="6">
+        <v>2.2800000000000001E-2</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L26" s="6">
+        <v>1.6199999999999999E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" s="4">
+        <v>12449</v>
+      </c>
+      <c r="F27" s="5">
+        <v>2031.93</v>
+      </c>
+      <c r="G27" s="6">
+        <v>2.2700000000000001E-2</v>
+      </c>
+      <c r="J27" s="5"/>
+      <c r="K27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="6">
+        <v>1.2E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E28" s="4">
+        <v>36301</v>
+      </c>
+      <c r="F28" s="5">
+        <v>2008.35</v>
+      </c>
+      <c r="G28" s="6">
+        <v>2.24E-2</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="L28" s="71">
+        <v>2.9999999999999997E-4</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E29" s="4">
+        <v>716612</v>
+      </c>
+      <c r="F29" s="5">
+        <v>1972.83</v>
+      </c>
+      <c r="G29" s="6">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="J29" s="5"/>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E30" s="4">
+        <v>127737</v>
+      </c>
+      <c r="F30" s="5">
+        <v>1920.27</v>
+      </c>
+      <c r="G30" s="6">
+        <v>2.1399999999999999E-2</v>
+      </c>
+      <c r="J30" s="5"/>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E31" s="4">
+        <v>261000</v>
+      </c>
+      <c r="F31" s="5">
+        <v>1908.95</v>
+      </c>
+      <c r="G31" s="6">
+        <v>2.1299999999999999E-2</v>
+      </c>
+      <c r="J31" s="5"/>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E32" s="4">
+        <v>48000</v>
+      </c>
+      <c r="F32" s="5">
+        <v>1884.72</v>
+      </c>
+      <c r="G32" s="6">
+        <v>2.1000000000000001E-2</v>
+      </c>
+      <c r="J32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="4">
+        <v>185000</v>
+      </c>
+      <c r="F33" s="5">
+        <v>1816.52</v>
+      </c>
+      <c r="G33" s="6">
+        <v>2.0299999999999999E-2</v>
+      </c>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E34" s="4">
+        <v>81615</v>
+      </c>
+      <c r="F34" s="5">
+        <v>1813.81</v>
+      </c>
+      <c r="G34" s="6">
+        <v>2.0299999999999999E-2</v>
+      </c>
+      <c r="J34" s="5"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E35" s="4">
+        <v>51000</v>
+      </c>
+      <c r="F35" s="5">
+        <v>1753.74</v>
+      </c>
+      <c r="G35" s="6">
+        <v>1.9599999999999999E-2</v>
+      </c>
+      <c r="J35" s="5"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E36" s="4">
+        <v>4156</v>
+      </c>
+      <c r="F36" s="5">
+        <v>1690.87</v>
+      </c>
+      <c r="G36" s="6">
+        <v>1.89E-2</v>
+      </c>
+      <c r="J36" s="5"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E37" s="4">
+        <v>120508</v>
+      </c>
+      <c r="F37" s="5">
+        <v>1687.47</v>
+      </c>
+      <c r="G37" s="6">
+        <v>1.8800000000000001E-2</v>
+      </c>
+      <c r="J37" s="5"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E38" s="4">
+        <v>241502</v>
+      </c>
+      <c r="F38" s="5">
+        <v>1684.23</v>
+      </c>
+      <c r="G38" s="6">
+        <v>1.8800000000000001E-2</v>
+      </c>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E39" s="4">
+        <v>98679</v>
+      </c>
+      <c r="F39" s="5">
+        <v>1637.87</v>
+      </c>
+      <c r="G39" s="6">
+        <v>1.83E-2</v>
+      </c>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E40" s="4">
+        <v>5474</v>
+      </c>
+      <c r="F40" s="5">
+        <v>1603.33</v>
+      </c>
+      <c r="G40" s="6">
+        <v>1.7899999999999999E-2</v>
+      </c>
+      <c r="J40" s="5"/>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E41" s="4">
+        <v>58147</v>
+      </c>
+      <c r="F41" s="5">
+        <v>1543.69</v>
+      </c>
+      <c r="G41" s="6">
+        <v>1.72E-2</v>
+      </c>
+      <c r="J41" s="5"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E42" s="4">
+        <v>67515</v>
+      </c>
+      <c r="F42" s="5">
+        <v>1518.01</v>
+      </c>
+      <c r="G42" s="6">
+        <v>1.6899999999999998E-2</v>
+      </c>
+      <c r="J42" s="5"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E43" s="4">
+        <v>9352</v>
+      </c>
+      <c r="F43" s="5">
+        <v>1499.03</v>
+      </c>
+      <c r="G43" s="6">
+        <v>1.67E-2</v>
+      </c>
+      <c r="J43" s="5"/>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="E44" s="4">
+        <v>55891</v>
+      </c>
+      <c r="F44" s="5">
+        <v>1486.53</v>
+      </c>
+      <c r="G44" s="6">
+        <v>1.66E-2</v>
+      </c>
+      <c r="J44" s="5"/>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E45" s="4">
+        <v>76741</v>
+      </c>
+      <c r="F45" s="5">
+        <v>1450.25</v>
+      </c>
+      <c r="G45" s="6">
+        <v>1.6199999999999999E-2</v>
+      </c>
+      <c r="J45" s="5"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E46" s="4">
+        <v>269969</v>
+      </c>
+      <c r="F46" s="5">
+        <v>1390.88</v>
+      </c>
+      <c r="G46" s="6">
+        <v>1.55E-2</v>
+      </c>
+      <c r="J46" s="5"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E47" s="4">
+        <v>26417</v>
+      </c>
+      <c r="F47" s="5">
+        <v>1362.46</v>
+      </c>
+      <c r="G47" s="6">
+        <v>1.52E-2</v>
+      </c>
+      <c r="J47" s="5"/>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A48" s="7"/>
+      <c r="B48" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="8">
+        <v>88472.79</v>
+      </c>
+      <c r="G48" s="9">
+        <v>0.98770000000000013</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A49" s="2"/>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="72"/>
+      <c r="G49" s="73"/>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B50" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="G50" s="73"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B51" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="G51" s="73"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B52" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="73"/>
+    </row>
+    <row r="53" spans="1:10" customFormat="1" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
+        <v>41</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="E53" s="4">
+        <v>280000</v>
+      </c>
+      <c r="F53" s="5">
+        <v>28.12</v>
+      </c>
+      <c r="G53" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A54" s="7"/>
+      <c r="B54" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C54" s="7"/>
+      <c r="D54" s="7"/>
+      <c r="E54" s="7"/>
+      <c r="F54" s="8">
+        <v>28.12</v>
+      </c>
+      <c r="G54" s="9">
+        <v>2.9999999999999997E-4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A55" s="2"/>
+      <c r="B55" s="2"/>
+      <c r="C55" s="2"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="72"/>
+      <c r="G55" s="73"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B56" s="2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
+        <v>42</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F57" s="5">
+        <v>1111.55</v>
+      </c>
+      <c r="G57" s="6">
+        <v>1.24E-2</v>
+      </c>
+      <c r="H57" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A58" s="7"/>
+      <c r="B58" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C58" s="7"/>
+      <c r="D58" s="7"/>
+      <c r="E58" s="7"/>
+      <c r="F58" s="8">
+        <v>1111.55</v>
+      </c>
+      <c r="G58" s="9">
+        <v>1.24E-2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B60" s="2" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B61" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E61" s="4"/>
+      <c r="F61" s="5">
+        <v>-48.78</v>
+      </c>
+      <c r="G61" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="J61" s="5"/>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A62" s="7"/>
+      <c r="B62" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C62" s="7"/>
+      <c r="D62" s="7"/>
+      <c r="E62" s="7"/>
+      <c r="F62" s="8">
+        <v>-48.78</v>
+      </c>
+      <c r="G62" s="9">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A64" s="3"/>
+      <c r="B64" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C64" s="3"/>
+      <c r="D64" s="3"/>
+      <c r="E64" s="3"/>
+      <c r="F64" s="11">
+        <v>89563.68</v>
+      </c>
+      <c r="G64" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A65" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A66" s="1">
+        <v>1</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A67" s="13">
+        <v>2</v>
+      </c>
+      <c r="B67" s="13" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" ht="27" x14ac:dyDescent="0.35">
+      <c r="A68" s="13">
+        <v>3</v>
+      </c>
+      <c r="B68" s="13" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B70" s="14" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="83" spans="2:2" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="B83" s="14" t="s">
+        <v>128</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="1">
+    <mergeCell ref="B1:F1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{12840961-2420-4B9F-AED3-BC1950DE312D}">
+  <dimension ref="A1:D67"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="6.6328125" style="16" customWidth="1"/>
+    <col min="2" max="2" width="81.90625" style="16" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="15.81640625" style="16" customWidth="1"/>
+    <col min="5" max="16384" width="9.08984375" style="16"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B1" s="16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C1" s="16">
+        <v>3</v>
+      </c>
+      <c r="D1" s="16">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="16" t="s">
+        <v>130</v>
+      </c>
+      <c r="D2" s="16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C3" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="D3" s="16" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" s="18" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="22"/>
+      <c r="B4" s="22"/>
+      <c r="C4" s="67" t="s">
+        <v>0</v>
+      </c>
+      <c r="D4" s="68"/>
+    </row>
+    <row r="5" spans="1:4" s="18" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="22" t="s">
+        <v>133</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>134</v>
+      </c>
+      <c r="C5" s="69" t="s">
+        <v>135</v>
+      </c>
+      <c r="D5" s="69" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A6" s="20"/>
+      <c r="B6" s="20"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A7" s="17">
+        <v>1</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>137</v>
+      </c>
+      <c r="C7" s="21"/>
+      <c r="D7" s="21"/>
+    </row>
+    <row r="8" spans="1:4" s="23" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="22"/>
+      <c r="B8" s="21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C8" s="53">
+        <v>0.51</v>
+      </c>
+      <c r="D8" s="54"/>
+    </row>
+    <row r="9" spans="1:4" s="23" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="22"/>
+      <c r="B9" s="21" t="s">
+        <v>140</v>
+      </c>
+      <c r="C9" s="53">
+        <v>0.66</v>
+      </c>
+      <c r="D9" s="54"/>
+    </row>
+    <row r="10" spans="1:4" s="26" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="24">
+        <v>2</v>
+      </c>
+      <c r="B10" s="25" t="s">
+        <v>141</v>
+      </c>
+      <c r="C10" s="59" t="s">
+        <v>139</v>
+      </c>
+      <c r="D10" s="60"/>
+    </row>
+    <row r="11" spans="1:4" s="26" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="24">
+        <v>3</v>
+      </c>
+      <c r="B11" s="25" t="s">
+        <v>142</v>
+      </c>
+      <c r="C11" s="59" t="s">
+        <v>139</v>
+      </c>
+      <c r="D11" s="60"/>
+    </row>
+    <row r="12" spans="1:4" s="26" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="24">
+        <v>4</v>
+      </c>
+      <c r="B12" s="25" t="s">
+        <v>143</v>
+      </c>
+      <c r="C12" s="57" t="s">
+        <v>139</v>
+      </c>
+      <c r="D12" s="58"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A13" s="17">
+        <v>5</v>
+      </c>
+      <c r="B13" s="21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C13" s="21"/>
+      <c r="D13" s="21"/>
+    </row>
+    <row r="14" spans="1:4" s="29" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="27"/>
+      <c r="B14" s="28" t="s">
+        <v>145</v>
+      </c>
+      <c r="C14" s="55" t="s">
+        <v>146</v>
+      </c>
+      <c r="D14" s="56"/>
+    </row>
+    <row r="15" spans="1:4" s="32" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="30"/>
+      <c r="B15" s="31" t="s">
+        <v>147</v>
+      </c>
+      <c r="C15" s="65" t="s">
+        <v>146</v>
+      </c>
+      <c r="D15" s="66"/>
+    </row>
+    <row r="16" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="17">
+        <v>6</v>
+      </c>
+      <c r="B16" s="31" t="s">
+        <v>148</v>
+      </c>
+      <c r="C16" s="61" t="s">
+        <v>146</v>
+      </c>
+      <c r="D16" s="62"/>
+    </row>
+    <row r="17" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="17">
+        <v>7</v>
+      </c>
+      <c r="B17" s="21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C17" s="63" t="s">
+        <v>146</v>
+      </c>
+      <c r="D17" s="64"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A18" s="17">
+        <v>8</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C18" s="21"/>
+      <c r="D18" s="21"/>
+    </row>
+    <row r="19" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="17"/>
+      <c r="B19" s="33" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" s="61" t="s">
+        <v>146</v>
+      </c>
+      <c r="D19" s="62"/>
+    </row>
+    <row r="20" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="17"/>
+      <c r="B20" s="33" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" s="61" t="s">
+        <v>146</v>
+      </c>
+      <c r="D20" s="62"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A21" s="17">
+        <v>9</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>152</v>
+      </c>
+      <c r="C21" s="21"/>
+      <c r="D21" s="21"/>
+    </row>
+    <row r="22" spans="1:4" s="37" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35" t="s">
+        <v>153</v>
+      </c>
+      <c r="C22" s="36"/>
+      <c r="D22" s="36"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A23" s="38" t="s">
+        <v>154</v>
+      </c>
+      <c r="B23" s="39" t="s">
+        <v>155</v>
+      </c>
+      <c r="C23" s="41" t="s">
+        <v>156</v>
+      </c>
+      <c r="D23" s="41" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A24" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B24" s="39" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" s="41" t="s">
+        <v>160</v>
+      </c>
+      <c r="D24" s="41" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A25" s="38" t="s">
+        <v>162</v>
+      </c>
+      <c r="B25" s="39" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" s="41">
+        <v>0</v>
+      </c>
+      <c r="D25" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A26" s="38" t="s">
+        <v>164</v>
+      </c>
+      <c r="B26" s="39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C26" s="41">
+        <v>0</v>
+      </c>
+      <c r="D26" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="38" t="s">
+        <v>166</v>
+      </c>
+      <c r="B27" s="39" t="s">
+        <v>167</v>
+      </c>
+      <c r="C27" s="41">
+        <v>0</v>
+      </c>
+      <c r="D27" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A28" s="38" t="s">
+        <v>168</v>
+      </c>
+      <c r="B28" s="39" t="s">
+        <v>169</v>
+      </c>
+      <c r="C28" s="41">
+        <v>0</v>
+      </c>
+      <c r="D28" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A29" s="38" t="s">
+        <v>170</v>
+      </c>
+      <c r="B29" s="19" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" s="41">
+        <v>0</v>
+      </c>
+      <c r="D29" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A30" s="38" t="s">
+        <v>171</v>
+      </c>
+      <c r="B30" s="19" t="s">
+        <v>171</v>
+      </c>
+      <c r="C30" s="41">
+        <v>0</v>
+      </c>
+      <c r="D30" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A31" s="38" t="s">
+        <v>172</v>
+      </c>
+      <c r="B31" s="19" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" s="41">
+        <v>0</v>
+      </c>
+      <c r="D31" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A32" s="38" t="s">
+        <v>173</v>
+      </c>
+      <c r="B32" s="19" t="s">
+        <v>173</v>
+      </c>
+      <c r="C32" s="41">
+        <v>0</v>
+      </c>
+      <c r="D32" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" s="37" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="38"/>
+      <c r="B33" s="35" t="s">
+        <v>174</v>
+      </c>
+      <c r="C33" s="36"/>
+      <c r="D33" s="36"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A34" s="38" t="s">
+        <v>154</v>
+      </c>
+      <c r="B34" s="39" t="s">
+        <v>155</v>
+      </c>
+      <c r="C34" s="41" t="s">
+        <v>175</v>
+      </c>
+      <c r="D34" s="41" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A35" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B35" s="39" t="s">
+        <v>159</v>
+      </c>
+      <c r="C35" s="41" t="s">
+        <v>177</v>
+      </c>
+      <c r="D35" s="41" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A36" s="38" t="s">
+        <v>162</v>
+      </c>
+      <c r="B36" s="39" t="s">
+        <v>163</v>
+      </c>
+      <c r="C36" s="50">
+        <v>0</v>
+      </c>
+      <c r="D36" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A37" s="38" t="s">
+        <v>164</v>
+      </c>
+      <c r="B37" s="39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C37" s="50">
+        <v>0</v>
+      </c>
+      <c r="D37" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A38" s="38" t="s">
+        <v>166</v>
+      </c>
+      <c r="B38" s="39" t="s">
+        <v>167</v>
+      </c>
+      <c r="C38" s="50">
+        <v>0</v>
+      </c>
+      <c r="D38" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A39" s="38" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" s="39" t="s">
+        <v>169</v>
+      </c>
+      <c r="C39" s="50">
+        <v>0</v>
+      </c>
+      <c r="D39" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A40" s="38" t="s">
+        <v>170</v>
+      </c>
+      <c r="B40" s="19" t="s">
+        <v>170</v>
+      </c>
+      <c r="C40" s="50">
+        <v>0</v>
+      </c>
+      <c r="D40" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A41" s="38" t="s">
+        <v>171</v>
+      </c>
+      <c r="B41" s="19" t="s">
+        <v>171</v>
+      </c>
+      <c r="C41" s="50">
+        <v>0</v>
+      </c>
+      <c r="D41" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A42" s="38" t="s">
+        <v>172</v>
+      </c>
+      <c r="B42" s="19" t="s">
+        <v>172</v>
+      </c>
+      <c r="C42" s="50">
+        <v>0</v>
+      </c>
+      <c r="D42" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A43" s="38" t="s">
+        <v>173</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>173</v>
+      </c>
+      <c r="C43" s="50">
+        <v>0</v>
+      </c>
+      <c r="D43" s="50">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A44" s="38"/>
+      <c r="B44" s="42" t="s">
+        <v>179</v>
+      </c>
+      <c r="C44" s="43"/>
+      <c r="D44" s="43"/>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A45" s="38" t="s">
+        <v>154</v>
+      </c>
+      <c r="B45" s="39" t="s">
+        <v>155</v>
+      </c>
+      <c r="C45" s="40" t="s">
+        <v>146</v>
+      </c>
+      <c r="D45" s="40" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A46" s="38" t="s">
+        <v>158</v>
+      </c>
+      <c r="B46" s="39" t="s">
+        <v>159</v>
+      </c>
+      <c r="C46" s="40" t="s">
+        <v>146</v>
+      </c>
+      <c r="D46" s="40" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A47" s="38" t="s">
+        <v>162</v>
+      </c>
+      <c r="B47" s="39" t="s">
+        <v>163</v>
+      </c>
+      <c r="C47" s="40">
+        <v>0</v>
+      </c>
+      <c r="D47" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A48" s="38" t="s">
+        <v>164</v>
+      </c>
+      <c r="B48" s="39" t="s">
+        <v>165</v>
+      </c>
+      <c r="C48" s="40">
+        <v>0</v>
+      </c>
+      <c r="D48" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A49" s="38" t="s">
+        <v>166</v>
+      </c>
+      <c r="B49" s="39" t="s">
+        <v>167</v>
+      </c>
+      <c r="C49" s="40">
+        <v>0</v>
+      </c>
+      <c r="D49" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A50" s="38" t="s">
+        <v>168</v>
+      </c>
+      <c r="B50" s="39" t="s">
+        <v>169</v>
+      </c>
+      <c r="C50" s="40">
+        <v>0</v>
+      </c>
+      <c r="D50" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A51" s="44"/>
+      <c r="B51" s="45"/>
+      <c r="C51" s="46"/>
+      <c r="D51" s="46"/>
+    </row>
+    <row r="52" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="47" t="s">
+        <v>180</v>
+      </c>
+      <c r="B52" s="47" t="s">
+        <v>181</v>
+      </c>
+      <c r="C52" s="46"/>
+      <c r="D52" s="46"/>
+    </row>
+    <row r="53" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="47" t="s">
+        <v>182</v>
+      </c>
+      <c r="B53" s="47" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A54" s="47" t="s">
+        <v>139</v>
+      </c>
+      <c r="B54" s="47" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A55" s="47" t="s">
+        <v>185</v>
+      </c>
+      <c r="B55" s="47" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A56" s="47" t="s">
+        <v>187</v>
+      </c>
+      <c r="B56" s="47" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A57" s="48" t="s">
+        <v>189</v>
+      </c>
+      <c r="B57" s="47" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="36" x14ac:dyDescent="0.3">
+      <c r="A58" s="47"/>
+      <c r="B58" s="51" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="C59" s="49"/>
+      <c r="D59" s="49"/>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="C60" s="49"/>
+      <c r="D60" s="49"/>
+    </row>
+    <row r="61" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="62" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="63" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="64" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="65" spans="3:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="66" spans="3:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="67" spans="3:4" x14ac:dyDescent="0.3">
+      <c r="C67" s="49"/>
+      <c r="D67" s="49"/>
+    </row>
+  </sheetData>
+  <mergeCells count="12">
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C9:D9"/>
+  </mergeCells>
+  <conditionalFormatting sqref="C23:D32 C45:D50">
+    <cfRule type="cellIs" dxfId="7" priority="17" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="6" priority="18">
+      <formula>C$1=2</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="5" priority="19">
+      <formula>C$1=4</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="4" priority="20">
+      <formula>C$1=3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C34:D43">
+    <cfRule type="expression" dxfId="3" priority="26">
+      <formula>C$1=2</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="27">
+      <formula>C$1=4</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="1" priority="28">
+      <formula>C$1=3</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="0" priority="37" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Monthly Portfolio</vt:lpstr>
+      <vt:lpstr>Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Notes to Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ICRON Research</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SetDate">
+    <vt:lpwstr>2025-10-07T13:53:57Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SiteId">
+    <vt:lpwstr>1771ae17-e764-4e0f-a476-d4184d79a5d9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ActionId">
+    <vt:lpwstr>1a7f857c-e4e6-4077-b679-8c3489bc5c5b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>