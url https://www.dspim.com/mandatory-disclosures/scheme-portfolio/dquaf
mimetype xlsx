--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -1,1273 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7FC4CC82-8030-4980-9AB0-E4B92FE2823C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="5" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="QUANT" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <definedNames>
-[...16 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...589 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...7 lines deleted...]
-    <numFmt numFmtId="170" formatCode="#,##0.000000"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="4">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="74">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...44 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="168" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="170" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...42 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{0D14609B-8B3E-4455-B834-5602DFA87F51}"/>
-    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="8">
-[...24 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>68</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>77</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...8 lines deleted...]
-        </a:blip>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12439650"/>
-          <a:ext cx="2378075" cy="1577975"/>
+          <a:off x="457200" y="11912600"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>82</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>91</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...8 lines deleted...]
-        </a:blip>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="14681200"/>
-          <a:ext cx="2378075" cy="1577975"/>
+          <a:off x="457200" y="14325600"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
-      </xdr:spPr>
-[...108 lines deleted...]
-</xdr:wsDr>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1487,3643 +998,1731 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{43A26313-F97A-47BC-9639-D25CA58C67D6}">
-  <dimension ref="A1:N83"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L81"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="14.1796875" customWidth="1" style="2" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="9.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="25.1796875" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="19" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP Quant Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>790852</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>7808.08</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.0848</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>389914</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>5245.51</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.057</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.1559</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>139445</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>2864.9</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0311</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.1504</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>190414</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>2822.51</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.0307</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.1249</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>36852</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>2582.22</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.028</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.08599999999999999</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Interglobe Aviation Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE646L01027</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>45547</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>2562.02</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0278</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.074</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>323337</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>2421.47</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0263</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.07290000000000001</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>67896</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>2382.27</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0259</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0445</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>149411</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>2303.17</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0416</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>13762</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>2227.52</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0242</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>14148</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>2192.09</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.0278</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>512905</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>2156</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0234</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>0.0238</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1">
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE216A01030</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>36803</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>2148.01</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0233</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>0.0234</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Hyundai Motor India Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE0V6F01027</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>87846</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>2142.3</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0233</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>0.0221</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>38534</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>2136.32</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0232</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>0.0216</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Wipro Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE075A01022</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>884708</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>2129.23</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0231</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>0.0199</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>48389</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>2102.07</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0228</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>0.0176</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>144775</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>2062.18</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0224</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>0.0155</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>37852</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>2036.06</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0221</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>0.0381</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>549828</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>1999.17</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.0217</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>25875</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>1993.41</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0217</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE774D01024</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>631668</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>1993.23</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0216</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>62618</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>1990.44</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0216</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>275946</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>1986.67</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.0216</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>393587</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>1875.44</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Hexacom Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE343G01021</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>99592</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>1853.21</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.0201</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE010B01027</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>189883</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>1850.31</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.0201</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>86158</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>1830.51</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>213154</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>1807.23</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Abbott India Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE358A01014</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>5847</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>1695.34</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>GlaxoSmithKline Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE159A01016</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>64413</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>1686.72</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>60974</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>1685.57</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Nestle India Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE239A01024</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E40" s="6" t="n">
+        <v>132529</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>1685.24</v>
+      </c>
+      <c r="G40" s="8" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J40" s="7" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E41" s="6" t="n">
+        <v>3931</v>
+      </c>
+      <c r="F41" s="7" t="n">
+        <v>1619.57</v>
+      </c>
+      <c r="G41" s="8" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="J41" s="7" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E42" s="6" t="n">
+        <v>52817</v>
+      </c>
+      <c r="F42" s="7" t="n">
+        <v>1615.14</v>
+      </c>
+      <c r="G42" s="8" t="n">
+        <v>0.0175</v>
+      </c>
+      <c r="J42" s="7" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E43" s="6" t="n">
+        <v>105446</v>
+      </c>
+      <c r="F43" s="7" t="n">
+        <v>1583.06</v>
+      </c>
+      <c r="G43" s="8" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="J43" s="7" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E44" s="6" t="n">
+        <v>145974</v>
+      </c>
+      <c r="F44" s="7" t="n">
+        <v>1522.22</v>
+      </c>
+      <c r="G44" s="8" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J44" s="7" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E45" s="6" t="n">
+        <v>63678</v>
+      </c>
+      <c r="F45" s="7" t="n">
+        <v>1428.3</v>
+      </c>
+      <c r="G45" s="8" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="J45" s="7" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E46" s="6" t="n">
+        <v>147607</v>
+      </c>
+      <c r="F46" s="7" t="n">
+        <v>1295.77</v>
+      </c>
+      <c r="G46" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="J46" s="7" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>LTIMindtree Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE214T01019</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E47" s="6" t="n">
+        <v>21677</v>
+      </c>
+      <c r="F47" s="7" t="n">
+        <v>1232.23</v>
+      </c>
+      <c r="G47" s="8" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="J47" s="7" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited^</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE494B04019</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E48" s="6" t="n">
+        <v>280000</v>
+      </c>
+      <c r="F48" s="7" t="n">
+        <v>28.26</v>
+      </c>
+      <c r="G48" s="8" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J48" s="7" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="9" t="n"/>
+      <c r="B49" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C49" s="9" t="n"/>
+      <c r="D49" s="9" t="n"/>
+      <c r="E49" s="9" t="n"/>
+      <c r="F49" s="10" t="n">
+        <v>88580.97</v>
+      </c>
+      <c r="G49" s="11" t="n">
+        <v>0.9619</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="B51" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B52" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F52" s="7" t="n">
+        <v>3464.31</v>
+      </c>
+      <c r="G52" s="8" t="n">
+        <v>0.0376</v>
+      </c>
+      <c r="H52" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="9" t="n"/>
+      <c r="B53" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C53" s="9" t="n"/>
+      <c r="D53" s="9" t="n"/>
+      <c r="E53" s="9" t="n"/>
+      <c r="F53" s="10" t="n">
+        <v>3464.31</v>
+      </c>
+      <c r="G53" s="11" t="n">
+        <v>0.0376</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="B55" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E56" s="6" t="n"/>
+      <c r="F56" s="7" t="n">
+        <v>20.75</v>
+      </c>
+      <c r="G56" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J56" s="7" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="9" t="n"/>
+      <c r="B57" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C57" s="9" t="n"/>
+      <c r="D57" s="9" t="n"/>
+      <c r="E57" s="9" t="n"/>
+      <c r="F57" s="10" t="n">
+        <v>20.75</v>
+      </c>
+      <c r="G57" s="11" t="n">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="5" t="n"/>
+      <c r="B59" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C59" s="5" t="n"/>
+      <c r="D59" s="5" t="n"/>
+      <c r="E59" s="5" t="n"/>
+      <c r="F59" s="13" t="n">
+        <v>92066.03</v>
+      </c>
+      <c r="G59" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A9" s="1">
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A10" s="1">
+      <c r="B62" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="63" ht="27" customHeight="1" s="77">
+      <c r="A63" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...1233 lines deleted...]
-        <v>128</v>
+      <c r="B63" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" ht="14.5" customHeight="1" s="77">
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" ht="14.5" customHeight="1" s="77">
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: BSE 200 TRI</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6246B05D-189C-48CD-96B3-7A2DD6779F1E}">
-  <dimension ref="A1:N83"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C28" sqref="C28"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
-[...2138 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>