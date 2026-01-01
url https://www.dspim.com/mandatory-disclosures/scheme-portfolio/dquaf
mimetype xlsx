--- v2 (2025-11-18)
+++ v3 (2026-01-01)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="QUANT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +103,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...66 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,99 +521,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>68</row>
+      <row>72</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>77</row>
-      <rowOff>31750</rowOff>
+      <row>81</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="11912600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>82</row>
+      <row>86</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>91</row>
-      <rowOff>31750</rowOff>
+      <row>95</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="14325600"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1002,1727 +867,1763 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L81"/>
+  <dimension ref="A1:M85"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="12.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="9.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Quant Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
+      <c r="E8" s="5" t="n">
         <v>790852</v>
       </c>
-      <c r="F8" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="F8" s="6" t="n">
+        <v>7968.62</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0858</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
+      <c r="E9" s="5" t="n">
         <v>389914</v>
       </c>
-      <c r="F9" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="F9" s="6" t="n">
+        <v>5415.13</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0583</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
+      <c r="L9" s="7" t="n">
+        <v>0.1593</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>190414</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>2970.65</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.032</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
         <v>0.1559</v>
       </c>
     </row>
-    <row r="10">
-[...3 lines deleted...]
-      <c r="B10" s="2" t="inlineStr">
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE397D01024</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
+      <c r="E11" s="5" t="n">
         <v>139445</v>
       </c>
-      <c r="F10" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="F11" s="6" t="n">
+        <v>2930.58</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0315</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.125</v>
+      </c>
+      <c r="M11" s="7" t="n"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>323337</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>2753.7</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0296</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0964</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Interglobe Aviation Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE646L01027</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>45547</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>2687.96</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0289</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0742</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>36852</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>2599.36</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.028</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.07340000000000001</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D11" s="2" t="inlineStr">
+      <c r="E15" s="5" t="n">
+        <v>149411</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>2426.73</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0261</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0441</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>67896</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>2397.75</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0258</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0412</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>38534</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>2379.28</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0256</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0391</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE774D01024</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>631668</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>2348.86</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0253</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0289</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>62618</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>2344.54</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0252</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0223</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Wipro Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE075A01022</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E11" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="E20" s="5" t="n">
+        <v>884708</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2207.61</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0222</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>549828</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>2205.09</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0237</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0221</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>144775</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>2196.67</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0236</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0218</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="L11" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="E23" s="5" t="n">
+        <v>13762</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>2188.16</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0236</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0213</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>48389</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>2167.49</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0233</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0162</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE216A01030</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>36803</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>2151.5</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0232</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>512905</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>2073.42</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0223</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>14148</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>2065.75</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0222</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0214</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>86158</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>2052.37</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0221</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor India Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE0V6F01027</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="E12" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E29" s="5" t="n">
+        <v>87846</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>2043.3</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.022</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>75704</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>2023.57</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0218</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>275946</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>1979.64</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>25875</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>1932.86</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0208</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>393587</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>1909.68</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0206</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE010B01027</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>189883</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>1789.65</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0193</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Hexacom Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE343G01021</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>99592</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>1761.09</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Abbott India Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE358A01014</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>5847</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>1758.49</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0189</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>213154</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>1723.14</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0185</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>60974</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>1714.22</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Nestle India Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE239A01024</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>132529</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>1671.32</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>52817</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>1657.13</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>GlaxoSmithKline Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE159A01016</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>64413</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>1655.09</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>105446</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>1614.69</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L12" s="8" t="n">
-[...66 lines deleted...]
-      <c r="G14" s="8" t="n">
+      <c r="E43" s="5" t="n">
+        <v>145974</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>1514.48</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>3931</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>1506.36</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>147607</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>1410.02</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0152</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>63678</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>1380.92</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>LTIMindtree Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE214T01019</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>21677</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>1321.54</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="8" t="n"/>
+      <c r="B48" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C48" s="8" t="n"/>
+      <c r="D48" s="8" t="n"/>
+      <c r="E48" s="8" t="n"/>
+      <c r="F48" s="9" t="n">
+        <v>90898.40999999999</v>
+      </c>
+      <c r="G48" s="10" t="n">
+        <v>0.9783000000000001</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="B50" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="B51" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's/ Non Convertible Cumulative Redeemable Preference Shares</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="B52" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited^</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE494B04019</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>280000</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>28.39</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="8" t="n"/>
+      <c r="B54" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C54" s="8" t="n"/>
+      <c r="D54" s="8" t="n"/>
+      <c r="E54" s="8" t="n"/>
+      <c r="F54" s="9" t="n">
+        <v>28.39</v>
+      </c>
+      <c r="G54" s="10" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="B56" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B57" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>2440.53</v>
+      </c>
+      <c r="G57" s="7" t="n">
         <v>0.0263</v>
       </c>
-      <c r="J14" s="7" t="n"/>
-[...1127 lines deleted...]
-      <c r="B49" s="9" t="inlineStr">
+      <c r="H57" s="11" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="8" t="n"/>
+      <c r="B58" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C49" s="9" t="n"/>
-[...37 lines deleted...]
-      <c r="B53" s="9" t="inlineStr">
+      <c r="C58" s="8" t="n"/>
+      <c r="D58" s="8" t="n"/>
+      <c r="E58" s="8" t="n"/>
+      <c r="F58" s="9" t="n">
+        <v>2440.53</v>
+      </c>
+      <c r="G58" s="10" t="n">
+        <v>0.0263</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n"/>
+      <c r="F61" s="6" t="n">
+        <v>-455.04</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>-0.0049</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="8" t="n"/>
+      <c r="B62" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C53" s="9" t="n"/>
-[...50 lines deleted...]
-      <c r="B59" s="5" t="inlineStr">
+      <c r="C62" s="8" t="n"/>
+      <c r="D62" s="8" t="n"/>
+      <c r="E62" s="8" t="n"/>
+      <c r="F62" s="9" t="n">
+        <v>-455.04</v>
+      </c>
+      <c r="G62" s="10" t="n">
+        <v>-0.0049</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="4" t="n"/>
+      <c r="B64" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C59" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G59" s="14" t="n">
+      <c r="C64" s="4" t="n"/>
+      <c r="D64" s="4" t="n"/>
+      <c r="E64" s="4" t="n"/>
+      <c r="F64" s="12" t="n">
+        <v>92912.28999999999</v>
+      </c>
+      <c r="G64" s="13" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="60">
-      <c r="A60" s="2" t="inlineStr">
+    <row r="65">
+      <c r="A65" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="61">
-      <c r="A61" s="2" t="n">
+    <row r="66">
+      <c r="A66" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B61" s="2" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>^ Pending Listing</t>
         </is>
       </c>
     </row>
-    <row r="62">
-      <c r="A62" s="16" t="n">
+    <row r="67">
+      <c r="A67" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B62" s="16" t="inlineStr">
+      <c r="B67" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="63" ht="27" customHeight="1" s="77">
-[...10 lines deleted...]
-      <c r="B67" s="1" t="inlineStr">
+    <row r="71" ht="14.5" customHeight="1" s="49">
+      <c r="B71" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="81" ht="14.5" customHeight="1" s="77">
-      <c r="B81" s="1" t="inlineStr">
+    <row r="85" ht="14.5" customHeight="1" s="49">
+      <c r="B85" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE 200 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>