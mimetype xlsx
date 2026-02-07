--- v3 (2026-01-01)
+++ v4 (2026-02-07)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="QUANT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -103,93 +108,102 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
+      <b val="1"/>
+      <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...1 lines deleted...]
-      <b val="1"/>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -274,207 +288,198 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="top"/>
-[...19 lines deleted...]
-    </xf>
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...36 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -521,116 +526,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>72</row>
+      <row>71</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>81</row>
-      <rowOff>31751</rowOff>
+      <row>80</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="11912600"/>
+          <a:off x="457200" y="12769850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>86</row>
+      <row>83</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>95</row>
-      <rowOff>31749</rowOff>
+      <row>92</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="14325600"/>
+          <a:off x="457200" y="15182850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -872,1736 +877,1749 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:M85"/>
+  <dimension ref="A1:L82"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="12.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="9.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP Quant Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
-        <v>790852</v>
+      <c r="E8" s="10" t="n">
+        <v>774377</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>7968.62</v>
-[...2 lines deleted...]
-        <v>0.0858</v>
+        <v>7675.62</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.0871</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
-        <v>389914</v>
+      <c r="E9" s="10" t="n">
+        <v>365414</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>5415.13</v>
-[...2 lines deleted...]
-        <v>0.0583</v>
+        <v>4907.14</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.0557</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.1593</v>
+      <c r="L9" s="66" t="n">
+        <v>0.157</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E10" s="10" t="n">
+        <v>144962</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>3052.32</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.0347</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L10" s="66" t="n">
+        <v>0.1558</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E11" s="10" t="n">
+        <v>297147</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>2960.18</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.0336</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L11" s="66" t="n">
+        <v>0.1254</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Infosys Limited</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE009A01021</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D12" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E10" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="E12" s="10" t="n">
+        <v>174127</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>2812.85</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0319</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L12" s="66" t="n">
+        <v>0.0924</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E13" s="10" t="n">
+        <v>62000</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>2531.77</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0287</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L13" s="66" t="n">
+        <v>0.08069999999999999</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>34238</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>2503.65</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0284</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="66" t="n">
+        <v>0.0751</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>274659</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>2435.4</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.0276</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L15" s="66" t="n">
+        <v>0.0531</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E16" s="10" t="n">
+        <v>367087</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>2248.22</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.0255</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L16" s="66" t="n">
+        <v>0.0453</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>13347</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>2228.55</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0253</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L17" s="66" t="n">
+        <v>0.0432</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E18" s="10" t="n">
+        <v>59191</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>2201.79</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L18" s="66" t="n">
+        <v>0.0287</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>37374</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>2156.85</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.0245</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L19" s="66" t="n">
+        <v>0.0228</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE216A01030</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E20" s="10" t="n">
+        <v>35703</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2153.25</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.0244</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L20" s="66" t="n">
+        <v>0.0228</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Wipro Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE075A01022</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D11" s="1" t="inlineStr">
+      <c r="E21" s="10" t="n">
+        <v>808658</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>2129.03</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.0242</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L21" s="66" t="n">
+        <v>0.0223</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE774D01024</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E22" s="10" t="n">
+        <v>523888</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>2111.27</v>
+      </c>
+      <c r="G22" s="66" t="n">
+        <v>0.024</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L22" s="66" t="n">
+        <v>0.0166</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E11" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="E23" s="10" t="n">
+        <v>500258</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>2094.83</v>
+      </c>
+      <c r="G23" s="66" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L23" s="66" t="n">
+        <v>0.0165</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E24" s="10" t="n">
+        <v>46939</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>2081.46</v>
+      </c>
+      <c r="G24" s="66" t="n">
+        <v>0.0236</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L24" s="66" t="n">
+        <v>0.0154</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E25" s="10" t="n">
+        <v>53285</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>2031.06</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.0231</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L25" s="66" t="n">
+        <v>0.0146</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E26" s="10" t="n">
+        <v>124621</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>2022.97</v>
+      </c>
+      <c r="G26" s="66" t="n">
+        <v>0.023</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="L26" s="66" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>267668</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>2009.12</v>
+      </c>
+      <c r="G27" s="66" t="n">
+        <v>0.0228</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L27" s="66" t="n">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>497518</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>2005</v>
+      </c>
+      <c r="G28" s="66" t="n">
+        <v>0.0228</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E29" s="10" t="n">
+        <v>73434</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>1962.3</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>0.0223</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Hyundai Motor India Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE0V6F01027</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-[...71 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="E30" s="10" t="n">
+        <v>85206</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>1958.03</v>
+      </c>
+      <c r="G30" s="66" t="n">
+        <v>0.0222</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E31" s="10" t="n">
+        <v>25099</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>1912.29</v>
+      </c>
+      <c r="G31" s="66" t="n">
+        <v>0.0217</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E32" s="10" t="n">
+        <v>109925</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>1748.8</v>
+      </c>
+      <c r="G32" s="66" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>LTIMindtree Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE214T01019</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E33" s="10" t="n">
+        <v>28302</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>1716.09</v>
+      </c>
+      <c r="G33" s="66" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE685A01028</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E34" s="10" t="n">
+        <v>44000</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>1694</v>
+      </c>
+      <c r="G34" s="66" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE010B01027</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E35" s="10" t="n">
+        <v>184183</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>1684.08</v>
+      </c>
+      <c r="G35" s="66" t="n">
+        <v>0.0191</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Nestle India Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE239A01024</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E36" s="10" t="n">
+        <v>128554</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>1655.78</v>
+      </c>
+      <c r="G36" s="66" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E37" s="10" t="n">
+        <v>30000</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>1651.95</v>
+      </c>
+      <c r="G37" s="66" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>59144</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>1650.83</v>
+      </c>
+      <c r="G38" s="66" t="n">
+        <v>0.0187</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Abbott India Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE358A01014</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E39" s="10" t="n">
+        <v>5672</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>1646.3</v>
+      </c>
+      <c r="G39" s="66" t="n">
+        <v>0.0187</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E40" s="10" t="n">
+        <v>51233</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>1642.63</v>
+      </c>
+      <c r="G40" s="66" t="n">
+        <v>0.0186</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E41" s="10" t="n">
+        <v>12098</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>1464.1</v>
+      </c>
+      <c r="G41" s="66" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Hexacom Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE343G01021</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
-[...32 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="E42" s="10" t="n">
+        <v>80187</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>1460.77</v>
+      </c>
+      <c r="G42" s="66" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L14" s="7" t="n">
-[...260 lines deleted...]
-      <c r="K21" s="1" t="inlineStr">
+      <c r="E43" s="10" t="n">
+        <v>96483</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>1458.15</v>
+      </c>
+      <c r="G43" s="66" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Torrent Power Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE813H01021</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E44" s="10" t="n">
+        <v>111062</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>1451.25</v>
+      </c>
+      <c r="G44" s="66" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
         <is>
           <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
-      <c r="L21" s="7" t="n">
-[...146 lines deleted...]
-      <c r="K25" s="1" t="inlineStr">
+      <c r="E45" s="10" t="n">
+        <v>59794</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>1355.17</v>
+      </c>
+      <c r="G45" s="66" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
         <is>
           <t>Personal Products</t>
         </is>
       </c>
-      <c r="L25" s="7" t="n">
-[...32 lines deleted...]
-      <c r="K26" s="1" t="inlineStr">
+      <c r="E46" s="10" t="n">
+        <v>61768</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>1282.12</v>
+      </c>
+      <c r="G46" s="66" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E47" s="10" t="n">
+        <v>125577</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>1248.86</v>
+      </c>
+      <c r="G47" s="66" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="11" t="n"/>
+      <c r="B48" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C48" s="11" t="n"/>
+      <c r="D48" s="11" t="n"/>
+      <c r="E48" s="11" t="n"/>
+      <c r="F48" s="12" t="n">
+        <v>86995.83</v>
+      </c>
+      <c r="G48" s="13" t="n">
+        <v>0.9877</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="B50" s="65" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="B51" s="65" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="B52" s="65" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's/ Non Convertible Cumulative Redeemable Preference Shares</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE494B04019</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
         <is>
           <t>CARE A1+</t>
         </is>
       </c>
-      <c r="L26" s="7" t="n">
+      <c r="E53" s="10" t="n">
+        <v>280000</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>28.52</v>
+      </c>
+      <c r="G53" s="66" t="n">
         <v>0.0003</v>
       </c>
-    </row>
-[...640 lines deleted...]
-      <c r="B48" s="8" t="inlineStr">
+      <c r="H53" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="11" t="n"/>
+      <c r="B54" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C48" s="8" t="n"/>
-[...55 lines deleted...]
-      <c r="G53" s="7" t="n">
+      <c r="C54" s="11" t="n"/>
+      <c r="D54" s="11" t="n"/>
+      <c r="E54" s="11" t="n"/>
+      <c r="F54" s="12" t="n">
+        <v>28.52</v>
+      </c>
+      <c r="G54" s="13" t="n">
         <v>0.0003</v>
       </c>
     </row>
-    <row r="54">
-[...1 lines deleted...]
-      <c r="B54" s="8" t="inlineStr">
+    <row r="56">
+      <c r="B56" s="65" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B57" s="65" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>1103.61</v>
+      </c>
+      <c r="G57" s="66" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="H57" s="14" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="11" t="n"/>
+      <c r="B58" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C54" s="8" t="n"/>
-[...37 lines deleted...]
-      <c r="B58" s="8" t="inlineStr">
+      <c r="C58" s="11" t="n"/>
+      <c r="D58" s="11" t="n"/>
+      <c r="E58" s="11" t="n"/>
+      <c r="F58" s="12" t="n">
+        <v>1103.61</v>
+      </c>
+      <c r="G58" s="13" t="n">
+        <v>0.0125</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="65" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E61" s="10" t="n"/>
+      <c r="F61" s="6" t="n">
+        <v>-44.31</v>
+      </c>
+      <c r="G61" s="66" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="11" t="n"/>
+      <c r="B62" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C58" s="8" t="n"/>
-[...45 lines deleted...]
-        <v>-0.0049</v>
+      <c r="C62" s="11" t="n"/>
+      <c r="D62" s="11" t="n"/>
+      <c r="E62" s="11" t="n"/>
+      <c r="F62" s="12" t="n">
+        <v>-44.31</v>
+      </c>
+      <c r="G62" s="13" t="n">
+        <v>-0.0005</v>
       </c>
     </row>
     <row r="64">
-      <c r="A64" s="4" t="n"/>
-      <c r="B64" s="4" t="inlineStr">
+      <c r="A64" s="5" t="n"/>
+      <c r="B64" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C64" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G64" s="13" t="n">
+      <c r="C64" s="5" t="n"/>
+      <c r="D64" s="5" t="n"/>
+      <c r="E64" s="5" t="n"/>
+      <c r="F64" s="8" t="n">
+        <v>88083.64999999999</v>
+      </c>
+      <c r="G64" s="9" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="65">
-      <c r="A65" s="1" t="inlineStr">
+      <c r="A65" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="66">
-      <c r="A66" s="1" t="n">
+      <c r="A66" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B66" s="1" t="inlineStr">
-[...1 lines deleted...]
-          <t>^ Pending Listing</t>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="67">
-      <c r="A67" s="15" t="n">
+      <c r="A67" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B67" s="15" t="inlineStr">
+      <c r="B67" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="71" ht="14.5" customHeight="1" s="49">
-      <c r="B71" s="38" t="inlineStr">
+    <row r="68" ht="27" customHeight="1" s="41">
+      <c r="A68" s="16" t="n">
+        <v>3</v>
+      </c>
+      <c r="B68" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="14.5" customHeight="1" s="41">
+      <c r="B70" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="85" ht="14.5" customHeight="1" s="49">
-      <c r="B85" s="38" t="inlineStr">
+    <row r="82" ht="14.5" customHeight="1" s="41">
+      <c r="B82" s="54" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE 200 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>