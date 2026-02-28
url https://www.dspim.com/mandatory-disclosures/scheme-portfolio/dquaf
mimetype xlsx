--- v4 (2026-02-07)
+++ v5 (2026-02-28)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="QUANT" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>71</row>
+      <row>72</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>80</row>
+      <row>81</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12769850"/>
+          <a:off x="457200" y="12426950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>83</row>
+      <row>86</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>92</row>
+      <row>95</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="15182850"/>
+          <a:off x="457200" y="14839950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -877,1749 +858,1737 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L82"/>
+  <dimension ref="A1:L85"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="87" zoomScaleNormal="87" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="12.08984375" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="9.08984375" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.90625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.6328125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.6328125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Quant Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
-        <v>774377</v>
+      <c r="E8" s="5" t="n">
+        <v>768892</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>7675.62</v>
-[...2 lines deleted...]
-        <v>0.0871</v>
+        <v>7144.93</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0842</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
-        <v>365414</v>
+      <c r="E9" s="5" t="n">
+        <v>362826</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>4907.14</v>
-[...2 lines deleted...]
-        <v>0.0557</v>
+        <v>4916.29</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0579</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.1605</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>295042</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>3009.43</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0355</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-[...7 lines deleted...]
-      <c r="B10" s="2" t="inlineStr">
+      <c r="L10" s="7" t="n">
+        <v>0.1565</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>172894</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>2837.19</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0334</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.1229</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE397D01024</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="E12" s="5" t="n">
+        <v>143935</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>2833.65</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0334</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0927</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>272714</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>2625.14</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0309</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0824</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>33995</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>2421.29</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0285</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.07389999999999999</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>61561</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>2420.76</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0285</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0579</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>364487</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>2290.8</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0445</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>496715</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>2206.9</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0432</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>58772</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>2161.28</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0255</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0285</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D11" s="2" t="inlineStr">
+      <c r="E19" s="5" t="n">
+        <v>123738</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>2098.1</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0247</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0229</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE216A01030</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>35450</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2077.55</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0245</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0216</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>37109</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>2053.61</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0242</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0188</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E11" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="E22" s="5" t="n">
+        <v>52908</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>2026.16</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.018</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE774D01024</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>520177</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>1953.52</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.023</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.016</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>265772</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>1939.6</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0229</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="L11" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="E25" s="5" t="n">
+        <v>13252</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>1934.66</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0228</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0148</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>46607</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>1916.71</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0226</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E27" s="5" t="n">
+        <v>109146</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>1902.52</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0224</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Wipro Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE075A01022</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>802930</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>1902.14</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0224</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor India Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE0V6F01027</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>84603</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>1858.05</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>72914</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>1834.3</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0216</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>24921</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>1747.83</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0206</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE685A01028</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L12" s="66" t="n">
-[...70 lines deleted...]
-      <c r="K14" s="2" t="inlineStr">
+      <c r="E32" s="5" t="n">
+        <v>43688</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>1730.39</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Nestle India Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE239A01024</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>127643</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>1700.72</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>29788</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>1691.21</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>LTIMindtree Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE214T01019</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>28102</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>1678.95</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0198</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>58725</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>1620.22</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0191</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE010B01027</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>182878</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>1619.02</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0191</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>493994</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>1591.4</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>50870</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>1589.13</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0187</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Abbott India Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE358A01014</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>5632</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>1552.46</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Torrent Power Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE813H01021</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>110275</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>1530.18</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>59370</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>1355.18</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.016</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>61331</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>1296.66</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>95800</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>1268.39</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>12012</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>1254.77</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Hexacom Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE343G01021</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="L14" s="66" t="n">
-[...450 lines deleted...]
-      <c r="K26" s="2" t="inlineStr">
+      <c r="E46" s="5" t="n">
+        <v>79619</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>1229.95</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>124688</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>1224.87</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="8" t="n"/>
+      <c r="B48" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C48" s="8" t="n"/>
+      <c r="D48" s="8" t="n"/>
+      <c r="E48" s="8" t="n"/>
+      <c r="F48" s="9" t="n">
+        <v>84045.91</v>
+      </c>
+      <c r="G48" s="10" t="n">
+        <v>0.9903999999999999</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="B50" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="B51" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="B52" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited**</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE494B04019</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>CARE A1+</t>
         </is>
       </c>
-      <c r="L26" s="66" t="n">
+      <c r="E53" s="5" t="n">
+        <v>280000</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>28.63</v>
+      </c>
+      <c r="G53" s="7" t="n">
         <v>0.0003</v>
       </c>
-    </row>
-[...640 lines deleted...]
-      <c r="B48" s="11" t="inlineStr">
+      <c r="H53" s="11" t="n"/>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="8" t="n"/>
+      <c r="B54" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C48" s="11" t="n"/>
-[...55 lines deleted...]
-      <c r="G53" s="66" t="n">
+      <c r="C54" s="8" t="n"/>
+      <c r="D54" s="8" t="n"/>
+      <c r="E54" s="8" t="n"/>
+      <c r="F54" s="9" t="n">
+        <v>28.63</v>
+      </c>
+      <c r="G54" s="10" t="n">
         <v>0.0003</v>
       </c>
-      <c r="H53" s="14" t="n">
+    </row>
+    <row r="56">
+      <c r="B56" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B57" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>610.01</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H57" s="11" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="8" t="n"/>
+      <c r="B58" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C58" s="8" t="n"/>
+      <c r="D58" s="8" t="n"/>
+      <c r="E58" s="8" t="n"/>
+      <c r="F58" s="9" t="n">
+        <v>610.01</v>
+      </c>
+      <c r="G58" s="10" t="n">
+        <v>0.0072</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n"/>
+      <c r="F61" s="6" t="n">
+        <v>154.18</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="8" t="n"/>
+      <c r="B62" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C62" s="8" t="n"/>
+      <c r="D62" s="8" t="n"/>
+      <c r="E62" s="8" t="n"/>
+      <c r="F62" s="9" t="n">
+        <v>154.18</v>
+      </c>
+      <c r="G62" s="10" t="n">
+        <v>0.0021</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="4" t="n"/>
+      <c r="B64" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C64" s="4" t="n"/>
+      <c r="D64" s="4" t="n"/>
+      <c r="E64" s="4" t="n"/>
+      <c r="F64" s="12" t="n">
+        <v>84838.73</v>
+      </c>
+      <c r="G64" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="J53" s="6" t="n"/>
-[...138 lines deleted...]
-      <c r="B67" s="16" t="inlineStr">
+      <c r="B67" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="68" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B70" s="54" t="inlineStr">
+    <row r="71" ht="14.5" customHeight="1" s="45">
+      <c r="B71" s="42" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="82" ht="14.5" customHeight="1" s="41">
-      <c r="B82" s="54" t="inlineStr">
+    <row r="85" ht="14.5" customHeight="1" s="45">
+      <c r="B85" s="42" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: BSE 200 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>