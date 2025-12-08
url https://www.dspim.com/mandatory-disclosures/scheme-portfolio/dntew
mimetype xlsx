--- v0 (2025-10-06)
+++ v1 (2025-12-08)
@@ -1,440 +1,614 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="968" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty Top 10 Equal" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="24">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
-[...2 lines deleted...]
-      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...7 lines deleted...]
-      </top>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...25 lines deleted...]
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -482,116 +656,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>33</row>
+      <row>36</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2371725</colOff>
-[...1 lines deleted...]
-      <rowOff>28575</rowOff>
+      <colOff>2374900</colOff>
+      <row>45</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="6083300"/>
+          <a:off x="457200" y="6426200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>47</row>
+      <row>50</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2371725</colOff>
-[...1 lines deleted...]
-      <rowOff>28575</rowOff>
+      <colOff>2374900</colOff>
+      <row>59</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8496300"/>
+          <a:off x="457200" y="8839200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -833,684 +1007,694 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L46"/>
+  <dimension ref="A1:L49"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="13.453125" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="17.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="17.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="40">
-[...1 lines deleted...]
-      <c r="B1" s="39" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
         <is>
           <t>DSP Nifty Top 10 Equal Weight Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on August 31, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE018A01030</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="E8" s="6" t="n">
+        <v>377631</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>15221.93</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.1056</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>1002797</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>14905.57</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.1034</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.3933</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>711013</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>14607.76</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.1014</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.1941</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>1179700</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>14543.34</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.1009</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.1056</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
         <is>
           <t>ITC Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE154A01025</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="E12" s="6" t="n">
+        <v>3439736</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>14458.93</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.1003</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.1034</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-[...7 lines deleted...]
-      <c r="B10" s="1" t="inlineStr">
+      <c r="E13" s="6" t="n">
+        <v>683505</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>14368.64</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0997</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.1014</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>1448900</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>14304.99</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0993</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.1003</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>465354</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>14230.53</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0988</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0019</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>926884</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>13739.2</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0953</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C17" s="2" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="5" t="n">
-[...266 lines deleted...]
-      <c r="J17" s="6" t="n"/>
+      <c r="E17" s="6" t="n">
+        <v>1000318</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>13457.28</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0934</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
     </row>
     <row r="18">
-      <c r="A18" s="8" t="n"/>
-      <c r="B18" s="8" t="inlineStr">
+      <c r="A18" s="9" t="n"/>
+      <c r="B18" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C18" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.9996</v>
+      <c r="C18" s="9" t="n"/>
+      <c r="D18" s="9" t="n"/>
+      <c r="E18" s="9" t="n"/>
+      <c r="F18" s="10" t="n">
+        <v>143838.17</v>
+      </c>
+      <c r="G18" s="11" t="n">
+        <v>0.9981</v>
       </c>
     </row>
     <row r="20">
-      <c r="B20" s="3" t="inlineStr">
+      <c r="B20" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="1" t="n">
+      <c r="A21" s="2" t="n">
         <v>11</v>
       </c>
-      <c r="B21" s="3" t="inlineStr">
+      <c r="B21" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F21" s="6" t="n">
-[...6 lines deleted...]
-        <v>45901</v>
+      <c r="F21" s="7" t="n">
+        <v>233.34</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="H21" s="12" t="n">
+        <v>45964</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="8" t="n"/>
-      <c r="B22" s="8" t="inlineStr">
+      <c r="A22" s="9" t="n"/>
+      <c r="B22" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C22" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0029</v>
+      <c r="C22" s="9" t="n"/>
+      <c r="D22" s="9" t="n"/>
+      <c r="E22" s="9" t="n"/>
+      <c r="F22" s="10" t="n">
+        <v>233.34</v>
+      </c>
+      <c r="G22" s="11" t="n">
+        <v>0.0016</v>
       </c>
     </row>
     <row r="24">
-      <c r="B24" s="3" t="inlineStr">
+      <c r="B24" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="25">
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E25" s="5" t="n"/>
-[...6 lines deleted...]
-      <c r="J25" s="6" t="n"/>
+      <c r="E25" s="6" t="n"/>
+      <c r="F25" s="7" t="n">
+        <v>32.02</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
     </row>
     <row r="26">
-      <c r="A26" s="8" t="n"/>
-      <c r="B26" s="8" t="inlineStr">
+      <c r="A26" s="9" t="n"/>
+      <c r="B26" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C26" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>-0.0025</v>
+      <c r="C26" s="9" t="n"/>
+      <c r="D26" s="9" t="n"/>
+      <c r="E26" s="9" t="n"/>
+      <c r="F26" s="10" t="n">
+        <v>32.02</v>
+      </c>
+      <c r="G26" s="11" t="n">
+        <v>0.0003</v>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="4" t="n"/>
-      <c r="B28" s="4" t="inlineStr">
+      <c r="A28" s="5" t="n"/>
+      <c r="B28" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C28" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G28" s="13" t="n">
+      <c r="C28" s="5" t="n"/>
+      <c r="D28" s="5" t="n"/>
+      <c r="E28" s="5" t="n"/>
+      <c r="F28" s="13" t="n">
+        <v>144103.53</v>
+      </c>
+      <c r="G28" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="1" t="inlineStr">
+      <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="15" t="n">
+      <c r="A30" s="16" t="n">
         <v>1</v>
       </c>
-      <c r="B30" s="15" t="inlineStr">
+      <c r="B30" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="32" ht="14.5" customHeight="1" s="40">
-      <c r="B32" s="37" t="inlineStr">
+    <row r="31" ht="27" customHeight="1" s="77">
+      <c r="A31" s="16" t="n">
+        <v>2</v>
+      </c>
+      <c r="B31" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" ht="14.5" customHeight="1" s="77">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="46" ht="14.5" customHeight="1" s="40">
-      <c r="B46" s="37" t="inlineStr">
+    <row r="49" ht="14.5" customHeight="1" s="77">
+      <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Top 10 Equal Weight TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>