--- v1 (2025-12-08)
+++ v2 (2026-01-09)
@@ -1,68 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty Top 10 Equal" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -109,507 +108,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...23 lines deleted...]
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...30 lines deleted...]
-    <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...7 lines deleted...]
-      </top>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...11 lines deleted...]
-      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...9 lines deleted...]
-      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...99 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,116 +526,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>36</row>
+      <row>35</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>45</row>
+      <row>44</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="6426200"/>
+          <a:off x="457200" y="7112000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>50</row>
+      <row>47</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>59</row>
-      <rowOff>31750</rowOff>
+      <row>56</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8839200"/>
+          <a:off x="457200" y="9525000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1002,90 +872,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L49"/>
+  <dimension ref="A1:L46"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
-    <col width="13.453125" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="11.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="17.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="10.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="10.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="17.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP Nifty Top 10 Equal Weight Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1098,603 +968,613 @@
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Larsen &amp; Toubro Limited</t>
+          <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>INE018A01030</t>
+          <t>INE238A01034</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>Construction</t>
-[...12 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E8" s="10" t="n">
+        <v>1192555</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>15138.29</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.1032</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Reliance Industries Limited</t>
+          <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>INE002A01018</t>
+          <t>INE237A01028</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Petroleum Products</t>
-[...11 lines deleted...]
-      <c r="J9" s="7" t="n"/>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E9" s="10" t="n">
+        <v>676784</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>14896.69</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.1016</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-        <v>0.3933</v>
+      <c r="L9" s="66" t="n">
+        <v>0.4039</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Bharti Airtel Limited</t>
+          <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>INE397D01024</t>
+          <t>INE018A01030</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
-[...11 lines deleted...]
-      <c r="J10" s="7" t="n"/>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E10" s="10" t="n">
+        <v>361895</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>14777.98</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.1007</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-        <v>0.1941</v>
+      <c r="L10" s="66" t="n">
+        <v>0.195</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Axis Bank Limited</t>
+          <t>Reliance Industries Limited</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>INE238A01034</t>
+          <t>INE002A01018</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...11 lines deleted...]
-      <c r="J11" s="7" t="n"/>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E11" s="10" t="n">
+        <v>939390</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>14752.18</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.1006</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="L11" s="8" t="n">
-        <v>0.1056</v>
+      <c r="L11" s="66" t="n">
+        <v>0.1007</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>ITC Limited</t>
+          <t>Bharti Airtel Limited</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>INE154A01025</t>
+          <t>INE397D01024</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
-[...11 lines deleted...]
-      <c r="J12" s="7" t="n"/>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E12" s="10" t="n">
+        <v>695686</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>14648.36</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0999</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="L12" s="8" t="n">
-        <v>0.1034</v>
+      <c r="L12" s="66" t="n">
+        <v>0.1006</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>INE237A01028</t>
+          <t>INE040A01034</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E13" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J13" s="7" t="n"/>
+      <c r="E13" s="10" t="n">
+        <v>1476360</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>14633.68</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0998</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="L13" s="8" t="n">
-        <v>0.1014</v>
+      <c r="L13" s="66" t="n">
+        <v>0.0999</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>ITC Limited</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>INE040A01034</t>
+          <t>INE154A01025</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...11 lines deleted...]
-      <c r="J14" s="7" t="n"/>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>3624141</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>14605.29</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.09959999999999999</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
-      <c r="L14" s="8" t="n">
-        <v>0.1003</v>
+      <c r="L14" s="66" t="n">
+        <v>0.09959999999999999</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Tata Consultancy Services Limited</t>
+          <t>ICICI Bank Limited</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE467B01029</t>
+          <t>INE090A01021</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>IT - Software</t>
-[...11 lines deleted...]
-      <c r="J15" s="7" t="n"/>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>1084639</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>14565.62</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.0993</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L15" s="8" t="n">
-        <v>0.0019</v>
+      <c r="L15" s="66" t="n">
+        <v>0.0003</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Infosys Limited</t>
+          <t>Tata Consultancy Services Limited</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>INE009A01021</t>
+          <t>INE467B01029</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E16" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J16" s="7" t="n"/>
+      <c r="E16" s="10" t="n">
+        <v>446554</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>14317.41</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.09760000000000001</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>ICICI Bank Limited</t>
+          <t>Infosys Limited</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>INE090A01021</t>
+          <t>INE009A01021</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...11 lines deleted...]
-      <c r="J17" s="7" t="n"/>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>884425</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>14287</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0974</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
     </row>
     <row r="18">
-      <c r="A18" s="9" t="n"/>
-      <c r="B18" s="9" t="inlineStr">
+      <c r="A18" s="11" t="n"/>
+      <c r="B18" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C18" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.9981</v>
+      <c r="C18" s="11" t="n"/>
+      <c r="D18" s="11" t="n"/>
+      <c r="E18" s="11" t="n"/>
+      <c r="F18" s="12" t="n">
+        <v>146622.5</v>
+      </c>
+      <c r="G18" s="13" t="n">
+        <v>0.9997</v>
       </c>
     </row>
     <row r="20">
-      <c r="B20" s="4" t="inlineStr">
+      <c r="B20" s="65" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>11</v>
       </c>
-      <c r="B21" s="4" t="inlineStr">
+      <c r="B21" s="65" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F21" s="7" t="n">
-[...6 lines deleted...]
-        <v>45964</v>
+      <c r="F21" s="6" t="n">
+        <v>224.38</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="H21" s="14" t="n">
+        <v>46023</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="9" t="n"/>
-      <c r="B22" s="9" t="inlineStr">
+      <c r="A22" s="11" t="n"/>
+      <c r="B22" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C22" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0016</v>
+      <c r="C22" s="11" t="n"/>
+      <c r="D22" s="11" t="n"/>
+      <c r="E22" s="11" t="n"/>
+      <c r="F22" s="12" t="n">
+        <v>224.38</v>
+      </c>
+      <c r="G22" s="13" t="n">
+        <v>0.0015</v>
       </c>
     </row>
     <row r="24">
-      <c r="B24" s="4" t="inlineStr">
+      <c r="B24" s="65" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E25" s="6" t="n"/>
-[...6 lines deleted...]
-      <c r="J25" s="7" t="n"/>
+      <c r="E25" s="10" t="n"/>
+      <c r="F25" s="6" t="n">
+        <v>-163.57</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
     </row>
     <row r="26">
-      <c r="A26" s="9" t="n"/>
-      <c r="B26" s="9" t="inlineStr">
+      <c r="A26" s="11" t="n"/>
+      <c r="B26" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C26" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0003</v>
+      <c r="C26" s="11" t="n"/>
+      <c r="D26" s="11" t="n"/>
+      <c r="E26" s="11" t="n"/>
+      <c r="F26" s="12" t="n">
+        <v>-163.57</v>
+      </c>
+      <c r="G26" s="13" t="n">
+        <v>-0.0012</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="n"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C28" s="5" t="n"/>
       <c r="D28" s="5" t="n"/>
       <c r="E28" s="5" t="n"/>
-      <c r="F28" s="13" t="n">
-[...2 lines deleted...]
-      <c r="G28" s="14" t="n">
+      <c r="F28" s="8" t="n">
+        <v>146683.31</v>
+      </c>
+      <c r="G28" s="9" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="30">
+    <row r="30" ht="54" customHeight="1" s="41">
       <c r="A30" s="16" t="n">
         <v>1</v>
       </c>
       <c r="B30" s="16" t="inlineStr">
         <is>
-          <t>Market value includes accrued interest</t>
-[...3 lines deleted...]
-    <row r="31" ht="27" customHeight="1" s="77">
+          <t>Subject to SEBI (MF) Regulations and the applicable guidelines issued by SEBI, Scheme has entered into securities lending in accordance with the framework specified in this regard.</t>
+        </is>
+      </c>
+    </row>
+    <row r="31">
       <c r="A31" s="16" t="n">
         <v>2</v>
       </c>
       <c r="B31" s="16" t="inlineStr">
         <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="32" ht="27" customHeight="1" s="41">
+      <c r="A32" s="16" t="n">
+        <v>3</v>
+      </c>
+      <c r="B32" s="16" t="inlineStr">
+        <is>
           <t>Net Assets does not include unit activity for the last day of the month</t>
         </is>
       </c>
     </row>
-    <row r="35" ht="14.5" customHeight="1" s="77">
-      <c r="B35" s="1" t="inlineStr">
+    <row r="34" ht="14.5" customHeight="1" s="41">
+      <c r="B34" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="49" ht="14.5" customHeight="1" s="77">
-      <c r="B49" s="1" t="inlineStr">
+    <row r="46" ht="14.5" customHeight="1" s="41">
+      <c r="B46" s="54" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Top 10 Equal Weight TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>