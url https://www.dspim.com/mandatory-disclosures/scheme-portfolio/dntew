--- v2 (2026-01-09)
+++ v3 (2026-03-10)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="915" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty Top 10 Equal" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="18">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -92,118 +92,126 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...2 lines deleted...]
-      <color theme="0"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
-      <sz val="11"/>
-[...8 lines deleted...]
-      <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="1"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -233,253 +241,251 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...16 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,116 +532,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>35</row>
+      <row>33</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>44</row>
+      <row>42</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="7112000"/>
+          <a:off x="457200" y="6083300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>47</row>
+      <row>45</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>56</row>
-      <rowOff>31751</rowOff>
+      <row>54</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9525000"/>
+          <a:off x="457200" y="8496300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -873,89 +879,89 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet41">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L46"/>
+  <dimension ref="A1:L44"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
     <col width="11.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="17.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="10.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="10.1796875" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="17.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Nifty Top 10 Equal Weight Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 28, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -968,591 +974,571 @@
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
-        <v>1192555</v>
+      <c r="E8" s="12" t="n">
+        <v>1153002</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>15138.29</v>
-[...2 lines deleted...]
-        <v>0.1032</v>
+        <v>15956.39</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.1221</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>INE237A01028</t>
+          <t>INE018A01030</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...3 lines deleted...]
-        <v>676784</v>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
+        <v>349892</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>14896.69</v>
-[...2 lines deleted...]
-        <v>0.1016</v>
+        <v>14969.43</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.1145</v>
       </c>
       <c r="J9" s="6" t="n"/>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-        <v>0.4039</v>
+      <c r="L9" s="7" t="n">
+        <v>0.4335</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Larsen &amp; Toubro Limited</t>
+          <t>ICICI Bank Limited</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>INE018A01030</t>
+          <t>INE090A01021</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>Construction</t>
-[...3 lines deleted...]
-        <v>361895</v>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
+        <v>1048665</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>14777.98</v>
-[...2 lines deleted...]
-        <v>0.1007</v>
+        <v>14460.04</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.1106</v>
       </c>
       <c r="J10" s="6" t="n"/>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="66" t="n">
-        <v>0.195</v>
+      <c r="L10" s="7" t="n">
+        <v>0.1721</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Reliance Industries Limited</t>
+          <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>INE002A01018</t>
+          <t>INE237A01036</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>Petroleum Products</t>
-[...3 lines deleted...]
-        <v>939390</v>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>3271686</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>14752.18</v>
-[...2 lines deleted...]
-        <v>0.1006</v>
+        <v>13584.04</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.1039</v>
       </c>
       <c r="J11" s="6" t="n"/>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="L11" s="66" t="n">
-        <v>0.1007</v>
+      <c r="L11" s="7" t="n">
+        <v>0.1145</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Bharti Airtel Limited</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>INE397D01024</t>
+          <t>INE040A01034</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
-[...3 lines deleted...]
-        <v>695686</v>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>1427393</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>14648.36</v>
-[...2 lines deleted...]
-        <v>0.0999</v>
+        <v>12671.68</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0969</v>
       </c>
       <c r="J12" s="6" t="n"/>
       <c r="K12" s="2" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="L12" s="66" t="n">
-        <v>0.1006</v>
+      <c r="L12" s="7" t="n">
+        <v>0.0969</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Reliance Industries Limited</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>INE040A01034</t>
+          <t>INE002A01018</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...3 lines deleted...]
-        <v>1476360</v>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>908233</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>14633.68</v>
-[...2 lines deleted...]
-        <v>0.0998</v>
+        <v>12659.86</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0969</v>
       </c>
       <c r="J13" s="6" t="n"/>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="L13" s="66" t="n">
-        <v>0.0999</v>
+      <c r="L13" s="7" t="n">
+        <v>0.09669999999999999</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>ITC Limited</t>
+          <t>Bharti Airtel Limited</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>INE154A01025</t>
+          <t>INE397D01024</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
-[...3 lines deleted...]
-        <v>3624141</v>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>672612</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>14605.29</v>
-[...2 lines deleted...]
-        <v>0.09959999999999999</v>
+        <v>12640.4</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.09669999999999999</v>
       </c>
       <c r="J14" s="6" t="n"/>
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
-      <c r="L14" s="66" t="n">
-        <v>0.09959999999999999</v>
+      <c r="L14" s="7" t="n">
+        <v>0.08409999999999999</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>ICICI Bank Limited</t>
+          <t>Tata Consultancy Services Limited</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE090A01021</t>
+          <t>INE467B01029</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...3 lines deleted...]
-        <v>1084639</v>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>431743</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>14565.62</v>
-[...2 lines deleted...]
-        <v>0.0993</v>
+        <v>11386.79</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0871</v>
       </c>
       <c r="J15" s="6" t="n"/>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L15" s="66" t="n">
-        <v>0.0003</v>
+      <c r="L15" s="7" t="n">
+        <v>0.0022</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Tata Consultancy Services Limited</t>
+          <t>Infosys Limited</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>INE467B01029</t>
+          <t>INE009A01021</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E16" s="10" t="n">
-        <v>446554</v>
+      <c r="E16" s="12" t="n">
+        <v>855091</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>14317.41</v>
-[...2 lines deleted...]
-        <v>0.09760000000000001</v>
+        <v>11117.04</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.08500000000000001</v>
       </c>
       <c r="J16" s="6" t="n"/>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Infosys Limited</t>
+          <t>ITC Limited</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>INE009A01021</t>
+          <t>INE154A01025</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>IT - Software</t>
-[...3 lines deleted...]
-        <v>884425</v>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>3503937</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>14287</v>
-[...2 lines deleted...]
-        <v>0.0974</v>
+        <v>10988.35</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.08409999999999999</v>
       </c>
       <c r="J17" s="6" t="n"/>
     </row>
     <row r="18">
-      <c r="A18" s="11" t="n"/>
-      <c r="B18" s="11" t="inlineStr">
+      <c r="A18" s="9" t="n"/>
+      <c r="B18" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C18" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.9997</v>
+      <c r="C18" s="9" t="n"/>
+      <c r="D18" s="9" t="n"/>
+      <c r="E18" s="9" t="n"/>
+      <c r="F18" s="10" t="n">
+        <v>130434.02</v>
+      </c>
+      <c r="G18" s="11" t="n">
+        <v>0.9978</v>
       </c>
     </row>
     <row r="20">
-      <c r="B20" s="65" t="inlineStr">
+      <c r="B20" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>11</v>
       </c>
-      <c r="B21" s="65" t="inlineStr">
+      <c r="B21" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F21" s="6" t="n">
-        <v>224.38</v>
-[...5 lines deleted...]
-        <v>46023</v>
+        <v>186.51</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46083</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="11" t="n"/>
-      <c r="B22" s="11" t="inlineStr">
+      <c r="A22" s="9" t="n"/>
+      <c r="B22" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C22" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.0015</v>
+      <c r="C22" s="9" t="n"/>
+      <c r="D22" s="9" t="n"/>
+      <c r="E22" s="9" t="n"/>
+      <c r="F22" s="10" t="n">
+        <v>186.51</v>
+      </c>
+      <c r="G22" s="11" t="n">
+        <v>0.0014</v>
       </c>
     </row>
     <row r="24">
-      <c r="B24" s="65" t="inlineStr">
+      <c r="B24" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E25" s="10" t="n"/>
+      <c r="E25" s="12" t="n"/>
       <c r="F25" s="6" t="n">
-        <v>-163.57</v>
-[...2 lines deleted...]
-        <v>-0.0012</v>
+        <v>93.63</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0008</v>
       </c>
       <c r="J25" s="6" t="n"/>
     </row>
     <row r="26">
-      <c r="A26" s="11" t="n"/>
-      <c r="B26" s="11" t="inlineStr">
+      <c r="A26" s="9" t="n"/>
+      <c r="B26" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C26" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>-0.0012</v>
+      <c r="C26" s="9" t="n"/>
+      <c r="D26" s="9" t="n"/>
+      <c r="E26" s="9" t="n"/>
+      <c r="F26" s="10" t="n">
+        <v>93.63</v>
+      </c>
+      <c r="G26" s="11" t="n">
+        <v>0.0008</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="n"/>
       <c r="B28" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C28" s="5" t="n"/>
       <c r="D28" s="5" t="n"/>
       <c r="E28" s="5" t="n"/>
-      <c r="F28" s="8" t="n">
-[...2 lines deleted...]
-      <c r="G28" s="9" t="n">
+      <c r="F28" s="13" t="n">
+        <v>130714.16</v>
+      </c>
+      <c r="G28" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="30" ht="54" customHeight="1" s="41">
+    <row r="30">
       <c r="A30" s="16" t="n">
         <v>1</v>
       </c>
       <c r="B30" s="16" t="inlineStr">
         <is>
-          <t>Subject to SEBI (MF) Regulations and the applicable guidelines issued by SEBI, Scheme has entered into securities lending in accordance with the framework specified in this regard.</t>
-[...8 lines deleted...]
-        <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="32" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B34" s="54" t="inlineStr">
+    <row r="32" ht="14.5" customHeight="1" s="49">
+      <c r="B32" s="64" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="46" ht="14.5" customHeight="1" s="41">
-      <c r="B46" s="54" t="inlineStr">
+    <row r="44" ht="14.5" customHeight="1" s="49">
+      <c r="B44" s="64" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Top 10 Equal Weight TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>