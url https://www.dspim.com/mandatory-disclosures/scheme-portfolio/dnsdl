--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty SDL GSec 2028" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -708,92 +699,92 @@
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>66</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
+      <colOff>2298700</colOff>
       <row>75</row>
-      <rowOff>31749</rowOff>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10883900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>80</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
+      <colOff>2298700</colOff>
       <row>89</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="13296900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
@@ -1049,90 +1040,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L101"/>
+  <dimension ref="A1:L104"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-    <col width="35.7265625" customWidth="1" style="2" min="2" max="2"/>
-    <col width="27.36328125" customWidth="1" style="2" min="3" max="3"/>
+    <col width="37" customWidth="1" style="2" min="2" max="2"/>
+    <col width="18.81640625" customWidth="1" style="2" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="16.26953125" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP NIFTY SDL PLUS G-SEC JUN 2028 30:70 INDEX FUND</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1181,1597 +1172,1600 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>8.28% GOI 2027</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>IN0020070069</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
         <v>46377100</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>48788.29</v>
+        <v>48860.45</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.237</v>
+        <v>0.2375</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>46651</v>
       </c>
       <c r="J8" s="6" t="n">
-        <v>5.7124</v>
+        <v>5.7627</v>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>7.17% GOI 2028</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>IN0020170174</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>35553700</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>37282.26</v>
+        <v>37322.03</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.1811</v>
+        <v>0.1814</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>46760</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>5.7535</v>
+        <v>5.8195</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
         <v>0.9846</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>8.60% GOI 2028</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>IN0020140011</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>24418700</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>26838.86</v>
+        <v>26889.79</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.1304</v>
+        <v>0.1307</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>46906</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>5.8051</v>
+        <v>5.827</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
         <v>0.0154</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>8.26% GOI 2027</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>IN0020070036</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>15064100</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>15961.53</v>
+        <v>15991.39</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0775</v>
+        <v>0.07770000000000001</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>46601</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>5.7203</v>
+        <v>5.7504</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>7.06% GOI 2028</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>IN0020230010</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
         <v>14000000</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>14436.46</v>
+        <v>14459.06</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0701</v>
+        <v>0.0703</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>46853</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>5.7458</v>
+        <v>5.7817</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>8.25% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>IN1520180036</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
         <v>11000000</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>11915.23</v>
+        <v>11497.76</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0579</v>
+        <v>0.0559</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>46868</v>
       </c>
       <c r="J13" s="6" t="n">
-        <v>6.335</v>
+        <v>6.3125</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>8.15% Tamil Nadu SDL 2028</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>IN3120180036</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>7219000</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>7780.71</v>
+        <v>7804.78</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0378</v>
+        <v>0.0379</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>46882</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>6.335</v>
+        <v>6.3125</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>6.98% Maharashtra SDL 2028</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>IN2220190135</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>5102100</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>5227.91</v>
+        <v>5243.18</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0254</v>
+        <v>0.0255</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>46809</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>6.2832</v>
+        <v>6.267</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>8.19% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>IN1520170193</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>4040000</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>4263.18</v>
+        <v>4275.79</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0207</v>
+        <v>0.0208</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>46790</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>6.315</v>
+        <v>6.297</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>8.05% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>IN1520170185</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>3000000</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>3160.5</v>
+        <v>3169.83</v>
       </c>
       <c r="G17" s="7" t="n">
         <v>0.0154</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>46783</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.305</v>
+        <v>6.287</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>8.26% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>IN1520170243</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>3000000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>3150.38</v>
+        <v>3159.75</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0153</v>
+        <v>0.0154</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>46826</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.315</v>
+        <v>6.297</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>8.14% Haryana SDL 2028</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>IN1620170168</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>2220000</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>2320.3</v>
+        <v>2325.37</v>
       </c>
       <c r="G19" s="7" t="n">
         <v>0.0113</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>46839</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>6.3082</v>
+        <v>6.3271</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>8.16% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>IN1520180044</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>2004000</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>2160.49</v>
+        <v>2167.17</v>
       </c>
       <c r="G20" s="7" t="n">
         <v>0.0105</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>46882</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>6.335</v>
+        <v>6.3125</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>8.33% Madhya Pradesh SDL 2028</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>IN2120180020</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E21" s="12" t="n">
         <v>1591800</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>1716.34</v>
+        <v>1721.71</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0083</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>46903</v>
       </c>
       <c r="J21" s="6" t="n">
-        <v>6.3603</v>
+        <v>6.3373</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
           <t>8.06% Tamil Nadu SDL 2028</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
           <t>IN3120190027</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E22" s="12" t="n">
         <v>1500000</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>1613.62</v>
+        <v>1618.6</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0078</v>
+        <v>0.007900000000000001</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>46881</v>
       </c>
       <c r="J22" s="6" t="n">
-        <v>6.325</v>
+        <v>6.3025</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
           <t>8.35% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
           <t>IN1520170227</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E23" s="12" t="n">
         <v>1500000</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>1582.65</v>
+        <v>1587.35</v>
       </c>
       <c r="G23" s="7" t="n">
         <v>0.0077</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>46811</v>
       </c>
       <c r="J23" s="6" t="n">
-        <v>6.315</v>
+        <v>6.2971</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
           <t>7.36% Maharashtra SDL 2028</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
           <t>IN2220230014</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E24" s="12" t="n">
         <v>1500000</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>1536.97</v>
+        <v>1541.72</v>
       </c>
       <c r="G24" s="7" t="n">
         <v>0.0075</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>46855</v>
       </c>
       <c r="J24" s="6" t="n">
-        <v>6.31</v>
+        <v>6.2875</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
           <t>7.49% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
           <t>IN1520220337</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E25" s="12" t="n">
         <v>1447800</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>1491.78</v>
+        <v>1496.21</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0072</v>
+        <v>0.0073</v>
       </c>
       <c r="H25" s="8" t="n">
         <v>46841</v>
       </c>
       <c r="J25" s="6" t="n">
-        <v>6.29</v>
+        <v>6.272</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
           <t>6.99% Telangana SDL 2028</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
           <t>IN4520200093</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E26" s="12" t="n">
         <v>1300000</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>1351.98</v>
+        <v>1356.35</v>
       </c>
       <c r="G26" s="7" t="n">
         <v>0.0066</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>46914</v>
       </c>
       <c r="J26" s="6" t="n">
-        <v>6.3399</v>
+        <v>6.3125</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
           <t>8.39% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
           <t>IN1520170235</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E27" s="12" t="n">
         <v>1220000</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>1286.48</v>
+        <v>1290.16</v>
       </c>
       <c r="G27" s="7" t="n">
         <v>0.0063</v>
       </c>
       <c r="H27" s="8" t="n">
         <v>46819</v>
       </c>
       <c r="J27" s="6" t="n">
-        <v>6.31</v>
+        <v>6.2971</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>8.05% Madhya Pradesh SDL 2028</t>
+          <t>8.34% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>IN2120180012</t>
+          <t>IN3320170191</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E28" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>1078.6</v>
+        <v>1057.6</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0052</v>
+        <v>0.0051</v>
       </c>
       <c r="H28" s="8" t="n">
-        <v>46861</v>
+        <v>46811</v>
       </c>
       <c r="J28" s="6" t="n">
-        <v>6.3503</v>
+        <v>6.3154</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>8.34% Uttar Pradesh SDL 2028</t>
+          <t>7.22% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>IN3320170191</t>
+          <t>IN1520230047</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E29" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>1054.61</v>
+        <v>1049.58</v>
       </c>
       <c r="G29" s="7" t="n">
         <v>0.0051</v>
       </c>
       <c r="H29" s="8" t="n">
-        <v>46811</v>
+        <v>46918</v>
       </c>
       <c r="J29" s="6" t="n">
-        <v>6.3266</v>
+        <v>6.2875</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>7.22% Gujarat SDL 2028</t>
+          <t>8.05% Madhya Pradesh SDL 2028</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>IN1520230047</t>
+          <t>IN2120180012</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E30" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>1046.32</v>
+        <v>1041.6</v>
       </c>
       <c r="G30" s="7" t="n">
         <v>0.0051</v>
       </c>
       <c r="H30" s="8" t="n">
-        <v>46918</v>
+        <v>46861</v>
       </c>
       <c r="J30" s="6" t="n">
-        <v>6.31</v>
+        <v>6.3273</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
           <t>6.98% Telangana SDL 2028</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
           <t>IN4520200044</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E31" s="12" t="n">
         <v>913900</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>958.13</v>
+        <v>929.25</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0047</v>
+        <v>0.0045</v>
       </c>
       <c r="H31" s="8" t="n">
         <v>46865</v>
       </c>
       <c r="J31" s="6" t="n">
-        <v>6.34</v>
+        <v>6.3125</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
           <t>8.39% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
           <t>IN3320180026</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E32" s="12" t="n">
         <v>636000</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>688.29</v>
+        <v>690.35</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.0033</v>
+        <v>0.0034</v>
       </c>
       <c r="H32" s="8" t="n">
         <v>46889</v>
       </c>
       <c r="J32" s="6" t="n">
-        <v>6.3733</v>
+        <v>6.3559</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
           <t>8.15% Chattisgarh SDL 2028</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
           <t>IN3520170090</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E33" s="12" t="n">
         <v>645000</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>673.5700000000001</v>
+        <v>675.5700000000001</v>
       </c>
       <c r="G33" s="7" t="n">
         <v>0.0033</v>
       </c>
       <c r="H33" s="8" t="n">
         <v>46839</v>
       </c>
       <c r="J33" s="6" t="n">
-        <v>6.3567</v>
+        <v>6.3406</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>8.23% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>IN1520170219</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E34" s="12" t="n">
         <v>630000</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>663.78</v>
+        <v>665.74</v>
       </c>
       <c r="G34" s="7" t="n">
         <v>0.0032</v>
       </c>
       <c r="H34" s="8" t="n">
         <v>46804</v>
       </c>
       <c r="J34" s="6" t="n">
-        <v>6.315</v>
+        <v>6.297</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
           <t>7.98% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
           <t>IN3320180018</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E35" s="12" t="n">
         <v>600000</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>622.64</v>
+        <v>624.51</v>
       </c>
       <c r="G35" s="7" t="n">
         <v>0.003</v>
       </c>
       <c r="H35" s="8" t="n">
         <v>46854</v>
       </c>
       <c r="J35" s="6" t="n">
-        <v>6.3633</v>
+        <v>6.3458</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
           <t>6.97% Karnataka SDL 2028</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
           <t>IN1920190189</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E36" s="12" t="n">
         <v>606100</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>620.6799999999999</v>
+        <v>622.72</v>
       </c>
       <c r="G36" s="7" t="n">
         <v>0.003</v>
       </c>
       <c r="H36" s="8" t="n">
         <v>46809</v>
       </c>
       <c r="J36" s="6" t="n">
-        <v>6.3</v>
+        <v>6.267</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>8.28% Chattisgarh SDL 2028</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>IN3520170074</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E37" s="12" t="n">
         <v>400000</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>419.86</v>
+        <v>421.1</v>
       </c>
       <c r="G37" s="7" t="n">
         <v>0.002</v>
       </c>
       <c r="H37" s="8" t="n">
         <v>46826</v>
       </c>
       <c r="J37" s="6" t="n">
-        <v>6.3568</v>
+        <v>6.3406</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
         <v>31</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
           <t>8.11% Chattisgarh SDL 2028</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
           <t>IN3520170041</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E38" s="12" t="n">
         <v>329500</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>347.22</v>
+        <v>348.24</v>
       </c>
       <c r="G38" s="7" t="n">
         <v>0.0017</v>
       </c>
       <c r="H38" s="8" t="n">
         <v>46783</v>
       </c>
       <c r="J38" s="6" t="n">
-        <v>6.3567</v>
+        <v>6.3406</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
         <v>32</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
           <t>8.05% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
           <t>IN1520170201</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E39" s="12" t="n">
         <v>200000</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>210.19</v>
+        <v>210.81</v>
       </c>
       <c r="G39" s="7" t="n">
         <v>0.001</v>
       </c>
       <c r="H39" s="8" t="n">
         <v>46797</v>
       </c>
       <c r="J39" s="6" t="n">
-        <v>6.305</v>
+        <v>6.287</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
           <t>8.28% Tamil Nadu SDL 2028</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
           <t>IN3120170151</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E40" s="12" t="n">
         <v>175500</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>184.39</v>
+        <v>184.93</v>
       </c>
       <c r="G40" s="7" t="n">
         <v>0.0009</v>
       </c>
       <c r="H40" s="8" t="n">
         <v>46826</v>
       </c>
       <c r="J40" s="6" t="n">
-        <v>6.3125</v>
+        <v>6.297</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
         <v>34</v>
       </c>
       <c r="B41" s="2" t="inlineStr">
         <is>
           <t>7.92% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
       <c r="C41" s="2" t="inlineStr">
         <is>
           <t>IN3320170175</t>
         </is>
       </c>
       <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E41" s="12" t="n">
         <v>100000</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>105.13</v>
+        <v>105.43</v>
       </c>
       <c r="G41" s="7" t="n">
         <v>0.0005</v>
       </c>
       <c r="H41" s="8" t="n">
         <v>46776</v>
       </c>
       <c r="J41" s="6" t="n">
-        <v>6.3166</v>
+        <v>6.3055</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
         <v>35</v>
       </c>
       <c r="B42" s="2" t="inlineStr">
         <is>
           <t>7.75% Gujarat SDL 2028</t>
         </is>
       </c>
       <c r="C42" s="2" t="inlineStr">
         <is>
           <t>IN1520170169</t>
         </is>
       </c>
       <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E42" s="12" t="n">
         <v>100000</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>105.02</v>
+        <v>105.33</v>
       </c>
       <c r="G42" s="7" t="n">
         <v>0.0005</v>
       </c>
       <c r="H42" s="8" t="n">
         <v>46762</v>
       </c>
       <c r="J42" s="6" t="n">
-        <v>6.305</v>
+        <v>6.2871</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
         <v>36</v>
       </c>
       <c r="B43" s="2" t="inlineStr">
         <is>
           <t>8.14% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
       <c r="C43" s="2" t="inlineStr">
         <is>
           <t>IN3320170225</t>
         </is>
       </c>
       <c r="D43" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E43" s="12" t="n">
         <v>50000</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>52.29</v>
+        <v>52.44</v>
       </c>
       <c r="G43" s="7" t="n">
         <v>0.0003</v>
       </c>
       <c r="H43" s="8" t="n">
         <v>46833</v>
       </c>
       <c r="J43" s="6" t="n">
-        <v>6.3266</v>
+        <v>6.3155</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="9" t="n"/>
       <c r="B44" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C44" s="9" t="n"/>
       <c r="D44" s="9" t="n"/>
       <c r="E44" s="9" t="n"/>
       <c r="F44" s="10" t="n">
-        <v>202696.64</v>
+        <v>202563.65</v>
       </c>
       <c r="G44" s="11" t="n">
         <v>0.9846</v>
       </c>
     </row>
     <row r="46">
       <c r="B46" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
         <v>37</v>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F47" s="6" t="n">
-        <v>3060.76</v>
+        <v>3066.93</v>
       </c>
       <c r="G47" s="7" t="n">
-        <v>0.0148</v>
+        <v>0.0149</v>
       </c>
       <c r="H47" s="8" t="n">
-        <v>45946</v>
+        <v>45964</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="9" t="n"/>
       <c r="B48" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C48" s="9" t="n"/>
       <c r="D48" s="9" t="n"/>
       <c r="E48" s="9" t="n"/>
       <c r="F48" s="10" t="n">
-        <v>3060.76</v>
+        <v>3066.93</v>
       </c>
       <c r="G48" s="11" t="n">
-        <v>0.0148</v>
+        <v>0.0149</v>
       </c>
     </row>
     <row r="50">
       <c r="B50" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E51" s="12" t="n"/>
       <c r="F51" s="6" t="n">
-        <v>77.62</v>
+        <v>60.29</v>
       </c>
       <c r="G51" s="7" t="n">
-        <v>0.0005999999999999999</v>
+        <v>0.0005</v>
       </c>
       <c r="J51" s="6" t="n"/>
     </row>
     <row r="52">
       <c r="A52" s="9" t="n"/>
       <c r="B52" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C52" s="9" t="n"/>
       <c r="D52" s="9" t="n"/>
       <c r="E52" s="9" t="n"/>
       <c r="F52" s="10" t="n">
-        <v>77.62</v>
+        <v>60.29</v>
       </c>
       <c r="G52" s="11" t="n">
-        <v>0.0005999999999999999</v>
+        <v>0.0005</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="n"/>
       <c r="B54" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C54" s="5" t="n"/>
       <c r="D54" s="5" t="n"/>
       <c r="E54" s="5" t="n"/>
       <c r="F54" s="13" t="n">
-        <v>205835.02</v>
+        <v>205690.87</v>
       </c>
       <c r="G54" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="15" t="n">
+      <c r="A56" s="16" t="n">
         <v>1</v>
       </c>
-      <c r="B56" s="15" t="inlineStr">
+      <c r="B56" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
     <row r="57" ht="27" customHeight="1" s="74">
-      <c r="A57" s="15" t="n">
+      <c r="A57" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B57" s="15" t="inlineStr">
-[...5 lines deleted...]
-    <row r="58" ht="46.5" customHeight="1" s="74">
+      <c r="B57" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="49.5" customHeight="1" s="74">
       <c r="A58" t="n">
         <v>3</v>
       </c>
-      <c r="B58" s="96" t="inlineStr">
+      <c r="B58" s="99" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
     </row>
     <row r="59" ht="14.5" customHeight="1" s="74"/>
     <row r="60" ht="14.5" customHeight="1" s="74">
-      <c r="B60" s="67" t="inlineStr">
+      <c r="B60" s="63" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
-      <c r="C60" s="67" t="inlineStr">
+      <c r="C60" s="63" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
     <row r="61" ht="14.5" customHeight="1" s="74">
-      <c r="B61" s="68" t="inlineStr">
+      <c r="B61" s="64" t="inlineStr">
         <is>
           <t>Nifty SDL Plus G-Sec Jun 2028 30:70 Index</t>
         </is>
       </c>
-      <c r="C61" s="69" t="n">
+      <c r="C61" s="65" t="n">
         <v>0.9846</v>
       </c>
     </row>
     <row r="65" ht="14.5" customHeight="1" s="74">
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
     <row r="79" ht="14.5" customHeight="1" s="74">
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty SDL Plus G-Sec Jun 2028 30:70 Index</t>
         </is>
       </c>
     </row>
     <row r="94">
-      <c r="B94" s="16" t="n"/>
-      <c r="C94" s="18" t="inlineStr">
+      <c r="B94" s="17" t="n"/>
+      <c r="C94" s="19" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="95" ht="29" customHeight="1" s="74">
-      <c r="B95" s="16" t="inlineStr">
+    <row r="95" ht="40.5" customHeight="1" s="74">
+      <c r="B95" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C95" s="101" t="inlineStr">
+      <c r="C95" s="97" t="inlineStr">
         <is>
           <t>DSP NIFTY SDL PLUS G-SEC JUN 2028 30:70 INDEX FUND</t>
         </is>
       </c>
     </row>
     <row r="96">
-      <c r="B96" s="16" t="inlineStr">
+      <c r="B96" s="17" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C96" s="19" t="n"/>
+      <c r="C96" s="20" t="n"/>
     </row>
     <row r="97">
-      <c r="B97" s="16" t="inlineStr">
+      <c r="B97" s="17" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C97" s="20" t="n">
-        <v>0.0599</v>
+      <c r="C97" s="21" t="n">
+        <v>0.0602</v>
       </c>
     </row>
     <row r="98">
-      <c r="B98" s="16" t="inlineStr">
+      <c r="B98" s="17" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C98" s="19" t="n">
-        <v>2.05</v>
+      <c r="C98" s="20" t="n">
+        <v>2.01</v>
       </c>
     </row>
     <row r="99">
-      <c r="B99" s="16" t="inlineStr">
+      <c r="B99" s="17" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C99" s="19" t="n">
-        <v>2.23</v>
+      <c r="C99" s="20" t="n">
+        <v>2.19</v>
       </c>
     </row>
     <row r="100">
-      <c r="B100" s="16" t="inlineStr">
+      <c r="B100" s="17" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C100" s="21" t="n">
-        <v>45945</v>
+      <c r="C100" s="22" t="n">
+        <v>45961</v>
       </c>
     </row>
     <row r="101">
-      <c r="B101" s="17" t="inlineStr">
+      <c r="B101" s="18" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C101" s="18" t="n"/>
+      <c r="C101" s="19" t="n"/>
+    </row>
+    <row r="104">
+      <c r="B104" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B58:C58"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>