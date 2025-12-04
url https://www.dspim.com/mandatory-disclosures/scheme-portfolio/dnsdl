--- v1 (2025-11-09)
+++ v2 (2025-12-04)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty SDL GSec 2028" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
   <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -158,50 +152,58 @@
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -336,315 +338,298 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...9 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -694,98 +679,98 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>66</row>
+      <row>65</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2298700</colOff>
-      <row>75</row>
+      <colOff>2374900</colOff>
+      <row>74</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10883900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>80</row>
+      <row>79</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2298700</colOff>
-      <row>89</row>
+      <colOff>2374900</colOff>
+      <row>88</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="13296900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1045,1727 +1030,1714 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L104"/>
+  <dimension ref="A1:L100"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="36" customWidth="1" style="1" min="2" max="2"/>
+    <col width="27.54296875" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.26953125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="72">
+      <c r="A1" s="71" t="n"/>
+      <c r="B1" s="71" t="inlineStr">
         <is>
           <t>DSP NIFTY SDL PLUS G-SEC JUN 2028 30:70 INDEX FUND</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>8.28% GOI 2027</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>IN0020070069</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E8" s="12" t="n">
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E8" s="11" t="n">
         <v>46377100</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H8" s="8" t="n">
+      <c r="F8" s="5" t="n">
+        <v>48966.38</v>
+      </c>
+      <c r="G8" s="6" t="n">
+        <v>0.238</v>
+      </c>
+      <c r="H8" s="7" t="n">
         <v>46651</v>
       </c>
-      <c r="J8" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="J8" s="5" t="n">
+        <v>5.7747</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>7.17% GOI 2028</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>IN0020170174</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="12" t="n">
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
         <v>35553700</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F9" s="5" t="n">
+        <v>37438.34</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.182</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>46760</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...8 lines deleted...]
-        <v>0.9846</v>
+      <c r="J9" s="5" t="n">
+        <v>5.782</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.9847</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>8.60% GOI 2028</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>IN0020140011</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E10" s="12" t="n">
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
         <v>24418700</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="F10" s="5" t="n">
+        <v>26928.42</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.1309</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>46906</v>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>5.8705</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
+      <c r="L10" s="6" t="n">
+        <v>0.0153</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>8.26% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>IN0020070036</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>15064100</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>16026.83</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0779</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>46601</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>5.7599</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>7.06% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230010</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
+        <v>14000000</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>14487.42</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0704</v>
+      </c>
+      <c r="H12" s="7" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J12" s="5" t="n">
+        <v>5.8008</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>8.25% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>IN1520180036</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>11000000</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>11522.88</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.056</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>46868</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>6.3311</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>8.15% Tamil Nadu SDL 2028</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>IN3120180036</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>7219000</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>7527.36</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0366</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>46882</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>6.3312</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>6.98% Maharashtra SDL 2028</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>IN2220190135</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
+        <v>5102100</v>
+      </c>
+      <c r="F15" s="5" t="n">
+        <v>5256.13</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0256</v>
+      </c>
+      <c r="H15" s="7" t="n">
+        <v>46809</v>
+      </c>
+      <c r="J15" s="5" t="n">
+        <v>6.272</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>8.19% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170193</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>4040000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>4286.43</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0208</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>46790</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>6.302</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>8.05% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170185</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>3000000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>3177.7</v>
+      </c>
+      <c r="G17" s="6" t="n">
         <v>0.0154</v>
       </c>
-    </row>
-[...133 lines deleted...]
-      <c r="H14" s="8" t="n">
+      <c r="H17" s="7" t="n">
+        <v>46783</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>6.2921</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>8.26% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170243</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>3000000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>3167.59</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46826</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.302</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>8.14% Haryana SDL 2028</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>IN1620170168</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>2220000</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>2331.17</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46839</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.3321</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>8.16% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>IN1520180044</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>2004000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>2090.06</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="H20" s="7" t="n">
         <v>46882</v>
       </c>
-      <c r="J14" s="6" t="n">
-[...31 lines deleted...]
-      <c r="H15" s="8" t="n">
+      <c r="J20" s="5" t="n">
+        <v>6.3312</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>8.33% Madhya Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>IN2120180020</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>1591800</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>1725.49</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46903</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.3559</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>8.35% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170227</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>1591.29</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46811</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.302</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>8.06% Tamil Nadu SDL 2028</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>IN3120190027</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>1561.61</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46881</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>6.3211</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>7.36% Maharashtra SDL 2028</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>IN2220230014</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>1545.08</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46855</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>6.3061</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>7.49% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>IN1520220337</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>1447800</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>1499.91</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46841</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>6.277</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>6.99% Telangana SDL 2028</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>IN4520200093</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>1300000</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>1359.3</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>46914</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>6.3311</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>8.39% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170235</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>1220000</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>1293.37</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46819</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>6.302</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>8.34% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>IN3320170191</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>1059.79</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46811</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.3409</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>7.22% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>IN1520230047</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>1051.84</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46918</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.3061</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>8.05% Madhya Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>IN2120180012</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>1043.89</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46861</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.3459</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>6.98% Telangana SDL 2028</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>IN4520200044</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>913900</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>931.28</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>46865</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.3311</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>8.39% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>IN3320180026</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>636000</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>691.9400000000001</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.37</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>8.15% Chattisgarh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>IN3520170090</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>645000</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>677.25</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46839</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.3456</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>8.23% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170219</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>630000</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>667.4</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46804</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>6.302</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>7.98% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>IN3320180018</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>600000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>625.9400000000001</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>46854</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>6.36</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>6.97% Karnataka SDL 2028</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>IN1920190189</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>606100</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>624.26</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="H36" s="7" t="n">
         <v>46809</v>
       </c>
-      <c r="J15" s="6" t="n">
-[...42 lines deleted...]
-      <c r="B17" s="2" t="inlineStr">
+      <c r="J36" s="5" t="n">
+        <v>6.272</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>8.28% Chattisgarh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>IN3520170074</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>400000</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>422.15</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46826</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>6.3456</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>8.11% Chattisgarh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>IN3520170041</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>329500</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>349.11</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46783</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>6.3456</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>8.05% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C17" s="2" t="inlineStr">
-[...53 lines deleted...]
-      <c r="H18" s="8" t="n">
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170201</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>200000</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>211.34</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46797</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>6.2921</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>8.28% Tamil Nadu SDL 2028</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>IN3120170151</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>175500</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>185.39</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H40" s="7" t="n">
         <v>46826</v>
       </c>
-      <c r="J18" s="6" t="n">
-[...770 lines deleted...]
-        <v>6.297</v>
+      <c r="J40" s="5" t="n">
+        <v>6.302</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="2" t="n">
+      <c r="A41" s="1" t="n">
         <v>34</v>
       </c>
-      <c r="B41" s="2" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>7.92% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
-      <c r="C41" s="2" t="inlineStr">
+      <c r="C41" s="1" t="inlineStr">
         <is>
           <t>IN3320170175</t>
         </is>
       </c>
-      <c r="D41" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E41" s="12" t="n">
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
         <v>100000</v>
       </c>
-      <c r="F41" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G41" s="7" t="n">
+      <c r="F41" s="5" t="n">
+        <v>105.65</v>
+      </c>
+      <c r="G41" s="6" t="n">
         <v>0.0005</v>
       </c>
-      <c r="H41" s="8" t="n">
+      <c r="H41" s="7" t="n">
         <v>46776</v>
       </c>
-      <c r="J41" s="6" t="n">
-        <v>6.3055</v>
+      <c r="J41" s="5" t="n">
+        <v>6.3309</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="2" t="n">
+      <c r="A42" s="1" t="n">
         <v>35</v>
       </c>
-      <c r="B42" s="2" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>7.75% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C42" s="2" t="inlineStr">
+      <c r="C42" s="1" t="inlineStr">
         <is>
           <t>IN1520170169</t>
         </is>
       </c>
-      <c r="D42" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E42" s="12" t="n">
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
         <v>100000</v>
       </c>
-      <c r="F42" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G42" s="7" t="n">
+      <c r="F42" s="5" t="n">
+        <v>105.59</v>
+      </c>
+      <c r="G42" s="6" t="n">
         <v>0.0005</v>
       </c>
-      <c r="H42" s="8" t="n">
+      <c r="H42" s="7" t="n">
         <v>46762</v>
       </c>
-      <c r="J42" s="6" t="n">
-        <v>6.2871</v>
+      <c r="J42" s="5" t="n">
+        <v>6.2921</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="2" t="n">
+      <c r="A43" s="1" t="n">
         <v>36</v>
       </c>
-      <c r="B43" s="2" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>8.14% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
-      <c r="C43" s="2" t="inlineStr">
+      <c r="C43" s="1" t="inlineStr">
         <is>
           <t>IN3320170225</t>
         </is>
       </c>
-      <c r="D43" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E43" s="12" t="n">
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
         <v>50000</v>
       </c>
-      <c r="F43" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G43" s="7" t="n">
+      <c r="F43" s="5" t="n">
+        <v>52.55</v>
+      </c>
+      <c r="G43" s="6" t="n">
         <v>0.0003</v>
       </c>
-      <c r="H43" s="8" t="n">
+      <c r="H43" s="7" t="n">
         <v>46833</v>
       </c>
-      <c r="J43" s="6" t="n">
-        <v>6.3155</v>
+      <c r="J43" s="5" t="n">
+        <v>6.3409</v>
       </c>
     </row>
     <row r="44">
-      <c r="A44" s="9" t="n"/>
-      <c r="B44" s="9" t="inlineStr">
+      <c r="A44" s="8" t="n"/>
+      <c r="B44" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C44" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.9846</v>
+      <c r="C44" s="8" t="n"/>
+      <c r="D44" s="8" t="n"/>
+      <c r="E44" s="8" t="n"/>
+      <c r="F44" s="9" t="n">
+        <v>202588.13</v>
+      </c>
+      <c r="G44" s="10" t="n">
+        <v>0.9847</v>
       </c>
     </row>
     <row r="46">
-      <c r="B46" s="4" t="inlineStr">
+      <c r="B46" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="2" t="n">
+      <c r="A47" s="1" t="n">
         <v>37</v>
       </c>
-      <c r="B47" s="4" t="inlineStr">
+      <c r="B47" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F47" s="6" t="n">
-[...6 lines deleted...]
-        <v>45964</v>
+      <c r="F47" s="5" t="n">
+        <v>3035.89</v>
+      </c>
+      <c r="G47" s="6" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="H47" s="7" t="n">
+        <v>45978</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="9" t="n"/>
-      <c r="B48" s="9" t="inlineStr">
+      <c r="A48" s="8" t="n"/>
+      <c r="B48" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C48" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0149</v>
+      <c r="C48" s="8" t="n"/>
+      <c r="D48" s="8" t="n"/>
+      <c r="E48" s="8" t="n"/>
+      <c r="F48" s="9" t="n">
+        <v>3035.89</v>
+      </c>
+      <c r="G48" s="10" t="n">
+        <v>0.0148</v>
       </c>
     </row>
     <row r="50">
-      <c r="B50" s="4" t="inlineStr">
+      <c r="B50" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="51">
-      <c r="B51" s="2" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E51" s="12" t="n"/>
-[...3 lines deleted...]
-      <c r="G51" s="7" t="n">
+      <c r="E51" s="11" t="n"/>
+      <c r="F51" s="5" t="n">
+        <v>78.77</v>
+      </c>
+      <c r="G51" s="6" t="n">
         <v>0.0005</v>
       </c>
-      <c r="J51" s="6" t="n"/>
+      <c r="J51" s="5" t="n"/>
     </row>
     <row r="52">
-      <c r="A52" s="9" t="n"/>
-      <c r="B52" s="9" t="inlineStr">
+      <c r="A52" s="8" t="n"/>
+      <c r="B52" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C52" s="9" t="n"/>
-[...5 lines deleted...]
-      <c r="G52" s="11" t="n">
+      <c r="C52" s="8" t="n"/>
+      <c r="D52" s="8" t="n"/>
+      <c r="E52" s="8" t="n"/>
+      <c r="F52" s="9" t="n">
+        <v>78.77</v>
+      </c>
+      <c r="G52" s="10" t="n">
         <v>0.0005</v>
       </c>
     </row>
     <row r="54">
-      <c r="A54" s="5" t="n"/>
-      <c r="B54" s="5" t="inlineStr">
+      <c r="A54" s="4" t="n"/>
+      <c r="B54" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C54" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G54" s="14" t="n">
+      <c r="C54" s="4" t="n"/>
+      <c r="D54" s="4" t="n"/>
+      <c r="E54" s="4" t="n"/>
+      <c r="F54" s="12" t="n">
+        <v>205702.79</v>
+      </c>
+      <c r="G54" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="2" t="inlineStr">
+      <c r="A55" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="16" t="n">
+      <c r="A56" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B56" s="16" t="inlineStr">
+      <c r="B56" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="57" ht="27" customHeight="1" s="74">
-      <c r="A57" s="16" t="n">
+    <row r="57" ht="45" customHeight="1" s="72">
+      <c r="A57" t="n">
         <v>2</v>
       </c>
-      <c r="B57" s="16" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B58" s="99" t="inlineStr">
+      <c r="B57" s="87" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
     </row>
-    <row r="59" ht="14.5" customHeight="1" s="74"/>
-    <row r="60" ht="14.5" customHeight="1" s="74">
+    <row r="58" ht="14.5" customHeight="1" s="72"/>
+    <row r="59" ht="14.5" customHeight="1" s="72">
+      <c r="B59" s="62" t="inlineStr">
+        <is>
+          <t>Scheme</t>
+        </is>
+      </c>
+      <c r="C59" s="62" t="inlineStr">
+        <is>
+          <t>DIRF</t>
+        </is>
+      </c>
+    </row>
+    <row r="60" ht="14.5" customHeight="1" s="72">
       <c r="B60" s="63" t="inlineStr">
         <is>
-          <t>Scheme</t>
-[...10 lines deleted...]
-        <is>
           <t>Nifty SDL Plus G-Sec Jun 2028 30:70 Index</t>
         </is>
       </c>
-      <c r="C61" s="65" t="n">
-[...4 lines deleted...]
-      <c r="B65" s="1" t="inlineStr">
+      <c r="C60" s="64" t="n">
+        <v>0.9835</v>
+      </c>
+    </row>
+    <row r="64" ht="14.5" customHeight="1" s="72">
+      <c r="B64" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="79" ht="14.5" customHeight="1" s="74">
-      <c r="B79" s="1" t="inlineStr">
+    <row r="78" ht="14.5" customHeight="1" s="72">
+      <c r="B78" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty SDL Plus G-Sec Jun 2028 30:70 Index</t>
         </is>
       </c>
     </row>
-    <row r="94">
-[...1 lines deleted...]
-      <c r="C94" s="19" t="inlineStr">
+    <row r="93">
+      <c r="B93" s="15" t="n"/>
+      <c r="C93" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="95" ht="40.5" customHeight="1" s="74">
-      <c r="B95" s="17" t="inlineStr">
+    <row r="94" ht="27" customHeight="1" s="72">
+      <c r="B94" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C95" s="97" t="inlineStr">
+      <c r="C94" s="93" t="inlineStr">
         <is>
           <t>DSP NIFTY SDL PLUS G-SEC JUN 2028 30:70 INDEX FUND</t>
         </is>
       </c>
     </row>
+    <row r="95">
+      <c r="B95" s="15" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C95" s="18" t="n"/>
+    </row>
     <row r="96">
-      <c r="B96" s="17" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C96" s="20" t="n"/>
+      <c r="B96" s="15" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C96" s="19" t="n">
+        <v>0.0603</v>
+      </c>
     </row>
     <row r="97">
-      <c r="B97" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0602</v>
+      <c r="B97" s="15" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C97" s="18" t="n">
+        <v>1.98</v>
       </c>
     </row>
     <row r="98">
-      <c r="B98" s="17" t="inlineStr">
-[...5 lines deleted...]
-        <v>2.01</v>
+      <c r="B98" s="15" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C98" s="18" t="n">
+        <v>2.15</v>
       </c>
     </row>
     <row r="99">
-      <c r="B99" s="17" t="inlineStr">
-[...1 lines deleted...]
-          <t>Residual Maturity</t>
+      <c r="B99" s="15" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
         </is>
       </c>
       <c r="C99" s="20" t="n">
-        <v>2.19</v>
+        <v>45976</v>
       </c>
     </row>
     <row r="100">
-      <c r="B100" s="17" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B101" s="18" t="inlineStr">
+      <c r="B100" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C101" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B104" s="4" t="n"/>
+      <c r="C100" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
+    <mergeCell ref="B57:C57"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B58:C58"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Koushik Chowdhury</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>