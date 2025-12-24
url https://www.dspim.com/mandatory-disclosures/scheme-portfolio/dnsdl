--- v2 (2025-12-04)
+++ v3 (2025-12-24)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="938" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty SDL GSec 2028" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -76,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -149,61 +155,59 @@
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
-      <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -338,299 +342,319 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...10 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -679,98 +703,98 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>65</row>
+      <row>64</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>74</row>
+      <row>73</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10883900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>79</row>
+      <row>76</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>88</row>
+      <row>85</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="13296900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1030,1714 +1054,1726 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L100"/>
+  <dimension ref="A1:L97"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="37.453125" customWidth="1" style="92" min="2" max="2"/>
+    <col width="18.1796875" customWidth="1" style="92" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="13.08984375" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="72">
-[...1 lines deleted...]
-      <c r="B1" s="71" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP NIFTY SDL PLUS G-SEC JUN 2028 30:70 INDEX FUND</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 15, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="92" t="inlineStr">
         <is>
           <t>8.28% GOI 2027</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="92" t="inlineStr">
         <is>
           <t>IN0020070069</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E8" s="11" t="n">
+      <c r="D8" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E8" s="12" t="n">
         <v>46377100</v>
       </c>
-      <c r="F8" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H8" s="7" t="n">
+      <c r="F8" s="6" t="n">
+        <v>49224.65</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.2427</v>
+      </c>
+      <c r="H8" s="8" t="n">
         <v>46651</v>
       </c>
-      <c r="J8" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="J8" s="6" t="n">
+        <v>5.7425</v>
+      </c>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
         <is>
           <t>7.17% GOI 2028</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="92" t="inlineStr">
         <is>
           <t>IN0020170174</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="11" t="n">
+      <c r="D9" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
         <v>35553700</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>37604.13</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.1854</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>46760</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...8 lines deleted...]
-        <v>0.9847</v>
+      <c r="J9" s="6" t="n">
+        <v>5.8</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.9849</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="92" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="92" t="inlineStr">
         <is>
           <t>8.60% GOI 2028</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="92" t="inlineStr">
         <is>
           <t>IN0020140011</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E10" s="11" t="n">
+      <c r="D10" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
         <v>24418700</v>
       </c>
-      <c r="F10" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="7" t="n">
+      <c r="F10" s="6" t="n">
+        <v>26043.19</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.1284</v>
+      </c>
+      <c r="H10" s="8" t="n">
         <v>46906</v>
       </c>
-      <c r="J10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="J10" s="6" t="n">
+        <v>5.806</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.0153</v>
+      <c r="L10" s="7" t="n">
+        <v>0.0151</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="92" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="92" t="inlineStr">
+        <is>
+          <t>7.06% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C11" s="92" t="inlineStr">
+        <is>
+          <t>IN0020230010</t>
+        </is>
+      </c>
+      <c r="D11" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>14000000</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>14561.29</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0718</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>5.7855</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="92" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="92" t="inlineStr">
         <is>
           <t>8.26% GOI 2027</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C12" s="92" t="inlineStr">
         <is>
           <t>IN0020070036</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="H11" s="7" t="n">
+      <c r="D12" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>12564100</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>13435.36</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.06619999999999999</v>
+      </c>
+      <c r="H12" s="8" t="n">
         <v>46601</v>
       </c>
-      <c r="J11" s="5" t="n">
-[...35 lines deleted...]
-        <v>5.8008</v>
+      <c r="J12" s="6" t="n">
+        <v>5.7352</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="1" t="n">
+      <c r="A13" s="92" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B13" s="92" t="inlineStr">
         <is>
           <t>8.25% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C13" s="92" t="inlineStr">
         <is>
           <t>IN1520180036</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E13" s="11" t="n">
+      <c r="D13" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
         <v>11000000</v>
       </c>
-      <c r="F13" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H13" s="7" t="n">
+      <c r="F13" s="6" t="n">
+        <v>11591.09</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0571</v>
+      </c>
+      <c r="H13" s="8" t="n">
         <v>46868</v>
       </c>
-      <c r="J13" s="5" t="n">
-        <v>6.3311</v>
+      <c r="J13" s="6" t="n">
+        <v>6.2975</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="1" t="n">
+      <c r="A14" s="92" t="n">
         <v>7</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B14" s="92" t="inlineStr">
         <is>
           <t>8.15% Tamil Nadu SDL 2028</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C14" s="92" t="inlineStr">
         <is>
           <t>IN3120180036</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E14" s="11" t="n">
+      <c r="D14" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
         <v>7219000</v>
       </c>
-      <c r="F14" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H14" s="7" t="n">
+      <c r="F14" s="6" t="n">
+        <v>7572.03</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0373</v>
+      </c>
+      <c r="H14" s="8" t="n">
         <v>46882</v>
       </c>
-      <c r="J14" s="5" t="n">
-        <v>6.3312</v>
+      <c r="J14" s="6" t="n">
+        <v>6.2975</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="1" t="n">
+      <c r="A15" s="92" t="n">
         <v>8</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B15" s="92" t="inlineStr">
         <is>
           <t>6.98% Maharashtra SDL 2028</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C15" s="92" t="inlineStr">
         <is>
           <t>IN2220190135</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E15" s="11" t="n">
+      <c r="D15" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
         <v>5102100</v>
       </c>
-      <c r="F15" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H15" s="7" t="n">
+      <c r="F15" s="6" t="n">
+        <v>5283.99</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0261</v>
+      </c>
+      <c r="H15" s="8" t="n">
         <v>46809</v>
       </c>
-      <c r="J15" s="5" t="n">
-        <v>6.272</v>
+      <c r="J15" s="6" t="n">
+        <v>6.265</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="1" t="n">
+      <c r="A16" s="92" t="n">
         <v>9</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B16" s="92" t="inlineStr">
         <is>
           <t>8.19% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C16" s="92" t="inlineStr">
         <is>
           <t>IN1520170193</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E16" s="11" t="n">
+      <c r="D16" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
         <v>4040000</v>
       </c>
-      <c r="F16" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H16" s="7" t="n">
+      <c r="F16" s="6" t="n">
+        <v>4310.32</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="H16" s="8" t="n">
         <v>46790</v>
       </c>
-      <c r="J16" s="5" t="n">
-        <v>6.302</v>
+      <c r="J16" s="6" t="n">
+        <v>6.2815</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="1" t="n">
+      <c r="A17" s="92" t="n">
         <v>10</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
+      <c r="B17" s="92" t="inlineStr">
         <is>
           <t>8.05% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C17" s="92" t="inlineStr">
         <is>
           <t>IN1520170185</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E17" s="11" t="n">
+      <c r="D17" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
         <v>3000000</v>
       </c>
-      <c r="F17" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H17" s="7" t="n">
+      <c r="F17" s="6" t="n">
+        <v>3194.78</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="H17" s="8" t="n">
         <v>46783</v>
       </c>
-      <c r="J17" s="5" t="n">
-        <v>6.2921</v>
+      <c r="J17" s="6" t="n">
+        <v>6.2815</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="1" t="n">
+      <c r="A18" s="92" t="n">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B18" s="92" t="inlineStr">
         <is>
           <t>8.26% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C18" s="1" t="inlineStr">
+      <c r="C18" s="92" t="inlineStr">
         <is>
           <t>IN1520170243</t>
         </is>
       </c>
-      <c r="D18" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E18" s="11" t="n">
+      <c r="D18" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
         <v>3000000</v>
       </c>
-      <c r="F18" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H18" s="7" t="n">
+      <c r="F18" s="6" t="n">
+        <v>3185.32</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="H18" s="8" t="n">
         <v>46826</v>
       </c>
-      <c r="J18" s="5" t="n">
-        <v>6.302</v>
+      <c r="J18" s="6" t="n">
+        <v>6.2815</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="1" t="n">
+      <c r="A19" s="92" t="n">
         <v>12</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
+      <c r="B19" s="92" t="inlineStr">
         <is>
           <t>8.14% Haryana SDL 2028</t>
         </is>
       </c>
-      <c r="C19" s="1" t="inlineStr">
+      <c r="C19" s="92" t="inlineStr">
         <is>
           <t>IN1620170168</t>
         </is>
       </c>
-      <c r="D19" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E19" s="11" t="n">
+      <c r="D19" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
         <v>2220000</v>
       </c>
-      <c r="F19" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H19" s="7" t="n">
+      <c r="F19" s="6" t="n">
+        <v>2344.12</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="H19" s="8" t="n">
         <v>46839</v>
       </c>
-      <c r="J19" s="5" t="n">
-        <v>6.3321</v>
+      <c r="J19" s="6" t="n">
+        <v>6.315</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="1" t="n">
+      <c r="A20" s="92" t="n">
         <v>13</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
+      <c r="B20" s="92" t="inlineStr">
         <is>
           <t>8.16% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C20" s="1" t="inlineStr">
+      <c r="C20" s="92" t="inlineStr">
         <is>
           <t>IN1520180044</t>
         </is>
       </c>
-      <c r="D20" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E20" s="11" t="n">
+      <c r="D20" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
         <v>2004000</v>
       </c>
-      <c r="F20" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H20" s="7" t="n">
+      <c r="F20" s="6" t="n">
+        <v>2102.46</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="H20" s="8" t="n">
         <v>46882</v>
       </c>
-      <c r="J20" s="5" t="n">
-        <v>6.3312</v>
+      <c r="J20" s="6" t="n">
+        <v>6.2975</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="1" t="n">
+      <c r="A21" s="92" t="n">
         <v>14</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B21" s="92" t="inlineStr">
         <is>
           <t>8.33% Madhya Pradesh SDL 2028</t>
         </is>
       </c>
-      <c r="C21" s="1" t="inlineStr">
+      <c r="C21" s="92" t="inlineStr">
         <is>
           <t>IN2120180020</t>
         </is>
       </c>
-      <c r="D21" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E21" s="11" t="n">
+      <c r="D21" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
         <v>1591800</v>
       </c>
-      <c r="F21" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H21" s="7" t="n">
+      <c r="F21" s="6" t="n">
+        <v>1669.23</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H21" s="8" t="n">
         <v>46903</v>
       </c>
-      <c r="J21" s="5" t="n">
-        <v>6.3559</v>
+      <c r="J21" s="6" t="n">
+        <v>6.323</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="1" t="n">
+      <c r="A22" s="92" t="n">
         <v>15</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B22" s="92" t="inlineStr">
         <is>
           <t>8.35% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C22" s="1" t="inlineStr">
+      <c r="C22" s="92" t="inlineStr">
         <is>
           <t>IN1520170227</t>
         </is>
       </c>
-      <c r="D22" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E22" s="11" t="n">
+      <c r="D22" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
         <v>1500000</v>
       </c>
-      <c r="F22" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G22" s="6" t="n">
+      <c r="F22" s="6" t="n">
+        <v>1600.18</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46811</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>6.2815</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="92" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="92" t="inlineStr">
+        <is>
+          <t>8.06% Tamil Nadu SDL 2028</t>
+        </is>
+      </c>
+      <c r="C23" s="92" t="inlineStr">
+        <is>
+          <t>IN3120190027</t>
+        </is>
+      </c>
+      <c r="D23" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>1570.53</v>
+      </c>
+      <c r="G23" s="7" t="n">
         <v>0.0077</v>
       </c>
-      <c r="H22" s="7" t="n">
+      <c r="H23" s="8" t="n">
+        <v>46881</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>6.2975</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="92" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="92" t="inlineStr">
+        <is>
+          <t>7.36% Maharashtra SDL 2028</t>
+        </is>
+      </c>
+      <c r="C24" s="92" t="inlineStr">
+        <is>
+          <t>IN2220230014</t>
+        </is>
+      </c>
+      <c r="D24" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>1553.69</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46855</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>6.2875</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="92" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="92" t="inlineStr">
+        <is>
+          <t>7.49% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C25" s="92" t="inlineStr">
+        <is>
+          <t>IN1520220337</t>
+        </is>
+      </c>
+      <c r="D25" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>1447800</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>1507.82</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46841</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>6.2715</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="92" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="92" t="inlineStr">
+        <is>
+          <t>6.99% Telangana SDL 2028</t>
+        </is>
+      </c>
+      <c r="C26" s="92" t="inlineStr">
+        <is>
+          <t>IN4520200093</t>
+        </is>
+      </c>
+      <c r="D26" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>1300000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>1320.94</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46914</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>6.3296</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="92" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="92" t="inlineStr">
+        <is>
+          <t>8.39% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C27" s="92" t="inlineStr">
+        <is>
+          <t>IN1520170235</t>
+        </is>
+      </c>
+      <c r="D27" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>1220000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>1300.6</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46819</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.2815</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="92" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="92" t="inlineStr">
+        <is>
+          <t>8.34% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C28" s="92" t="inlineStr">
+        <is>
+          <t>IN3320170191</t>
+        </is>
+      </c>
+      <c r="D28" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>1065.86</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H28" s="8" t="n">
         <v>46811</v>
       </c>
-      <c r="J22" s="5" t="n">
-[...197 lines deleted...]
-      <c r="E28" s="11" t="n">
+      <c r="J28" s="6" t="n">
+        <v>6.315</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="92" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="92" t="inlineStr">
+        <is>
+          <t>8.05% Madhya Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C29" s="92" t="inlineStr">
+        <is>
+          <t>IN2120180012</t>
+        </is>
+      </c>
+      <c r="D29" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
         <v>1000000</v>
       </c>
-      <c r="F28" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G28" s="6" t="n">
+      <c r="F29" s="6" t="n">
+        <v>1049.84</v>
+      </c>
+      <c r="G29" s="7" t="n">
         <v>0.0052</v>
       </c>
-      <c r="H28" s="7" t="n">
-[...10 lines deleted...]
-      <c r="B29" s="1" t="inlineStr">
+      <c r="H29" s="8" t="n">
+        <v>46861</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>6.323</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="92" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="92" t="inlineStr">
         <is>
           <t>7.22% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C29" s="1" t="inlineStr">
+      <c r="C30" s="92" t="inlineStr">
         <is>
           <t>IN1520230047</t>
         </is>
       </c>
-      <c r="D29" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E29" s="11" t="n">
+      <c r="D30" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
         <v>1000000</v>
       </c>
-      <c r="F29" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H29" s="7" t="n">
+      <c r="F30" s="6" t="n">
+        <v>1021.62</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="H30" s="8" t="n">
         <v>46918</v>
       </c>
-      <c r="J29" s="5" t="n">
-[...35 lines deleted...]
-        <v>6.3459</v>
+      <c r="J30" s="6" t="n">
+        <v>6.2875</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="1" t="n">
+      <c r="A31" s="92" t="n">
         <v>24</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B31" s="92" t="inlineStr">
         <is>
           <t>6.98% Telangana SDL 2028</t>
         </is>
       </c>
-      <c r="C31" s="1" t="inlineStr">
+      <c r="C31" s="92" t="inlineStr">
         <is>
           <t>IN4520200044</t>
         </is>
       </c>
-      <c r="D31" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E31" s="11" t="n">
+      <c r="D31" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
         <v>913900</v>
       </c>
-      <c r="F31" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H31" s="7" t="n">
+      <c r="F31" s="6" t="n">
+        <v>936.16</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H31" s="8" t="n">
         <v>46865</v>
       </c>
-      <c r="J31" s="5" t="n">
-        <v>6.3311</v>
+      <c r="J31" s="6" t="n">
+        <v>6.3296</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="1" t="n">
+      <c r="A32" s="92" t="n">
         <v>25</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B32" s="92" t="inlineStr">
+        <is>
+          <t>8.15% Chattisgarh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C32" s="92" t="inlineStr">
+        <is>
+          <t>IN3520170090</t>
+        </is>
+      </c>
+      <c r="D32" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>645000</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>681.02</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46839</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>6.3286</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="92" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="92" t="inlineStr">
+        <is>
+          <t>8.23% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C33" s="92" t="inlineStr">
+        <is>
+          <t>IN1520170219</t>
+        </is>
+      </c>
+      <c r="D33" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>630000</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>671.13</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46804</v>
+      </c>
+      <c r="J33" s="6" t="n">
+        <v>6.2815</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="92" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="92" t="inlineStr">
         <is>
           <t>8.39% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
-      <c r="C32" s="1" t="inlineStr">
+      <c r="C34" s="92" t="inlineStr">
         <is>
           <t>IN3320180026</t>
         </is>
       </c>
-      <c r="D32" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E32" s="11" t="n">
+      <c r="D34" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
         <v>636000</v>
       </c>
-      <c r="F32" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H32" s="7" t="n">
+      <c r="F34" s="6" t="n">
+        <v>669.24</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H34" s="8" t="n">
         <v>46889</v>
       </c>
-      <c r="J32" s="5" t="n">
-[...70 lines deleted...]
-        <v>6.302</v>
+      <c r="J34" s="6" t="n">
+        <v>6.3363</v>
       </c>
     </row>
     <row r="35">
-      <c r="A35" s="1" t="n">
+      <c r="A35" s="92" t="n">
         <v>28</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B35" s="92" t="inlineStr">
         <is>
           <t>7.98% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
-      <c r="C35" s="1" t="inlineStr">
+      <c r="C35" s="92" t="inlineStr">
         <is>
           <t>IN3320180018</t>
         </is>
       </c>
-      <c r="D35" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E35" s="11" t="n">
+      <c r="D35" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
         <v>600000</v>
       </c>
-      <c r="F35" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H35" s="7" t="n">
+      <c r="F35" s="6" t="n">
+        <v>629.66</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H35" s="8" t="n">
         <v>46854</v>
       </c>
-      <c r="J35" s="5" t="n">
-        <v>6.36</v>
+      <c r="J35" s="6" t="n">
+        <v>6.3263</v>
       </c>
     </row>
     <row r="36">
-      <c r="A36" s="1" t="n">
+      <c r="A36" s="92" t="n">
         <v>29</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
+      <c r="B36" s="92" t="inlineStr">
         <is>
           <t>6.97% Karnataka SDL 2028</t>
         </is>
       </c>
-      <c r="C36" s="1" t="inlineStr">
+      <c r="C36" s="92" t="inlineStr">
         <is>
           <t>IN1920190189</t>
         </is>
       </c>
-      <c r="D36" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E36" s="11" t="n">
+      <c r="D36" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
         <v>606100</v>
       </c>
-      <c r="F36" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H36" s="7" t="n">
+      <c r="F36" s="6" t="n">
+        <v>627.5700000000001</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H36" s="8" t="n">
         <v>46809</v>
       </c>
-      <c r="J36" s="5" t="n">
-        <v>6.272</v>
+      <c r="J36" s="6" t="n">
+        <v>6.265</v>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="1" t="n">
+      <c r="A37" s="92" t="n">
         <v>30</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B37" s="92" t="inlineStr">
         <is>
           <t>8.28% Chattisgarh SDL 2028</t>
         </is>
       </c>
-      <c r="C37" s="1" t="inlineStr">
+      <c r="C37" s="92" t="inlineStr">
         <is>
           <t>IN3520170074</t>
         </is>
       </c>
-      <c r="D37" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E37" s="11" t="n">
+      <c r="D37" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
         <v>400000</v>
       </c>
-      <c r="F37" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G37" s="6" t="n">
+      <c r="F37" s="6" t="n">
+        <v>424.5</v>
+      </c>
+      <c r="G37" s="7" t="n">
         <v>0.0021</v>
       </c>
-      <c r="H37" s="7" t="n">
+      <c r="H37" s="8" t="n">
         <v>46826</v>
       </c>
-      <c r="J37" s="5" t="n">
-        <v>6.3456</v>
+      <c r="J37" s="6" t="n">
+        <v>6.3286</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38" s="1" t="n">
+      <c r="A38" s="92" t="n">
         <v>31</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
+      <c r="B38" s="92" t="inlineStr">
         <is>
           <t>8.11% Chattisgarh SDL 2028</t>
         </is>
       </c>
-      <c r="C38" s="1" t="inlineStr">
+      <c r="C38" s="92" t="inlineStr">
         <is>
           <t>IN3520170041</t>
         </is>
       </c>
-      <c r="D38" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E38" s="11" t="n">
+      <c r="D38" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
         <v>329500</v>
       </c>
-      <c r="F38" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G38" s="6" t="n">
+      <c r="F38" s="6" t="n">
+        <v>351.04</v>
+      </c>
+      <c r="G38" s="7" t="n">
         <v>0.0017</v>
       </c>
-      <c r="H38" s="7" t="n">
+      <c r="H38" s="8" t="n">
         <v>46783</v>
       </c>
-      <c r="J38" s="5" t="n">
-        <v>6.3456</v>
+      <c r="J38" s="6" t="n">
+        <v>6.3285</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39" s="1" t="n">
+      <c r="A39" s="92" t="n">
         <v>32</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
+      <c r="B39" s="92" t="inlineStr">
         <is>
           <t>8.05% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C39" s="1" t="inlineStr">
+      <c r="C39" s="92" t="inlineStr">
         <is>
           <t>IN1520170201</t>
         </is>
       </c>
-      <c r="D39" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E39" s="11" t="n">
+      <c r="D39" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
         <v>200000</v>
       </c>
-      <c r="F39" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G39" s="6" t="n">
+      <c r="F39" s="6" t="n">
+        <v>212.47</v>
+      </c>
+      <c r="G39" s="7" t="n">
         <v>0.001</v>
       </c>
-      <c r="H39" s="7" t="n">
+      <c r="H39" s="8" t="n">
         <v>46797</v>
       </c>
-      <c r="J39" s="5" t="n">
-        <v>6.2921</v>
+      <c r="J39" s="6" t="n">
+        <v>6.2815</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="1" t="n">
+      <c r="A40" s="92" t="n">
         <v>33</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B40" s="92" t="inlineStr">
         <is>
           <t>8.28% Tamil Nadu SDL 2028</t>
         </is>
       </c>
-      <c r="C40" s="1" t="inlineStr">
+      <c r="C40" s="92" t="inlineStr">
         <is>
           <t>IN3120170151</t>
         </is>
       </c>
-      <c r="D40" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E40" s="11" t="n">
+      <c r="D40" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
         <v>175500</v>
       </c>
-      <c r="F40" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G40" s="6" t="n">
+      <c r="F40" s="6" t="n">
+        <v>186.41</v>
+      </c>
+      <c r="G40" s="7" t="n">
         <v>0.0009</v>
       </c>
-      <c r="H40" s="7" t="n">
+      <c r="H40" s="8" t="n">
         <v>46826</v>
       </c>
-      <c r="J40" s="5" t="n">
-        <v>6.302</v>
+      <c r="J40" s="6" t="n">
+        <v>6.285</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="1" t="n">
+      <c r="A41" s="92" t="n">
         <v>34</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B41" s="92" t="inlineStr">
         <is>
           <t>7.92% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
-      <c r="C41" s="1" t="inlineStr">
+      <c r="C41" s="92" t="inlineStr">
         <is>
           <t>IN3320170175</t>
         </is>
       </c>
-      <c r="D41" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E41" s="11" t="n">
+      <c r="D41" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n">
         <v>100000</v>
       </c>
-      <c r="F41" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G41" s="6" t="n">
+      <c r="F41" s="6" t="n">
+        <v>106.25</v>
+      </c>
+      <c r="G41" s="7" t="n">
         <v>0.0005</v>
       </c>
-      <c r="H41" s="7" t="n">
+      <c r="H41" s="8" t="n">
         <v>46776</v>
       </c>
-      <c r="J41" s="5" t="n">
-        <v>6.3309</v>
+      <c r="J41" s="6" t="n">
+        <v>6.305</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="1" t="n">
+      <c r="A42" s="92" t="n">
         <v>35</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B42" s="92" t="inlineStr">
         <is>
           <t>7.75% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C42" s="1" t="inlineStr">
+      <c r="C42" s="92" t="inlineStr">
         <is>
           <t>IN1520170169</t>
         </is>
       </c>
-      <c r="D42" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E42" s="11" t="n">
+      <c r="D42" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E42" s="12" t="n">
         <v>100000</v>
       </c>
-      <c r="F42" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G42" s="6" t="n">
+      <c r="F42" s="6" t="n">
+        <v>106.18</v>
+      </c>
+      <c r="G42" s="7" t="n">
         <v>0.0005</v>
       </c>
-      <c r="H42" s="7" t="n">
+      <c r="H42" s="8" t="n">
         <v>46762</v>
       </c>
-      <c r="J42" s="5" t="n">
-        <v>6.2921</v>
+      <c r="J42" s="6" t="n">
+        <v>6.2715</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="1" t="n">
+      <c r="A43" s="92" t="n">
         <v>36</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B43" s="92" t="inlineStr">
         <is>
           <t>8.14% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
-      <c r="C43" s="1" t="inlineStr">
+      <c r="C43" s="92" t="inlineStr">
         <is>
           <t>IN3320170225</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E43" s="11" t="n">
+      <c r="D43" s="92" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
         <v>50000</v>
       </c>
-      <c r="F43" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G43" s="6" t="n">
+      <c r="F43" s="6" t="n">
+        <v>52.85</v>
+      </c>
+      <c r="G43" s="7" t="n">
         <v>0.0003</v>
       </c>
-      <c r="H43" s="7" t="n">
+      <c r="H43" s="8" t="n">
         <v>46833</v>
       </c>
-      <c r="J43" s="5" t="n">
-        <v>6.3409</v>
+      <c r="J43" s="6" t="n">
+        <v>6.315</v>
       </c>
     </row>
     <row r="44">
-      <c r="A44" s="8" t="n"/>
-      <c r="B44" s="8" t="inlineStr">
+      <c r="A44" s="9" t="n"/>
+      <c r="B44" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C44" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.9847</v>
+      <c r="C44" s="9" t="n"/>
+      <c r="D44" s="9" t="n"/>
+      <c r="E44" s="9" t="n"/>
+      <c r="F44" s="10" t="n">
+        <v>199767.52</v>
+      </c>
+      <c r="G44" s="11" t="n">
+        <v>0.9849</v>
       </c>
     </row>
     <row r="46">
-      <c r="B46" s="3" t="inlineStr">
+      <c r="B46" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="1" t="n">
+      <c r="A47" s="92" t="n">
         <v>37</v>
       </c>
-      <c r="B47" s="3" t="inlineStr">
+      <c r="B47" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F47" s="5" t="n">
-[...6 lines deleted...]
-        <v>45978</v>
+      <c r="F47" s="6" t="n">
+        <v>3012.41</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="H47" s="8" t="n">
+        <v>46007</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="8" t="n"/>
-      <c r="B48" s="8" t="inlineStr">
+      <c r="A48" s="9" t="n"/>
+      <c r="B48" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C48" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0148</v>
+      <c r="C48" s="9" t="n"/>
+      <c r="D48" s="9" t="n"/>
+      <c r="E48" s="9" t="n"/>
+      <c r="F48" s="10" t="n">
+        <v>3012.41</v>
+      </c>
+      <c r="G48" s="11" t="n">
+        <v>0.0149</v>
       </c>
     </row>
     <row r="50">
-      <c r="B50" s="3" t="inlineStr">
+      <c r="B50" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="51">
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B51" s="92" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E51" s="11" t="n"/>
-[...6 lines deleted...]
-      <c r="J51" s="5" t="n"/>
+      <c r="E51" s="12" t="n"/>
+      <c r="F51" s="6" t="n">
+        <v>45.76</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
     </row>
     <row r="52">
-      <c r="A52" s="8" t="n"/>
-      <c r="B52" s="8" t="inlineStr">
+      <c r="A52" s="9" t="n"/>
+      <c r="B52" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C52" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0005</v>
+      <c r="C52" s="9" t="n"/>
+      <c r="D52" s="9" t="n"/>
+      <c r="E52" s="9" t="n"/>
+      <c r="F52" s="10" t="n">
+        <v>45.76</v>
+      </c>
+      <c r="G52" s="11" t="n">
+        <v>0.0002</v>
       </c>
     </row>
     <row r="54">
-      <c r="A54" s="4" t="n"/>
-      <c r="B54" s="4" t="inlineStr">
+      <c r="A54" s="5" t="n"/>
+      <c r="B54" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C54" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G54" s="13" t="n">
+      <c r="C54" s="5" t="n"/>
+      <c r="D54" s="5" t="n"/>
+      <c r="E54" s="5" t="n"/>
+      <c r="F54" s="13" t="n">
+        <v>202825.69</v>
+      </c>
+      <c r="G54" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="1" t="inlineStr">
+      <c r="A55" s="92" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="14" t="n">
+      <c r="A56" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B56" s="14" t="inlineStr">
+      <c r="B56" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="57" ht="45" customHeight="1" s="72">
-      <c r="A57" t="n">
+    <row r="57" ht="51" customHeight="1" s="68">
+      <c r="A57" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B57" s="87" t="inlineStr">
+      <c r="B57" s="95" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
     </row>
-    <row r="58" ht="14.5" customHeight="1" s="72"/>
-[...1 lines deleted...]
-      <c r="B59" s="62" t="inlineStr">
+    <row r="58" ht="14.5" customHeight="1" s="68">
+      <c r="A58" s="15" t="n"/>
+      <c r="B58" s="59" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
-      <c r="C59" s="62" t="inlineStr">
+      <c r="C58" s="59" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
-    <row r="60" ht="14.5" customHeight="1" s="72">
-      <c r="B60" s="63" t="inlineStr">
+    <row r="59" ht="14.5" customHeight="1" s="68">
+      <c r="A59" s="15" t="n"/>
+      <c r="B59" s="60" t="inlineStr">
         <is>
           <t>Nifty SDL Plus G-Sec Jun 2028 30:70 Index</t>
         </is>
       </c>
-      <c r="C60" s="64" t="n">
-[...4 lines deleted...]
-      <c r="B64" s="69" t="inlineStr">
+      <c r="C59" s="61" t="n">
+        <v>0.9849</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B60" s="96" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+      <c r="C60" s="92" t="n"/>
+    </row>
+    <row r="63" ht="14.5" customHeight="1" s="68">
+      <c r="B63" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="78" ht="14.5" customHeight="1" s="72">
-      <c r="B78" s="69" t="inlineStr">
+    <row r="75" ht="14.5" customHeight="1" s="68">
+      <c r="B75" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty SDL Plus G-Sec Jun 2028 30:70 Index</t>
         </is>
       </c>
     </row>
+    <row r="90">
+      <c r="B90" s="16" t="n"/>
+      <c r="C90" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="91" ht="54" customHeight="1" s="68">
+      <c r="B91" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C91" s="97" t="inlineStr">
+        <is>
+          <t>DSP NIFTY SDL PLUS G-SEC JUN 2028 30:70 INDEX FUND</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C92" s="19" t="n"/>
+    </row>
     <row r="93">
-      <c r="B93" s="15" t="n"/>
-[...15 lines deleted...]
-        </is>
+      <c r="B93" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C93" s="20" t="n">
+        <v>0.06</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C94" s="19" t="n">
+        <v>1.91</v>
       </c>
     </row>
     <row r="95">
-      <c r="B95" s="15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C95" s="18" t="n"/>
+      <c r="B95" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C95" s="19" t="n">
+        <v>2.07</v>
+      </c>
     </row>
     <row r="96">
-      <c r="B96" s="15" t="inlineStr">
-[...5 lines deleted...]
-        <v>0.0603</v>
+      <c r="B96" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C96" s="21" t="n">
+        <v>46006</v>
       </c>
     </row>
     <row r="97">
-      <c r="B97" s="15" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B100" s="16" t="inlineStr">
+      <c r="B97" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C100" s="17" t="n"/>
+      <c r="C97" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B57:C57"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Koushik Chowdhury</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>