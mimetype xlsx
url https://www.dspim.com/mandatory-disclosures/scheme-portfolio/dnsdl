--- v3 (2025-12-24)
+++ v4 (2026-01-14)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty SDL GSec 2028" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,319 +330,320 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,99 +692,99 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>64</row>
+      <row>65</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>73</row>
-      <rowOff>31750</rowOff>
+      <row>74</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="10883900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>76</row>
+      <row>77</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>85</row>
-      <rowOff>31750</rowOff>
+      <row>86</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="13296900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -1050,1716 +1039,1717 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet18">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L97"/>
+  <dimension ref="A1:L101"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="48.54296875" customWidth="1" style="1" min="2" max="2"/>
+    <col width="17.81640625" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP NIFTY SDL PLUS G-SEC JUN 2028 30:70 INDEX FUND</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="92" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="92" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>8.28% GOI 2027</t>
         </is>
       </c>
-      <c r="C8" s="92" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>IN0020070069</t>
         </is>
       </c>
-      <c r="D8" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E8" s="12" t="n">
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E8" s="11" t="n">
         <v>46377100</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H8" s="8" t="n">
+      <c r="F8" s="5" t="n">
+        <v>49342.92</v>
+      </c>
+      <c r="G8" s="6" t="n">
+        <v>0.2426</v>
+      </c>
+      <c r="H8" s="7" t="n">
         <v>46651</v>
       </c>
-      <c r="J8" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="J8" s="5" t="n">
+        <v>5.74</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>7.17% GOI 2028</t>
         </is>
       </c>
-      <c r="C9" s="92" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>IN0020170174</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="12" t="n">
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
         <v>35553700</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F9" s="5" t="n">
+        <v>37671.13</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.1852</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>46760</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...8 lines deleted...]
-        <v>0.9849</v>
+      <c r="J9" s="5" t="n">
+        <v>5.8334</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.9846</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="92" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="92" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>8.60% GOI 2028</t>
         </is>
       </c>
-      <c r="C10" s="92" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>IN0020140011</t>
         </is>
       </c>
-      <c r="D10" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E10" s="12" t="n">
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
         <v>24418700</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="F10" s="5" t="n">
+        <v>26087.91</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.1283</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>46906</v>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>5.837</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.0151</v>
+      <c r="L10" s="6" t="n">
+        <v>0.0154</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="92" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="92" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>7.06% GOI 2028</t>
         </is>
       </c>
-      <c r="C11" s="92" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>IN0020230010</t>
         </is>
       </c>
-      <c r="D11" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="12" t="n">
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
         <v>14000000</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G11" s="7" t="n">
+      <c r="F11" s="5" t="n">
+        <v>14603.5</v>
+      </c>
+      <c r="G11" s="6" t="n">
         <v>0.0718</v>
       </c>
-      <c r="H11" s="8" t="n">
+      <c r="H11" s="7" t="n">
         <v>46853</v>
       </c>
-      <c r="J11" s="6" t="n">
-        <v>5.7855</v>
+      <c r="J11" s="5" t="n">
+        <v>5.7603</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="92" t="n">
+      <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="92" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>8.26% GOI 2027</t>
         </is>
       </c>
-      <c r="C12" s="92" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>IN0020070036</t>
         </is>
       </c>
-      <c r="D12" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E12" s="12" t="n">
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E12" s="11" t="n">
         <v>12564100</v>
       </c>
-      <c r="F12" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G12" s="7" t="n">
+      <c r="F12" s="5" t="n">
+        <v>13473.28</v>
+      </c>
+      <c r="G12" s="6" t="n">
         <v>0.06619999999999999</v>
       </c>
-      <c r="H12" s="8" t="n">
+      <c r="H12" s="7" t="n">
         <v>46601</v>
       </c>
-      <c r="J12" s="6" t="n">
-        <v>5.7352</v>
+      <c r="J12" s="5" t="n">
+        <v>5.7029</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="92" t="n">
+      <c r="A13" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="92" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>8.25% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C13" s="92" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>IN1520180036</t>
         </is>
       </c>
-      <c r="D13" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E13" s="12" t="n">
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
         <v>11000000</v>
       </c>
-      <c r="F13" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H13" s="8" t="n">
+      <c r="F13" s="5" t="n">
+        <v>11628.88</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0572</v>
+      </c>
+      <c r="H13" s="7" t="n">
         <v>46868</v>
       </c>
-      <c r="J13" s="6" t="n">
-        <v>6.2975</v>
+      <c r="J13" s="5" t="n">
+        <v>6.265</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="92" t="n">
+      <c r="A14" s="1" t="n">
         <v>7</v>
       </c>
-      <c r="B14" s="92" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>8.15% Tamil Nadu SDL 2028</t>
         </is>
       </c>
-      <c r="C14" s="92" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>IN3120180036</t>
         </is>
       </c>
-      <c r="D14" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E14" s="12" t="n">
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
         <v>7219000</v>
       </c>
-      <c r="F14" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H14" s="8" t="n">
+      <c r="F14" s="5" t="n">
+        <v>7596.82</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0374</v>
+      </c>
+      <c r="H14" s="7" t="n">
         <v>46882</v>
       </c>
-      <c r="J14" s="6" t="n">
-        <v>6.2975</v>
+      <c r="J14" s="5" t="n">
+        <v>6.265</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="92" t="n">
+      <c r="A15" s="1" t="n">
         <v>8</v>
       </c>
-      <c r="B15" s="92" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>6.98% Maharashtra SDL 2028</t>
         </is>
       </c>
-      <c r="C15" s="92" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>IN2220190135</t>
         </is>
       </c>
-      <c r="D15" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E15" s="12" t="n">
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E15" s="11" t="n">
         <v>5102100</v>
       </c>
-      <c r="F15" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G15" s="7" t="n">
+      <c r="F15" s="5" t="n">
+        <v>5299.83</v>
+      </c>
+      <c r="G15" s="6" t="n">
         <v>0.0261</v>
       </c>
-      <c r="H15" s="8" t="n">
+      <c r="H15" s="7" t="n">
         <v>46809</v>
       </c>
-      <c r="J15" s="6" t="n">
+      <c r="J15" s="5" t="n">
+        <v>6.2431</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>8.19% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170193</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E16" s="11" t="n">
+        <v>4040000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>4322.93</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="H16" s="7" t="n">
+        <v>46790</v>
+      </c>
+      <c r="J16" s="5" t="n">
+        <v>6.2631</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>8.05% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170185</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E17" s="11" t="n">
+        <v>3000000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>3204.11</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>46783</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>6.2631</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>8.26% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170243</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E18" s="11" t="n">
+        <v>3000000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>3194.69</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>46826</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.2631</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>8.14% Haryana SDL 2028</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>IN1620170168</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>2220000</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>2346.39</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46839</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.3966</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>8.16% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>IN1520180044</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>2004000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>2109.34</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46882</v>
+      </c>
+      <c r="J20" s="5" t="n">
         <v>6.265</v>
       </c>
     </row>
-    <row r="16">
-[...38 lines deleted...]
-      <c r="B17" s="92" t="inlineStr">
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>8.33% Madhya Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>IN2120180020</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>1591800</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>1673.48</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46903</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>6.3255</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>8.35% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170227</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>1604.87</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46811</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.2631</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>8.06% Tamil Nadu SDL 2028</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>IN3120190027</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E23" s="11" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F23" s="5" t="n">
+        <v>1575.67</v>
+      </c>
+      <c r="G23" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H23" s="7" t="n">
+        <v>46881</v>
+      </c>
+      <c r="J23" s="5" t="n">
+        <v>6.265</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>7.36% Maharashtra SDL 2028</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>IN2220230014</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E24" s="11" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>1558.74</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46855</v>
+      </c>
+      <c r="J24" s="5" t="n">
+        <v>6.255</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>7.49% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>IN1520220337</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E25" s="11" t="n">
+        <v>1447800</v>
+      </c>
+      <c r="F25" s="5" t="n">
+        <v>1512.27</v>
+      </c>
+      <c r="G25" s="6" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H25" s="7" t="n">
+        <v>46841</v>
+      </c>
+      <c r="J25" s="5" t="n">
+        <v>6.2531</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>6.99% Telangana SDL 2028</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>IN4520200093</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E26" s="11" t="n">
+        <v>1300000</v>
+      </c>
+      <c r="F26" s="5" t="n">
+        <v>1324.99</v>
+      </c>
+      <c r="G26" s="6" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H26" s="7" t="n">
+        <v>46914</v>
+      </c>
+      <c r="J26" s="5" t="n">
+        <v>6.3084</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>8.39% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170235</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>1220000</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>1304.42</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46819</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>6.2631</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>8.34% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>IN3320170191</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>1069.22</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46811</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>6.2857</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>8.05% Madhya Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>IN2120180012</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>1052.51</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46861</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>6.3255</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>7.22% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>IN1520230047</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E30" s="11" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F30" s="5" t="n">
+        <v>1024.99</v>
+      </c>
+      <c r="G30" s="6" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="H30" s="7" t="n">
+        <v>46918</v>
+      </c>
+      <c r="J30" s="5" t="n">
+        <v>6.255</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>6.98% Telangana SDL 2028</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>IN4520200044</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E31" s="11" t="n">
+        <v>913900</v>
+      </c>
+      <c r="F31" s="5" t="n">
+        <v>939.01</v>
+      </c>
+      <c r="G31" s="6" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="H31" s="7" t="n">
+        <v>46865</v>
+      </c>
+      <c r="J31" s="5" t="n">
+        <v>6.3084</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>8.15% Chattisgarh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>IN3520170090</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n">
+        <v>645000</v>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>683.09</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46839</v>
+      </c>
+      <c r="J32" s="5" t="n">
+        <v>6.3066</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>8.23% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170219</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E33" s="11" t="n">
+        <v>630000</v>
+      </c>
+      <c r="F33" s="5" t="n">
+        <v>673.09</v>
+      </c>
+      <c r="G33" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H33" s="7" t="n">
+        <v>46804</v>
+      </c>
+      <c r="J33" s="5" t="n">
+        <v>6.2631</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>8.39% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>IN3320180026</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E34" s="11" t="n">
+        <v>636000</v>
+      </c>
+      <c r="F34" s="5" t="n">
+        <v>671.58</v>
+      </c>
+      <c r="G34" s="6" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="H34" s="7" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J34" s="5" t="n">
+        <v>6.2938</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>7.98% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>IN3320180018</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E35" s="11" t="n">
+        <v>600000</v>
+      </c>
+      <c r="F35" s="5" t="n">
+        <v>631.84</v>
+      </c>
+      <c r="G35" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H35" s="7" t="n">
+        <v>46854</v>
+      </c>
+      <c r="J35" s="5" t="n">
+        <v>6.2839</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>6.97% Karnataka SDL 2028</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>IN1920190189</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>606100</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>629.45</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H36" s="7" t="n">
+        <v>46809</v>
+      </c>
+      <c r="J36" s="5" t="n">
+        <v>6.2431</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>8.28% Chattisgarh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>IN3520170074</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E37" s="11" t="n">
+        <v>400000</v>
+      </c>
+      <c r="F37" s="5" t="n">
+        <v>425.78</v>
+      </c>
+      <c r="G37" s="6" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="H37" s="7" t="n">
+        <v>46826</v>
+      </c>
+      <c r="J37" s="5" t="n">
+        <v>6.3066</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>8.11% Chattisgarh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>IN3520170041</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E38" s="11" t="n">
+        <v>329500</v>
+      </c>
+      <c r="F38" s="5" t="n">
+        <v>352.1</v>
+      </c>
+      <c r="G38" s="6" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="H38" s="7" t="n">
+        <v>46783</v>
+      </c>
+      <c r="J38" s="5" t="n">
+        <v>6.3067</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
         <is>
           <t>8.05% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C17" s="92" t="inlineStr">
-[...53 lines deleted...]
-      <c r="H18" s="8" t="n">
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>IN1520170201</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E39" s="11" t="n">
+        <v>200000</v>
+      </c>
+      <c r="F39" s="5" t="n">
+        <v>213.1</v>
+      </c>
+      <c r="G39" s="6" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="H39" s="7" t="n">
+        <v>46797</v>
+      </c>
+      <c r="J39" s="5" t="n">
+        <v>6.2631</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>8.28% Tamil Nadu SDL 2028</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>IN3120170151</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n">
+        <v>175500</v>
+      </c>
+      <c r="F40" s="5" t="n">
+        <v>186.97</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H40" s="7" t="n">
         <v>46826</v>
       </c>
-      <c r="J18" s="6" t="n">
-[...770 lines deleted...]
-        <v>6.285</v>
+      <c r="J40" s="5" t="n">
+        <v>6.2631</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="92" t="n">
+      <c r="A41" s="1" t="n">
         <v>34</v>
       </c>
-      <c r="B41" s="92" t="inlineStr">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>7.92% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
-      <c r="C41" s="92" t="inlineStr">
+      <c r="C41" s="1" t="inlineStr">
         <is>
           <t>IN3320170175</t>
         </is>
       </c>
-      <c r="D41" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E41" s="12" t="n">
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E41" s="11" t="n">
         <v>100000</v>
       </c>
-      <c r="F41" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G41" s="7" t="n">
+      <c r="F41" s="5" t="n">
+        <v>106.58</v>
+      </c>
+      <c r="G41" s="6" t="n">
         <v>0.0005</v>
       </c>
-      <c r="H41" s="8" t="n">
+      <c r="H41" s="7" t="n">
         <v>46776</v>
       </c>
-      <c r="J41" s="6" t="n">
-        <v>6.305</v>
+      <c r="J41" s="5" t="n">
+        <v>6.2757</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="92" t="n">
+      <c r="A42" s="1" t="n">
         <v>35</v>
       </c>
-      <c r="B42" s="92" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>7.75% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C42" s="92" t="inlineStr">
+      <c r="C42" s="1" t="inlineStr">
         <is>
           <t>IN1520170169</t>
         </is>
       </c>
-      <c r="D42" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E42" s="12" t="n">
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E42" s="11" t="n">
         <v>100000</v>
       </c>
-      <c r="F42" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G42" s="7" t="n">
+      <c r="F42" s="5" t="n">
+        <v>106.48</v>
+      </c>
+      <c r="G42" s="6" t="n">
         <v>0.0005</v>
       </c>
-      <c r="H42" s="8" t="n">
+      <c r="H42" s="7" t="n">
         <v>46762</v>
       </c>
-      <c r="J42" s="6" t="n">
-        <v>6.2715</v>
+      <c r="J42" s="5" t="n">
+        <v>6.2531</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="92" t="n">
+      <c r="A43" s="1" t="n">
         <v>36</v>
       </c>
-      <c r="B43" s="92" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>8.14% Uttar Pradesh SDL 2028</t>
         </is>
       </c>
-      <c r="C43" s="92" t="inlineStr">
+      <c r="C43" s="1" t="inlineStr">
         <is>
           <t>IN3320170225</t>
         </is>
       </c>
-      <c r="D43" s="92" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E43" s="12" t="n">
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E43" s="11" t="n">
         <v>50000</v>
       </c>
-      <c r="F43" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G43" s="7" t="n">
+      <c r="F43" s="5" t="n">
+        <v>53.02</v>
+      </c>
+      <c r="G43" s="6" t="n">
         <v>0.0003</v>
       </c>
-      <c r="H43" s="8" t="n">
+      <c r="H43" s="7" t="n">
         <v>46833</v>
       </c>
-      <c r="J43" s="6" t="n">
-        <v>6.315</v>
+      <c r="J43" s="5" t="n">
+        <v>6.2857</v>
       </c>
     </row>
     <row r="44">
-      <c r="A44" s="9" t="n"/>
-      <c r="B44" s="9" t="inlineStr">
+      <c r="A44" s="8" t="n"/>
+      <c r="B44" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C44" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.9849</v>
+      <c r="C44" s="8" t="n"/>
+      <c r="D44" s="8" t="n"/>
+      <c r="E44" s="8" t="n"/>
+      <c r="F44" s="9" t="n">
+        <v>200254.98</v>
+      </c>
+      <c r="G44" s="10" t="n">
+        <v>0.9846</v>
       </c>
     </row>
     <row r="46">
-      <c r="B46" s="4" t="inlineStr">
+      <c r="B46" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="92" t="n">
+      <c r="A47" s="1" t="n">
         <v>37</v>
       </c>
-      <c r="B47" s="4" t="inlineStr">
+      <c r="B47" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F47" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G47" s="7" t="n">
+      <c r="F47" s="5" t="n">
+        <v>3044.73</v>
+      </c>
+      <c r="G47" s="6" t="n">
         <v>0.0149</v>
       </c>
-      <c r="H47" s="8" t="n">
-        <v>46007</v>
+      <c r="H47" s="7" t="n">
+        <v>46023</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="9" t="n"/>
-      <c r="B48" s="9" t="inlineStr">
+      <c r="A48" s="8" t="n"/>
+      <c r="B48" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C48" s="9" t="n"/>
-[...5 lines deleted...]
-      <c r="G48" s="11" t="n">
+      <c r="C48" s="8" t="n"/>
+      <c r="D48" s="8" t="n"/>
+      <c r="E48" s="8" t="n"/>
+      <c r="F48" s="9" t="n">
+        <v>3044.73</v>
+      </c>
+      <c r="G48" s="10" t="n">
         <v>0.0149</v>
       </c>
     </row>
     <row r="50">
-      <c r="B50" s="4" t="inlineStr">
+      <c r="B50" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="51">
-      <c r="B51" s="92" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E51" s="12" t="n"/>
-[...6 lines deleted...]
-      <c r="J51" s="6" t="n"/>
+      <c r="E51" s="11" t="n"/>
+      <c r="F51" s="5" t="n">
+        <v>73.42</v>
+      </c>
+      <c r="G51" s="6" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J51" s="5" t="n"/>
     </row>
     <row r="52">
-      <c r="A52" s="9" t="n"/>
-      <c r="B52" s="9" t="inlineStr">
+      <c r="A52" s="8" t="n"/>
+      <c r="B52" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C52" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0002</v>
+      <c r="C52" s="8" t="n"/>
+      <c r="D52" s="8" t="n"/>
+      <c r="E52" s="8" t="n"/>
+      <c r="F52" s="9" t="n">
+        <v>73.42</v>
+      </c>
+      <c r="G52" s="10" t="n">
+        <v>0.0005</v>
       </c>
     </row>
     <row r="54">
-      <c r="A54" s="5" t="n"/>
-      <c r="B54" s="5" t="inlineStr">
+      <c r="A54" s="4" t="n"/>
+      <c r="B54" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C54" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G54" s="14" t="n">
+      <c r="C54" s="4" t="n"/>
+      <c r="D54" s="4" t="n"/>
+      <c r="E54" s="4" t="n"/>
+      <c r="F54" s="12" t="n">
+        <v>203373.13</v>
+      </c>
+      <c r="G54" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="92" t="inlineStr">
+      <c r="A55" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="15" t="n">
         <v>1</v>
       </c>
       <c r="B56" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="57" ht="51" customHeight="1" s="68">
+    <row r="57" ht="27" customHeight="1" s="74">
       <c r="A57" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B57" s="95" t="inlineStr">
+      <c r="B57" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="54.5" customHeight="1" s="74">
+      <c r="A58" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B58" s="97" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
     </row>
-    <row r="58" ht="14.5" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B58" s="59" t="inlineStr">
+    <row r="59" ht="14.5" customHeight="1" s="74"/>
+    <row r="60" ht="14.5" customHeight="1" s="74">
+      <c r="B60" s="67" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
-      <c r="C58" s="59" t="inlineStr">
+      <c r="C60" s="67" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
-    <row r="59" ht="14.5" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B59" s="60" t="inlineStr">
+    <row r="61" ht="14.5" customHeight="1" s="74">
+      <c r="B61" s="68" t="inlineStr">
         <is>
           <t>Nifty SDL Plus G-Sec Jun 2028 30:70 Index</t>
         </is>
       </c>
-      <c r="C59" s="61" t="n">
-[...15 lines deleted...]
-      <c r="B63" s="91" t="inlineStr">
+      <c r="C61" s="69" t="n">
+        <v>0.9846</v>
+      </c>
+    </row>
+    <row r="64" ht="14.5" customHeight="1" s="74">
+      <c r="B64" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="75" ht="14.5" customHeight="1" s="68">
-      <c r="B75" s="91" t="inlineStr">
+    <row r="76" ht="14.5" customHeight="1" s="74">
+      <c r="B76" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty SDL Plus G-Sec Jun 2028 30:70 Index</t>
         </is>
       </c>
     </row>
-    <row r="90">
-[...1 lines deleted...]
-      <c r="C90" s="18" t="inlineStr">
+    <row r="91">
+      <c r="B91" s="16" t="n"/>
+      <c r="C91" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="91" ht="54" customHeight="1" s="68">
-      <c r="B91" s="16" t="inlineStr">
+    <row r="92" ht="54" customHeight="1" s="74">
+      <c r="B92" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C91" s="97" t="inlineStr">
+      <c r="C92" s="98" t="inlineStr">
         <is>
           <t>DSP NIFTY SDL PLUS G-SEC JUN 2028 30:70 INDEX FUND</t>
         </is>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="C92" s="19" t="n"/>
     </row>
     <row r="93">
       <c r="B93" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C93" s="19" t="n"/>
     </row>
     <row r="94">
       <c r="B94" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...3 lines deleted...]
-        <v>1.91</v>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C94" s="20" t="n">
+        <v>0.0601</v>
       </c>
     </row>
     <row r="95">
       <c r="B95" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
+          <t>Macaulay Duration</t>
         </is>
       </c>
       <c r="C95" s="19" t="n">
-        <v>2.07</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="96">
       <c r="B96" s="16" t="inlineStr">
         <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C96" s="19" t="n">
+        <v>2.03</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="B97" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C96" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B97" s="17" t="inlineStr">
+      <c r="C97" s="21" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="B98" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C97" s="18" t="n"/>
+      <c r="C98" s="18" t="n"/>
+    </row>
+    <row r="101" ht="17.5" customHeight="1" s="74">
+      <c r="B101" s="72" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B57:C57"/>
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B58:C58"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>