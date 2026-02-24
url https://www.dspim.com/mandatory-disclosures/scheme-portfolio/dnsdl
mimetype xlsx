--- v4 (2026-01-14)
+++ v5 (2026-02-24)
@@ -1,73 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty SDL GSec 2028" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="24">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -107,95 +114,109 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -330,320 +351,284 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...58 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...17 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -692,116 +677,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>65</row>
+      <row>61</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-      <row>74</row>
+      <colOff>2300381</colOff>
+      <row>70</row>
       <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10883900"/>
+          <a:off x="457200" y="10026650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>77</row>
+      <row>75</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31751</rowOff>
+      <colOff>2300381</colOff>
+      <row>84</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="13296900"/>
+          <a:off x="457200" y="12439650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1039,1717 +1024,1603 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet18">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L101"/>
+  <dimension ref="A1:L96"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="38.81640625" customWidth="1" style="84" min="2" max="2"/>
+    <col width="19.26953125" customWidth="1" style="84" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="84" min="4" max="4"/>
+    <col width="15" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
         <is>
           <t>DSP NIFTY SDL PLUS G-SEC JUN 2028 30:70 INDEX FUND</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="84" t="inlineStr">
         <is>
           <t>8.28% GOI 2027</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="84" t="inlineStr">
         <is>
           <t>IN0020070069</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
-[...13 lines deleted...]
-      <c r="H8" s="7" t="n">
+      <c r="D8" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E8" s="12" t="n">
+        <v>43377100</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>46539.38</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.2581</v>
+      </c>
+      <c r="H8" s="8" t="n">
         <v>46651</v>
       </c>
-      <c r="J8" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="J8" s="6" t="n">
+        <v>5.6495</v>
+      </c>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="84" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="84" t="inlineStr">
         <is>
           <t>7.17% GOI 2028</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="84" t="inlineStr">
         <is>
           <t>IN0020170174</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E9" s="11" t="n">
+      <c r="D9" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E9" s="12" t="n">
         <v>35553700</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>36739.18</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.2038</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>46760</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...8 lines deleted...]
-        <v>0.9846</v>
+      <c r="J9" s="6" t="n">
+        <v>5.7105</v>
+      </c>
+      <c r="K9" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.9767</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="84" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="84" t="inlineStr">
         <is>
           <t>8.60% GOI 2028</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="84" t="inlineStr">
         <is>
           <t>IN0020140011</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E10" s="11" t="n">
+      <c r="D10" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E10" s="12" t="n">
         <v>24418700</v>
       </c>
-      <c r="F10" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="7" t="n">
+      <c r="F10" s="6" t="n">
+        <v>26269.07</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.1457</v>
+      </c>
+      <c r="H10" s="8" t="n">
         <v>46906</v>
       </c>
-      <c r="J10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="J10" s="6" t="n">
+        <v>5.8502</v>
+      </c>
+      <c r="K10" s="84" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.0154</v>
+      <c r="L10" s="7" t="n">
+        <v>0.0233</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="84" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="84" t="inlineStr">
         <is>
           <t>7.06% GOI 2028</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C11" s="84" t="inlineStr">
         <is>
           <t>IN0020230010</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="11" t="n">
+      <c r="D11" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
         <v>14000000</v>
       </c>
-      <c r="F11" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="7" t="n">
+      <c r="F11" s="6" t="n">
+        <v>14719.75</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.08160000000000001</v>
+      </c>
+      <c r="H11" s="8" t="n">
         <v>46853</v>
       </c>
-      <c r="J11" s="5" t="n">
-        <v>5.7603</v>
+      <c r="J11" s="6" t="n">
+        <v>5.7173</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="1" t="n">
+      <c r="A12" s="84" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...27 lines deleted...]
-        <v>5.7029</v>
+      <c r="B12" s="84" t="inlineStr">
+        <is>
+          <t>8.25% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C12" s="84" t="inlineStr">
+        <is>
+          <t>IN1520180036</t>
+        </is>
+      </c>
+      <c r="D12" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>11000000</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>11695.47</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0649</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46868</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>6.3679</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="1" t="n">
+      <c r="A13" s="84" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...27 lines deleted...]
-        <v>6.265</v>
+      <c r="B13" s="84" t="inlineStr">
+        <is>
+          <t>8.15% Tamil Nadu SDL 2028</t>
+        </is>
+      </c>
+      <c r="C13" s="84" t="inlineStr">
+        <is>
+          <t>IN3120180036</t>
+        </is>
+      </c>
+      <c r="D13" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E13" s="12" t="n">
+        <v>7219000</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>7640</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0424</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>46882</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>6.3679</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="1" t="n">
+      <c r="A14" s="84" t="n">
         <v>7</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...23 lines deleted...]
-      <c r="H14" s="7" t="n">
+      <c r="B14" s="84" t="inlineStr">
+        <is>
+          <t>6.98% Maharashtra SDL 2028</t>
+        </is>
+      </c>
+      <c r="C14" s="84" t="inlineStr">
+        <is>
+          <t>IN2220190135</t>
+        </is>
+      </c>
+      <c r="D14" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>5102100</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>5333.55</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0296</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>46809</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>6.3172</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="84" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="84" t="inlineStr">
+        <is>
+          <t>8.26% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C15" s="84" t="inlineStr">
+        <is>
+          <t>IN1520170243</t>
+        </is>
+      </c>
+      <c r="D15" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E15" s="12" t="n">
+        <v>3000000</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>3215.04</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="H15" s="8" t="n">
+        <v>46826</v>
+      </c>
+      <c r="J15" s="6" t="n">
+        <v>6.3372</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="84" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="84" t="inlineStr">
+        <is>
+          <t>8.14% Haryana SDL 2028</t>
+        </is>
+      </c>
+      <c r="C16" s="84" t="inlineStr">
+        <is>
+          <t>IN1620170168</t>
+        </is>
+      </c>
+      <c r="D16" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>2220000</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>2362.03</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>46839</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>6.4622</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="84" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="84" t="inlineStr">
+        <is>
+          <t>8.16% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C17" s="84" t="inlineStr">
+        <is>
+          <t>IN1520180044</t>
+        </is>
+      </c>
+      <c r="D17" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>2004000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>2121.33</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="H17" s="8" t="n">
         <v>46882</v>
       </c>
-      <c r="J14" s="5" t="n">
-[...31 lines deleted...]
-      <c r="H15" s="7" t="n">
+      <c r="J17" s="6" t="n">
+        <v>6.368</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="84" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="84" t="inlineStr">
+        <is>
+          <t>8.33% Madhya Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C18" s="84" t="inlineStr">
+        <is>
+          <t>IN2120180020</t>
+        </is>
+      </c>
+      <c r="D18" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>1591800</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>1682.17</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>46903</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>6.4534</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="84" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="84" t="inlineStr">
+        <is>
+          <t>8.35% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C19" s="84" t="inlineStr">
+        <is>
+          <t>IN1520170227</t>
+        </is>
+      </c>
+      <c r="D19" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>1615.15</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>46811</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>6.3372</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="84" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="84" t="inlineStr">
+        <is>
+          <t>8.06% Tamil Nadu SDL 2028</t>
+        </is>
+      </c>
+      <c r="C20" s="84" t="inlineStr">
+        <is>
+          <t>IN3120190027</t>
+        </is>
+      </c>
+      <c r="D20" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>1584.63</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46881</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>6.3679</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="84" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="84" t="inlineStr">
+        <is>
+          <t>7.36% Maharashtra SDL 2028</t>
+        </is>
+      </c>
+      <c r="C21" s="84" t="inlineStr">
+        <is>
+          <t>IN2220230014</t>
+        </is>
+      </c>
+      <c r="D21" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>1500000</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>1567.68</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46855</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>6.3579</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="84" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="84" t="inlineStr">
+        <is>
+          <t>7.49% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C22" s="84" t="inlineStr">
+        <is>
+          <t>IN1520220337</t>
+        </is>
+      </c>
+      <c r="D22" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>1447800</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>1521.82</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>46841</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>6.3272</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="84" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="84" t="inlineStr">
+        <is>
+          <t>6.99% Telangana SDL 2028</t>
+        </is>
+      </c>
+      <c r="C23" s="84" t="inlineStr">
+        <is>
+          <t>IN4520200093</t>
+        </is>
+      </c>
+      <c r="D23" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>1300000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>1332.59</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H23" s="8" t="n">
+        <v>46914</v>
+      </c>
+      <c r="J23" s="6" t="n">
+        <v>6.4063</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="84" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="84" t="inlineStr">
+        <is>
+          <t>8.39% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C24" s="84" t="inlineStr">
+        <is>
+          <t>IN1520170235</t>
+        </is>
+      </c>
+      <c r="D24" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E24" s="12" t="n">
+        <v>1220000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>1312.75</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46819</v>
+      </c>
+      <c r="J24" s="6" t="n">
+        <v>6.3372</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="84" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="84" t="inlineStr">
+        <is>
+          <t>8.34% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C25" s="84" t="inlineStr">
+        <is>
+          <t>IN3320170191</t>
+        </is>
+      </c>
+      <c r="D25" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>1075.05</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46811</v>
+      </c>
+      <c r="J25" s="6" t="n">
+        <v>6.4143</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="84" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="84" t="inlineStr">
+        <is>
+          <t>8.05% Madhya Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C26" s="84" t="inlineStr">
+        <is>
+          <t>IN2120180012</t>
+        </is>
+      </c>
+      <c r="D26" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>1058.13</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46861</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>6.4534</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="84" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="84" t="inlineStr">
+        <is>
+          <t>7.22% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C27" s="84" t="inlineStr">
+        <is>
+          <t>IN1520230047</t>
+        </is>
+      </c>
+      <c r="D27" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>1030.69</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46918</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.3579</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="84" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="84" t="inlineStr">
+        <is>
+          <t>6.98% Telangana SDL 2028</t>
+        </is>
+      </c>
+      <c r="C28" s="84" t="inlineStr">
+        <is>
+          <t>IN4520200044</t>
+        </is>
+      </c>
+      <c r="D28" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>913900</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>944.51</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46865</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>6.4063</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="84" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="84" t="inlineStr">
+        <is>
+          <t>8.15% Chattisgarh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C29" s="84" t="inlineStr">
+        <is>
+          <t>IN3520170090</t>
+        </is>
+      </c>
+      <c r="D29" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>645000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>686.9299999999999</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46839</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>6.4222</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="84" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="84" t="inlineStr">
+        <is>
+          <t>8.23% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C30" s="84" t="inlineStr">
+        <is>
+          <t>IN1520170219</t>
+        </is>
+      </c>
+      <c r="D30" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>630000</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>677.41</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46804</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>6.3372</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="84" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="84" t="inlineStr">
+        <is>
+          <t>8.39% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C31" s="84" t="inlineStr">
+        <is>
+          <t>IN3320180026</t>
+        </is>
+      </c>
+      <c r="D31" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>636000</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>674.76</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="H31" s="8" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J31" s="6" t="n">
+        <v>6.445</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="84" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="84" t="inlineStr">
+        <is>
+          <t>7.98% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C32" s="84" t="inlineStr">
+        <is>
+          <t>IN3320180018</t>
+        </is>
+      </c>
+      <c r="D32" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>600000</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>634.91</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="H32" s="8" t="n">
+        <v>46854</v>
+      </c>
+      <c r="J32" s="6" t="n">
+        <v>6.435</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="84" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="84" t="inlineStr">
+        <is>
+          <t>6.97% Karnataka SDL 2028</t>
+        </is>
+      </c>
+      <c r="C33" s="84" t="inlineStr">
+        <is>
+          <t>IN1920190189</t>
+        </is>
+      </c>
+      <c r="D33" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>606100</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>633.45</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="H33" s="8" t="n">
         <v>46809</v>
       </c>
-      <c r="J15" s="5" t="n">
-[...42 lines deleted...]
-      <c r="B17" s="1" t="inlineStr">
+      <c r="J33" s="6" t="n">
+        <v>6.3172</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="84" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="84" t="inlineStr">
+        <is>
+          <t>8.28% Chattisgarh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C34" s="84" t="inlineStr">
+        <is>
+          <t>IN3520170074</t>
+        </is>
+      </c>
+      <c r="D34" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>400000</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>428.19</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="H34" s="8" t="n">
+        <v>46826</v>
+      </c>
+      <c r="J34" s="6" t="n">
+        <v>6.4222</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="84" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="84" t="inlineStr">
+        <is>
+          <t>8.11% Chattisgarh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C35" s="84" t="inlineStr">
+        <is>
+          <t>IN3520170041</t>
+        </is>
+      </c>
+      <c r="D35" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>329500</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>340.74</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="H35" s="8" t="n">
+        <v>46783</v>
+      </c>
+      <c r="J35" s="6" t="n">
+        <v>6.4222</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="84" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="84" t="inlineStr">
         <is>
           <t>8.05% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
-[...53 lines deleted...]
-      <c r="H18" s="7" t="n">
+      <c r="C36" s="84" t="inlineStr">
+        <is>
+          <t>IN1520170201</t>
+        </is>
+      </c>
+      <c r="D36" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>200000</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>206.41</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="H36" s="8" t="n">
+        <v>46797</v>
+      </c>
+      <c r="J36" s="6" t="n">
+        <v>6.3372</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="84" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="84" t="inlineStr">
+        <is>
+          <t>8.28% Tamil Nadu SDL 2028</t>
+        </is>
+      </c>
+      <c r="C37" s="84" t="inlineStr">
+        <is>
+          <t>IN3120170151</t>
+        </is>
+      </c>
+      <c r="D37" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>175500</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>188.16</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="H37" s="8" t="n">
         <v>46826</v>
       </c>
-      <c r="J18" s="5" t="n">
-[...665 lines deleted...]
-        <v>6.3066</v>
+      <c r="J37" s="6" t="n">
+        <v>6.3372</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38" s="1" t="n">
+      <c r="A38" s="84" t="n">
         <v>31</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
-[...27 lines deleted...]
-        <v>6.3067</v>
+      <c r="B38" s="84" t="inlineStr">
+        <is>
+          <t>7.75% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C38" s="84" t="inlineStr">
+        <is>
+          <t>IN1520170169</t>
+        </is>
+      </c>
+      <c r="D38" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>100000</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>103.28</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="H38" s="8" t="n">
+        <v>46762</v>
+      </c>
+      <c r="J38" s="6" t="n">
+        <v>6.3272</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39" s="1" t="n">
+      <c r="A39" s="84" t="n">
         <v>32</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
-[...27 lines deleted...]
-        <v>6.2631</v>
+      <c r="B39" s="84" t="inlineStr">
+        <is>
+          <t>7.92% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C39" s="84" t="inlineStr">
+        <is>
+          <t>IN3320170175</t>
+        </is>
+      </c>
+      <c r="D39" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>100000</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>103.2</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="H39" s="8" t="n">
+        <v>46776</v>
+      </c>
+      <c r="J39" s="6" t="n">
+        <v>6.4043</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="1" t="n">
+      <c r="A40" s="84" t="n">
         <v>33</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
-[...27 lines deleted...]
-        <v>6.2631</v>
+      <c r="B40" s="84" t="inlineStr">
+        <is>
+          <t>8.14% Uttar Pradesh SDL 2028</t>
+        </is>
+      </c>
+      <c r="C40" s="84" t="inlineStr">
+        <is>
+          <t>IN3320170225</t>
+        </is>
+      </c>
+      <c r="D40" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E40" s="12" t="n">
+        <v>50000</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>53.3</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="H40" s="8" t="n">
+        <v>46833</v>
+      </c>
+      <c r="J40" s="6" t="n">
+        <v>6.4143</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="1" t="n">
+      <c r="A41" s="9" t="n"/>
+      <c r="B41" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C41" s="9" t="n"/>
+      <c r="D41" s="9" t="n"/>
+      <c r="E41" s="9" t="n"/>
+      <c r="F41" s="10" t="n">
+        <v>176090.71</v>
+      </c>
+      <c r="G41" s="11" t="n">
+        <v>0.9767</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="84" t="n">
         <v>34</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
-[...102 lines deleted...]
-      <c r="B44" s="8" t="inlineStr">
+      <c r="B44" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>4090.01</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0227</v>
+      </c>
+      <c r="H44" s="8" t="n">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="9" t="n"/>
+      <c r="B45" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C44" s="8" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C45" s="9" t="n"/>
+      <c r="D45" s="9" t="n"/>
+      <c r="E45" s="9" t="n"/>
+      <c r="F45" s="10" t="n">
+        <v>4090.01</v>
+      </c>
+      <c r="G45" s="11" t="n">
+        <v>0.0227</v>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="1" t="n">
-[...14 lines deleted...]
-        <v>46023</v>
+      <c r="B47" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="8" t="n"/>
-      <c r="B48" s="8" t="inlineStr">
+      <c r="B48" s="84" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E48" s="12" t="n"/>
+      <c r="F48" s="6" t="n">
+        <v>119.98</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="9" t="n"/>
+      <c r="B49" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C48" s="8" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C49" s="9" t="n"/>
+      <c r="D49" s="9" t="n"/>
+      <c r="E49" s="9" t="n"/>
+      <c r="F49" s="10" t="n">
+        <v>119.98</v>
+      </c>
+      <c r="G49" s="11" t="n">
+        <v>0.0005999999999999999</v>
       </c>
     </row>
     <row r="51">
-      <c r="B51" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="J51" s="5" t="n"/>
+      <c r="A51" s="5" t="n"/>
+      <c r="B51" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C51" s="5" t="n"/>
+      <c r="D51" s="5" t="n"/>
+      <c r="E51" s="5" t="n"/>
+      <c r="F51" s="13" t="n">
+        <v>180300.7</v>
+      </c>
+      <c r="G51" s="14" t="n">
+        <v>1</v>
+      </c>
     </row>
     <row r="52">
-      <c r="A52" s="8" t="n"/>
-[...28 lines deleted...]
-      <c r="G54" s="13" t="n">
+      <c r="A52" s="81" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="14.5" customHeight="1" s="62">
+      <c r="A53" s="15" t="n">
         <v>1</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="B56" s="15" t="inlineStr">
+      <c r="B53" s="87" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="57" ht="27" customHeight="1" s="74">
-      <c r="A57" s="15" t="n">
+    <row r="54" ht="48.5" customHeight="1" s="62">
+      <c r="A54" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B57" s="15" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B58" s="97" t="inlineStr">
+      <c r="B54" s="87" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
     </row>
-    <row r="59" ht="14.5" customHeight="1" s="74"/>
-[...1 lines deleted...]
-      <c r="B60" s="67" t="inlineStr">
+    <row r="55" ht="14.5" customHeight="1" s="62">
+      <c r="A55" s="15" t="n"/>
+    </row>
+    <row r="56" ht="14.5" customHeight="1" s="62">
+      <c r="A56" s="15" t="n"/>
+      <c r="B56" s="56" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
-      <c r="C60" s="67" t="inlineStr">
+      <c r="C56" s="56" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
-    <row r="61" ht="14.5" customHeight="1" s="74">
-      <c r="B61" s="68" t="inlineStr">
+    <row r="57" ht="14.5" customHeight="1" s="62">
+      <c r="B57" s="57" t="inlineStr">
         <is>
           <t>Nifty SDL Plus G-Sec Jun 2028 30:70 Index</t>
         </is>
       </c>
-      <c r="C61" s="69" t="n">
-[...4 lines deleted...]
-      <c r="B64" s="95" t="inlineStr">
+      <c r="C57" s="58" t="n">
+        <v>0.9768</v>
+      </c>
+    </row>
+    <row r="60" ht="14.5" customHeight="1" s="62">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="76" ht="14.5" customHeight="1" s="74">
-      <c r="B76" s="95" t="inlineStr">
+    <row r="74" ht="14.5" customHeight="1" s="62">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty SDL Plus G-Sec Jun 2028 30:70 Index</t>
         </is>
       </c>
     </row>
+    <row r="89">
+      <c r="B89" s="16" t="n"/>
+      <c r="C89" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" ht="27" customHeight="1" s="62">
+      <c r="B90" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C90" s="89" t="inlineStr">
+        <is>
+          <t>DSP NIFTY SDL PLUS G-SEC JUN 2028 30:70 INDEX FUND</t>
+        </is>
+      </c>
+    </row>
     <row r="91">
-      <c r="B91" s="16" t="n"/>
-[...6 lines deleted...]
-    <row r="92" ht="54" customHeight="1" s="74">
+      <c r="B91" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C91" s="19" t="n"/>
+    </row>
+    <row r="92">
       <c r="B92" s="16" t="inlineStr">
         <is>
-          <t>Scheme Name:</t>
-[...5 lines deleted...]
-        </is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C92" s="20" t="n">
+        <v>0.0597</v>
       </c>
     </row>
     <row r="93">
       <c r="B93" s="16" t="inlineStr">
         <is>
-          <t>Description (if any)</t>
-[...2 lines deleted...]
-      <c r="C93" s="19" t="n"/>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C93" s="19" t="n">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="94">
       <c r="B94" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...3 lines deleted...]
-        <v>0.0601</v>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C94" s="19" t="n">
+        <v>1.93</v>
       </c>
     </row>
     <row r="95">
       <c r="B95" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...3 lines deleted...]
-        <v>1.87</v>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C95" s="21" t="n">
+        <v>46068</v>
       </c>
     </row>
     <row r="96">
-      <c r="B96" s="16" t="inlineStr">
-[...19 lines deleted...]
-      <c r="B98" s="17" t="inlineStr">
+      <c r="B96" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C98" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B101" s="72" t="n"/>
+      <c r="C96" s="18" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="3">
+    <mergeCell ref="B53:C53"/>
+    <mergeCell ref="B54:C54"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B58:C58"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>