--- v0 (2026-01-22)
+++ v1 (2026-02-11)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty Smallcap 250 ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,117 +507,117 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>278</row>
+      <row>274</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>287</row>
+      <row>283</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="455706" y="48020941"/>
-          <a:ext cx="2374900" cy="1578162"/>
+          <a:off x="457200" y="47402750"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>291</row>
+      <row>287</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>300</row>
+      <row>296</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="455706" y="50269588"/>
-          <a:ext cx="2374900" cy="1578162"/>
+          <a:off x="457200" y="49815750"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -877,8202 +858,8178 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L2922"/>
+  <dimension ref="A1:L286"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="45.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="15" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="46.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="9.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Nifty Smallcap 250 ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Multi Commodity Exchange of India Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>INE745G01043</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
+      <c r="E8" s="5" t="n">
+        <v>785</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>19.84</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0339</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Laurus Labs Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE947Q01028</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E9" s="5" t="n">
+        <v>1195</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>11.53</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0197</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.098</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Karur Vysya Bank Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE036D01028</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>2906</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>8.76</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.0961</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Central Depository Services (India) Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE736A01011</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>548</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>7.23</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.093</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Delhivery Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE148O01028</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>1676</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>7.09</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0684</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Copper Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE531E01026</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>1010</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>6.93</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0505</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Navin Fluorine International Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE048G01026</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>113</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>6.89</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0477</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>241</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>6.82</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0476</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>City Union Bank Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE491A01021</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>2221</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>6.7</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0391</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>RBL Bank Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE976G01028</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>1853</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>5.54</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0386</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Computer Age Management Services Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE596I01020</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>739</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>5.14</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0321</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Financial Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE149A01033</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>305</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>5.05</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0232</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>198</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>5.03</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0221</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Redington Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE891D01026</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>1828</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>4.96</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0215</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Manappuram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE522D01027</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>1689</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>4.81</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0212</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>PNB Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE572E01012</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>578</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>4.75</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.021</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>JB Chemicals &amp; Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE572A01036</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>252</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>4.71</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0205</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Krishna Institute of Medical Sciences Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE967H01025</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>760</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>4.59</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0201</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Gland Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE068V01023</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>245</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>4.52</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE299U01018</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>1977</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>4.38</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0148</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>The Ramco Cements Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE331A01037</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>389</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>4.36</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>2715</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>4.2</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Kfin Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE138Y01010</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>410</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>4.16</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0126</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Authum Investment &amp; Infrastructure Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE206F01022</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>815</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>4.12</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.0125</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Kalpataru Projects International Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE220B01022</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>349</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>3.99</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0122</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Aster DM Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE914M01019</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>715</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>3.95</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Entertainment</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Amber Enterprises India Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE371P01015</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>67</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>IIFL Finance Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE530B01024</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>715</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>3.78</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Anand Rathi Wealth Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE463V01026</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>131</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>3.78</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Asahi India Glass Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE439A01020</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>373</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>3.74</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Narayana Hrudayalaya Ltd.</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE410P01011</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>209</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>3.69</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0105</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>The Great Eastern Shipping Company Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE017A01032</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>305</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>3.67</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Tata Chemicals Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE092A01019</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>481</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>3.59</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Sammaan Capital Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE148I01020</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>2375</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>3.58</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Poonawalla Fincorp Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE511C01022</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>885</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>3.53</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L42" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Sai Life Sciences Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE570L01029</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>422</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>3.52</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L43" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Wockhardt Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE049B01025</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>254</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>3.51</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L44" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>ZF Commercial Vehicle Control Systems India Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE342J01019</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>23</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>3.45</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Neuland Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE794A01010</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>26</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>3.45</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L46" s="7" t="n">
+        <v>0.005</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>PTC Industries Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE596F01018</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>19</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>3.43</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Household Products</t>
+        </is>
+      </c>
+      <c r="L47" s="7" t="n">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Star Health and Allied Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE575P01011</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>722</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>3.39</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Paper, Forest &amp; Jute Products</t>
+        </is>
+      </c>
+      <c r="L48" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Motherson Sumi Wiring India Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE0FS801015</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>7823</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>3.38</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Equipment &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="L49" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Lal Path Labs Ltd.</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE600L01024</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>238</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>3.35</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Equipment &amp; Accessories</t>
+        </is>
+      </c>
+      <c r="L50" s="7" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Kaynes Technology India Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE918Z01012</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>96</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>3.34</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="L51" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Himadri Speciality Chemical Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE019C01026</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>722</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>3.33</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L52" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Home First Finance Company India Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE481N01025</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>278</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>3.28</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L53" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Timken India Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE325A01013</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>111</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>3.27</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Sundram Fasteners Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE387A01021</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>340</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>3.24</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Brigade Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE791I01019</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>427</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>3.21</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Inox Wind Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE066P01011</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>2967</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>3.2</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Amara Raja Energy &amp; Mobility Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE885A01032</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>377</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>3.16</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>NBCC (India) Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE095N01031</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>3186</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>3.15</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Management Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE531F01023</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>234</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>3.15</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Firstsource Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE684F01012</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>977</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>3.12</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Indian Energy Exchange Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE022Q01020</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="n">
+        <v>2445</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>3.1</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>eClerx Services Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE738I01010</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>66</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>3.07</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Atul Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE100A01010</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>49</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>3.04</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Affle 3i Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE00WC01027</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="n">
+        <v>195</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>3.02</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="n">
+        <v>256</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>3.01</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Aptus Value Housing Finance India Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE852O01025</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="n">
+        <v>1089</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>3</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="n">
+        <v>260</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>2.96</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Piramal Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE0DK501011</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="n">
+        <v>1904</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>2.95</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>606</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>2.93</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE191B01025</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="n">
+        <v>402</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>2.93</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>EID Parry India Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE126A01031</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>317</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>2.93</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>CESC Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE486A01021</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="n">
+        <v>1940</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>2.91</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Force Motors Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE451A01017</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>15</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>2.88</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Elgi Equipments Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE285A01027</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>662</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>2.85</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Aegis Logistics Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE208C01025</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="n">
+        <v>387</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>2.83</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Carborundum Universal Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE120A01034</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="n">
+        <v>355</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Craftsman Automation Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE00LO01017</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="n">
+        <v>38</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>2.78</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Castrol India Limited</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE172A01027</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="n">
+        <v>1486</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>2.74</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>HBL Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE292B01021</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="n">
+        <v>347</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>2.72</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Ather Energy Limited</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE0LEZ01016</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="n">
+        <v>437</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>2.71</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J81" s="6" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>PG Electroplast Limited</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE457L01029</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="n">
+        <v>495</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>2.71</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Five-Star Business Finance Limited</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE128S01021</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="n">
+        <v>594</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>2.71</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat State Petronet Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE246F01010</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="n">
+        <v>886</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>KEC International Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE389H01022</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="n">
+        <v>399</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>2.66</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Granules India Limited</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>INE101D01020</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="n">
+        <v>446</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>2.54</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Intellect Design Arena Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>INE306R01017</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="n">
+        <v>275</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>2.51</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Power Limited</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>INE614G01033</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="n">
+        <v>8817</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>2.49</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Garden Reach Shipbuilders &amp; Engineers Limited</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INE382Z01011</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="n">
+        <v>90</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>2.49</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>CEAT Limited</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>INE482A01020</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="n">
+        <v>65</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>2.45</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Pharmova Limited</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>INE700A01033</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="n">
+        <v>248</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>2.44</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Data Patterns (India) Limited</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>INE0IX101010</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="n">
+        <v>91</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>2.43</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J92" s="6" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Can Fin Homes Limited</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>INE477A01020</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="n">
+        <v>259</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>2.42</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J93" s="6" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Nava Limited</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>INE725A01030</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="n">
+        <v>427</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>2.41</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J94" s="6" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Go Digit General Insurance Limited</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>INE03JT01014</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="n">
+        <v>739</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Zee Entertainment Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>INE256A01028</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Entertainment</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="n">
+        <v>2833</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>2.39</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Anant Raj Limited</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>INE242C01024</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="n">
+        <v>470</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>2.37</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J97" s="6" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Sagility Limited</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>INE0W2G01015</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="n">
+        <v>4712</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>2.35</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J98" s="6" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Aarti Industries Limited</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>INE769A01020</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="n">
+        <v>632</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>2.35</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J99" s="6" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Inventurus Knowledge Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>INE115Q01022</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="n">
+        <v>149</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>2.31</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J100" s="6" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Natco Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>INE987B01026</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="n">
+        <v>276</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>2.31</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J101" s="6" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Kajaria Ceramics Limited</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>INE217B01036</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="n">
+        <v>255</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J102" s="6" t="n"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Zensar Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>INE520A01027</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="n">
+        <v>353</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J103" s="6" t="n"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Maharashtra Scooters Limited</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>INE288A01013</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="n">
+        <v>17</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J104" s="6" t="n"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Eris Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>INE406M01024</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="n">
+        <v>166</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J105" s="6" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Jaiprakash Power Ventures Limited</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>INE351F01018</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="n">
+        <v>14980</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J106" s="6" t="n"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>HFCL Limited</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>INE548A01028</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="n">
+        <v>3297</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>2.26</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J107" s="6" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Usha Martin Limited</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>INE228A01035</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="n">
+        <v>549</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>2.25</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J108" s="6" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>CREDITACCESS GRAMEEN LIMITED</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE741K01010</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="n">
+        <v>166</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J109" s="6" t="n"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Gillette India Limited</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE322A01010</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="n">
+        <v>25</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J110" s="6" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Deepak Fertilisers &amp; Petrochemicals Corp. Limited</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>INE501A01019</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="n">
+        <v>207</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>2.19</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J111" s="6" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Pfizer Limited</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INE182A01018</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="n">
+        <v>47</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>2.14</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J112" s="6" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>PVR INOX Limited</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>INE191H01014</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Entertainment</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="n">
+        <v>219</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>2.13</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J113" s="6" t="n"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>107</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>BIRLASOFT LIMITED</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>INE836A01035</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="n">
+        <v>509</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>2.13</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J114" s="6" t="n"/>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>108</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>BEML Limited</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>INE258A01024</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="n">
+        <v>118</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>2.12</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J115" s="6" t="n"/>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>109</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Jyoti CNC Automation Limited</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>INE980O01024</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="n">
+        <v>262</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>2.11</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J116" s="6" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="1" t="n">
+        <v>110</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>CCL Products (India) Limited</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>INE421D01022</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="n">
+        <v>217</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>2.11</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J117" s="6" t="n"/>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>111</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Capri Global Capital Limited</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>INE180C01042</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="n">
+        <v>1188</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>2.09</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J118" s="6" t="n"/>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>112</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Indiamart Intermesh Limited</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>INE933S01016</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="n">
+        <v>94</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>2.07</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J119" s="6" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>113</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Chambal Fertilizers &amp; Chemicals Limited</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>INE085A01013</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="n">
+        <v>467</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>2.06</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J120" s="6" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>114</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>V-Guard Industries Limited</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>INE951I01027</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="n">
+        <v>582</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>2.05</v>
+      </c>
+      <c r="G121" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J121" s="6" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>115</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Real Estate Limited</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>INE055A01016</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Paper, Forest &amp; Jute Products</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="n">
+        <v>161</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>2.04</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J122" s="6" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="1" t="n">
+        <v>116</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Onesource Specialty Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>INE013P01021</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="n">
+        <v>170</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>2.03</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J123" s="6" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
+        <v>117</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Titagarh Rail Systems Limited</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>INE615H01020</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="n">
+        <v>247</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>2.03</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J124" s="6" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="1" t="n">
+        <v>118</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Zen Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>INE251B01027</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="n">
+        <v>142</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>2.01</v>
+      </c>
+      <c r="G125" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J125" s="6" t="n"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>119</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Sobha Limited</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>INE671H01015</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="n">
+        <v>137</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>1.99</v>
+      </c>
+      <c r="G126" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J126" s="6" t="n"/>
+    </row>
+    <row r="127">
+      <c r="A127" s="1" t="n">
+        <v>120</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Lemon Tree Hotels Limited</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>INE970X01018</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="n">
+        <v>1529</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>1.97</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J127" s="6" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="1" t="n">
+        <v>121</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>JK Tyre &amp; Industries Limited</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>INE573A01042</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="n">
+        <v>374</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>1.94</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J128" s="6" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="1" t="n">
+        <v>122</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>EIH Limited</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>INE230A01023</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="n">
+        <v>610</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>1.92</v>
+      </c>
+      <c r="G129" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J129" s="6" t="n"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="1" t="n">
+        <v>123</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Chalet Hotels Limited</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>INE427F01016</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="n">
+        <v>220</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>1.92</v>
+      </c>
+      <c r="G130" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J130" s="6" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="1" t="n">
+        <v>124</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Cohance Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>INE03QK01018</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>1.91</v>
+      </c>
+      <c r="G131" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J131" s="6" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="1" t="n">
+        <v>125</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Sonata Software Limited</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>INE269A01021</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="n">
+        <v>599</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="G132" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J132" s="6" t="n"/>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="n">
+        <v>126</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Brainbees Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>INE02RE01045</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="n">
+        <v>679</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>1.88</v>
+      </c>
+      <c r="G133" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J133" s="6" t="n"/>
+    </row>
+    <row r="134">
+      <c r="A134" s="1" t="n">
+        <v>127</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Godawari Power and Ispat Limited</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>INE177H01039</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="n">
+        <v>753</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>1.87</v>
+      </c>
+      <c r="G134" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J134" s="6" t="n"/>
+    </row>
+    <row r="135">
+      <c r="A135" s="1" t="n">
+        <v>128</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Shyam Metalics and Energy Limited</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>INE810G01011</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="n">
+        <v>216</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>1.85</v>
+      </c>
+      <c r="G135" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J135" s="6" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="1" t="n">
+        <v>129</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>NCC Limited</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>INE868B01028</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="n">
+        <v>1259</v>
+      </c>
+      <c r="F136" s="6" t="n">
+        <v>1.84</v>
+      </c>
+      <c r="G136" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J136" s="6" t="n"/>
+    </row>
+    <row r="137">
+      <c r="A137" s="1" t="n">
+        <v>130</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Mahanagar Gas Limited</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>INE002S01010</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="n">
+        <v>175</v>
+      </c>
+      <c r="F137" s="6" t="n">
+        <v>1.84</v>
+      </c>
+      <c r="G137" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J137" s="6" t="n"/>
+    </row>
+    <row r="138">
+      <c r="A138" s="1" t="n">
+        <v>131</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Swan Corp Limited</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>INE665A01038</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="n">
+        <v>429</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>1.81</v>
+      </c>
+      <c r="G138" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J138" s="6" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="1" t="n">
+        <v>132</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Poly Medicure Limited</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>INE205C01021</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Equipment &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="n">
+        <v>118</v>
+      </c>
+      <c r="F139" s="6" t="n">
+        <v>1.79</v>
+      </c>
+      <c r="G139" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J139" s="6" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="1" t="n">
+        <v>133</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Syrma SGS Technology Limited</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>INE0DYJ01015</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="n">
+        <v>235</v>
+      </c>
+      <c r="F140" s="6" t="n">
+        <v>1.79</v>
+      </c>
+      <c r="G140" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J140" s="6" t="n"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="1" t="n">
+        <v>134</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Triveni Turbine Limited</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>INE152M01016</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="n">
+        <v>355</v>
+      </c>
+      <c r="F141" s="6" t="n">
+        <v>1.78</v>
+      </c>
+      <c r="G141" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J141" s="6" t="n"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="1" t="n">
+        <v>135</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Aavas Financiers Limited</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>INE216P01012</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="n">
+        <v>122</v>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>1.78</v>
+      </c>
+      <c r="G142" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J142" s="6" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="1" t="n">
+        <v>136</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Rainbow Childrens Medicare Limited</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>INE961O01016</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="n">
+        <v>154</v>
+      </c>
+      <c r="F143" s="6" t="n">
+        <v>1.75</v>
+      </c>
+      <c r="G143" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J143" s="6" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="1" t="n">
+        <v>137</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Ola Electric Mobility Limited</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>INE0LXG01040</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="n">
+        <v>5389</v>
+      </c>
+      <c r="F144" s="6" t="n">
+        <v>1.74</v>
+      </c>
+      <c r="G144" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J144" s="6" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="1" t="n">
+        <v>138</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Bayer Cropscience Limited</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>INE462A01022</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="n">
+        <v>39</v>
+      </c>
+      <c r="F145" s="6" t="n">
+        <v>1.74</v>
+      </c>
+      <c r="G145" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J145" s="6" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="1" t="n">
+        <v>139</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Choice International Limited</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>INE102B01014</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="n">
+        <v>225</v>
+      </c>
+      <c r="F146" s="6" t="n">
+        <v>1.72</v>
+      </c>
+      <c r="G146" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J146" s="6" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="1" t="n">
+        <v>140</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Sun Life AMC Limited</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>INE404A01024</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="n">
+        <v>224</v>
+      </c>
+      <c r="F147" s="6" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="G147" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J147" s="6" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="1" t="n">
+        <v>141</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Sun TV Network Limited</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>INE424H01027</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Entertainment</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="n">
+        <v>304</v>
+      </c>
+      <c r="F148" s="6" t="n">
+        <v>1.69</v>
+      </c>
+      <c r="G148" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J148" s="6" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="1" t="n">
+        <v>142</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Bata India Limited</t>
+        </is>
+      </c>
+      <c r="C149" s="1" t="inlineStr">
+        <is>
+          <t>INE176A01028</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="n">
+        <v>196</v>
+      </c>
+      <c r="F149" s="6" t="n">
+        <v>1.69</v>
+      </c>
+      <c r="G149" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J149" s="6" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="1" t="n">
+        <v>143</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Finolex Cables Limited</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>INE235A01022</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="n">
+        <v>233</v>
+      </c>
+      <c r="F150" s="6" t="n">
+        <v>1.68</v>
+      </c>
+      <c r="G150" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J150" s="6" t="n"/>
+    </row>
+    <row r="151">
+      <c r="A151" s="1" t="n">
+        <v>144</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="n">
+        <v>259</v>
+      </c>
+      <c r="F151" s="6" t="n">
+        <v>1.65</v>
+      </c>
+      <c r="G151" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J151" s="6" t="n"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="1" t="n">
+        <v>145</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>IRCON International Limited</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>INE962Y01021</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="n">
+        <v>1003</v>
+      </c>
+      <c r="F152" s="6" t="n">
+        <v>1.64</v>
+      </c>
+      <c r="G152" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J152" s="6" t="n"/>
+    </row>
+    <row r="153">
+      <c r="A153" s="1" t="n">
+        <v>146</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>AstraZeneca Pharma India Limited</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>INE203A01020</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="n">
+        <v>19</v>
+      </c>
+      <c r="F153" s="6" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="G153" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J153" s="6" t="n"/>
+    </row>
+    <row r="154">
+      <c r="A154" s="1" t="n">
+        <v>147</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Ramkrishna Forgings Limited</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>INE399G01023</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="n">
+        <v>317</v>
+      </c>
+      <c r="F154" s="6" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="G154" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J154" s="6" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="1" t="n">
+        <v>148</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Aadhar Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>INE883F01010</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="n">
+        <v>327</v>
+      </c>
+      <c r="F155" s="6" t="n">
+        <v>1.61</v>
+      </c>
+      <c r="G155" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J155" s="6" t="n"/>
+    </row>
+    <row r="156">
+      <c r="A156" s="1" t="n">
+        <v>149</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Netweb Technologies India Limited</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>INE0NT901020</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="n">
+        <v>51</v>
+      </c>
+      <c r="F156" s="6" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="G156" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J156" s="6" t="n"/>
+    </row>
+    <row r="157">
+      <c r="A157" s="1" t="n">
+        <v>150</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>LT Foods Limited</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>INE818H01020</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="n">
+        <v>423</v>
+      </c>
+      <c r="F157" s="6" t="n">
+        <v>1.58</v>
+      </c>
+      <c r="G157" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J157" s="6" t="n"/>
+    </row>
+    <row r="158">
+      <c r="A158" s="1" t="n">
+        <v>151</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Lifestyle Brands Limited</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>INE14LE01019</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="n">
+        <v>1494</v>
+      </c>
+      <c r="F158" s="6" t="n">
+        <v>1.57</v>
+      </c>
+      <c r="G158" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J158" s="6" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="1" t="n">
+        <v>152</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Gravita India Limited</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>INE024L01027</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="n">
+        <v>97</v>
+      </c>
+      <c r="F159" s="6" t="n">
+        <v>1.56</v>
+      </c>
+      <c r="G159" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J159" s="6" t="n"/>
+    </row>
+    <row r="160">
+      <c r="A160" s="1" t="n">
+        <v>153</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Sumitomo Chemical India Limited</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>INE258G01013</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="n">
+        <v>379</v>
+      </c>
+      <c r="F160" s="6" t="n">
+        <v>1.55</v>
+      </c>
+      <c r="G160" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J160" s="6" t="n"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="1" t="n">
+        <v>154</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>JM Financial Limited</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>INE780C01023</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="n">
+        <v>1198</v>
+      </c>
+      <c r="F161" s="6" t="n">
+        <v>1.54</v>
+      </c>
+      <c r="G161" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J161" s="6" t="n"/>
+    </row>
+    <row r="162">
+      <c r="A162" s="1" t="n">
+        <v>155</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Afcons Infrastructure Limited</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>INE101I01011</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="n">
+        <v>461</v>
+      </c>
+      <c r="F162" s="6" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="G162" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J162" s="6" t="n"/>
+    </row>
+    <row r="163">
+      <c r="A163" s="1" t="n">
+        <v>156</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Finolex Industries Limited</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>INE183A01024</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="n">
+        <v>866</v>
+      </c>
+      <c r="F163" s="6" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="G163" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J163" s="6" t="n"/>
+    </row>
+    <row r="164">
+      <c r="A164" s="1" t="n">
         <v>157</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...18 lines deleted...]
-      <c r="A9" s="2" t="n">
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Indegene Limited</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>INE065X01017</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="n">
+        <v>316</v>
+      </c>
+      <c r="F164" s="6" t="n">
+        <v>1.52</v>
+      </c>
+      <c r="G164" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J164" s="6" t="n"/>
+    </row>
+    <row r="165">
+      <c r="A165" s="1" t="n">
+        <v>158</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Steel Limited</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>INE0NNS01018</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="n">
+        <v>3545</v>
+      </c>
+      <c r="F165" s="6" t="n">
+        <v>1.51</v>
+      </c>
+      <c r="G165" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J165" s="6" t="n"/>
+    </row>
+    <row r="166">
+      <c r="A166" s="1" t="n">
+        <v>159</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="n">
+        <v>187</v>
+      </c>
+      <c r="F166" s="6" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="G166" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J166" s="6" t="n"/>
+    </row>
+    <row r="167">
+      <c r="A167" s="1" t="n">
+        <v>160</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Techno Electric &amp; Engineering Company Limited</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>INE285K01026</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="n">
+        <v>154</v>
+      </c>
+      <c r="F167" s="6" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="G167" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J167" s="6" t="n"/>
+    </row>
+    <row r="168">
+      <c r="A168" s="1" t="n">
+        <v>161</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Niva Bupa Health Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>INE995S01015</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="n">
+        <v>1900</v>
+      </c>
+      <c r="F168" s="6" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="G168" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J168" s="6" t="n"/>
+    </row>
+    <row r="169">
+      <c r="A169" s="1" t="n">
+        <v>162</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Metropolis Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>INE112L01020</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="n">
+        <v>80</v>
+      </c>
+      <c r="F169" s="6" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="G169" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J169" s="6" t="n"/>
+    </row>
+    <row r="170">
+      <c r="A170" s="1" t="n">
+        <v>163</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Whirlpool of India Limited</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>INE716A01013</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="n">
+        <v>191</v>
+      </c>
+      <c r="F170" s="6" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="G170" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J170" s="6" t="n"/>
+    </row>
+    <row r="171">
+      <c r="A171" s="1" t="n">
+        <v>164</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Balrampur Chini Mills Limited</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t>INE119A01028</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="n">
+        <v>353</v>
+      </c>
+      <c r="F171" s="6" t="n">
+        <v>1.48</v>
+      </c>
+      <c r="G171" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J171" s="6" t="n"/>
+    </row>
+    <row r="172">
+      <c r="A172" s="1" t="n">
+        <v>165</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat Mineral Development Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>INE131A01031</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="n">
+        <v>255</v>
+      </c>
+      <c r="F172" s="6" t="n">
+        <v>1.47</v>
+      </c>
+      <c r="G172" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J172" s="6" t="n"/>
+    </row>
+    <row r="173">
+      <c r="A173" s="1" t="n">
+        <v>166</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Engineers India Limited</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>INE510A01028</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="n">
+        <v>843</v>
+      </c>
+      <c r="F173" s="6" t="n">
+        <v>1.45</v>
+      </c>
+      <c r="G173" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J173" s="6" t="n"/>
+    </row>
+    <row r="174">
+      <c r="A174" s="1" t="n">
+        <v>167</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>PCBL Chemical Limited</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>INE602A01031</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="n">
+        <v>541</v>
+      </c>
+      <c r="F174" s="6" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="G174" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J174" s="6" t="n"/>
+    </row>
+    <row r="175">
+      <c r="A175" s="1" t="n">
+        <v>168</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Devyani International Limited</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>INE872J01023</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="n">
+        <v>1238</v>
+      </c>
+      <c r="F175" s="6" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="G175" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J175" s="6" t="n"/>
+    </row>
+    <row r="176">
+      <c r="A176" s="1" t="n">
+        <v>169</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Vijaya Diagnostic Centre Limited</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>INE043W01024</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="n">
+        <v>150</v>
+      </c>
+      <c r="F176" s="6" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="G176" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J176" s="6" t="n"/>
+    </row>
+    <row r="177">
+      <c r="A177" s="1" t="n">
+        <v>170</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>DCM Shriram Limited</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>INE499A01024</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="n">
+        <v>122</v>
+      </c>
+      <c r="F177" s="6" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="G177" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J177" s="6" t="n"/>
+    </row>
+    <row r="178">
+      <c r="A178" s="1" t="n">
+        <v>171</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Jammu &amp; Kashmir Bank Limited</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>INE168A01041</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="n">
+        <v>1372</v>
+      </c>
+      <c r="F178" s="6" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="G178" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J178" s="6" t="n"/>
+    </row>
+    <row r="179">
+      <c r="A179" s="1" t="n">
+        <v>172</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Tbo Tek Limited</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>INE673O01025</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="n">
+        <v>103</v>
+      </c>
+      <c r="F179" s="6" t="n">
+        <v>1.43</v>
+      </c>
+      <c r="G179" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J179" s="6" t="n"/>
+    </row>
+    <row r="180">
+      <c r="A180" s="1" t="n">
+        <v>173</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>H.E.G. Limited</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>INE545A01024</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="n">
+        <v>259</v>
+      </c>
+      <c r="F180" s="6" t="n">
+        <v>1.4</v>
+      </c>
+      <c r="G180" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J180" s="6" t="n"/>
+    </row>
+    <row r="181">
+      <c r="A181" s="1" t="n">
+        <v>174</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Minda Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t>INE842C01021</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="n">
+        <v>247</v>
+      </c>
+      <c r="F181" s="6" t="n">
+        <v>1.39</v>
+      </c>
+      <c r="G181" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J181" s="6" t="n"/>
+    </row>
+    <row r="182">
+      <c r="A182" s="1" t="n">
+        <v>175</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Sarda Energy and Minerals Limited</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>INE385C01021</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="n">
+        <v>283</v>
+      </c>
+      <c r="F182" s="6" t="n">
+        <v>1.39</v>
+      </c>
+      <c r="G182" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J182" s="6" t="n"/>
+    </row>
+    <row r="183">
+      <c r="A183" s="1" t="n">
+        <v>176</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Sapphire Foods India Limited</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>INE806T01020</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="n">
+        <v>728</v>
+      </c>
+      <c r="F183" s="6" t="n">
+        <v>1.38</v>
+      </c>
+      <c r="G183" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J183" s="6" t="n"/>
+    </row>
+    <row r="184">
+      <c r="A184" s="1" t="n">
+        <v>177</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>R R Kabel Limited</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>INE777K01022</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="n">
+        <v>100</v>
+      </c>
+      <c r="F184" s="6" t="n">
+        <v>1.37</v>
+      </c>
+      <c r="G184" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J184" s="6" t="n"/>
+    </row>
+    <row r="185">
+      <c r="A185" s="1" t="n">
+        <v>178</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Olectra Greentech Limited</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t>INE260D01016</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="n">
+        <v>126</v>
+      </c>
+      <c r="F185" s="6" t="n">
+        <v>1.37</v>
+      </c>
+      <c r="G185" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J185" s="6" t="n"/>
+    </row>
+    <row r="186">
+      <c r="A186" s="1" t="n">
+        <v>179</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Vardhman Textiles Limited</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>INE825A01020</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="n">
+        <v>315</v>
+      </c>
+      <c r="F186" s="6" t="n">
+        <v>1.36</v>
+      </c>
+      <c r="G186" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J186" s="6" t="n"/>
+    </row>
+    <row r="187">
+      <c r="A187" s="1" t="n">
+        <v>180</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Jupiter Wagons Limited</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t>INE209L01016</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="n">
+        <v>418</v>
+      </c>
+      <c r="F187" s="6" t="n">
+        <v>1.35</v>
+      </c>
+      <c r="G187" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J187" s="6" t="n"/>
+    </row>
+    <row r="188">
+      <c r="A188" s="1" t="n">
+        <v>181</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Emcure Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>INE168P01015</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="n">
+        <v>92</v>
+      </c>
+      <c r="F188" s="6" t="n">
+        <v>1.35</v>
+      </c>
+      <c r="G188" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J188" s="6" t="n"/>
+    </row>
+    <row r="189">
+      <c r="A189" s="1" t="n">
+        <v>182</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="n">
+        <v>171</v>
+      </c>
+      <c r="F189" s="6" t="n">
+        <v>1.34</v>
+      </c>
+      <c r="G189" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J189" s="6" t="n"/>
+    </row>
+    <row r="190">
+      <c r="A190" s="1" t="n">
+        <v>183</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bikaji Foods International Limited</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>INE00E101023</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="n">
+        <v>201</v>
+      </c>
+      <c r="F190" s="6" t="n">
+        <v>1.32</v>
+      </c>
+      <c r="G190" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J190" s="6" t="n"/>
+    </row>
+    <row r="191">
+      <c r="A191" s="1" t="n">
+        <v>184</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>DOMS Industries Limited</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t>INE321T01012</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Household Products</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="n">
+        <v>55</v>
+      </c>
+      <c r="F191" s="6" t="n">
+        <v>1.31</v>
+      </c>
+      <c r="G191" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J191" s="6" t="n"/>
+    </row>
+    <row r="192">
+      <c r="A192" s="1" t="n">
+        <v>185</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Chennai Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>INE178A01016</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="n">
+        <v>148</v>
+      </c>
+      <c r="F192" s="6" t="n">
+        <v>1.28</v>
+      </c>
+      <c r="G192" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J192" s="6" t="n"/>
+    </row>
+    <row r="193">
+      <c r="A193" s="1" t="n">
+        <v>186</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>BASF India Limited</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t>INE373A01013</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="n">
+        <v>35</v>
+      </c>
+      <c r="F193" s="6" t="n">
+        <v>1.28</v>
+      </c>
+      <c r="G193" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J193" s="6" t="n"/>
+    </row>
+    <row r="194">
+      <c r="A194" s="1" t="n">
+        <v>187</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Clean Science and Technology Limited</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>INE227W01023</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="n">
+        <v>148</v>
+      </c>
+      <c r="F194" s="6" t="n">
+        <v>1.27</v>
+      </c>
+      <c r="G194" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J194" s="6" t="n"/>
+    </row>
+    <row r="195">
+      <c r="A195" s="1" t="n">
+        <v>188</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Graphite India Limited</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>INE371A01025</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="n">
+        <v>205</v>
+      </c>
+      <c r="F195" s="6" t="n">
+        <v>1.27</v>
+      </c>
+      <c r="G195" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J195" s="6" t="n"/>
+    </row>
+    <row r="196">
+      <c r="A196" s="1" t="n">
+        <v>189</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Saw Limited</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>INE324A01032</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="n">
+        <v>715</v>
+      </c>
+      <c r="F196" s="6" t="n">
+        <v>1.26</v>
+      </c>
+      <c r="G196" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J196" s="6" t="n"/>
+    </row>
+    <row r="197">
+      <c r="A197" s="1" t="n">
+        <v>190</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>UTI Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t>INE094J01016</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="n">
+        <v>129</v>
+      </c>
+      <c r="F197" s="6" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="G197" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J197" s="6" t="n"/>
+    </row>
+    <row r="198">
+      <c r="A198" s="1" t="n">
+        <v>191</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Schneider Electric Infrastructure Limited</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>INE839M01018</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="n">
+        <v>180</v>
+      </c>
+      <c r="F198" s="6" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="G198" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J198" s="6" t="n"/>
+    </row>
+    <row r="199">
+      <c r="A199" s="1" t="n">
+        <v>192</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Kirloskar Brothers Limited</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>INE732A01036</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="n">
+        <v>78</v>
+      </c>
+      <c r="F199" s="6" t="n">
+        <v>1.22</v>
+      </c>
+      <c r="G199" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J199" s="6" t="n"/>
+    </row>
+    <row r="200">
+      <c r="A200" s="1" t="n">
+        <v>193</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Welspun Living Limited</t>
+        </is>
+      </c>
+      <c r="C200" s="1" t="inlineStr">
+        <is>
+          <t>INE192B01031</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="n">
+        <v>978</v>
+      </c>
+      <c r="F200" s="6" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="G200" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J200" s="6" t="n"/>
+    </row>
+    <row r="201">
+      <c r="A201" s="1" t="n">
+        <v>194</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Concord Biotech Limited</t>
+        </is>
+      </c>
+      <c r="C201" s="1" t="inlineStr">
+        <is>
+          <t>INE338H01029</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="n">
+        <v>102</v>
+      </c>
+      <c r="F201" s="6" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="G201" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J201" s="6" t="n"/>
+    </row>
+    <row r="202">
+      <c r="A202" s="1" t="n">
+        <v>195</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Infrastructure Limited**</t>
+        </is>
+      </c>
+      <c r="C202" s="1" t="inlineStr">
+        <is>
+          <t>INE036A01016</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="n">
+        <v>884</v>
+      </c>
+      <c r="F202" s="6" t="n">
+        <v>1.18</v>
+      </c>
+      <c r="G202" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J202" s="6" t="n"/>
+    </row>
+    <row r="203">
+      <c r="A203" s="1" t="n">
+        <v>196</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Shipping Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>INE109A01011</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="n">
+        <v>520</v>
+      </c>
+      <c r="F203" s="6" t="n">
+        <v>1.17</v>
+      </c>
+      <c r="G203" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J203" s="6" t="n"/>
+    </row>
+    <row r="204">
+      <c r="A204" s="1" t="n">
+        <v>197</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Honasa Consumer Limited</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>INE0J5401028</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="n">
+        <v>424</v>
+      </c>
+      <c r="F204" s="6" t="n">
+        <v>1.17</v>
+      </c>
+      <c r="G204" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J204" s="6" t="n"/>
+    </row>
+    <row r="205">
+      <c r="A205" s="1" t="n">
+        <v>198</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Akzo Nobel India Limited</t>
+        </is>
+      </c>
+      <c r="C205" s="1" t="inlineStr">
+        <is>
+          <t>INE133A01011</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="n">
+        <v>41</v>
+      </c>
+      <c r="F205" s="6" t="n">
+        <v>1.15</v>
+      </c>
+      <c r="G205" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J205" s="6" t="n"/>
+    </row>
+    <row r="206">
+      <c r="A206" s="1" t="n">
+        <v>199</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Newgen Software Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C206" s="1" t="inlineStr">
+        <is>
+          <t>INE619B01017</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="n">
+        <v>196</v>
+      </c>
+      <c r="F206" s="6" t="n">
+        <v>1.14</v>
+      </c>
+      <c r="G206" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J206" s="6" t="n"/>
+    </row>
+    <row r="207">
+      <c r="A207" s="1" t="n">
+        <v>200</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Ksb Limited</t>
+        </is>
+      </c>
+      <c r="C207" s="1" t="inlineStr">
+        <is>
+          <t>INE999A01023</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="n">
+        <v>161</v>
+      </c>
+      <c r="F207" s="6" t="n">
+        <v>1.14</v>
+      </c>
+      <c r="G207" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J207" s="6" t="n"/>
+    </row>
+    <row r="208">
+      <c r="A208" s="1" t="n">
+        <v>201</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>IFCI Limited</t>
+        </is>
+      </c>
+      <c r="C208" s="1" t="inlineStr">
+        <is>
+          <t>INE039A01010</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="n">
+        <v>2039</v>
+      </c>
+      <c r="F208" s="6" t="n">
+        <v>1.12</v>
+      </c>
+      <c r="G208" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J208" s="6" t="n"/>
+    </row>
+    <row r="209">
+      <c r="A209" s="1" t="n">
+        <v>202</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Central Bank of India</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>INE483A01010</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="n">
+        <v>2996</v>
+      </c>
+      <c r="F209" s="6" t="n">
+        <v>1.12</v>
+      </c>
+      <c r="G209" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J209" s="6" t="n"/>
+    </row>
+    <row r="210">
+      <c r="A210" s="1" t="n">
+        <v>203</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Fashion and Retail Limited</t>
+        </is>
+      </c>
+      <c r="C210" s="1" t="inlineStr">
+        <is>
+          <t>INE647O01011</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="n">
+        <v>1687</v>
+      </c>
+      <c r="F210" s="6" t="n">
+        <v>1.12</v>
+      </c>
+      <c r="G210" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J210" s="6" t="n"/>
+    </row>
+    <row r="211">
+      <c r="A211" s="1" t="n">
+        <v>204</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Elecon Engineering Company Limited</t>
+        </is>
+      </c>
+      <c r="C211" s="1" t="inlineStr">
+        <is>
+          <t>INE205B01031</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="n">
+        <v>271</v>
+      </c>
+      <c r="F211" s="6" t="n">
+        <v>1.11</v>
+      </c>
+      <c r="G211" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J211" s="6" t="n"/>
+    </row>
+    <row r="212">
+      <c r="A212" s="1" t="n">
+        <v>205</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Praj Industries Limited</t>
+        </is>
+      </c>
+      <c r="C212" s="1" t="inlineStr">
+        <is>
+          <t>INE074A01025</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="n">
+        <v>380</v>
+      </c>
+      <c r="F212" s="6" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="G212" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J212" s="6" t="n"/>
+    </row>
+    <row r="213">
+      <c r="A213" s="1" t="n">
+        <v>206</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Caplin Point Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C213" s="1" t="inlineStr">
+        <is>
+          <t>INE475E01026</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="n">
+        <v>62</v>
+      </c>
+      <c r="F213" s="6" t="n">
+        <v>1.1</v>
+      </c>
+      <c r="G213" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J213" s="6" t="n"/>
+    </row>
+    <row r="214">
+      <c r="A214" s="1" t="n">
+        <v>207</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Signatureglobal (India) Limited</t>
+        </is>
+      </c>
+      <c r="C214" s="1" t="inlineStr">
+        <is>
+          <t>INE903U01023</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="n">
+        <v>121</v>
+      </c>
+      <c r="F214" s="6" t="n">
+        <v>1.09</v>
+      </c>
+      <c r="G214" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J214" s="6" t="n"/>
+    </row>
+    <row r="215">
+      <c r="A215" s="1" t="n">
+        <v>208</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Action Construction Equipment Limited</t>
+        </is>
+      </c>
+      <c r="C215" s="1" t="inlineStr">
+        <is>
+          <t>INE731H01025</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="n">
+        <v>127</v>
+      </c>
+      <c r="F215" s="6" t="n">
+        <v>1.08</v>
+      </c>
+      <c r="G215" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J215" s="6" t="n"/>
+    </row>
+    <row r="216">
+      <c r="A216" s="1" t="n">
+        <v>209</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Nuvoco Vistas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C216" s="1" t="inlineStr">
+        <is>
+          <t>INE118D01016</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="n">
+        <v>308</v>
+      </c>
+      <c r="F216" s="6" t="n">
+        <v>1.07</v>
+      </c>
+      <c r="G216" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J216" s="6" t="n"/>
+    </row>
+    <row r="217">
+      <c r="A217" s="1" t="n">
+        <v>210</v>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Happiest Minds Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C217" s="1" t="inlineStr">
+        <is>
+          <t>INE419U01012</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="n">
+        <v>253</v>
+      </c>
+      <c r="F217" s="6" t="n">
+        <v>1.05</v>
+      </c>
+      <c r="G217" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J217" s="6" t="n"/>
+    </row>
+    <row r="218">
+      <c r="A218" s="1" t="n">
+        <v>211</v>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Leela Palaces Hotels &amp; Resorts Limited</t>
+        </is>
+      </c>
+      <c r="C218" s="1" t="inlineStr">
+        <is>
+          <t>INE0AQ201015</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="n">
+        <v>248</v>
+      </c>
+      <c r="F218" s="6" t="n">
+        <v>1.04</v>
+      </c>
+      <c r="G218" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J218" s="6" t="n"/>
+    </row>
+    <row r="219">
+      <c r="A219" s="1" t="n">
+        <v>212</v>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Jyothy Labs Limited</t>
+        </is>
+      </c>
+      <c r="C219" s="1" t="inlineStr">
+        <is>
+          <t>INE668F01031</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>Household Products</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="n">
+        <v>417</v>
+      </c>
+      <c r="F219" s="6" t="n">
+        <v>1.04</v>
+      </c>
+      <c r="G219" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J219" s="6" t="n"/>
+    </row>
+    <row r="220">
+      <c r="A220" s="1" t="n">
+        <v>213</v>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Agarwal's Health Care Limited</t>
+        </is>
+      </c>
+      <c r="C220" s="1" t="inlineStr">
+        <is>
+          <t>INE943P01029</t>
+        </is>
+      </c>
+      <c r="D220" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="n">
+        <v>237</v>
+      </c>
+      <c r="F220" s="6" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="G220" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J220" s="6" t="n"/>
+    </row>
+    <row r="221">
+      <c r="A221" s="1" t="n">
+        <v>214</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>SBFC Finance Limited</t>
+        </is>
+      </c>
+      <c r="C221" s="1" t="inlineStr">
+        <is>
+          <t>INE423Y01016</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="n">
+        <v>1200</v>
+      </c>
+      <c r="F221" s="6" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="G221" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J221" s="6" t="n"/>
+    </row>
+    <row r="222">
+      <c r="A222" s="1" t="n">
+        <v>215</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Trident Limited</t>
+        </is>
+      </c>
+      <c r="C222" s="1" t="inlineStr">
+        <is>
+          <t>INE064C01022</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="n">
+        <v>3844</v>
+      </c>
+      <c r="F222" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="G222" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J222" s="6" t="n"/>
+    </row>
+    <row r="223">
+      <c r="A223" s="1" t="n">
+        <v>216</v>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Blue Dart Express Limited</t>
+        </is>
+      </c>
+      <c r="C223" s="1" t="inlineStr">
+        <is>
+          <t>INE233B01017</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="n">
+        <v>18</v>
+      </c>
+      <c r="F223" s="6" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="G223" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J223" s="6" t="n"/>
+    </row>
+    <row r="224">
+      <c r="A224" s="1" t="n">
+        <v>217</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Triveni Engineering &amp; Industries Limited</t>
+        </is>
+      </c>
+      <c r="C224" s="1" t="inlineStr">
+        <is>
+          <t>INE256C01024</t>
+        </is>
+      </c>
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="n">
+        <v>263</v>
+      </c>
+      <c r="F224" s="6" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="G224" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J224" s="6" t="n"/>
+    </row>
+    <row r="225">
+      <c r="A225" s="1" t="n">
+        <v>218</v>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Aegis Vopak Terminals Limited</t>
+        </is>
+      </c>
+      <c r="C225" s="1" t="inlineStr">
+        <is>
+          <t>INE0INX01018</t>
+        </is>
+      </c>
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="n">
+        <v>430</v>
+      </c>
+      <c r="F225" s="6" t="n">
+        <v>0.98</v>
+      </c>
+      <c r="G225" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J225" s="6" t="n"/>
+    </row>
+    <row r="226">
+      <c r="A226" s="1" t="n">
+        <v>219</v>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>International Gemmological Institute (India) Limited</t>
+        </is>
+      </c>
+      <c r="C226" s="1" t="inlineStr">
+        <is>
+          <t>INE0Q9301021</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="n">
+        <v>313</v>
+      </c>
+      <c r="F226" s="6" t="n">
+        <v>0.97</v>
+      </c>
+      <c r="G226" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J226" s="6" t="n"/>
+    </row>
+    <row r="227">
+      <c r="A227" s="1" t="n">
+        <v>220</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Mangalore Refinery and Petrochemicals Limited</t>
+        </is>
+      </c>
+      <c r="C227" s="1" t="inlineStr">
+        <is>
+          <t>INE103A01014</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="n">
+        <v>549</v>
+      </c>
+      <c r="F227" s="6" t="n">
+        <v>0.97</v>
+      </c>
+      <c r="G227" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J227" s="6" t="n"/>
+    </row>
+    <row r="228">
+      <c r="A228" s="1" t="n">
+        <v>221</v>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>BLS International Services Limited</t>
+        </is>
+      </c>
+      <c r="C228" s="1" t="inlineStr">
+        <is>
+          <t>INE153T01027</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="n">
+        <v>373</v>
+      </c>
+      <c r="F228" s="6" t="n">
+        <v>0.96</v>
+      </c>
+      <c r="G228" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J228" s="6" t="n"/>
+    </row>
+    <row r="229">
+      <c r="A229" s="1" t="n">
+        <v>222</v>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Railtel Corporation Of India Limited</t>
+        </is>
+      </c>
+      <c r="C229" s="1" t="inlineStr">
+        <is>
+          <t>INE0DD101019</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="n">
+        <v>269</v>
+      </c>
+      <c r="F229" s="6" t="n">
+        <v>0.95</v>
+      </c>
+      <c r="G229" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J229" s="6" t="n"/>
+    </row>
+    <row r="230">
+      <c r="A230" s="1" t="n">
+        <v>223</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>The India Cements Limited</t>
+        </is>
+      </c>
+      <c r="C230" s="1" t="inlineStr">
+        <is>
+          <t>INE383A01012</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="n">
+        <v>206</v>
+      </c>
+      <c r="F230" s="6" t="n">
+        <v>0.9399999999999999</v>
+      </c>
+      <c r="G230" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J230" s="6" t="n"/>
+    </row>
+    <row r="231">
+      <c r="A231" s="1" t="n">
+        <v>224</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>RITES Limited</t>
+        </is>
+      </c>
+      <c r="C231" s="1" t="inlineStr">
+        <is>
+          <t>INE320J01015</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="n">
+        <v>412</v>
+      </c>
+      <c r="F231" s="6" t="n">
+        <v>0.9399999999999999</v>
+      </c>
+      <c r="G231" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J231" s="6" t="n"/>
+    </row>
+    <row r="232">
+      <c r="A232" s="1" t="n">
+        <v>225</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Vedant Fashions Limited</t>
+        </is>
+      </c>
+      <c r="C232" s="1" t="inlineStr">
+        <is>
+          <t>INE825V01034</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="n">
+        <v>188</v>
+      </c>
+      <c r="F232" s="6" t="n">
+        <v>0.91</v>
+      </c>
+      <c r="G232" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J232" s="6" t="n"/>
+    </row>
+    <row r="233">
+      <c r="A233" s="1" t="n">
+        <v>226</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>The Bombay Burmah Trading Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C233" s="1" t="inlineStr">
+        <is>
+          <t>INE050A01025</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="n">
+        <v>53</v>
+      </c>
+      <c r="F233" s="6" t="n">
+        <v>0.91</v>
+      </c>
+      <c r="G233" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J233" s="6" t="n"/>
+    </row>
+    <row r="234">
+      <c r="A234" s="1" t="n">
+        <v>227</v>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Latent View Analytics Limited</t>
+        </is>
+      </c>
+      <c r="C234" s="1" t="inlineStr">
+        <is>
+          <t>INE0I7C01011</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="n">
+        <v>222</v>
+      </c>
+      <c r="F234" s="6" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="G234" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J234" s="6" t="n"/>
+    </row>
+    <row r="235">
+      <c r="A235" s="1" t="n">
+        <v>228</v>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Cera Sanitaryware Limited</t>
+        </is>
+      </c>
+      <c r="C235" s="1" t="inlineStr">
+        <is>
+          <t>INE739E01017</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="n">
+        <v>18</v>
+      </c>
+      <c r="F235" s="6" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="G235" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J235" s="6" t="n"/>
+    </row>
+    <row r="236">
+      <c r="A236" s="1" t="n">
+        <v>229</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Tejas Networks Limited</t>
+        </is>
+      </c>
+      <c r="C236" s="1" t="inlineStr">
+        <is>
+          <t>INE010J01012</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Equipment &amp; Accessories</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="n">
+        <v>251</v>
+      </c>
+      <c r="F236" s="6" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="G236" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J236" s="6" t="n"/>
+    </row>
+    <row r="237">
+      <c r="A237" s="1" t="n">
+        <v>230</v>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>ITI Limited</t>
+        </is>
+      </c>
+      <c r="C237" s="1" t="inlineStr">
+        <is>
+          <t>INE248A01017</t>
+        </is>
+      </c>
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Equipment &amp; Accessories</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="n">
+        <v>296</v>
+      </c>
+      <c r="F237" s="6" t="n">
+        <v>0.86</v>
+      </c>
+      <c r="G237" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J237" s="6" t="n"/>
+    </row>
+    <row r="238">
+      <c r="A238" s="1" t="n">
+        <v>231</v>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Rhi Magnesita India Limited</t>
+        </is>
+      </c>
+      <c r="C238" s="1" t="inlineStr">
+        <is>
+          <t>INE743M01012</t>
+        </is>
+      </c>
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="n">
+        <v>187</v>
+      </c>
+      <c r="F238" s="6" t="n">
+        <v>0.83</v>
+      </c>
+      <c r="G238" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J238" s="6" t="n"/>
+    </row>
+    <row r="239">
+      <c r="A239" s="1" t="n">
+        <v>232</v>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Valor Estate Limited</t>
+        </is>
+      </c>
+      <c r="C239" s="1" t="inlineStr">
+        <is>
+          <t>INE879I01012</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="n">
+        <v>753</v>
+      </c>
+      <c r="F239" s="6" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="G239" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J239" s="6" t="n"/>
+    </row>
+    <row r="240">
+      <c r="A240" s="1" t="n">
+        <v>233</v>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Agrovet Limited</t>
+        </is>
+      </c>
+      <c r="C240" s="1" t="inlineStr">
+        <is>
+          <t>INE850D01014</t>
+        </is>
+      </c>
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="n">
+        <v>148</v>
+      </c>
+      <c r="F240" s="6" t="n">
+        <v>0.79</v>
+      </c>
+      <c r="G240" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J240" s="6" t="n"/>
+    </row>
+    <row r="241">
+      <c r="A241" s="1" t="n">
+        <v>234</v>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Transformers And Rectifiers (India) Limited</t>
+        </is>
+      </c>
+      <c r="C241" s="1" t="inlineStr">
+        <is>
+          <t>INE763I01026</t>
+        </is>
+      </c>
+      <c r="D241" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="n">
+        <v>330</v>
+      </c>
+      <c r="F241" s="6" t="n">
+        <v>0.78</v>
+      </c>
+      <c r="G241" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J241" s="6" t="n"/>
+    </row>
+    <row r="242">
+      <c r="A242" s="1" t="n">
+        <v>235</v>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Saregama India Limited</t>
+        </is>
+      </c>
+      <c r="C242" s="1" t="inlineStr">
+        <is>
+          <t>INE979A01025</t>
+        </is>
+      </c>
+      <c r="D242" s="1" t="inlineStr">
+        <is>
+          <t>Entertainment</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="n">
+        <v>230</v>
+      </c>
+      <c r="F242" s="6" t="n">
+        <v>0.78</v>
+      </c>
+      <c r="G242" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J242" s="6" t="n"/>
+    </row>
+    <row r="243">
+      <c r="A243" s="1" t="n">
+        <v>236</v>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>INOX India Limited</t>
+        </is>
+      </c>
+      <c r="C243" s="1" t="inlineStr">
+        <is>
+          <t>INE616N01034</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="n">
+        <v>69</v>
+      </c>
+      <c r="F243" s="6" t="n">
+        <v>0.77</v>
+      </c>
+      <c r="G243" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J243" s="6" t="n"/>
+    </row>
+    <row r="244">
+      <c r="A244" s="1" t="n">
+        <v>237</v>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>JSW CEMENT LIMITED</t>
+        </is>
+      </c>
+      <c r="C244" s="1" t="inlineStr">
+        <is>
+          <t>INE718I01012</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="n">
+        <v>653</v>
+      </c>
+      <c r="F244" s="6" t="n">
+        <v>0.75</v>
+      </c>
+      <c r="G244" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J244" s="6" t="n"/>
+    </row>
+    <row r="245">
+      <c r="A245" s="1" t="n">
+        <v>238</v>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Tata Teleservices (Maharashtra) Limited</t>
+        </is>
+      </c>
+      <c r="C245" s="1" t="inlineStr">
+        <is>
+          <t>INE517B01013</t>
+        </is>
+      </c>
+      <c r="D245" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="n">
+        <v>1546</v>
+      </c>
+      <c r="F245" s="6" t="n">
+        <v>0.71</v>
+      </c>
+      <c r="G245" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J245" s="6" t="n"/>
+    </row>
+    <row r="246">
+      <c r="A246" s="1" t="n">
+        <v>239</v>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>C.E. Info Systems Limited</t>
+        </is>
+      </c>
+      <c r="C246" s="1" t="inlineStr">
+        <is>
+          <t>INE0BV301023</t>
+        </is>
+      </c>
+      <c r="D246" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="n">
+        <v>53</v>
+      </c>
+      <c r="F246" s="6" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="G246" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J246" s="6" t="n"/>
+    </row>
+    <row r="247">
+      <c r="A247" s="1" t="n">
+        <v>240</v>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Acme Solar Holdings Limited</t>
+        </is>
+      </c>
+      <c r="C247" s="1" t="inlineStr">
+        <is>
+          <t>INE622W01025</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="n">
+        <v>310</v>
+      </c>
+      <c r="F247" s="6" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="G247" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J247" s="6" t="n"/>
+    </row>
+    <row r="248">
+      <c r="A248" s="1" t="n">
+        <v>241</v>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>JBM Auto Limited</t>
+        </is>
+      </c>
+      <c r="C248" s="1" t="inlineStr">
+        <is>
+          <t>INE927D01051</t>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="n">
+        <v>124</v>
+      </c>
+      <c r="F248" s="6" t="n">
+        <v>0.7</v>
+      </c>
+      <c r="G248" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J248" s="6" t="n"/>
+    </row>
+    <row r="249">
+      <c r="A249" s="1" t="n">
+        <v>242</v>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Alkyl Amines Chemicals Limited</t>
+        </is>
+      </c>
+      <c r="C249" s="1" t="inlineStr">
+        <is>
+          <t>INE150B01039</t>
+        </is>
+      </c>
+      <c r="D249" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="n">
+        <v>43</v>
+      </c>
+      <c r="F249" s="6" t="n">
+        <v>0.68</v>
+      </c>
+      <c r="G249" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J249" s="6" t="n"/>
+    </row>
+    <row r="250">
+      <c r="A250" s="1" t="n">
+        <v>243</v>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Campus Activewear Limited</t>
+        </is>
+      </c>
+      <c r="C250" s="1" t="inlineStr">
+        <is>
+          <t>INE278Y01022</t>
+        </is>
+      </c>
+      <c r="D250" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="n">
+        <v>263</v>
+      </c>
+      <c r="F250" s="6" t="n">
+        <v>0.67</v>
+      </c>
+      <c r="G250" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J250" s="6" t="n"/>
+    </row>
+    <row r="251">
+      <c r="A251" s="1" t="n">
+        <v>244</v>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Maharashtra Seamless Limited</t>
+        </is>
+      </c>
+      <c r="C251" s="1" t="inlineStr">
+        <is>
+          <t>INE271B01025</t>
+        </is>
+      </c>
+      <c r="D251" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="n">
+        <v>125</v>
+      </c>
+      <c r="F251" s="6" t="n">
+        <v>0.65</v>
+      </c>
+      <c r="G251" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J251" s="6" t="n"/>
+    </row>
+    <row r="252">
+      <c r="A252" s="1" t="n">
+        <v>245</v>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Ventive Hospitality Limited</t>
+        </is>
+      </c>
+      <c r="C252" s="1" t="inlineStr">
+        <is>
+          <t>INE781S01027</t>
+        </is>
+      </c>
+      <c r="D252" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="n">
+        <v>79</v>
+      </c>
+      <c r="F252" s="6" t="n">
+        <v>0.59</v>
+      </c>
+      <c r="G252" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J252" s="6" t="n"/>
+    </row>
+    <row r="253">
+      <c r="A253" s="1" t="n">
+        <v>246</v>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Rashtriya Chemicals &amp; Fertilizers Limited</t>
+        </is>
+      </c>
+      <c r="C253" s="1" t="inlineStr">
+        <is>
+          <t>INE027A01015</t>
+        </is>
+      </c>
+      <c r="D253" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="n">
+        <v>425</v>
+      </c>
+      <c r="F253" s="6" t="n">
+        <v>0.58</v>
+      </c>
+      <c r="G253" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J253" s="6" t="n"/>
+    </row>
+    <row r="254">
+      <c r="A254" s="1" t="n">
+        <v>247</v>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Alok Industries Limited</t>
+        </is>
+      </c>
+      <c r="C254" s="1" t="inlineStr">
+        <is>
+          <t>INE270A01029</t>
+        </is>
+      </c>
+      <c r="D254" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="n">
+        <v>3820</v>
+      </c>
+      <c r="F254" s="6" t="n">
+        <v>0.58</v>
+      </c>
+      <c r="G254" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J254" s="6" t="n"/>
+    </row>
+    <row r="255">
+      <c r="A255" s="1" t="n">
+        <v>248</v>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Blue Jet Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C255" s="1" t="inlineStr">
+        <is>
+          <t>INE0KBH01020</t>
+        </is>
+      </c>
+      <c r="D255" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="n">
+        <v>108</v>
+      </c>
+      <c r="F255" s="6" t="n">
+        <v>0.45</v>
+      </c>
+      <c r="G255" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J255" s="6" t="n"/>
+    </row>
+    <row r="256">
+      <c r="A256" s="1" t="n">
+        <v>249</v>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Akums Drugs and Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C256" s="1" t="inlineStr">
+        <is>
+          <t>INE09XN01023</t>
+        </is>
+      </c>
+      <c r="D256" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="n">
+        <v>84</v>
+      </c>
+      <c r="F256" s="6" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="G256" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J256" s="6" t="n"/>
+    </row>
+    <row r="257">
+      <c r="A257" s="1" t="n">
+        <v>250</v>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>MMTC Limited</t>
+        </is>
+      </c>
+      <c r="C257" s="1" t="inlineStr">
+        <is>
+          <t>INE123F01029</t>
+        </is>
+      </c>
+      <c r="D257" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="n">
+        <v>466</v>
+      </c>
+      <c r="F257" s="6" t="n">
+        <v>0.3</v>
+      </c>
+      <c r="G257" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J257" s="6" t="n"/>
+    </row>
+    <row r="258">
+      <c r="A258" s="8" t="n"/>
+      <c r="B258" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C258" s="8" t="n"/>
+      <c r="D258" s="8" t="n"/>
+      <c r="E258" s="8" t="n"/>
+      <c r="F258" s="9" t="n">
+        <v>584.15</v>
+      </c>
+      <c r="G258" s="10" t="n">
+        <v>0.9995000000000001</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="B260" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="1" t="n">
+        <v>251</v>
+      </c>
+      <c r="B261" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F261" s="6" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="G261" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="H261" s="11" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="8" t="n"/>
+      <c r="B262" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C262" s="8" t="n"/>
+      <c r="D262" s="8" t="n"/>
+      <c r="E262" s="8" t="n"/>
+      <c r="F262" s="9" t="n">
+        <v>0.37</v>
+      </c>
+      <c r="G262" s="10" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="B264" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="265">
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="n"/>
+      <c r="F265" s="6" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="G265" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="J265" s="6" t="n"/>
+    </row>
+    <row r="266">
+      <c r="A266" s="8" t="n"/>
+      <c r="B266" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C266" s="8" t="n"/>
+      <c r="D266" s="8" t="n"/>
+      <c r="E266" s="8" t="n"/>
+      <c r="F266" s="9" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="G266" s="10" t="n">
+        <v>-0.0001</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="4" t="n"/>
+      <c r="B268" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C268" s="4" t="n"/>
+      <c r="D268" s="4" t="n"/>
+      <c r="E268" s="4" t="n"/>
+      <c r="F268" s="12" t="n">
+        <v>584.8099999999999</v>
+      </c>
+      <c r="G268" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="270" ht="14.5" customHeight="1" s="45">
+      <c r="A270" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations</t>
+        </is>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
-[...7962 lines deleted...]
-      <c r="B271" s="16" t="inlineStr">
+      <c r="B271" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="272" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B276" s="59" t="inlineStr">
+    <row r="273" ht="14.5" customHeight="1" s="45">
+      <c r="B273" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="290" ht="14.5" customHeight="1" s="41">
-      <c r="B290" s="59" t="inlineStr">
+    <row r="286" ht="14.5" customHeight="1" s="45">
+      <c r="B286" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Smallcap 250 TRI</t>
-        </is>
-[...12 lines deleted...]
-          <t>Image not available</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>