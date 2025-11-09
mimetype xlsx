--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1,1283 +1,786 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6C85C4B6-1753-43A1-915E-5C859F7A8E95}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="NRNEF" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...594 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...7 lines deleted...]
-    <numFmt numFmtId="170" formatCode="#,##0.000000"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color rgb="FF000000"/>
       <sz val="10"/>
-      <color indexed="8"/>
-[...1 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
-      <b/>
-[...7 lines deleted...]
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
-  <borders count="5">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
         <color indexed="64"/>
-      </bottom>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
-      <top style="thin">
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
         <color indexed="64"/>
-      </top>
-      <bottom style="thin">
+      </left>
+      <right style="thin">
         <color indexed="64"/>
-      </bottom>
+      </right>
+      <top/>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="80">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="98">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="9" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="9" fillId="5" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="9" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{8424EC82-383E-4A65-B62E-72FB61007DF0}"/>
-    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="4">
-[...12 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>54</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>63</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
           <a:off x="457200" y="9512300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>68</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>77</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
           <a:off x="457200" y="11925300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1497,4000 +1000,2086 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L147"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L150"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="45.1796875" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="13.54296875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="18" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="18" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...1 lines deleted...]
-      <c r="B1" s="62" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP Natural Resources &amp; New Energy Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>7456242</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>13632.99</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.0925</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>5326900</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>13603.3</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.09229999999999999</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.1825</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>1244187</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>13272.99</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.09</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.1629</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>952790</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>8078.23</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.0548</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.1425</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>2202861</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>7859.81</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0533</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.1286</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>1516403</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>7225.66</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.049</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.1256</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Indian Oil Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE242A01010</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>4202433</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>6971.84</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0473</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.1088</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>1723136</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>6696.97</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0454</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0454</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>3310084</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>6049.51</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.041</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0413</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>National Aluminium Company Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE139A01034</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>2439055</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>5710.8</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0387</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.038</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>7392130</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>5602.5</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.038</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.0244</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>1233586</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>5345.74</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0363</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>358082</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>5322.53</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0361</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>1449952</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>4077.99</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0277</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>812294</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>3866.52</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0262</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Godawari Power and Ispat Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE177H01039</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>1221952</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>3467.17</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0235</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Gujarat State Petronet Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE246F01010</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>1090959</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>3378.15</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0229</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Indraprastha Gas Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE203G01027</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>947976</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>2009.14</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Saw Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE324A01032</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>529605</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>928.13</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Ratnamani Metals &amp; Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE703B01027</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>35761</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>867.13</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE191B01025</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>85940</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>829.97</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>IRM Energy Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE07U701015</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>170318</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>531.73</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="9" t="n"/>
+      <c r="B30" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C30" s="9" t="n"/>
+      <c r="D30" s="9" t="n"/>
+      <c r="E30" s="9" t="n"/>
+      <c r="F30" s="10" t="n">
+        <v>125328.8</v>
+      </c>
+      <c r="G30" s="11" t="n">
+        <v>0.85</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B33" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>3924.71</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.0266</v>
+      </c>
+      <c r="H33" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="9" t="n"/>
+      <c r="B34" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C34" s="9" t="n"/>
+      <c r="D34" s="9" t="n"/>
+      <c r="E34" s="9" t="n"/>
+      <c r="F34" s="10" t="n">
+        <v>3924.71</v>
+      </c>
+      <c r="G34" s="11" t="n">
+        <v>0.0266</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="B36" s="4" t="inlineStr">
+        <is>
+          <t>OTHERS</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="B37" s="4" t="inlineStr">
+        <is>
+          <t>Overseas Mutual Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - Sustainable Energy Fund ^^</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>LU0534476519</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>443473.98</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>9478.65</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0643</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Energy Fund ^^</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>LU0368250907</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>334869.7</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>9044.030000000001</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.0613</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="9" t="n"/>
+      <c r="B40" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C40" s="9" t="n"/>
+      <c r="D40" s="9" t="n"/>
+      <c r="E40" s="9" t="n"/>
+      <c r="F40" s="10" t="n">
+        <v>18522.68</v>
+      </c>
+      <c r="G40" s="11" t="n">
+        <v>0.1256</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="B42" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E43" s="6" t="n"/>
+      <c r="F43" s="7" t="n">
+        <v>-358.82</v>
+      </c>
+      <c r="G43" s="8" t="n">
+        <v>-0.0022</v>
+      </c>
+      <c r="J43" s="7" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="9" t="n"/>
+      <c r="B44" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C44" s="9" t="n"/>
+      <c r="D44" s="9" t="n"/>
+      <c r="E44" s="9" t="n"/>
+      <c r="F44" s="10" t="n">
+        <v>-358.82</v>
+      </c>
+      <c r="G44" s="11" t="n">
+        <v>-0.0022</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="5" t="n"/>
+      <c r="B46" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C46" s="5" t="n"/>
+      <c r="D46" s="5" t="n"/>
+      <c r="E46" s="5" t="n"/>
+      <c r="F46" s="13" t="n">
+        <v>147417.37</v>
+      </c>
+      <c r="G46" s="14" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="16" t="n">
+        <v>1</v>
+      </c>
+      <c r="B48" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" ht="27" customHeight="1" s="77">
+      <c r="A49" s="16" t="n">
+        <v>2</v>
+      </c>
+      <c r="B49" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="52" t="n">
+        <v>3</v>
+      </c>
+      <c r="B50" s="52" t="inlineStr">
+        <is>
+          <t>^^Fund domiciled in Luxembourg</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="14.5" customHeight="1" s="77">
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" ht="14.5" customHeight="1" s="77">
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: 35% BSE Oil &amp; Gas Index + 30% BSE Metal Index + 35% MSCI World Energy 30% Buffer 10/40 Net Total Return</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="35" t="n"/>
+      <c r="B83" s="53" t="inlineStr">
+        <is>
+          <t>Additional Disclosure</t>
+        </is>
+      </c>
+      <c r="C83" s="35" t="n"/>
+      <c r="D83" s="35" t="n"/>
+      <c r="E83" s="35" t="n"/>
+      <c r="F83" s="35" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="35" t="n"/>
+      <c r="B84" s="88" t="inlineStr">
+        <is>
+          <t>DSP Natural Resources and New Energy Fund as of 30-Sep-2025</t>
+        </is>
+      </c>
+      <c r="C84" s="96" t="n"/>
+      <c r="D84" s="96" t="n"/>
+      <c r="E84" s="97" t="n"/>
+      <c r="F84" s="88" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="35" t="n"/>
+      <c r="B85" s="38" t="inlineStr">
+        <is>
+          <t>Equity &amp; Equity Related</t>
+        </is>
+      </c>
+      <c r="C85" s="39" t="n"/>
+      <c r="D85" s="39" t="n"/>
+      <c r="E85" s="39" t="n"/>
+      <c r="F85" s="54" t="n">
+        <v>0.8643</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="35" t="n"/>
+      <c r="B86" s="38" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments / Corporate Debt Repo</t>
+        </is>
+      </c>
+      <c r="C86" s="39" t="n"/>
+      <c r="D86" s="39" t="n"/>
+      <c r="E86" s="39" t="n"/>
+      <c r="F86" s="54" t="n">
+        <v>0.0111</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="35" t="n"/>
+      <c r="B87" s="55" t="inlineStr">
+        <is>
+          <t>Foreign Securities</t>
+        </is>
+      </c>
+      <c r="C87" s="39" t="n"/>
+      <c r="D87" s="39" t="n"/>
+      <c r="E87" s="39" t="n"/>
+      <c r="F87" s="54" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="35" t="n"/>
+      <c r="B88" s="38" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - Sustainable Energy Fund ^^</t>
+        </is>
+      </c>
+      <c r="C88" s="39" t="n"/>
+      <c r="D88" s="39" t="n"/>
+      <c r="E88" s="39" t="n"/>
+      <c r="F88" s="54" t="n">
+        <v>0.06419999999999999</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="35" t="n"/>
+      <c r="B89" s="38" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Energy Fund ^^</t>
+        </is>
+      </c>
+      <c r="C89" s="39" t="n"/>
+      <c r="D89" s="39" t="n"/>
+      <c r="E89" s="39" t="n"/>
+      <c r="F89" s="54" t="n">
+        <v>0.0555</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="35" t="n"/>
+      <c r="B90" s="38" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="C90" s="39" t="n"/>
+      <c r="D90" s="39" t="n"/>
+      <c r="E90" s="39" t="n"/>
+      <c r="F90" s="54" t="n">
+        <v>0.0049</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="35" t="n"/>
+      <c r="B91" s="41" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C91" s="39" t="n"/>
+      <c r="D91" s="39" t="n"/>
+      <c r="E91" s="39" t="n"/>
+      <c r="F91" s="42" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="35" t="n"/>
+      <c r="B92" s="56" t="n"/>
+      <c r="C92" s="35" t="n"/>
+      <c r="D92" s="35" t="n"/>
+      <c r="E92" s="35" t="n"/>
+      <c r="F92" s="57" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="35" t="n"/>
+      <c r="B93" s="35" t="n"/>
+      <c r="C93" s="35" t="n"/>
+      <c r="D93" s="35" t="n"/>
+      <c r="E93" s="35" t="n"/>
+      <c r="F93" s="35" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="35" t="n"/>
+      <c r="B94" s="88" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Energy Fund as of 30-Sep-2025</t>
+        </is>
+      </c>
+      <c r="C94" s="96" t="n"/>
+      <c r="D94" s="96" t="n"/>
+      <c r="E94" s="96" t="n"/>
+      <c r="F94" s="97" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="35" t="n"/>
+      <c r="B95" s="88" t="inlineStr">
+        <is>
+          <t>Top 10 stocks</t>
+        </is>
+      </c>
+      <c r="C95" s="96" t="n"/>
+      <c r="D95" s="96" t="n"/>
+      <c r="E95" s="96" t="n"/>
+      <c r="F95" s="97" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="35" t="n"/>
+      <c r="B96" s="88" t="inlineStr">
+        <is>
+          <t>Security</t>
+        </is>
+      </c>
+      <c r="C96" s="96" t="n"/>
+      <c r="D96" s="96" t="n"/>
+      <c r="E96" s="97" t="n"/>
+      <c r="F96" s="88" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="35" t="n"/>
+      <c r="B97" s="58" t="inlineStr">
+        <is>
+          <t>SHELL PLC</t>
+        </is>
+      </c>
+      <c r="C97" s="39" t="n"/>
+      <c r="D97" s="39" t="n"/>
+      <c r="E97" s="39" t="n"/>
+      <c r="F97" s="59" t="n">
+        <v>0.099486</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="35" t="n"/>
+      <c r="B98" s="58" t="inlineStr">
+        <is>
+          <t>CHEVRON CORP</t>
+        </is>
+      </c>
+      <c r="C98" s="39" t="n"/>
+      <c r="D98" s="39" t="n"/>
+      <c r="E98" s="39" t="n"/>
+      <c r="F98" s="59" t="n">
+        <v>0.09249800000000001</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="35" t="n"/>
+      <c r="B99" s="58" t="inlineStr">
+        <is>
+          <t>EXXON MOBIL CORP</t>
+        </is>
+      </c>
+      <c r="C99" s="39" t="n"/>
+      <c r="D99" s="39" t="n"/>
+      <c r="E99" s="39" t="n"/>
+      <c r="F99" s="59" t="n">
+        <v>0.086067</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="35" t="n"/>
+      <c r="B100" s="58" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES SE</t>
+        </is>
+      </c>
+      <c r="C100" s="39" t="n"/>
+      <c r="D100" s="39" t="n"/>
+      <c r="E100" s="39" t="n"/>
+      <c r="F100" s="59" t="n">
+        <v>0.07943500000000001</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="35" t="n"/>
+      <c r="B101" s="58" t="inlineStr">
+        <is>
+          <t>WILLIAMS COMPANIES INC</t>
+        </is>
+      </c>
+      <c r="C101" s="39" t="n"/>
+      <c r="D101" s="39" t="n"/>
+      <c r="E101" s="39" t="n"/>
+      <c r="F101" s="59" t="n">
+        <v>0.049302</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="35" t="n"/>
+      <c r="B102" s="58" t="inlineStr">
+        <is>
+          <t>VALERO ENERGY CORPORATION</t>
+        </is>
+      </c>
+      <c r="C102" s="39" t="n"/>
+      <c r="D102" s="39" t="n"/>
+      <c r="E102" s="39" t="n"/>
+      <c r="F102" s="59" t="n">
+        <v>0.047203</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="35" t="n"/>
+      <c r="B103" s="58" t="inlineStr">
+        <is>
+          <t>TC ENERGY CORP</t>
+        </is>
+      </c>
+      <c r="C103" s="39" t="n"/>
+      <c r="D103" s="39" t="n"/>
+      <c r="E103" s="39" t="n"/>
+      <c r="F103" s="59" t="n">
+        <v>0.045761</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="35" t="n"/>
+      <c r="B104" s="58" t="inlineStr">
+        <is>
+          <t>SUNCOR ENERGY INC</t>
+        </is>
+      </c>
+      <c r="C104" s="58" t="n"/>
+      <c r="D104" s="39" t="n"/>
+      <c r="E104" s="39" t="n"/>
+      <c r="F104" s="59" t="n">
+        <v>0.045672</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="35" t="n"/>
+      <c r="B105" s="58" t="inlineStr">
+        <is>
+          <t>CONOCOPHILLIPS</t>
+        </is>
+      </c>
+      <c r="C105" s="39" t="n"/>
+      <c r="D105" s="39" t="n"/>
+      <c r="E105" s="39" t="n"/>
+      <c r="F105" s="59" t="n">
+        <v>0.044219</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="35" t="n"/>
+      <c r="B106" s="58" t="inlineStr">
+        <is>
+          <t>CANADIAN NATURAL RESOURCES LTD</t>
+        </is>
+      </c>
+      <c r="C106" s="39" t="n"/>
+      <c r="D106" s="39" t="n"/>
+      <c r="E106" s="39" t="n"/>
+      <c r="F106" s="59" t="n">
+        <v>0.044125</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="35" t="n"/>
+      <c r="B107" s="58" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="C107" s="39" t="n"/>
+      <c r="D107" s="39" t="n"/>
+      <c r="E107" s="39" t="n"/>
+      <c r="F107" s="60" t="n">
+        <v>0.3662319999999999</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="35" t="n"/>
+      <c r="B108" s="58" t="inlineStr">
+        <is>
+          <t>Cash</t>
+        </is>
+      </c>
+      <c r="C108" s="39" t="n"/>
+      <c r="D108" s="39" t="n"/>
+      <c r="E108" s="39" t="n"/>
+      <c r="F108" s="59" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="35" t="n"/>
+      <c r="B109" s="61" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C109" s="39" t="n"/>
+      <c r="D109" s="39" t="n"/>
+      <c r="E109" s="39" t="n"/>
+      <c r="F109" s="62" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="35" t="n"/>
+      <c r="B110" s="35" t="n"/>
+      <c r="C110" s="35" t="n"/>
+      <c r="D110" s="35" t="n"/>
+      <c r="E110" s="35" t="n"/>
+      <c r="F110" s="35" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="35" t="n"/>
+      <c r="B111" s="86" t="inlineStr">
+        <is>
+          <t>Sector Allocation</t>
+        </is>
+      </c>
+      <c r="C111" s="96" t="n"/>
+      <c r="D111" s="96" t="n"/>
+      <c r="E111" s="96" t="n"/>
+      <c r="F111" s="97" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="35" t="n"/>
+      <c r="B112" s="58" t="inlineStr">
+        <is>
+          <t>Integrated</t>
+        </is>
+      </c>
+      <c r="C112" s="39" t="n"/>
+      <c r="D112" s="39" t="n"/>
+      <c r="E112" s="39" t="n"/>
+      <c r="F112" s="59" t="n">
+        <v>0.4329</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="35" t="n"/>
+      <c r="B113" s="58" t="inlineStr">
+        <is>
+          <t>Distribution</t>
+        </is>
+      </c>
+      <c r="C113" s="39" t="n"/>
+      <c r="D113" s="39" t="n"/>
+      <c r="E113" s="39" t="n"/>
+      <c r="F113" s="59" t="n">
+        <v>0.2329</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="35" t="n"/>
+      <c r="B114" s="58" t="inlineStr">
+        <is>
+          <t>Exploration and Prod.</t>
+        </is>
+      </c>
+      <c r="C114" s="39" t="n"/>
+      <c r="D114" s="39" t="n"/>
+      <c r="E114" s="39" t="n"/>
+      <c r="F114" s="59" t="n">
+        <v>0.1999</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="35" t="n"/>
+      <c r="B115" s="58" t="inlineStr">
+        <is>
+          <t>Refining and Mktg.</t>
+        </is>
+      </c>
+      <c r="C115" s="39" t="n"/>
+      <c r="D115" s="39" t="n"/>
+      <c r="E115" s="39" t="n"/>
+      <c r="F115" s="59" t="n">
+        <v>0.06469999999999999</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="35" t="n"/>
+      <c r="B116" s="58" t="inlineStr">
+        <is>
+          <t>Oil Services</t>
+        </is>
+      </c>
+      <c r="C116" s="39" t="n"/>
+      <c r="D116" s="39" t="n"/>
+      <c r="E116" s="39" t="n"/>
+      <c r="F116" s="59" t="n">
+        <v>0.0299</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="35" t="n"/>
+      <c r="B117" s="58" t="inlineStr">
+        <is>
+          <t>Coal and Uranium</t>
+        </is>
+      </c>
+      <c r="C117" s="39" t="n"/>
+      <c r="D117" s="39" t="n"/>
+      <c r="E117" s="39" t="n"/>
+      <c r="F117" s="59" t="n">
+        <v>0.0267</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="35" t="n"/>
+      <c r="B118" s="58" t="inlineStr">
+        <is>
+          <t>Cash and/or Derivatives</t>
+        </is>
+      </c>
+      <c r="C118" s="39" t="n"/>
+      <c r="D118" s="39" t="n"/>
+      <c r="E118" s="39" t="n"/>
+      <c r="F118" s="59" t="n">
+        <v>0.013</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="35" t="n"/>
+      <c r="B119" s="61" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C119" s="39" t="n"/>
+      <c r="D119" s="39" t="n"/>
+      <c r="E119" s="39" t="n"/>
+      <c r="F119" s="62" t="n">
+        <v>0.9999999999999999</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="35" t="n"/>
+      <c r="B120" s="63" t="n"/>
+      <c r="C120" s="35" t="n"/>
+      <c r="D120" s="35" t="n"/>
+      <c r="E120" s="35" t="n"/>
+      <c r="F120" s="64" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="35" t="n"/>
+      <c r="B121" s="35" t="n"/>
+      <c r="C121" s="35" t="n"/>
+      <c r="D121" s="35" t="n"/>
+      <c r="E121" s="35" t="n"/>
+      <c r="F121" s="35" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="35" t="n"/>
+      <c r="B122" s="87" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - Sustainable Energy Fund (Underlying Fund) as of 30-Sep-2025</t>
+        </is>
+      </c>
+      <c r="C122" s="96" t="n"/>
+      <c r="D122" s="96" t="n"/>
+      <c r="E122" s="96" t="n"/>
+      <c r="F122" s="97" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="35" t="n"/>
+      <c r="B123" s="87" t="inlineStr">
+        <is>
+          <t>Top 10 stocks</t>
+        </is>
+      </c>
+      <c r="C123" s="96" t="n"/>
+      <c r="D123" s="96" t="n"/>
+      <c r="E123" s="96" t="n"/>
+      <c r="F123" s="97" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="35" t="n"/>
+      <c r="B124" s="87" t="inlineStr">
+        <is>
+          <t>Security</t>
+        </is>
+      </c>
+      <c r="C124" s="96" t="n"/>
+      <c r="D124" s="96" t="n"/>
+      <c r="E124" s="97" t="n"/>
+      <c r="F124" s="87" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="35" t="n"/>
+      <c r="B125" s="44" t="inlineStr">
+        <is>
+          <t>EDP RENOVAVEIS SA</t>
+        </is>
+      </c>
+      <c r="C125" s="45" t="n"/>
+      <c r="D125" s="45" t="n"/>
+      <c r="E125" s="45" t="n"/>
+      <c r="F125" s="73" t="n">
+        <v>0.056078</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="35" t="n"/>
+      <c r="B126" s="44" t="inlineStr">
+        <is>
+          <t>NEXTERA ENERGY INC</t>
+        </is>
+      </c>
+      <c r="C126" s="45" t="n"/>
+      <c r="D126" s="45" t="n"/>
+      <c r="E126" s="45" t="n"/>
+      <c r="F126" s="73" t="n">
+        <v>0.055069</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="35" t="n"/>
+      <c r="B127" s="44" t="inlineStr">
+        <is>
+          <t>FIRST SOLAR INC</t>
+        </is>
+      </c>
+      <c r="C127" s="45" t="n"/>
+      <c r="D127" s="45" t="n"/>
+      <c r="E127" s="45" t="n"/>
+      <c r="F127" s="73" t="n">
+        <v>0.04784099999999999</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="35" t="n"/>
+      <c r="B128" s="44" t="inlineStr">
+        <is>
+          <t>NEXTRACKER INC</t>
+        </is>
+      </c>
+      <c r="C128" s="44" t="n"/>
+      <c r="D128" s="45" t="n"/>
+      <c r="E128" s="45" t="n"/>
+      <c r="F128" s="73" t="n">
+        <v>0.046338</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="35" t="n"/>
+      <c r="B129" s="44" t="inlineStr">
+        <is>
+          <t>CONTEMPORARY AMPEREX TECHNOLOGY CO LTD</t>
+        </is>
+      </c>
+      <c r="C129" s="45" t="n"/>
+      <c r="D129" s="45" t="n"/>
+      <c r="E129" s="45" t="n"/>
+      <c r="F129" s="73" t="n">
+        <v>0.038753</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="35" t="n"/>
+      <c r="B130" s="44" t="inlineStr">
+        <is>
+          <t>VESTAS WIND SYSTEMS A/S</t>
+        </is>
+      </c>
+      <c r="C130" s="45" t="n"/>
+      <c r="D130" s="45" t="n"/>
+      <c r="E130" s="45" t="n"/>
+      <c r="F130" s="73" t="n">
+        <v>0.038124</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="35" t="n"/>
+      <c r="B131" s="44" t="inlineStr">
+        <is>
+          <t>NATIONAL GRID PLC</t>
+        </is>
+      </c>
+      <c r="C131" s="45" t="n"/>
+      <c r="D131" s="45" t="n"/>
+      <c r="E131" s="45" t="n"/>
+      <c r="F131" s="73" t="n">
+        <v>0.037915</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="35" t="n"/>
+      <c r="B132" s="44" t="inlineStr">
+        <is>
+          <t>LINDE PLC</t>
+        </is>
+      </c>
+      <c r="C132" s="45" t="n"/>
+      <c r="D132" s="45" t="n"/>
+      <c r="E132" s="45" t="n"/>
+      <c r="F132" s="73" t="n">
+        <v>0.037282</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="35" t="n"/>
+      <c r="B133" s="44" t="inlineStr">
+        <is>
+          <t>SSE PLC</t>
+        </is>
+      </c>
+      <c r="C133" s="45" t="n"/>
+      <c r="D133" s="45" t="n"/>
+      <c r="E133" s="45" t="n"/>
+      <c r="F133" s="73" t="n">
+        <v>0.033331</v>
+      </c>
+    </row>
+    <row r="134" ht="14" customHeight="1" s="77">
+      <c r="A134" s="35" t="n"/>
+      <c r="B134" s="44" t="inlineStr">
+        <is>
+          <t>PRYSMIAN SPA</t>
+        </is>
+      </c>
+      <c r="C134" s="66" t="n"/>
+      <c r="D134" s="45" t="n"/>
+      <c r="E134" s="45" t="n"/>
+      <c r="F134" s="73" t="n">
+        <v>0.033066</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="35" t="n"/>
+      <c r="B135" s="44" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="C135" s="45" t="n"/>
+      <c r="D135" s="45" t="n"/>
+      <c r="E135" s="45" t="n"/>
+      <c r="F135" s="60" t="n">
+        <v>0.576203</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="35" t="n"/>
+      <c r="B136" s="44" t="inlineStr">
+        <is>
+          <t>Cash</t>
+        </is>
+      </c>
+      <c r="C136" s="45" t="n"/>
+      <c r="D136" s="45" t="n"/>
+      <c r="E136" s="45" t="n"/>
+      <c r="F136" s="60" t="n">
         <v>0</v>
       </c>
-      <c r="C1" s="63"/>
-[...5 lines deleted...]
-      <c r="B2" s="2" t="s">
+    </row>
+    <row r="137">
+      <c r="A137" s="35" t="n"/>
+      <c r="B137" s="67" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C137" s="45" t="n"/>
+      <c r="D137" s="45" t="n"/>
+      <c r="E137" s="45" t="n"/>
+      <c r="F137" s="74" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
-[...42 lines deleted...]
-      <c r="A8" s="1">
+    <row r="138">
+      <c r="A138" s="35" t="n"/>
+      <c r="B138" s="68" t="n"/>
+      <c r="C138" s="68" t="n"/>
+      <c r="D138" s="68" t="n"/>
+      <c r="E138" s="68" t="n"/>
+      <c r="F138" s="68" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="35" t="n"/>
+      <c r="B139" s="87" t="inlineStr">
+        <is>
+          <t>Sector Allocation</t>
+        </is>
+      </c>
+      <c r="C139" s="96" t="n"/>
+      <c r="D139" s="96" t="n"/>
+      <c r="E139" s="96" t="n"/>
+      <c r="F139" s="97" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="35" t="n"/>
+      <c r="B140" s="44" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="C140" s="45" t="n"/>
+      <c r="D140" s="45" t="n"/>
+      <c r="E140" s="45" t="n"/>
+      <c r="F140" s="73" t="n">
+        <v>0.3589</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="35" t="n"/>
+      <c r="B141" s="44" t="inlineStr">
+        <is>
+          <t>Renewable Energy Tech.</t>
+        </is>
+      </c>
+      <c r="C141" s="45" t="n"/>
+      <c r="D141" s="45" t="n"/>
+      <c r="E141" s="45" t="n"/>
+      <c r="F141" s="73" t="n">
+        <v>0.1944</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="35" t="n"/>
+      <c r="B142" s="44" t="inlineStr">
+        <is>
+          <t>Energy Storage &amp; Infra.</t>
+        </is>
+      </c>
+      <c r="C142" s="45" t="n"/>
+      <c r="D142" s="45" t="n"/>
+      <c r="E142" s="45" t="n"/>
+      <c r="F142" s="73" t="n">
+        <v>0.1384</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="35" t="n"/>
+      <c r="B143" s="44" t="inlineStr">
+        <is>
+          <t>Industrial Efficiency</t>
+        </is>
+      </c>
+      <c r="C143" s="45" t="n"/>
+      <c r="D143" s="45" t="n"/>
+      <c r="E143" s="45" t="n"/>
+      <c r="F143" s="73" t="n">
+        <v>0.1337</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="35" t="n"/>
+      <c r="B144" s="44" t="inlineStr">
+        <is>
+          <t>Automotive &amp; Sustainable Mobility</t>
+        </is>
+      </c>
+      <c r="C144" s="45" t="n"/>
+      <c r="D144" s="45" t="n"/>
+      <c r="E144" s="45" t="n"/>
+      <c r="F144" s="73" t="n">
+        <v>0.1296</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="35" t="n"/>
+      <c r="B145" s="44" t="inlineStr">
+        <is>
+          <t>Cash and/or Derivatives</t>
+        </is>
+      </c>
+      <c r="C145" s="45" t="n"/>
+      <c r="D145" s="45" t="n"/>
+      <c r="E145" s="45" t="n"/>
+      <c r="F145" s="73" t="n">
+        <v>0.045</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="35" t="n"/>
+      <c r="B146" s="44" t="n"/>
+      <c r="C146" s="45" t="n"/>
+      <c r="D146" s="45" t="n"/>
+      <c r="E146" s="45" t="n"/>
+      <c r="F146" s="73" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="35" t="n"/>
+      <c r="B147" s="48" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C147" s="45" t="n"/>
+      <c r="D147" s="45" t="n"/>
+      <c r="E147" s="45" t="n"/>
+      <c r="F147" s="74" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...758 lines deleted...]
-      <c r="G46" s="12">
+    </row>
+    <row r="148">
+      <c r="A148" s="35" t="n"/>
+      <c r="B148" s="35" t="n"/>
+      <c r="C148" s="35" t="n"/>
+      <c r="D148" s="35" t="n"/>
+      <c r="E148" s="35" t="n"/>
+      <c r="F148" s="35" t="n"/>
+    </row>
+    <row r="149" ht="14.5" customHeight="1" s="77">
+      <c r="A149" s="51" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+      <c r="C149" s="35" t="n"/>
+      <c r="D149" s="35" t="n"/>
+      <c r="E149" s="35" t="n"/>
+      <c r="F149" s="35" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="52" t="n">
         <v>1</v>
       </c>
-    </row>
-[...712 lines deleted...]
-      <c r="F147" s="6"/>
+      <c r="B150" s="52" t="inlineStr">
+        <is>
+          <t>^^Fund domiciled in Luxembourg</t>
+        </is>
+      </c>
+      <c r="C150" s="35" t="n"/>
+      <c r="D150" s="35" t="n"/>
+      <c r="E150" s="35" t="n"/>
+      <c r="F150" s="35" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="10">
-    <mergeCell ref="B120:E120"/>
+    <mergeCell ref="B95:F95"/>
+    <mergeCell ref="B111:F111"/>
+    <mergeCell ref="B96:E96"/>
+    <mergeCell ref="B139:F139"/>
+    <mergeCell ref="B94:F94"/>
+    <mergeCell ref="B124:E124"/>
+    <mergeCell ref="B122:F122"/>
+    <mergeCell ref="B123:F123"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B80:E80"/>
-[...6 lines deleted...]
-    <mergeCell ref="B107:F107"/>
+    <mergeCell ref="B84:E84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4373567D-6C49-4F48-BF6F-91A07C080A6C}">
-  <dimension ref="A1:L147"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...1580 lines deleted...]
-      <selection activeCell="A4" sqref="A4"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...725 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>