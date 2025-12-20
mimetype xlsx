--- v1 (2025-11-09)
+++ v2 (2025-12-20)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="NRNEF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,508 +103,379 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="98">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...66 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -658,116 +523,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>54</row>
+      <row>55</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2378075</colOff>
+      <row>64</row>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9512300"/>
+          <a:off x="457200" y="9855200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>68</row>
+      <row>69</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2378075</colOff>
+      <row>78</row>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="11925300"/>
+          <a:off x="457200" y="12268200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1004,2082 +869,2009 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L150"/>
+  <dimension ref="A1:L151"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="45.1796875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="12.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="18" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="10.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="18" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Natural Resources &amp; New Energy Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E8" s="5" t="n">
+        <v>5470562</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>13307.14</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0907</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E9" s="5" t="n">
+        <v>1244187</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>12994.29</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0886</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.174</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Tata Steel Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE081A01020</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Ferrous Metals</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
+      <c r="E10" s="5" t="n">
         <v>7456242</v>
       </c>
-      <c r="F8" s="7" t="n">
-[...18 lines deleted...]
-      <c r="A9" s="2" t="n">
+      <c r="F10" s="6" t="n">
+        <v>12523.5</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0854</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1516</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>952790</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>7702.35</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0525</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.1458</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>1516403</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>7357.59</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0501</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.1303</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>1998861</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>7177.91</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0489</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.128</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>National Aluminium Company Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE139A01034</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>2439055</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>6341.06</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0432</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.1196</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>2278481</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>6194.05</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0422</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0393</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Indian Oil Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE242A01010</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>3760736</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>6082.99</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0415</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0372</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>3310084</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>5828.73</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0397</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0342</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>1405260</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>5806.53</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0396</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.04</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>1533115</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>5766.81</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0393</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>358082</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>5612.94</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0383</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>7392130</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>5464.26</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0372</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>733043</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>3353.67</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0229</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat State Petronet Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE246F01010</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>1090959</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>3136.51</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0214</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Godawari Power and Ispat Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE177H01039</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>1089926</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>2563.51</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0175</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Indraprastha Gas Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE203G01027</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>947976</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>1890.07</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Saw Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE324A01032</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>529605</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>862.04</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Ratnamani Metals &amp; Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE703B01027</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>35761</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>848.4299999999999</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Welspun Corp Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE191B01025</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>85940</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>735.99</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>IRM Energy Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE07U701015</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>170318</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>492.56</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="8" t="n"/>
+      <c r="B30" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C30" s="8" t="n"/>
+      <c r="D30" s="8" t="n"/>
+      <c r="E30" s="8" t="n"/>
+      <c r="F30" s="9" t="n">
+        <v>122042.93</v>
+      </c>
+      <c r="G30" s="10" t="n">
+        <v>0.832</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B33" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>4378.26</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0298</v>
+      </c>
+      <c r="H33" s="11" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="8" t="n"/>
+      <c r="B34" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C34" s="8" t="n"/>
+      <c r="D34" s="8" t="n"/>
+      <c r="E34" s="8" t="n"/>
+      <c r="F34" s="9" t="n">
+        <v>4378.26</v>
+      </c>
+      <c r="G34" s="10" t="n">
+        <v>0.0298</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="B36" s="3" t="inlineStr">
+        <is>
+          <t>OTHERS</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="B37" s="3" t="inlineStr">
+        <is>
+          <t>Overseas Mutual Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - Sustainable Energy Fund ^^</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>LU0534476519</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>443473.98</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>9406.059999999999</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0641</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Energy Fund ^^</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>LU0368250907</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Foreign Security</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>334869.7</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>9382.219999999999</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0639</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="8" t="n"/>
+      <c r="B40" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C40" s="8" t="n"/>
+      <c r="D40" s="8" t="n"/>
+      <c r="E40" s="8" t="n"/>
+      <c r="F40" s="9" t="n">
+        <v>18788.28</v>
+      </c>
+      <c r="G40" s="10" t="n">
+        <v>0.128</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="B42" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n"/>
+      <c r="F43" s="6" t="n">
+        <v>1500</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n"/>
+      <c r="F44" s="6" t="n">
+        <v>12.86</v>
+      </c>
+      <c r="G44" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="8" t="n"/>
+      <c r="B45" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C45" s="8" t="n"/>
+      <c r="D45" s="8" t="n"/>
+      <c r="E45" s="8" t="n"/>
+      <c r="F45" s="9" t="n">
+        <v>1512.86</v>
+      </c>
+      <c r="G45" s="10" t="n">
+        <v>0.0102</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="4" t="n"/>
+      <c r="B47" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C47" s="4" t="n"/>
+      <c r="D47" s="4" t="n"/>
+      <c r="E47" s="4" t="n"/>
+      <c r="F47" s="12" t="n">
+        <v>146722.33</v>
+      </c>
+      <c r="G47" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="14" t="n">
+        <v>1</v>
+      </c>
+      <c r="B49" s="14" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A10" s="2" t="n">
+      <c r="B50" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
-[...680 lines deleted...]
-      <c r="G30" s="11" t="n">
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>^^Fund domiciled in Luxembourg</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" ht="14.5" customHeight="1" s="49">
+      <c r="B54" s="38" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="67" ht="14.5" customHeight="1" s="49">
+      <c r="B67" s="61" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: 35% BSE Oil &amp; Gas Index + 30% BSE Metal Index + 35% MSCI World Energy 30% Buffer 10/40 Net Total Return</t>
+        </is>
+      </c>
+    </row>
+    <row r="68" ht="18.5" customHeight="1" s="49"/>
+    <row r="83">
+      <c r="B83" s="3" t="inlineStr">
+        <is>
+          <t>Additional Disclosure</t>
+        </is>
+      </c>
+      <c r="F83" s="18" t="n"/>
+    </row>
+    <row r="84" ht="14.5" customHeight="1" s="49">
+      <c r="B84" s="59" t="inlineStr">
+        <is>
+          <t>DSP Natural Resources and New Energy Fund as of 31-Oct-2025</t>
+        </is>
+      </c>
+      <c r="C84" s="70" t="n"/>
+      <c r="D84" s="70" t="n"/>
+      <c r="E84" s="71" t="n"/>
+      <c r="F84" s="19" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="B85" s="16" t="inlineStr">
+        <is>
+          <t>Equity &amp; Equity Related</t>
+        </is>
+      </c>
+      <c r="C85" s="16" t="n"/>
+      <c r="D85" s="16" t="n"/>
+      <c r="E85" s="16" t="n"/>
+      <c r="F85" s="20" t="n">
         <v>0.85</v>
       </c>
     </row>
-    <row r="32">
-[...10 lines deleted...]
-      <c r="B33" s="4" t="inlineStr">
+    <row r="86">
+      <c r="B86" s="16" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F33" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G33" s="8" t="n">
+      <c r="C86" s="16" t="n"/>
+      <c r="D86" s="16" t="n"/>
+      <c r="E86" s="16" t="n"/>
+      <c r="F86" s="20" t="n">
         <v>0.0266</v>
       </c>
-      <c r="H33" s="12" t="n">
-[...38 lines deleted...]
-      <c r="B38" s="2" t="inlineStr">
+    </row>
+    <row r="87">
+      <c r="B87" s="17" t="inlineStr">
+        <is>
+          <t>Foreign Securities</t>
+        </is>
+      </c>
+      <c r="C87" s="16" t="n"/>
+      <c r="D87" s="16" t="n"/>
+      <c r="E87" s="16" t="n"/>
+      <c r="F87" s="21" t="n"/>
+    </row>
+    <row r="88">
+      <c r="B88" s="16" t="inlineStr">
         <is>
           <t>BlackRock Global Funds - Sustainable Energy Fund ^^</t>
         </is>
       </c>
-      <c r="C38" s="2" t="inlineStr">
-[...15 lines deleted...]
-      <c r="G38" s="8" t="n">
+      <c r="C88" s="16" t="n"/>
+      <c r="D88" s="16" t="n"/>
+      <c r="E88" s="16" t="n"/>
+      <c r="F88" s="20" t="n">
         <v>0.0643</v>
       </c>
-      <c r="J38" s="7" t="n"/>
-[...5 lines deleted...]
-      <c r="B39" s="2" t="inlineStr">
+    </row>
+    <row r="89">
+      <c r="B89" s="16" t="inlineStr">
         <is>
           <t>BlackRock Global Funds - World Energy Fund ^^</t>
         </is>
       </c>
-      <c r="C39" s="2" t="inlineStr">
-[...15 lines deleted...]
-      <c r="G39" s="8" t="n">
+      <c r="C89" s="16" t="n"/>
+      <c r="D89" s="16" t="n"/>
+      <c r="E89" s="16" t="n"/>
+      <c r="F89" s="20" t="n">
         <v>0.0613</v>
       </c>
-      <c r="J39" s="7" t="n"/>
-[...26 lines deleted...]
-      <c r="B43" s="2" t="inlineStr">
+    </row>
+    <row r="90">
+      <c r="B90" s="16" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E43" s="6" t="n"/>
-[...3 lines deleted...]
-      <c r="G43" s="8" t="n">
+      <c r="C90" s="16" t="n"/>
+      <c r="D90" s="16" t="n"/>
+      <c r="E90" s="16" t="n"/>
+      <c r="F90" s="20" t="n">
         <v>-0.0022</v>
       </c>
-      <c r="J43" s="7" t="n"/>
-[...31 lines deleted...]
-      <c r="G46" s="14" t="n">
+    </row>
+    <row r="91">
+      <c r="B91" s="17" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C91" s="16" t="n"/>
+      <c r="D91" s="16" t="n"/>
+      <c r="E91" s="16" t="n"/>
+      <c r="F91" s="21" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="47">
-      <c r="A47" s="2" t="inlineStr">
+    <row r="92">
+      <c r="B92" s="3" t="n"/>
+      <c r="F92" s="18" t="n"/>
+    </row>
+    <row r="93">
+      <c r="B93" s="16" t="n"/>
+      <c r="C93" s="16" t="n"/>
+      <c r="D93" s="16" t="n"/>
+      <c r="E93" s="16" t="n"/>
+      <c r="F93" s="20" t="n"/>
+    </row>
+    <row r="94" ht="14.5" customHeight="1" s="49">
+      <c r="B94" s="55" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Energy Fund as of 31-Oct-2025</t>
+        </is>
+      </c>
+      <c r="C94" s="70" t="n"/>
+      <c r="D94" s="70" t="n"/>
+      <c r="E94" s="70" t="n"/>
+      <c r="F94" s="71" t="n"/>
+    </row>
+    <row r="95" ht="14.5" customHeight="1" s="49">
+      <c r="B95" s="55" t="inlineStr">
+        <is>
+          <t>Top 10 stocks</t>
+        </is>
+      </c>
+      <c r="C95" s="70" t="n"/>
+      <c r="D95" s="70" t="n"/>
+      <c r="E95" s="70" t="n"/>
+      <c r="F95" s="71" t="n"/>
+    </row>
+    <row r="96" ht="14.5" customHeight="1" s="49">
+      <c r="B96" s="59" t="inlineStr">
+        <is>
+          <t>Security</t>
+        </is>
+      </c>
+      <c r="C96" s="70" t="n"/>
+      <c r="D96" s="70" t="n"/>
+      <c r="E96" s="71" t="n"/>
+      <c r="F96" s="19" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="B97" s="16" t="inlineStr">
+        <is>
+          <t>SHELL PLC</t>
+        </is>
+      </c>
+      <c r="C97" s="16" t="n"/>
+      <c r="D97" s="16" t="n"/>
+      <c r="E97" s="16" t="n"/>
+      <c r="F97" s="20" t="n">
+        <v>0.096916</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="B98" s="16" t="inlineStr">
+        <is>
+          <t>CHEVRON CORP</t>
+        </is>
+      </c>
+      <c r="C98" s="16" t="n"/>
+      <c r="D98" s="16" t="n"/>
+      <c r="E98" s="16" t="n"/>
+      <c r="F98" s="20" t="n">
+        <v>0.095053</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="B99" s="16" t="inlineStr">
+        <is>
+          <t>EXXON MOBIL CORP</t>
+        </is>
+      </c>
+      <c r="C99" s="16" t="n"/>
+      <c r="D99" s="16" t="n"/>
+      <c r="E99" s="16" t="n"/>
+      <c r="F99" s="20" t="n">
+        <v>0.088405</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="B100" s="16" t="inlineStr">
+        <is>
+          <t>TOTALENERGIES SE</t>
+        </is>
+      </c>
+      <c r="C100" s="16" t="n"/>
+      <c r="D100" s="16" t="n"/>
+      <c r="E100" s="16" t="n"/>
+      <c r="F100" s="20" t="n">
+        <v>0.081261</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="B101" s="16" t="inlineStr">
+        <is>
+          <t>VALERO ENERGY CORPORATION</t>
+        </is>
+      </c>
+      <c r="C101" s="16" t="n"/>
+      <c r="D101" s="16" t="n"/>
+      <c r="E101" s="16" t="n"/>
+      <c r="F101" s="20" t="n">
+        <v>0.047819</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="B102" s="16" t="inlineStr">
+        <is>
+          <t>CANADIAN NATURAL RESOURCES LTD</t>
+        </is>
+      </c>
+      <c r="C102" s="16" t="n"/>
+      <c r="D102" s="16" t="n"/>
+      <c r="E102" s="16" t="n"/>
+      <c r="F102" s="20" t="n">
+        <v>0.044943</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="B103" s="16" t="inlineStr">
+        <is>
+          <t>WILLIAMS COMPANIES INC</t>
+        </is>
+      </c>
+      <c r="C103" s="16" t="n"/>
+      <c r="D103" s="16" t="n"/>
+      <c r="E103" s="16" t="n"/>
+      <c r="F103" s="20" t="n">
+        <v>0.044848</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="B104" s="16" t="inlineStr">
+        <is>
+          <t>SUNCOR ENERGY INC</t>
+        </is>
+      </c>
+      <c r="C104" s="16" t="n"/>
+      <c r="D104" s="16" t="n"/>
+      <c r="E104" s="16" t="n"/>
+      <c r="F104" s="20" t="n">
+        <v>0.043658</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="B105" s="16" t="inlineStr">
+        <is>
+          <t>TC ENERGY CORP</t>
+        </is>
+      </c>
+      <c r="C105" s="16" t="n"/>
+      <c r="D105" s="16" t="n"/>
+      <c r="E105" s="16" t="n"/>
+      <c r="F105" s="20" t="n">
+        <v>0.042994</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="B106" s="16" t="inlineStr">
+        <is>
+          <t>CONOCOPHILLIPS</t>
+        </is>
+      </c>
+      <c r="C106" s="16" t="n"/>
+      <c r="D106" s="16" t="n"/>
+      <c r="E106" s="16" t="n"/>
+      <c r="F106" s="20" t="n">
+        <v>0.042256</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="B107" s="16" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="C107" s="16" t="n"/>
+      <c r="D107" s="16" t="n"/>
+      <c r="E107" s="16" t="n"/>
+      <c r="F107" s="20" t="n">
+        <v>0.371847</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="B108" s="16" t="inlineStr">
+        <is>
+          <t>Cash</t>
+        </is>
+      </c>
+      <c r="C108" s="16" t="n"/>
+      <c r="D108" s="16" t="n"/>
+      <c r="E108" s="16" t="n"/>
+      <c r="F108" s="20" t="n"/>
+    </row>
+    <row r="109">
+      <c r="B109" s="17" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C109" s="16" t="n"/>
+      <c r="D109" s="16" t="n"/>
+      <c r="E109" s="16" t="n"/>
+      <c r="F109" s="21" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="F110" s="7" t="n"/>
+    </row>
+    <row r="111" ht="14.5" customHeight="1" s="49">
+      <c r="B111" s="55" t="inlineStr">
+        <is>
+          <t>Sector Allocation</t>
+        </is>
+      </c>
+      <c r="C111" s="70" t="n"/>
+      <c r="D111" s="70" t="n"/>
+      <c r="E111" s="70" t="n"/>
+      <c r="F111" s="71" t="n"/>
+    </row>
+    <row r="112">
+      <c r="B112" s="16" t="inlineStr">
+        <is>
+          <t>Integrated</t>
+        </is>
+      </c>
+      <c r="C112" s="16" t="n"/>
+      <c r="D112" s="16" t="n"/>
+      <c r="E112" s="16" t="n"/>
+      <c r="F112" s="20" t="n">
+        <v>0.4344</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="B113" s="16" t="inlineStr">
+        <is>
+          <t>Distribution</t>
+        </is>
+      </c>
+      <c r="C113" s="16" t="n"/>
+      <c r="D113" s="16" t="n"/>
+      <c r="E113" s="16" t="n"/>
+      <c r="F113" s="20" t="n">
+        <v>0.2337</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="B114" s="16" t="inlineStr">
+        <is>
+          <t>Exploration and Prod.</t>
+        </is>
+      </c>
+      <c r="C114" s="16" t="n"/>
+      <c r="D114" s="16" t="n"/>
+      <c r="E114" s="16" t="n"/>
+      <c r="F114" s="20" t="n">
+        <v>0.1867</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="B115" s="16" t="inlineStr">
+        <is>
+          <t>Refining and Mktg.</t>
+        </is>
+      </c>
+      <c r="C115" s="16" t="n"/>
+      <c r="D115" s="16" t="n"/>
+      <c r="E115" s="16" t="n"/>
+      <c r="F115" s="20" t="n">
+        <v>0.0688</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="B116" s="16" t="inlineStr">
+        <is>
+          <t>Oil Services</t>
+        </is>
+      </c>
+      <c r="C116" s="16" t="n"/>
+      <c r="D116" s="16" t="n"/>
+      <c r="E116" s="16" t="n"/>
+      <c r="F116" s="20" t="n">
+        <v>0.0437</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="B117" s="16" t="inlineStr">
+        <is>
+          <t>Coal and Uranium</t>
+        </is>
+      </c>
+      <c r="C117" s="16" t="n"/>
+      <c r="D117" s="16" t="n"/>
+      <c r="E117" s="16" t="n"/>
+      <c r="F117" s="20" t="n">
+        <v>0.0221</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="B118" s="16" t="inlineStr">
+        <is>
+          <t>Cash and/or Derivatives</t>
+        </is>
+      </c>
+      <c r="C118" s="16" t="n"/>
+      <c r="D118" s="16" t="n"/>
+      <c r="E118" s="16" t="n"/>
+      <c r="F118" s="20" t="n">
+        <v>0.0205</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="B119" s="17" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C119" s="16" t="n"/>
+      <c r="D119" s="16" t="n"/>
+      <c r="E119" s="16" t="n"/>
+      <c r="F119" s="21" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="B120" s="3" t="n"/>
+      <c r="F120" s="18" t="n"/>
+    </row>
+    <row r="121">
+      <c r="B121" s="16" t="n"/>
+      <c r="C121" s="16" t="n"/>
+      <c r="D121" s="16" t="n"/>
+      <c r="E121" s="16" t="n"/>
+      <c r="F121" s="20" t="n"/>
+    </row>
+    <row r="122" ht="14.5" customHeight="1" s="49">
+      <c r="B122" s="55" t="inlineStr">
+        <is>
+          <t xml:space="preserve">BlackRock Global Funds - Sustainable Energy Fund (Underlying Fund) </t>
+        </is>
+      </c>
+      <c r="C122" s="70" t="n"/>
+      <c r="D122" s="70" t="n"/>
+      <c r="E122" s="70" t="n"/>
+      <c r="F122" s="71" t="n"/>
+    </row>
+    <row r="123" ht="14.5" customHeight="1" s="49">
+      <c r="B123" s="55" t="inlineStr">
+        <is>
+          <t>Top 10 stocks</t>
+        </is>
+      </c>
+      <c r="C123" s="70" t="n"/>
+      <c r="D123" s="70" t="n"/>
+      <c r="E123" s="70" t="n"/>
+      <c r="F123" s="71" t="n"/>
+    </row>
+    <row r="124" ht="14.5" customHeight="1" s="49">
+      <c r="B124" s="59" t="inlineStr">
+        <is>
+          <t>Security</t>
+        </is>
+      </c>
+      <c r="C124" s="70" t="n"/>
+      <c r="D124" s="70" t="n"/>
+      <c r="E124" s="71" t="n"/>
+      <c r="F124" s="19" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="B125" s="16" t="inlineStr">
+        <is>
+          <t>FIRST SOLAR INC</t>
+        </is>
+      </c>
+      <c r="C125" s="16" t="n"/>
+      <c r="D125" s="16" t="n"/>
+      <c r="E125" s="16" t="n"/>
+      <c r="F125" s="20" t="n">
+        <v>0.05024</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="B126" s="16" t="inlineStr">
+        <is>
+          <t>VESTAS WIND SYSTEMS A/S</t>
+        </is>
+      </c>
+      <c r="C126" s="16" t="n"/>
+      <c r="D126" s="16" t="n"/>
+      <c r="E126" s="16" t="n"/>
+      <c r="F126" s="20" t="n">
+        <v>0.047596</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="B127" s="16" t="inlineStr">
+        <is>
+          <t>NEXTERA ENERGY INC</t>
+        </is>
+      </c>
+      <c r="C127" s="16" t="n"/>
+      <c r="D127" s="16" t="n"/>
+      <c r="E127" s="16" t="n"/>
+      <c r="F127" s="20" t="n">
+        <v>0.047373</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="B128" s="16" t="inlineStr">
+        <is>
+          <t>EDP RENOVAVEIS SA</t>
+        </is>
+      </c>
+      <c r="C128" s="16" t="n"/>
+      <c r="D128" s="16" t="n"/>
+      <c r="E128" s="16" t="n"/>
+      <c r="F128" s="20" t="n">
+        <v>0.047149</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="B129" s="16" t="inlineStr">
+        <is>
+          <t>NEXTRACKER INC</t>
+        </is>
+      </c>
+      <c r="C129" s="16" t="n"/>
+      <c r="D129" s="16" t="n"/>
+      <c r="E129" s="16" t="n"/>
+      <c r="F129" s="20" t="n">
+        <v>0.040911</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="B130" s="16" t="inlineStr">
+        <is>
+          <t>SSE PLC</t>
+        </is>
+      </c>
+      <c r="C130" s="16" t="n"/>
+      <c r="D130" s="16" t="n"/>
+      <c r="E130" s="16" t="n"/>
+      <c r="F130" s="20" t="n">
+        <v>0.04085</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="B131" s="16" t="inlineStr">
+        <is>
+          <t>LINDE PLC</t>
+        </is>
+      </c>
+      <c r="C131" s="16" t="n"/>
+      <c r="D131" s="16" t="n"/>
+      <c r="E131" s="16" t="n"/>
+      <c r="F131" s="20" t="n">
+        <v>0.040096</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="B132" s="16" t="inlineStr">
+        <is>
+          <t>NATIONAL GRID PLC</t>
+        </is>
+      </c>
+      <c r="C132" s="16" t="n"/>
+      <c r="D132" s="16" t="n"/>
+      <c r="E132" s="16" t="n"/>
+      <c r="F132" s="20" t="n">
+        <v>0.040087</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="B133" s="16" t="inlineStr">
+        <is>
+          <t>CONTEMPORARY AMPEREX TECHNOLOGY CO LTD</t>
+        </is>
+      </c>
+      <c r="C133" s="16" t="n"/>
+      <c r="D133" s="16" t="n"/>
+      <c r="E133" s="16" t="n"/>
+      <c r="F133" s="20" t="n">
+        <v>0.039994</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="B134" s="16" t="inlineStr">
+        <is>
+          <t>NEXANS SA</t>
+        </is>
+      </c>
+      <c r="C134" s="16" t="n"/>
+      <c r="D134" s="16" t="n"/>
+      <c r="E134" s="16" t="n"/>
+      <c r="F134" s="20" t="n">
+        <v>0.030105</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="B135" s="17" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="C135" s="16" t="n"/>
+      <c r="D135" s="16" t="n"/>
+      <c r="E135" s="16" t="n"/>
+      <c r="F135" s="21" t="n">
+        <v>0.575599</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="B136" s="16" t="inlineStr">
+        <is>
+          <t>Cash</t>
+        </is>
+      </c>
+      <c r="C136" s="16" t="n"/>
+      <c r="D136" s="16" t="n"/>
+      <c r="E136" s="16" t="n"/>
+      <c r="F136" s="20" t="n"/>
+    </row>
+    <row r="137">
+      <c r="B137" s="17" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C137" s="16" t="n"/>
+      <c r="D137" s="16" t="n"/>
+      <c r="E137" s="16" t="n"/>
+      <c r="F137" s="21" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="F138" s="7" t="n"/>
+    </row>
+    <row r="139" ht="14.5" customHeight="1" s="49">
+      <c r="B139" s="55" t="inlineStr">
+        <is>
+          <t>Sector Allocation</t>
+        </is>
+      </c>
+      <c r="C139" s="70" t="n"/>
+      <c r="D139" s="70" t="n"/>
+      <c r="E139" s="70" t="n"/>
+      <c r="F139" s="71" t="n"/>
+    </row>
+    <row r="140">
+      <c r="B140" s="16" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="C140" s="16" t="n"/>
+      <c r="D140" s="16" t="n"/>
+      <c r="E140" s="16" t="n"/>
+      <c r="F140" s="20" t="n">
+        <v>0.3579</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="B141" s="16" t="inlineStr">
+        <is>
+          <t>Renewable Energy Tech.</t>
+        </is>
+      </c>
+      <c r="C141" s="16" t="n"/>
+      <c r="D141" s="16" t="n"/>
+      <c r="E141" s="16" t="n"/>
+      <c r="F141" s="20" t="n">
+        <v>0.1837</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="B142" s="16" t="inlineStr">
+        <is>
+          <t>Industrial Efficiency</t>
+        </is>
+      </c>
+      <c r="C142" s="16" t="n"/>
+      <c r="D142" s="16" t="n"/>
+      <c r="E142" s="16" t="n"/>
+      <c r="F142" s="20" t="n">
+        <v>0.1489</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="B143" s="16" t="inlineStr">
+        <is>
+          <t>Energy Storage &amp; Infra.</t>
+        </is>
+      </c>
+      <c r="C143" s="16" t="n"/>
+      <c r="D143" s="16" t="n"/>
+      <c r="E143" s="16" t="n"/>
+      <c r="F143" s="20" t="n">
+        <v>0.1477</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="B144" s="16" t="inlineStr">
+        <is>
+          <t>Automotive &amp; Sustainable Mobility</t>
+        </is>
+      </c>
+      <c r="C144" s="16" t="n"/>
+      <c r="D144" s="16" t="n"/>
+      <c r="E144" s="16" t="n"/>
+      <c r="F144" s="20" t="n">
+        <v>0.131</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="B145" s="16" t="inlineStr">
+        <is>
+          <t>Cash and/or Derivatives</t>
+        </is>
+      </c>
+      <c r="C145" s="16" t="n"/>
+      <c r="D145" s="16" t="n"/>
+      <c r="E145" s="16" t="n"/>
+      <c r="F145" s="20" t="n">
+        <v>0.0308</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="B146" s="16" t="n"/>
+      <c r="C146" s="16" t="n"/>
+      <c r="D146" s="16" t="n"/>
+      <c r="E146" s="16" t="n"/>
+      <c r="F146" s="20" t="n"/>
+    </row>
+    <row r="147">
+      <c r="B147" s="17" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
+        </is>
+      </c>
+      <c r="C147" s="16" t="n"/>
+      <c r="D147" s="16" t="n"/>
+      <c r="E147" s="16" t="n"/>
+      <c r="F147" s="21" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="F148" s="7" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A48" s="16" t="n">
+      <c r="F149" s="7" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B48" s="16" t="inlineStr">
-[...19 lines deleted...]
-      <c r="B50" s="52" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>^^Fund domiciled in Luxembourg</t>
         </is>
       </c>
-    </row>
-[...901 lines deleted...]
-      <c r="F150" s="35" t="n"/>
+      <c r="F150" s="7" t="n"/>
+    </row>
+    <row r="151">
+      <c r="F151" s="7" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
-    <mergeCell ref="B95:F95"/>
+  <mergeCells count="11">
+    <mergeCell ref="B139:F139"/>
     <mergeCell ref="B111:F111"/>
     <mergeCell ref="B96:E96"/>
-    <mergeCell ref="B139:F139"/>
+    <mergeCell ref="B67:D68"/>
+    <mergeCell ref="B95:F95"/>
     <mergeCell ref="B94:F94"/>
     <mergeCell ref="B124:E124"/>
     <mergeCell ref="B122:F122"/>
     <mergeCell ref="B123:F123"/>
     <mergeCell ref="B1:F1"/>
     <mergeCell ref="B84:E84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>