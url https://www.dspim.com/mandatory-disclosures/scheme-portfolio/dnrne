--- v2 (2025-12-20)
+++ v3 (2026-02-23)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="NRNEF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
@@ -87,85 +87,90 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
@@ -276,205 +281,186 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="72">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...18 lines deleted...]
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...16 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...14 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -523,116 +509,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>55</row>
+      <row>54</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>63</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9855200"/>
+          <a:off x="457200" y="9340850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>69</row>
+      <row>68</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>77</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12268200"/>
+          <a:off x="457200" y="11753850"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -874,85 +860,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L151"/>
+  <dimension ref="A1:L149"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
     <col width="45.1796875" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="12.1796875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
-[...3 lines deleted...]
-    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="20" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="11.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="18" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Natural Resources &amp; New Energy Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 30, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -998,1866 +984,1846 @@
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Oil &amp; Natural Gas Corporation Limited</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE213A01029</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Oil</t>
         </is>
       </c>
       <c r="E8" s="5" t="n">
-        <v>5470562</v>
+        <v>5905732</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>13307.14</v>
+        <v>15884.06</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.0907</v>
+        <v>0.09</v>
       </c>
       <c r="J8" s="6" t="n"/>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Jindal Steel Limited</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE749A01030</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Ferrous Metals</t>
         </is>
       </c>
       <c r="E9" s="5" t="n">
-        <v>1244187</v>
+        <v>1356666</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>12994.29</v>
+        <v>15357.46</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0886</v>
+        <v>0.08699999999999999</v>
       </c>
       <c r="J9" s="6" t="n"/>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Ferrous Metals</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.174</v>
+        <v>0.1734</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Tata Steel Limited</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE081A01020</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Ferrous Metals</t>
         </is>
       </c>
       <c r="E10" s="5" t="n">
-        <v>7456242</v>
+        <v>7896586</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>12523.5</v>
+        <v>15250.68</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0854</v>
+        <v>0.0864</v>
       </c>
       <c r="J10" s="6" t="n"/>
       <c r="K10" s="1" t="inlineStr">
         <is>
-          <t>Petroleum Products</t>
+          <t>Foreign Security</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.1516</v>
+        <v>0.1542</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hindalco Industries Limited</t>
+          <t>Oil India Limited</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>INE038A01020</t>
+          <t>INE274J01014</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Non - Ferrous Metals</t>
+          <t>Oil</t>
         </is>
       </c>
       <c r="E11" s="5" t="n">
-        <v>952790</v>
+        <v>1954429</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>7702.35</v>
+        <v>9968.57</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0525</v>
+        <v>0.0565</v>
       </c>
       <c r="J11" s="6" t="n"/>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>Non - Ferrous Metals</t>
+          <t>Oil</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.1458</v>
+        <v>0.1465</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hindustan Zinc Limited</t>
+          <t>National Aluminium Company Limited</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>INE267A01025</t>
+          <t>INE139A01034</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Non - Ferrous Metals</t>
         </is>
       </c>
       <c r="E12" s="5" t="n">
-        <v>1516403</v>
+        <v>2439055</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>7357.59</v>
+        <v>9401.34</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0501</v>
+        <v>0.0533</v>
       </c>
       <c r="J12" s="6" t="n"/>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>Oil</t>
+          <t>Non - Ferrous Metals</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.1303</v>
+        <v>0.1233</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bharat Petroleum Corporation Limited</t>
+          <t>Coal India Limited</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>INE029A01011</t>
+          <t>INE522F01014</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>Petroleum Products</t>
+          <t>Consumable Fuels</t>
         </is>
       </c>
       <c r="E13" s="5" t="n">
-        <v>1998861</v>
+        <v>1533115</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>7177.91</v>
+        <v>6757.2</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0489</v>
+        <v>0.0383</v>
       </c>
       <c r="J13" s="6" t="n"/>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>Foreign Security</t>
+          <t>Petroleum Products</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.128</v>
+        <v>0.1072</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>National Aluminium Company Limited</t>
+          <t>Hindalco Industries Limited</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>INE139A01034</t>
+          <t>INE038A01020</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Non - Ferrous Metals</t>
         </is>
       </c>
       <c r="E14" s="5" t="n">
-        <v>2439055</v>
+        <v>691612</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>6341.06</v>
+        <v>6657.46</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0432</v>
+        <v>0.0377</v>
       </c>
       <c r="J14" s="6" t="n"/>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.1196</v>
+        <v>0.098</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Petronet LNG Limited</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE347G01014</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
       <c r="E15" s="5" t="n">
-        <v>2278481</v>
+        <v>2180366</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>6194.05</v>
+        <v>6317.61</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0422</v>
+        <v>0.0358</v>
       </c>
       <c r="J15" s="6" t="n"/>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Consumable Fuels</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.0393</v>
+        <v>0.0383</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Indian Oil Corporation Limited</t>
+          <t>Bharat Petroleum Corporation Limited</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>INE242A01010</t>
+          <t>INE029A01011</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
       <c r="E16" s="5" t="n">
-        <v>3760736</v>
+        <v>1648085</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>6082.99</v>
+        <v>6007.27</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0415</v>
+        <v>0.034</v>
       </c>
       <c r="J16" s="6" t="n"/>
       <c r="K16" s="1" t="inlineStr">
         <is>
           <t>Minerals &amp; Mining</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0372</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>GAIL (India) Limited</t>
+          <t>NMDC Limited</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>INE129A01019</t>
+          <t>INE584A01023</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Minerals &amp; Mining</t>
         </is>
       </c>
       <c r="E17" s="5" t="n">
-        <v>3310084</v>
+        <v>7392130</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>5828.73</v>
+        <v>6003.15</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0397</v>
+        <v>0.034</v>
       </c>
       <c r="J17" s="6" t="n"/>
       <c r="K17" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
       <c r="L17" s="7" t="n">
-        <v>0.0342</v>
+        <v>0.0312</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Oil India Limited</t>
+          <t>Hindustan Zinc Limited</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>INE274J01014</t>
+          <t>INE267A01025</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Oil</t>
+          <t>Non - Ferrous Metals</t>
         </is>
       </c>
       <c r="E18" s="5" t="n">
-        <v>1405260</v>
+        <v>907689</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>5806.53</v>
+        <v>5704.83</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0396</v>
+        <v>0.0323</v>
       </c>
       <c r="J18" s="6" t="n"/>
       <c r="K18" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L18" s="7" t="n">
-        <v>0.04</v>
+        <v>0.0939</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Coal India Limited</t>
+          <t>GAIL (India) Limited</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>INE522F01014</t>
+          <t>INE129A01019</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Consumable Fuels</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E19" s="5" t="n">
-        <v>1533115</v>
+        <v>3310084</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>5766.81</v>
+        <v>5537.44</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0393</v>
+        <v>0.0314</v>
       </c>
       <c r="J19" s="6" t="n"/>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Reliance Industries Limited</t>
+          <t>Indian Oil Corporation Limited</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>INE002A01018</t>
+          <t>INE242A01010</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
       <c r="E20" s="5" t="n">
-        <v>358082</v>
+        <v>3309879</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>5612.94</v>
+        <v>5403.05</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0383</v>
+        <v>0.0306</v>
       </c>
       <c r="J20" s="6" t="n"/>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>NMDC Limited</t>
+          <t>Reliance Industries Limited</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INE584A01023</t>
+          <t>INE002A01018</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Minerals &amp; Mining</t>
+          <t>Petroleum Products</t>
         </is>
       </c>
       <c r="E21" s="5" t="n">
-        <v>7392130</v>
+        <v>358082</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>5464.26</v>
+        <v>4996.68</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0372</v>
+        <v>0.0283</v>
       </c>
       <c r="J21" s="6" t="n"/>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hindustan Petroleum Corporation Limited</t>
+          <t>Gujarat State Petronet Limited</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE094A01015</t>
+          <t>INE246F01010</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>Petroleum Products</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E22" s="5" t="n">
-        <v>733043</v>
+        <v>1090959</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>3353.67</v>
+        <v>3323.06</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0229</v>
+        <v>0.0188</v>
       </c>
       <c r="J22" s="6" t="n"/>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gujarat State Petronet Limited</t>
+          <t>Godawari Power and Ispat Limited</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE246F01010</t>
+          <t>INE177H01039</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E23" s="5" t="n">
-        <v>1090959</v>
+        <v>1089926</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>3136.51</v>
+        <v>2708.47</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0214</v>
+        <v>0.0153</v>
       </c>
       <c r="J23" s="6" t="n"/>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Godawari Power and Ispat Limited</t>
+          <t>Hindustan Petroleum Corporation Limited</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE177H01039</t>
+          <t>INE094A01015</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Petroleum Products</t>
         </is>
       </c>
       <c r="E24" s="5" t="n">
-        <v>1089926</v>
+        <v>589163</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>2563.51</v>
+        <v>2515.73</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0175</v>
+        <v>0.0143</v>
       </c>
       <c r="J24" s="6" t="n"/>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Indraprastha Gas Limited</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
           <t>INE203G01027</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
       <c r="E25" s="5" t="n">
         <v>947976</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>1890.07</v>
+        <v>1686.35</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0129</v>
+        <v>0.009599999999999999</v>
       </c>
       <c r="J25" s="6" t="n"/>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Jindal Saw Limited</t>
+          <t>Welspun Corp Limited</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE324A01032</t>
+          <t>INE191B01025</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
       <c r="E26" s="5" t="n">
-        <v>529605</v>
+        <v>148536</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>862.04</v>
+        <v>1083.2</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0059</v>
+        <v>0.0061</v>
       </c>
       <c r="J26" s="6" t="n"/>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ratnamani Metals &amp; Tubes Limited</t>
+          <t>Jindal Saw Limited</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE703B01027</t>
+          <t>INE324A01032</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
       <c r="E27" s="5" t="n">
-        <v>35761</v>
+        <v>529605</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>848.4299999999999</v>
+        <v>930.89</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.0053</v>
       </c>
       <c r="J27" s="6" t="n"/>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Welspun Corp Limited</t>
+          <t>Ratnamani Metals &amp; Tubes Limited</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE191B01025</t>
+          <t>INE703B01027</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
       <c r="E28" s="5" t="n">
-        <v>85940</v>
+        <v>35761</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>735.99</v>
+        <v>792.71</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.005</v>
+        <v>0.0045</v>
       </c>
       <c r="J28" s="6" t="n"/>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>IRM Energy Limited</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
           <t>INE07U701015</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
       <c r="E29" s="5" t="n">
         <v>170318</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>492.56</v>
+        <v>414.81</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0034</v>
+        <v>0.0024</v>
       </c>
       <c r="J29" s="6" t="n"/>
     </row>
     <row r="30">
       <c r="A30" s="8" t="n"/>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C30" s="8" t="n"/>
       <c r="D30" s="8" t="n"/>
       <c r="E30" s="8" t="n"/>
       <c r="F30" s="9" t="n">
-        <v>122042.93</v>
+        <v>132702.02</v>
       </c>
       <c r="G30" s="10" t="n">
-        <v>0.832</v>
+        <v>0.7519</v>
       </c>
     </row>
     <row r="32">
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F33" s="6" t="n">
-        <v>4378.26</v>
+        <v>18280.14</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0298</v>
+        <v>0.1036</v>
       </c>
       <c r="H33" s="11" t="n">
-        <v>45992</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="8" t="n"/>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C34" s="8" t="n"/>
       <c r="D34" s="8" t="n"/>
       <c r="E34" s="8" t="n"/>
       <c r="F34" s="9" t="n">
-        <v>4378.26</v>
+        <v>18280.14</v>
       </c>
       <c r="G34" s="10" t="n">
-        <v>0.0298</v>
+        <v>0.1036</v>
       </c>
     </row>
     <row r="36">
       <c r="B36" s="3" t="inlineStr">
         <is>
           <t>OTHERS</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>Overseas Mutual Fund</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>BlackRock Global Funds - Sustainable Energy Fund ^^</t>
+          <t>BlackRock Global Funds - World Energy Fund ^^</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>LU0534476519</t>
+          <t>LU0368250907</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
       <c r="E38" s="5" t="n">
-        <v>443473.98</v>
+        <v>602478.04</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>9406.059999999999</v>
+        <v>19217.78</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.0641</v>
+        <v>0.1089</v>
       </c>
       <c r="J38" s="6" t="n"/>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>BlackRock Global Funds - World Energy Fund ^^</t>
+          <t>BlackRock Global Funds - Sustainable Energy Fund ^^</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>LU0368250907</t>
+          <t>LU0534476519</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Foreign Security</t>
         </is>
       </c>
       <c r="E39" s="5" t="n">
-        <v>334869.7</v>
+        <v>330203.25</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>9382.219999999999</v>
+        <v>7989.87</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.0639</v>
+        <v>0.0453</v>
       </c>
       <c r="J39" s="6" t="n"/>
     </row>
     <row r="40">
       <c r="A40" s="8" t="n"/>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C40" s="8" t="n"/>
       <c r="D40" s="8" t="n"/>
       <c r="E40" s="8" t="n"/>
       <c r="F40" s="9" t="n">
-        <v>18788.28</v>
+        <v>27207.65</v>
       </c>
       <c r="G40" s="10" t="n">
-        <v>0.128</v>
+        <v>0.1542</v>
       </c>
     </row>
     <row r="42">
       <c r="B42" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Cash Margin</t>
         </is>
       </c>
       <c r="E43" s="5" t="n"/>
       <c r="F43" s="6" t="n">
         <v>1500</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.0102</v>
+        <v>0.008500000000000001</v>
       </c>
       <c r="J43" s="6" t="n"/>
     </row>
     <row r="44">
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E44" s="5" t="n"/>
       <c r="F44" s="6" t="n">
-        <v>12.86</v>
-[...4 lines deleted...]
-        </is>
+        <v>-3227.72</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>-0.0182</v>
       </c>
       <c r="J44" s="6" t="n"/>
     </row>
     <row r="45">
       <c r="A45" s="8" t="n"/>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C45" s="8" t="n"/>
       <c r="D45" s="8" t="n"/>
       <c r="E45" s="8" t="n"/>
       <c r="F45" s="9" t="n">
-        <v>1512.86</v>
+        <v>-1727.72</v>
       </c>
       <c r="G45" s="10" t="n">
-        <v>0.0102</v>
+        <v>-0.0097</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="4" t="n"/>
       <c r="B47" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C47" s="4" t="n"/>
       <c r="D47" s="4" t="n"/>
       <c r="E47" s="4" t="n"/>
       <c r="F47" s="12" t="n">
-        <v>146722.33</v>
+        <v>176462.09</v>
       </c>
       <c r="G47" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="49">
-      <c r="A49" s="14" t="n">
+      <c r="A49" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B49" s="14" t="inlineStr">
-[...1 lines deleted...]
-          <t>* Less than 0.01%</t>
+      <c r="B49" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="15" t="n">
+      <c r="A50" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B50" s="15" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>^^Fund domiciled in Luxembourg</t>
         </is>
       </c>
     </row>
-    <row r="54" ht="14.5" customHeight="1" s="49">
-      <c r="B54" s="38" t="inlineStr">
+    <row r="53" ht="14.5" customHeight="1" s="45">
+      <c r="B53" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="67" ht="14.5" customHeight="1" s="49">
-      <c r="B67" s="61" t="inlineStr">
+    <row r="65" ht="14.5" customHeight="1" s="45">
+      <c r="B65" s="62" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: 35% BSE Oil &amp; Gas Index + 30% BSE Metal Index + 35% MSCI World Energy 30% Buffer 10/40 Net Total Return</t>
         </is>
       </c>
     </row>
-    <row r="68" ht="18.5" customHeight="1" s="49"/>
-[...1 lines deleted...]
-      <c r="B83" s="3" t="inlineStr">
+    <row r="66"/>
+    <row r="67"/>
+    <row r="82">
+      <c r="B82" s="3" t="inlineStr">
         <is>
           <t>Additional Disclosure</t>
         </is>
       </c>
-      <c r="F83" s="18" t="n"/>
-[...10 lines deleted...]
-      <c r="F84" s="19" t="inlineStr">
+      <c r="F82" s="18" t="n"/>
+    </row>
+    <row r="83" ht="14.5" customHeight="1" s="45">
+      <c r="B83" s="55" t="inlineStr">
+        <is>
+          <t>DSP Natural Resources and New Energy Fund as of 31-Dec-2025</t>
+        </is>
+      </c>
+      <c r="C83" s="65" t="n"/>
+      <c r="D83" s="65" t="n"/>
+      <c r="E83" s="66" t="n"/>
+      <c r="F83" s="19" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="16" t="inlineStr">
+        <is>
+          <t>Equity &amp; Equity Related</t>
+        </is>
+      </c>
+      <c r="C84" s="16" t="n"/>
+      <c r="D84" s="16" t="n"/>
+      <c r="E84" s="16" t="n"/>
+      <c r="F84" s="20" t="n">
+        <v>0.8211000000000001</v>
       </c>
     </row>
     <row r="85">
       <c r="B85" s="16" t="inlineStr">
         <is>
-          <t>Equity &amp; Equity Related</t>
+          <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="C85" s="16" t="n"/>
       <c r="D85" s="16" t="n"/>
       <c r="E85" s="16" t="n"/>
       <c r="F85" s="20" t="n">
-        <v>0.85</v>
+        <v>0.0727</v>
       </c>
     </row>
     <row r="86">
       <c r="B86" s="16" t="inlineStr">
         <is>
-          <t>TREPS / Reverse Repo Investments</t>
+          <t>Foreign Securities</t>
         </is>
       </c>
       <c r="C86" s="16" t="n"/>
       <c r="D86" s="16" t="n"/>
       <c r="E86" s="16" t="n"/>
-      <c r="F86" s="20" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F86" s="20" t="n"/>
     </row>
     <row r="87">
-      <c r="B87" s="17" t="inlineStr">
-[...1 lines deleted...]
-          <t>Foreign Securities</t>
+      <c r="B87" s="16" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - Sustainable Energy Fund (Class I2 USD Shares)^^</t>
         </is>
       </c>
       <c r="C87" s="16" t="n"/>
       <c r="D87" s="16" t="n"/>
       <c r="E87" s="16" t="n"/>
-      <c r="F87" s="21" t="n"/>
+      <c r="F87" s="20" t="n">
+        <v>0.046</v>
+      </c>
     </row>
     <row r="88">
       <c r="B88" s="16" t="inlineStr">
         <is>
-          <t>BlackRock Global Funds - Sustainable Energy Fund ^^</t>
+          <t>BlackRock Global Funds - World Energy Fund (Class I2 USD Shares)^^</t>
         </is>
       </c>
       <c r="C88" s="16" t="n"/>
       <c r="D88" s="16" t="n"/>
       <c r="E88" s="16" t="n"/>
       <c r="F88" s="20" t="n">
-        <v>0.0643</v>
+        <v>0.0693</v>
       </c>
     </row>
     <row r="89">
       <c r="B89" s="16" t="inlineStr">
         <is>
-          <t>BlackRock Global Funds - World Energy Fund ^^</t>
+          <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="C89" s="16" t="n"/>
       <c r="D89" s="16" t="n"/>
       <c r="E89" s="16" t="n"/>
       <c r="F89" s="20" t="n">
-        <v>0.0613</v>
+        <v>-0.0091</v>
       </c>
     </row>
     <row r="90">
-      <c r="B90" s="16" t="inlineStr">
-[...1 lines deleted...]
-          <t>Net Receivables/Payables</t>
+      <c r="B90" s="17" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
         </is>
       </c>
       <c r="C90" s="16" t="n"/>
       <c r="D90" s="16" t="n"/>
       <c r="E90" s="16" t="n"/>
-      <c r="F90" s="20" t="n">
-        <v>-0.0022</v>
+      <c r="F90" s="21" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="91">
-      <c r="B91" s="17" t="inlineStr">
-[...22 lines deleted...]
-    <row r="94" ht="14.5" customHeight="1" s="49">
+      <c r="F91" s="7" t="n"/>
+    </row>
+    <row r="92" ht="14.5" customHeight="1" s="45">
+      <c r="B92" s="51" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - World Energy Fund as of 31-Dec-2025</t>
+        </is>
+      </c>
+      <c r="C92" s="65" t="n"/>
+      <c r="D92" s="65" t="n"/>
+      <c r="E92" s="65" t="n"/>
+      <c r="F92" s="66" t="n"/>
+    </row>
+    <row r="93" ht="14.5" customHeight="1" s="45">
+      <c r="B93" s="51" t="inlineStr">
+        <is>
+          <t>Top 10 stocks</t>
+        </is>
+      </c>
+      <c r="C93" s="65" t="n"/>
+      <c r="D93" s="65" t="n"/>
+      <c r="E93" s="65" t="n"/>
+      <c r="F93" s="66" t="n"/>
+    </row>
+    <row r="94" ht="14.5" customHeight="1" s="45">
       <c r="B94" s="55" t="inlineStr">
         <is>
-          <t>BlackRock Global Funds - World Energy Fund as of 31-Oct-2025</t>
-[...20 lines deleted...]
-        <is>
           <t>Security</t>
         </is>
       </c>
-      <c r="C96" s="70" t="n"/>
-[...2 lines deleted...]
-      <c r="F96" s="19" t="inlineStr">
+      <c r="C94" s="65" t="n"/>
+      <c r="D94" s="65" t="n"/>
+      <c r="E94" s="66" t="n"/>
+      <c r="F94" s="19" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="16" t="inlineStr">
+        <is>
+          <t>SHELL PLC</t>
+        </is>
+      </c>
+      <c r="C95" s="16" t="n"/>
+      <c r="D95" s="16" t="n"/>
+      <c r="E95" s="16" t="n"/>
+      <c r="F95" s="20" t="n">
+        <v>0.097441</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="16" t="inlineStr">
+        <is>
+          <t>CHEVRON CORP</t>
+        </is>
+      </c>
+      <c r="C96" s="16" t="n"/>
+      <c r="D96" s="16" t="n"/>
+      <c r="E96" s="16" t="n"/>
+      <c r="F96" s="20" t="n">
+        <v>0.09533700000000001</v>
       </c>
     </row>
     <row r="97">
       <c r="B97" s="16" t="inlineStr">
         <is>
-          <t>SHELL PLC</t>
+          <t>EXXON MOBIL CORP</t>
         </is>
       </c>
       <c r="C97" s="16" t="n"/>
       <c r="D97" s="16" t="n"/>
       <c r="E97" s="16" t="n"/>
       <c r="F97" s="20" t="n">
-        <v>0.096916</v>
+        <v>0.09489300000000001</v>
       </c>
     </row>
     <row r="98">
       <c r="B98" s="16" t="inlineStr">
         <is>
-          <t>CHEVRON CORP</t>
+          <t>TOTALENERGIES SE</t>
         </is>
       </c>
       <c r="C98" s="16" t="n"/>
       <c r="D98" s="16" t="n"/>
       <c r="E98" s="16" t="n"/>
       <c r="F98" s="20" t="n">
-        <v>0.095053</v>
+        <v>0.084596</v>
       </c>
     </row>
     <row r="99">
       <c r="B99" s="16" t="inlineStr">
         <is>
-          <t>EXXON MOBIL CORP</t>
+          <t>SUNCOR ENERGY INC</t>
         </is>
       </c>
       <c r="C99" s="16" t="n"/>
       <c r="D99" s="16" t="n"/>
       <c r="E99" s="16" t="n"/>
       <c r="F99" s="20" t="n">
-        <v>0.088405</v>
+        <v>0.048333</v>
       </c>
     </row>
     <row r="100">
       <c r="B100" s="16" t="inlineStr">
         <is>
-          <t>TOTALENERGIES SE</t>
+          <t>TC ENERGY CORP</t>
         </is>
       </c>
       <c r="C100" s="16" t="n"/>
       <c r="D100" s="16" t="n"/>
       <c r="E100" s="16" t="n"/>
       <c r="F100" s="20" t="n">
-        <v>0.081261</v>
+        <v>0.047502</v>
       </c>
     </row>
     <row r="101">
       <c r="B101" s="16" t="inlineStr">
         <is>
-          <t>VALERO ENERGY CORPORATION</t>
+          <t>WILLIAMS COMPANIES INC</t>
         </is>
       </c>
       <c r="C101" s="16" t="n"/>
       <c r="D101" s="16" t="n"/>
       <c r="E101" s="16" t="n"/>
       <c r="F101" s="20" t="n">
-        <v>0.047819</v>
+        <v>0.047432</v>
       </c>
     </row>
     <row r="102">
       <c r="B102" s="16" t="inlineStr">
         <is>
           <t>CANADIAN NATURAL RESOURCES LTD</t>
         </is>
       </c>
       <c r="C102" s="16" t="n"/>
       <c r="D102" s="16" t="n"/>
       <c r="E102" s="16" t="n"/>
       <c r="F102" s="20" t="n">
-        <v>0.044943</v>
+        <v>0.047262</v>
       </c>
     </row>
     <row r="103">
       <c r="B103" s="16" t="inlineStr">
         <is>
-          <t>WILLIAMS COMPANIES INC</t>
+          <t>CONOCOPHILLIPS</t>
         </is>
       </c>
       <c r="C103" s="16" t="n"/>
       <c r="D103" s="16" t="n"/>
       <c r="E103" s="16" t="n"/>
       <c r="F103" s="20" t="n">
-        <v>0.044848</v>
+        <v>0.0442</v>
       </c>
     </row>
     <row r="104">
       <c r="B104" s="16" t="inlineStr">
         <is>
-          <t>SUNCOR ENERGY INC</t>
+          <t>VALERO ENERGY CORPORATION</t>
         </is>
       </c>
       <c r="C104" s="16" t="n"/>
       <c r="D104" s="16" t="n"/>
       <c r="E104" s="16" t="n"/>
       <c r="F104" s="20" t="n">
-        <v>0.043658</v>
+        <v>0.041379</v>
       </c>
     </row>
     <row r="105">
       <c r="B105" s="16" t="inlineStr">
         <is>
-          <t>TC ENERGY CORP</t>
+          <t>Others</t>
         </is>
       </c>
       <c r="C105" s="16" t="n"/>
       <c r="D105" s="16" t="n"/>
       <c r="E105" s="16" t="n"/>
       <c r="F105" s="20" t="n">
-        <v>0.042994</v>
+        <v>0.3516249999999999</v>
       </c>
     </row>
     <row r="106">
       <c r="B106" s="16" t="inlineStr">
         <is>
-          <t>CONOCOPHILLIPS</t>
+          <t>Cash</t>
         </is>
       </c>
       <c r="C106" s="16" t="n"/>
       <c r="D106" s="16" t="n"/>
       <c r="E106" s="16" t="n"/>
-      <c r="F106" s="20" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F106" s="20" t="n"/>
     </row>
     <row r="107">
-      <c r="B107" s="16" t="inlineStr">
-[...1 lines deleted...]
-          <t>Others</t>
+      <c r="B107" s="17" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
         </is>
       </c>
       <c r="C107" s="16" t="n"/>
       <c r="D107" s="16" t="n"/>
       <c r="E107" s="16" t="n"/>
-      <c r="F107" s="20" t="n">
-        <v>0.371847</v>
+      <c r="F107" s="21" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="108">
-      <c r="B108" s="16" t="inlineStr">
-[...20 lines deleted...]
-      </c>
+      <c r="F108" s="7" t="n"/>
+    </row>
+    <row r="109" ht="14.5" customHeight="1" s="45">
+      <c r="B109" s="51" t="inlineStr">
+        <is>
+          <t>Sector Allocation</t>
+        </is>
+      </c>
+      <c r="C109" s="65" t="n"/>
+      <c r="D109" s="65" t="n"/>
+      <c r="E109" s="65" t="n"/>
+      <c r="F109" s="66" t="n"/>
     </row>
     <row r="110">
-      <c r="F110" s="7" t="n"/>
-[...10 lines deleted...]
-      <c r="F111" s="71" t="n"/>
+      <c r="B110" s="16" t="inlineStr">
+        <is>
+          <t>Integrated</t>
+        </is>
+      </c>
+      <c r="C110" s="16" t="n"/>
+      <c r="D110" s="16" t="n"/>
+      <c r="E110" s="16" t="n"/>
+      <c r="F110" s="20" t="n">
+        <v>0.4358</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="B111" s="16" t="inlineStr">
+        <is>
+          <t>Distribution</t>
+        </is>
+      </c>
+      <c r="C111" s="16" t="n"/>
+      <c r="D111" s="16" t="n"/>
+      <c r="E111" s="16" t="n"/>
+      <c r="F111" s="20" t="n">
+        <v>0.26</v>
+      </c>
     </row>
     <row r="112">
       <c r="B112" s="16" t="inlineStr">
         <is>
-          <t>Integrated</t>
+          <t>Exploration and Prod.</t>
         </is>
       </c>
       <c r="C112" s="16" t="n"/>
       <c r="D112" s="16" t="n"/>
       <c r="E112" s="16" t="n"/>
       <c r="F112" s="20" t="n">
-        <v>0.4344</v>
+        <v>0.1501</v>
       </c>
     </row>
     <row r="113">
       <c r="B113" s="16" t="inlineStr">
         <is>
-          <t>Distribution</t>
+          <t>Refining and Mktg.</t>
         </is>
       </c>
       <c r="C113" s="16" t="n"/>
       <c r="D113" s="16" t="n"/>
       <c r="E113" s="16" t="n"/>
       <c r="F113" s="20" t="n">
-        <v>0.2337</v>
+        <v>0.0584</v>
       </c>
     </row>
     <row r="114">
       <c r="B114" s="16" t="inlineStr">
         <is>
-          <t>Exploration and Prod.</t>
+          <t>Oil Services</t>
         </is>
       </c>
       <c r="C114" s="16" t="n"/>
       <c r="D114" s="16" t="n"/>
       <c r="E114" s="16" t="n"/>
       <c r="F114" s="20" t="n">
-        <v>0.1867</v>
+        <v>0.0434</v>
       </c>
     </row>
     <row r="115">
       <c r="B115" s="16" t="inlineStr">
         <is>
-          <t>Refining and Mktg.</t>
+          <t>Cash and/or Derivatives</t>
         </is>
       </c>
       <c r="C115" s="16" t="n"/>
       <c r="D115" s="16" t="n"/>
       <c r="E115" s="16" t="n"/>
       <c r="F115" s="20" t="n">
-        <v>0.0688</v>
+        <v>0.0311</v>
       </c>
     </row>
     <row r="116">
       <c r="B116" s="16" t="inlineStr">
         <is>
-          <t>Oil Services</t>
+          <t>Coal and Uranium</t>
         </is>
       </c>
       <c r="C116" s="16" t="n"/>
       <c r="D116" s="16" t="n"/>
       <c r="E116" s="16" t="n"/>
       <c r="F116" s="20" t="n">
-        <v>0.0437</v>
+        <v>0.0212</v>
       </c>
     </row>
     <row r="117">
-      <c r="B117" s="16" t="inlineStr">
-[...1 lines deleted...]
-          <t>Coal and Uranium</t>
+      <c r="B117" s="17" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
         </is>
       </c>
       <c r="C117" s="16" t="n"/>
       <c r="D117" s="16" t="n"/>
       <c r="E117" s="16" t="n"/>
-      <c r="F117" s="20" t="n">
-        <v>0.0221</v>
+      <c r="F117" s="21" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="118">
-      <c r="B118" s="16" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="F118" s="7" t="n"/>
     </row>
     <row r="119">
-      <c r="B119" s="17" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B119" s="16" t="n"/>
       <c r="C119" s="16" t="n"/>
       <c r="D119" s="16" t="n"/>
       <c r="E119" s="16" t="n"/>
-      <c r="F119" s="21" t="n">
-[...14 lines deleted...]
-    <row r="122" ht="14.5" customHeight="1" s="49">
+      <c r="F119" s="20" t="n"/>
+    </row>
+    <row r="120" ht="14.5" customHeight="1" s="45">
+      <c r="B120" s="51" t="inlineStr">
+        <is>
+          <t>BlackRock Global Funds - Sustainable Energy Fund (Underlying Fund) as of 31-Dec-2025</t>
+        </is>
+      </c>
+      <c r="C120" s="65" t="n"/>
+      <c r="D120" s="65" t="n"/>
+      <c r="E120" s="65" t="n"/>
+      <c r="F120" s="66" t="n"/>
+    </row>
+    <row r="121" ht="14.5" customHeight="1" s="45">
+      <c r="B121" s="51" t="inlineStr">
+        <is>
+          <t>Top 10 stocks</t>
+        </is>
+      </c>
+      <c r="C121" s="65" t="n"/>
+      <c r="D121" s="65" t="n"/>
+      <c r="E121" s="65" t="n"/>
+      <c r="F121" s="66" t="n"/>
+    </row>
+    <row r="122" ht="14.5" customHeight="1" s="45">
       <c r="B122" s="55" t="inlineStr">
         <is>
-          <t xml:space="preserve">BlackRock Global Funds - Sustainable Energy Fund (Underlying Fund) </t>
-[...20 lines deleted...]
-        <is>
           <t>Security</t>
         </is>
       </c>
-      <c r="C124" s="70" t="n"/>
-[...2 lines deleted...]
-      <c r="F124" s="19" t="inlineStr">
+      <c r="C122" s="65" t="n"/>
+      <c r="D122" s="65" t="n"/>
+      <c r="E122" s="66" t="n"/>
+      <c r="F122" s="19" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="B123" s="16" t="inlineStr">
+        <is>
+          <t>SSE PLC</t>
+        </is>
+      </c>
+      <c r="C123" s="16" t="n"/>
+      <c r="D123" s="16" t="n"/>
+      <c r="E123" s="16" t="n"/>
+      <c r="F123" s="20" t="n">
+        <v>0.055018</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="B124" s="16" t="inlineStr">
+        <is>
+          <t>LINDE PLC</t>
+        </is>
+      </c>
+      <c r="C124" s="16" t="n"/>
+      <c r="D124" s="16" t="n"/>
+      <c r="E124" s="16" t="n"/>
+      <c r="F124" s="20" t="n">
+        <v>0.054948</v>
       </c>
     </row>
     <row r="125">
       <c r="B125" s="16" t="inlineStr">
         <is>
-          <t>FIRST SOLAR INC</t>
+          <t>VESTAS WIND SYSTEMS A/S</t>
         </is>
       </c>
       <c r="C125" s="16" t="n"/>
       <c r="D125" s="16" t="n"/>
       <c r="E125" s="16" t="n"/>
       <c r="F125" s="20" t="n">
-        <v>0.05024</v>
+        <v>0.050446</v>
       </c>
     </row>
     <row r="126">
       <c r="B126" s="16" t="inlineStr">
         <is>
-          <t>VESTAS WIND SYSTEMS A/S</t>
+          <t>NEXTERA ENERGY INC</t>
         </is>
       </c>
       <c r="C126" s="16" t="n"/>
       <c r="D126" s="16" t="n"/>
       <c r="E126" s="16" t="n"/>
       <c r="F126" s="20" t="n">
-        <v>0.047596</v>
+        <v>0.049691</v>
       </c>
     </row>
     <row r="127">
       <c r="B127" s="16" t="inlineStr">
         <is>
-          <t>NEXTERA ENERGY INC</t>
+          <t>EDP RENOVAVEIS SA</t>
         </is>
       </c>
       <c r="C127" s="16" t="n"/>
       <c r="D127" s="16" t="n"/>
       <c r="E127" s="16" t="n"/>
       <c r="F127" s="20" t="n">
-        <v>0.047373</v>
+        <v>0.043504</v>
       </c>
     </row>
     <row r="128">
       <c r="B128" s="16" t="inlineStr">
         <is>
-          <t>EDP RENOVAVEIS SA</t>
+          <t>FIRST SOLAR INC</t>
         </is>
       </c>
       <c r="C128" s="16" t="n"/>
       <c r="D128" s="16" t="n"/>
       <c r="E128" s="16" t="n"/>
       <c r="F128" s="20" t="n">
-        <v>0.047149</v>
+        <v>0.040959</v>
       </c>
     </row>
     <row r="129">
       <c r="B129" s="16" t="inlineStr">
         <is>
-          <t>NEXTRACKER INC</t>
+          <t>NEXTPOWER INC</t>
         </is>
       </c>
       <c r="C129" s="16" t="n"/>
       <c r="D129" s="16" t="n"/>
       <c r="E129" s="16" t="n"/>
       <c r="F129" s="20" t="n">
-        <v>0.040911</v>
+        <v>0.040688</v>
       </c>
     </row>
     <row r="130">
       <c r="B130" s="16" t="inlineStr">
         <is>
-          <t>SSE PLC</t>
+          <t>NATIONAL GRID PLC</t>
         </is>
       </c>
       <c r="C130" s="16" t="n"/>
       <c r="D130" s="16" t="n"/>
       <c r="E130" s="16" t="n"/>
       <c r="F130" s="20" t="n">
-        <v>0.04085</v>
+        <v>0.035379</v>
       </c>
     </row>
     <row r="131">
       <c r="B131" s="16" t="inlineStr">
         <is>
-          <t>LINDE PLC</t>
+          <t>SIEMENS ENERGY AG</t>
         </is>
       </c>
       <c r="C131" s="16" t="n"/>
       <c r="D131" s="16" t="n"/>
       <c r="E131" s="16" t="n"/>
       <c r="F131" s="20" t="n">
-        <v>0.040096</v>
+        <v>0.034939</v>
       </c>
     </row>
     <row r="132">
       <c r="B132" s="16" t="inlineStr">
         <is>
-          <t>NATIONAL GRID PLC</t>
+          <t>KINGSPAN GROUP PLC</t>
         </is>
       </c>
       <c r="C132" s="16" t="n"/>
       <c r="D132" s="16" t="n"/>
       <c r="E132" s="16" t="n"/>
       <c r="F132" s="20" t="n">
-        <v>0.040087</v>
+        <v>0.034805</v>
       </c>
     </row>
     <row r="133">
       <c r="B133" s="16" t="inlineStr">
         <is>
-          <t>CONTEMPORARY AMPEREX TECHNOLOGY CO LTD</t>
+          <t>Others</t>
         </is>
       </c>
       <c r="C133" s="16" t="n"/>
       <c r="D133" s="16" t="n"/>
       <c r="E133" s="16" t="n"/>
       <c r="F133" s="20" t="n">
-        <v>0.039994</v>
+        <v>0.559623</v>
       </c>
     </row>
     <row r="134">
       <c r="B134" s="16" t="inlineStr">
         <is>
-          <t>NEXANS SA</t>
+          <t>Cash</t>
         </is>
       </c>
       <c r="C134" s="16" t="n"/>
       <c r="D134" s="16" t="n"/>
       <c r="E134" s="16" t="n"/>
-      <c r="F134" s="20" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F134" s="20" t="n"/>
     </row>
     <row r="135">
       <c r="B135" s="17" t="inlineStr">
         <is>
-          <t>Others</t>
+          <t>TOTAL</t>
         </is>
       </c>
       <c r="C135" s="16" t="n"/>
       <c r="D135" s="16" t="n"/>
       <c r="E135" s="16" t="n"/>
       <c r="F135" s="21" t="n">
-        <v>0.575599</v>
+        <v>1</v>
       </c>
     </row>
     <row r="136">
-      <c r="B136" s="16" t="inlineStr">
-[...20 lines deleted...]
-      </c>
+      <c r="F136" s="7" t="n"/>
+    </row>
+    <row r="137" ht="14.5" customHeight="1" s="45">
+      <c r="B137" s="51" t="inlineStr">
+        <is>
+          <t>Sector Allocation</t>
+        </is>
+      </c>
+      <c r="C137" s="65" t="n"/>
+      <c r="D137" s="65" t="n"/>
+      <c r="E137" s="65" t="n"/>
+      <c r="F137" s="66" t="n"/>
     </row>
     <row r="138">
-      <c r="F138" s="7" t="n"/>
-[...10 lines deleted...]
-      <c r="F139" s="71" t="n"/>
+      <c r="B138" s="16" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="C138" s="16" t="n"/>
+      <c r="D138" s="16" t="n"/>
+      <c r="E138" s="16" t="n"/>
+      <c r="F138" s="20" t="n">
+        <v>0.3331</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="B139" s="16" t="inlineStr">
+        <is>
+          <t>Energy Storage &amp; Infra.</t>
+        </is>
+      </c>
+      <c r="C139" s="16" t="n"/>
+      <c r="D139" s="16" t="n"/>
+      <c r="E139" s="16" t="n"/>
+      <c r="F139" s="20" t="n">
+        <v>0.1859</v>
+      </c>
     </row>
     <row r="140">
       <c r="B140" s="16" t="inlineStr">
         <is>
-          <t>Other</t>
+          <t>Industrial Efficiency</t>
         </is>
       </c>
       <c r="C140" s="16" t="n"/>
       <c r="D140" s="16" t="n"/>
       <c r="E140" s="16" t="n"/>
       <c r="F140" s="20" t="n">
-        <v>0.3579</v>
+        <v>0.181</v>
       </c>
     </row>
     <row r="141">
       <c r="B141" s="16" t="inlineStr">
         <is>
           <t>Renewable Energy Tech.</t>
         </is>
       </c>
       <c r="C141" s="16" t="n"/>
       <c r="D141" s="16" t="n"/>
       <c r="E141" s="16" t="n"/>
       <c r="F141" s="20" t="n">
-        <v>0.1837</v>
+        <v>0.1586</v>
       </c>
     </row>
     <row r="142">
       <c r="B142" s="16" t="inlineStr">
         <is>
-          <t>Industrial Efficiency</t>
+          <t>Automotive &amp; Sustainable Mobility</t>
         </is>
       </c>
       <c r="C142" s="16" t="n"/>
       <c r="D142" s="16" t="n"/>
       <c r="E142" s="16" t="n"/>
       <c r="F142" s="20" t="n">
-        <v>0.1489</v>
+        <v>0.1207</v>
       </c>
     </row>
     <row r="143">
       <c r="B143" s="16" t="inlineStr">
         <is>
-          <t>Energy Storage &amp; Infra.</t>
+          <t>Cash and/or Derivatives</t>
         </is>
       </c>
       <c r="C143" s="16" t="n"/>
       <c r="D143" s="16" t="n"/>
       <c r="E143" s="16" t="n"/>
       <c r="F143" s="20" t="n">
-        <v>0.1477</v>
+        <v>0.0207</v>
       </c>
     </row>
     <row r="144">
-      <c r="B144" s="16" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B144" s="16" t="n"/>
       <c r="C144" s="16" t="n"/>
       <c r="D144" s="16" t="n"/>
       <c r="E144" s="16" t="n"/>
-      <c r="F144" s="20" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="F144" s="20" t="n"/>
     </row>
     <row r="145">
-      <c r="B145" s="16" t="inlineStr">
-[...1 lines deleted...]
-          <t>Cash and/or Derivatives</t>
+      <c r="B145" s="17" t="inlineStr">
+        <is>
+          <t>TOTAL</t>
         </is>
       </c>
       <c r="C145" s="16" t="n"/>
       <c r="D145" s="16" t="n"/>
       <c r="E145" s="16" t="n"/>
-      <c r="F145" s="20" t="n">
-        <v>0.0308</v>
+      <c r="F145" s="21" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="146">
-      <c r="B146" s="16" t="n"/>
-[...3 lines deleted...]
-      <c r="F146" s="20" t="n"/>
+      <c r="F146" s="7" t="n"/>
     </row>
     <row r="147">
-      <c r="B147" s="17" t="inlineStr">
-[...7 lines deleted...]
-      <c r="F147" s="21" t="n">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+      <c r="F147" s="7" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="1" t="n">
         <v>1</v>
       </c>
-    </row>
-    <row r="148">
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>^^Fund domiciled in Luxembourg</t>
+        </is>
+      </c>
       <c r="F148" s="7" t="n"/>
     </row>
     <row r="149">
-      <c r="A149" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F149" s="7" t="n"/>
-    </row>
-[...12 lines deleted...]
-      <c r="F151" s="7" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="11">
-    <mergeCell ref="B139:F139"/>
-[...7 lines deleted...]
-    <mergeCell ref="B123:F123"/>
+    <mergeCell ref="B94:E94"/>
+    <mergeCell ref="B122:E122"/>
+    <mergeCell ref="B109:F109"/>
+    <mergeCell ref="B83:E83"/>
+    <mergeCell ref="B120:F120"/>
+    <mergeCell ref="B121:F121"/>
+    <mergeCell ref="B137:F137"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B84:E84"/>
+    <mergeCell ref="B65:D67"/>
+    <mergeCell ref="B93:F93"/>
+    <mergeCell ref="B92:F92"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>