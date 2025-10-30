--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,610 +1,1305 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Accounts\REPORTS\Monthend portfolio\2025-2026\06. September 2025\Half Yearly Portfolio\Portfolio\Equity\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CFECB8E7-6B07-44BB-AA10-4465DFCD2C4E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="968" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="NIFTY MIDCAP 150 Q50" sheetId="1" state="visible" r:id="rId1"/>
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
+    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
+    <sheet name="Half Yearly Portfolio" sheetId="3" r:id="rId2"/>
+    <sheet name="Notes to Half Yearly Portfolio" sheetId="4" r:id="rId3"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
   </sheets>
-  <definedNames/>
-  <calcPr calcId="191029" fullCalcOnLoad="1"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="521" uniqueCount="214">
+  <si>
+    <t>DSP Nifty Midcap 150 Qlty 50 Index Fund</t>
+  </si>
+  <si>
+    <t>Portfolio as on September 30, 2025</t>
+  </si>
+  <si>
+    <t>Sr. No.</t>
+  </si>
+  <si>
+    <t>Name of Instrument</t>
+  </si>
+  <si>
+    <t>ISIN</t>
+  </si>
+  <si>
+    <t>Rating/Industry</t>
+  </si>
+  <si>
+    <t>Quantity</t>
+  </si>
+  <si>
+    <t>Market value (Rs. In lakhs)</t>
+  </si>
+  <si>
+    <t>% to Net Assets</t>
+  </si>
+  <si>
+    <t>Maturity Date</t>
+  </si>
+  <si>
+    <t>Put/Call Option</t>
+  </si>
+  <si>
+    <t>YTM (%)</t>
+  </si>
+  <si>
+    <t>EQUITY &amp; EQUITY RELATED</t>
+  </si>
+  <si>
+    <t>Listed / awaiting listing on the stock exchanges</t>
+  </si>
+  <si>
+    <t>Colgate Palmolive (India) Limited</t>
+  </si>
+  <si>
+    <t>INE259A01022</t>
+  </si>
+  <si>
+    <t>Personal Products</t>
+  </si>
+  <si>
+    <t>Sector/Rating</t>
+  </si>
+  <si>
+    <t>Percent</t>
+  </si>
+  <si>
+    <t>HDFC Asset Management Company Limited</t>
+  </si>
+  <si>
+    <t>INE127D01025</t>
+  </si>
+  <si>
+    <t>Capital Markets</t>
+  </si>
+  <si>
+    <t>Industrial Products</t>
+  </si>
+  <si>
+    <t>Cummins India Limited</t>
+  </si>
+  <si>
+    <t>INE298A01020</t>
+  </si>
+  <si>
+    <t>IT - Software</t>
+  </si>
+  <si>
+    <t>Dixon Technologies (India) Limited</t>
+  </si>
+  <si>
+    <t>INE935N01020</t>
+  </si>
+  <si>
+    <t>Consumer Durables</t>
+  </si>
+  <si>
+    <t>Marico Limited</t>
+  </si>
+  <si>
+    <t>INE196A01026</t>
+  </si>
+  <si>
+    <t>Agricultural Food &amp; other Products</t>
+  </si>
+  <si>
+    <t>Pharmaceuticals &amp; Biotechnology</t>
+  </si>
+  <si>
+    <t>Polycab India Limited</t>
+  </si>
+  <si>
+    <t>INE455K01017</t>
+  </si>
+  <si>
+    <t>Hindustan Zinc Limited</t>
+  </si>
+  <si>
+    <t>INE267A01025</t>
+  </si>
+  <si>
+    <t>Non - Ferrous Metals</t>
+  </si>
+  <si>
+    <t>Auto Components</t>
+  </si>
+  <si>
+    <t>Coforge Limited</t>
+  </si>
+  <si>
+    <t>INE591G01025</t>
+  </si>
+  <si>
+    <t>Persistent Systems Limited</t>
+  </si>
+  <si>
+    <t>INE262H01021</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>Page Industries Limited</t>
+  </si>
+  <si>
+    <t>INE761H01022</t>
+  </si>
+  <si>
+    <t>Textiles &amp; Apparels</t>
+  </si>
+  <si>
+    <t>Fertilizers &amp; Agrochemicals</t>
+  </si>
+  <si>
+    <t>Indian Railway Catering And Tourism Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE335Y01020</t>
+  </si>
+  <si>
+    <t>Leisure Services</t>
+  </si>
+  <si>
+    <t>Solar Industries India Limited</t>
+  </si>
+  <si>
+    <t>INE343H01029</t>
+  </si>
+  <si>
+    <t>Chemicals &amp; Petrochemicals</t>
+  </si>
+  <si>
+    <t>Finance</t>
+  </si>
+  <si>
+    <t>NMDC Limited</t>
+  </si>
+  <si>
+    <t>INE584A01023</t>
+  </si>
+  <si>
+    <t>Minerals &amp; Mining</t>
+  </si>
+  <si>
+    <t>Alkem Laboratories Limited</t>
+  </si>
+  <si>
+    <t>INE540L01014</t>
+  </si>
+  <si>
+    <t>Industrial Manufacturing</t>
+  </si>
+  <si>
+    <t>Muthoot Finance Limited</t>
+  </si>
+  <si>
+    <t>INE414G01012</t>
+  </si>
+  <si>
+    <t>Tube Investments of India Limited</t>
+  </si>
+  <si>
+    <t>INE974X01010</t>
+  </si>
+  <si>
+    <t>KEI Industries Limited</t>
+  </si>
+  <si>
+    <t>INE878B01027</t>
+  </si>
+  <si>
+    <t>Tata Elxsi Limited</t>
+  </si>
+  <si>
+    <t>INE670A01012</t>
+  </si>
+  <si>
+    <t>Oracle Financial Services Software Limited</t>
+  </si>
+  <si>
+    <t>INE881D01027</t>
+  </si>
+  <si>
+    <t>Electrical Equipment</t>
+  </si>
+  <si>
+    <t>Nippon Life India Asset Management Limited</t>
+  </si>
+  <si>
+    <t>INE298J01013</t>
+  </si>
+  <si>
+    <t>IT - Services</t>
+  </si>
+  <si>
+    <t>PI Industries Limited</t>
+  </si>
+  <si>
+    <t>INE603J01030</t>
+  </si>
+  <si>
+    <t>Diversified</t>
+  </si>
+  <si>
+    <t>Motilal Oswal Financial Services Limited</t>
+  </si>
+  <si>
+    <t>INE338I01027</t>
+  </si>
+  <si>
+    <t>Aerospace &amp; Defense</t>
+  </si>
+  <si>
+    <t>Abbott India Limited</t>
+  </si>
+  <si>
+    <t>INE358A01014</t>
+  </si>
+  <si>
+    <t>Healthcare Services</t>
+  </si>
+  <si>
+    <t>APL Apollo Tubes Limited</t>
+  </si>
+  <si>
+    <t>INE702C01027</t>
+  </si>
+  <si>
+    <t>Entertainment</t>
+  </si>
+  <si>
+    <t>Coromandel International Limited</t>
+  </si>
+  <si>
+    <t>INE169A01031</t>
+  </si>
+  <si>
+    <t>Cash &amp; Equivalent</t>
+  </si>
+  <si>
+    <t>Mazagon Dock Shipbuilders Limited</t>
+  </si>
+  <si>
+    <t>INE249Z01020</t>
+  </si>
+  <si>
+    <t>KPIT Technologies Limited</t>
+  </si>
+  <si>
+    <t>INE04I401011</t>
+  </si>
+  <si>
+    <t>360 ONE WAM LIMITED</t>
+  </si>
+  <si>
+    <t>INE466L01038</t>
+  </si>
+  <si>
+    <t>GlaxoSmithKline Pharmaceuticals Limited</t>
+  </si>
+  <si>
+    <t>INE159A01016</t>
+  </si>
+  <si>
+    <t>Supreme Industries Limited</t>
+  </si>
+  <si>
+    <t>INE195A01028</t>
+  </si>
+  <si>
+    <t>MphasiS Limited</t>
+  </si>
+  <si>
+    <t>INE356A01018</t>
+  </si>
+  <si>
+    <t>Petronet LNG Limited</t>
+  </si>
+  <si>
+    <t>INE347G01014</t>
+  </si>
+  <si>
+    <t>Apar Industries Limited</t>
+  </si>
+  <si>
+    <t>INE372A01015</t>
+  </si>
+  <si>
+    <t>Schaeffler India Limited</t>
+  </si>
+  <si>
+    <t>INE513A01022</t>
+  </si>
+  <si>
+    <t>Emami Limited</t>
+  </si>
+  <si>
+    <t>INE548C01032</t>
+  </si>
+  <si>
+    <t>Indraprastha Gas Limited</t>
+  </si>
+  <si>
+    <t>INE203G01027</t>
+  </si>
+  <si>
+    <t>Berger Paints (I) Limited</t>
+  </si>
+  <si>
+    <t>INE463A01038</t>
+  </si>
+  <si>
+    <t>Astral Limited</t>
+  </si>
+  <si>
+    <t>INE006I01046</t>
+  </si>
+  <si>
+    <t>L&amp;T Technology Services Limited</t>
+  </si>
+  <si>
+    <t>INE010V01017</t>
+  </si>
+  <si>
+    <t>3M India Limited</t>
+  </si>
+  <si>
+    <t>INE470A01017</t>
+  </si>
+  <si>
+    <t>Balkrishna Industries Limited</t>
+  </si>
+  <si>
+    <t>INE787D01026</t>
+  </si>
+  <si>
+    <t>CRISIL Limited</t>
+  </si>
+  <si>
+    <t>INE007A01025</t>
+  </si>
+  <si>
+    <t>Ajanta Pharma Limited</t>
+  </si>
+  <si>
+    <t>INE031B01049</t>
+  </si>
+  <si>
+    <t>Bharat Dynamics Limited</t>
+  </si>
+  <si>
+    <t>INE171Z01026</t>
+  </si>
+  <si>
+    <t>AIA Engineering Limited</t>
+  </si>
+  <si>
+    <t>INE212H01026</t>
+  </si>
+  <si>
+    <t>K.P.R. Mill Limited</t>
+  </si>
+  <si>
+    <t>INE930H01031</t>
+  </si>
+  <si>
+    <t>Syngene International Limited</t>
+  </si>
+  <si>
+    <t>INE398R01022</t>
+  </si>
+  <si>
+    <t>Honeywell Automation India Limited</t>
+  </si>
+  <si>
+    <t>INE671A01010</t>
+  </si>
+  <si>
+    <t>Gujarat Gas Limited</t>
+  </si>
+  <si>
+    <t>INE844O01030</t>
+  </si>
+  <si>
+    <t>Sun TV Network Limited</t>
+  </si>
+  <si>
+    <t>INE424H01027</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>MONEY MARKET INSTRUMENTS</t>
+  </si>
+  <si>
+    <t>TREPS / Reverse Repo Investments</t>
+  </si>
+  <si>
+    <t>Cash &amp; Cash Equivalent</t>
+  </si>
+  <si>
+    <t>Net Receivables/Payables</t>
+  </si>
+  <si>
+    <t>GRAND TOTAL</t>
+  </si>
+  <si>
+    <t>Notes:</t>
+  </si>
+  <si>
+    <t>Subject to SEBI (MF) Regulations and the applicable guidelines issued by SEBI, Scheme has entered into securities lending in accordance with the framework specified in this regard.</t>
+  </si>
+  <si>
+    <t>Market value includes accrued interest</t>
+  </si>
+  <si>
+    <t>Net Assets does not include unit activity for the last day of the month</t>
+  </si>
+  <si>
+    <t>Scheme Riskometer</t>
+  </si>
+  <si>
+    <t>Benchmark Riskometer: NIFTY Midcap150 Quality 50 TRI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>YDZ1Regular</t>
+  </si>
+  <si>
+    <t>YDZ1Direct</t>
+  </si>
+  <si>
+    <t>YDZ1</t>
+  </si>
+  <si>
+    <t>DSP Nifty Midcap 150 Quality 50 Index Fund</t>
+  </si>
+  <si>
+    <t>Sr No.</t>
+  </si>
+  <si>
+    <t>Particular</t>
+  </si>
+  <si>
+    <t>Regular</t>
+  </si>
+  <si>
+    <t>Direct</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio ^^</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Purchase</t>
+  </si>
+  <si>
+    <t>N.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Sale</t>
+  </si>
+  <si>
+    <t>Average Maturity (in years)@@</t>
+  </si>
+  <si>
+    <t>Modified Duration (in years)@@</t>
+  </si>
+  <si>
+    <t>Portfolio YTM (Annualised)@@</t>
+  </si>
+  <si>
+    <t>Total outstanding exposure to derivatives at the end of  September 30, 2025</t>
+  </si>
+  <si>
+    <t>- Value (In Rs. Lakh)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>- in percentage term (%)</t>
+  </si>
+  <si>
+    <t>Total of securities below investment grade and default provided for the Half Year of September 30, 2025 (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in foreign securities/ADR/GDR (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in illiquid shares/securities</t>
+  </si>
+  <si>
+    <t>- in percentage terms (%)</t>
+  </si>
+  <si>
+    <t>Net Asset Vaue (NAV) (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>- As on March 31, 2025</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>Growth</t>
+  </si>
+  <si>
+    <t>13.1186</t>
+  </si>
+  <si>
+    <t>13.3505</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>12.4514</t>
+  </si>
+  <si>
+    <t>12.6827</t>
+  </si>
+  <si>
+    <t>QD</t>
+  </si>
+  <si>
+    <t>Quarterly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Daily Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>WD</t>
+  </si>
+  <si>
+    <t>Weekly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Monthly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>UD</t>
+  </si>
+  <si>
+    <t>UD3</t>
+  </si>
+  <si>
+    <t>UR</t>
+  </si>
+  <si>
+    <t>UR3</t>
+  </si>
+  <si>
+    <t>- As on September 30, 2025</t>
+  </si>
+  <si>
+    <t>14.0947</t>
+  </si>
+  <si>
+    <t>14.3868</t>
+  </si>
+  <si>
+    <t>13.3778</t>
+  </si>
+  <si>
+    <t>13.6671</t>
+  </si>
+  <si>
+    <t>Aggregate distributions during the half year (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>Computed NAV</t>
+  </si>
+  <si>
+    <t>**</t>
+  </si>
+  <si>
+    <t>NAV as on Maturity date</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Not Applicable.</t>
+  </si>
+  <si>
+    <t>^^</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio is for Equity Schemes.</t>
+  </si>
+  <si>
+    <t>@@</t>
+  </si>
+  <si>
+    <t>Average Maturity, Modified Duration and Portfolio YTM (Annualised) is for Debt Schemes.</t>
+  </si>
+  <si>
+    <t>Pursuant to payment of IDCW, the NAV of the IDCW Option(s) of aforesaid Scheme of the Fund would fall to the extent of payout and statutory levy, if any. For complete distribution history of the Schemes, please visit www.dspim.com</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="8">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="167" formatCode="#,##0.00_);\(#,##0.00\)%"/>
+    <numFmt numFmtId="168" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;_);_(* @_)"/>
+    <numFmt numFmtId="169" formatCode="0.000"/>
+    <numFmt numFmtId="170" formatCode="0.0000"/>
+    <numFmt numFmtId="171" formatCode="#,##0.000000"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="14"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color rgb="FF000000"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-    <font>
+      <sz val="9"/>
+      <color theme="0"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...17 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill/>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDBDBDB"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...22 lines deleted...]
-      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...4 lines deleted...]
-      <right style="thin">
+      <bottom style="thin">
         <color indexed="64"/>
-      </right>
-[...3 lines deleted...]
-      <bottom/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...29 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+  <cellStyleXfs count="4">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+  <cellXfs count="73">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="169" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="39" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="39" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="8" fillId="0" borderId="2" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="8" fillId="0" borderId="3" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...44 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="1" builtinId="5"/>
-    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{B0A76EC5-03A7-4297-B8E6-497B5FA99FA4}"/>
+    <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
+  <dxfs count="4">
+    <dxf>
+      <numFmt numFmtId="172" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="173" formatCode="#,##0.0000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="174" formatCode="&quot;-&quot;"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
-[...16 lines deleted...]
-        <cNvPicPr>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="13627100"/>
+          <a:off x="457200" y="13970000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...19 lines deleted...]
-        <cNvPicPr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId2"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="16040100"/>
+          <a:off x="457200" y="16383000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...3 lines deleted...]
-</wsDr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6887A250-6E5A-43A3-A695-0B3E09B4385B}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="13760450"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0EB20C57-731A-40CC-9075-FA52BC30E442}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="16027400"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -824,2039 +1519,4004 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:L86"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:L87"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="49.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="40">
-[...81 lines deleted...]
-      <c r="A8" s="1" t="n">
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="15"/>
+      <c r="B1" s="53" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="A9" s="1" t="n">
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A12" s="1" t="n">
+      <c r="D4" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A13" s="1" t="n">
+      <c r="E4" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A14" s="1" t="n">
+      <c r="F4" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A15" s="1" t="n">
+      <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A16" s="1" t="n">
+      <c r="H4" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A17" s="1" t="n">
+      <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A18" s="1" t="n">
+      <c r="J4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A19" s="1" t="n">
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A20" s="1" t="n">
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A21" s="1" t="n">
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A22" s="1" t="n">
+      <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A23" s="1" t="n">
+      <c r="D8" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A24" s="1" t="n">
+      <c r="E8" s="4">
+        <v>97686</v>
+      </c>
+      <c r="F8" s="5">
+        <v>2170.9699999999998</v>
+      </c>
+      <c r="G8" s="6">
+        <v>4.6800000000000001E-2</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A25" s="1" t="n">
+      <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A26" s="1" t="n">
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A27" s="1" t="n">
+      <c r="C9" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A28" s="1" t="n">
+      <c r="D9" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A29" s="1" t="n">
+      <c r="E9" s="4">
+        <v>32136</v>
+      </c>
+      <c r="F9" s="5">
+        <v>1777.92</v>
+      </c>
+      <c r="G9" s="6">
+        <v>3.8300000000000001E-2</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A30" s="1" t="n">
+      <c r="L9" s="6">
+        <v>0.14710000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A31" s="1" t="n">
+      <c r="C10" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A32" s="1" t="n">
+      <c r="D10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="4">
+        <v>40313</v>
+      </c>
+      <c r="F10" s="5">
+        <v>1582.89</v>
+      </c>
+      <c r="G10" s="6">
+        <v>3.4099999999999998E-2</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A33" s="1" t="n">
+      <c r="L10" s="6">
+        <v>0.1308</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A34" s="1" t="n">
+      <c r="C11" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A35" s="1" t="n">
+      <c r="D11" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A36" s="1" t="n">
+      <c r="E11" s="4">
+        <v>9574</v>
+      </c>
+      <c r="F11" s="5">
+        <v>1562.67</v>
+      </c>
+      <c r="G11" s="6">
+        <v>3.3700000000000001E-2</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L11" s="6">
+        <v>9.64E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A37" s="1" t="n">
+      <c r="C12" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A38" s="1" t="n">
+      <c r="D12" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A39" s="1" t="n">
+      <c r="E12" s="4">
+        <v>215395</v>
+      </c>
+      <c r="F12" s="5">
+        <v>1502.16</v>
+      </c>
+      <c r="G12" s="6">
+        <v>3.2399999999999998E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+      <c r="K12" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A40" s="1" t="n">
+      <c r="L12" s="6">
+        <v>7.2599999999999998E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="s">
         <v>33</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A41" s="1" t="n">
+      <c r="C13" s="1" t="s">
         <v>34</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A42" s="1" t="n">
+      <c r="D13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="4">
+        <v>17915</v>
+      </c>
+      <c r="F13" s="5">
+        <v>1305.29</v>
+      </c>
+      <c r="G13" s="6">
+        <v>2.81E-2</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="L13" s="6">
+        <v>6.2600000000000003E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A43" s="1" t="n">
+      <c r="C14" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A44" s="1" t="n">
+      <c r="D14" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="B44" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A45" s="1" t="n">
+      <c r="E14" s="4">
+        <v>270323</v>
+      </c>
+      <c r="F14" s="5">
+        <v>1304.17</v>
+      </c>
+      <c r="G14" s="6">
+        <v>2.81E-2</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A46" s="1" t="n">
+      <c r="L14" s="6">
+        <v>5.11E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A47" s="1" t="n">
+      <c r="C15" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A48" s="1" t="n">
+      <c r="D15" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="4">
+        <v>79226</v>
+      </c>
+      <c r="F15" s="5">
+        <v>1260.49</v>
+      </c>
+      <c r="G15" s="6">
+        <v>2.7199999999999998E-2</v>
+      </c>
+      <c r="J15" s="5"/>
+      <c r="K15" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L15" s="6">
+        <v>4.8500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A49" s="1" t="n">
+      <c r="C16" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B49" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A50" s="1" t="n">
+      <c r="D16" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" s="4">
+        <v>25566</v>
+      </c>
+      <c r="F16" s="5">
+        <v>1232.92</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2.6599999999999999E-2</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A51" s="1" t="n">
+      <c r="L16" s="6">
+        <v>4.1200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B51" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A52" s="1" t="n">
+      <c r="C17" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B52" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A53" s="1" t="n">
+      <c r="D17" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B53" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A54" s="1" t="n">
+      <c r="E17" s="4">
+        <v>2935</v>
+      </c>
+      <c r="F17" s="5">
+        <v>1194.0999999999999</v>
+      </c>
+      <c r="G17" s="6">
+        <v>2.5700000000000001E-2</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B54" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A55" s="1" t="n">
+      <c r="L17" s="6">
+        <v>3.9300000000000002E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B55" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A56" s="1" t="n">
+      <c r="C18" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B56" s="1" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A57" s="1" t="n">
+      <c r="D18" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B57" s="1" t="inlineStr">
-[...50 lines deleted...]
-      <c r="A61" s="1" t="n">
+      <c r="E18" s="4">
+        <v>169774</v>
+      </c>
+      <c r="F18" s="5">
+        <v>1189.0999999999999</v>
+      </c>
+      <c r="G18" s="6">
+        <v>2.5600000000000001E-2</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" s="6">
+        <v>3.7100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B61" s="3" t="inlineStr">
-[...83 lines deleted...]
-      <c r="G68" s="13" t="n">
+      <c r="C19" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="4">
+        <v>8157</v>
+      </c>
+      <c r="F19" s="5">
+        <v>1087</v>
+      </c>
+      <c r="G19" s="6">
+        <v>2.3400000000000001E-2</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L19" s="6">
+        <v>3.4599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" s="4">
+        <v>1406808</v>
+      </c>
+      <c r="F20" s="5">
+        <v>1074.0999999999999</v>
+      </c>
+      <c r="G20" s="6">
+        <v>2.3099999999999999E-2</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L20" s="6">
+        <v>3.2399999999999998E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" s="4">
+        <v>18248</v>
+      </c>
+      <c r="F21" s="5">
+        <v>989.95</v>
+      </c>
+      <c r="G21" s="6">
+        <v>2.1299999999999999E-2</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="L21" s="6">
+        <v>2.86E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E22" s="4">
+        <v>31851</v>
+      </c>
+      <c r="F22" s="5">
+        <v>980.09</v>
+      </c>
+      <c r="G22" s="6">
+        <v>2.1100000000000001E-2</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" s="6">
+        <v>2.81E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E23" s="4">
+        <v>31275</v>
+      </c>
+      <c r="F23" s="5">
+        <v>968.49</v>
+      </c>
+      <c r="G23" s="6">
+        <v>2.0899999999999998E-2</v>
+      </c>
+      <c r="J23" s="5"/>
+      <c r="K23" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L23" s="6">
+        <v>2.5600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E24" s="4">
+        <v>23324</v>
+      </c>
+      <c r="F24" s="5">
+        <v>947.49</v>
+      </c>
+      <c r="G24" s="6">
+        <v>2.0400000000000001E-2</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="L24" s="6">
+        <v>2.3400000000000001E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E25" s="4">
+        <v>18000</v>
+      </c>
+      <c r="F25" s="5">
+        <v>940.86</v>
+      </c>
+      <c r="G25" s="6">
+        <v>2.0299999999999999E-2</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L25" s="6">
+        <v>2.3099999999999999E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E26" s="4">
+        <v>11180</v>
+      </c>
+      <c r="F26" s="5">
+        <v>939.46</v>
+      </c>
+      <c r="G26" s="6">
+        <v>2.0199999999999999E-2</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L26" s="6">
+        <v>1.6400000000000001E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E27" s="4">
+        <v>107100</v>
+      </c>
+      <c r="F27" s="5">
+        <v>930</v>
+      </c>
+      <c r="G27" s="6">
+        <v>0.02</v>
+      </c>
+      <c r="J27" s="5"/>
+      <c r="K27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="6">
+        <v>1.44E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E28" s="4">
+        <v>26436</v>
+      </c>
+      <c r="F28" s="5">
+        <v>928.83</v>
+      </c>
+      <c r="G28" s="6">
+        <v>0.02</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="L28" s="6">
+        <v>1.44E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E29" s="4">
+        <v>103614</v>
+      </c>
+      <c r="F29" s="5">
+        <v>925.89</v>
+      </c>
+      <c r="G29" s="6">
+        <v>0.02</v>
+      </c>
+      <c r="J29" s="5"/>
+      <c r="K29" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="L29" s="6">
+        <v>1.2699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" s="4">
+        <v>3158</v>
+      </c>
+      <c r="F30" s="5">
+        <v>924.98</v>
+      </c>
+      <c r="G30" s="6">
+        <v>1.9900000000000001E-2</v>
+      </c>
+      <c r="J30" s="5"/>
+      <c r="K30" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="6">
+        <v>1.0699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E31" s="4">
+        <v>54105</v>
+      </c>
+      <c r="F31" s="5">
+        <v>912.26</v>
+      </c>
+      <c r="G31" s="6">
+        <v>1.9699999999999999E-2</v>
+      </c>
+      <c r="J31" s="5"/>
+      <c r="K31" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="L31" s="6">
+        <v>8.3999999999999995E-3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E32" s="4">
+        <v>39925</v>
+      </c>
+      <c r="F32" s="5">
+        <v>897.67</v>
+      </c>
+      <c r="G32" s="6">
+        <v>1.9300000000000001E-2</v>
+      </c>
+      <c r="J32" s="5"/>
+      <c r="K32" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="L32" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E33" s="4">
+        <v>32015</v>
+      </c>
+      <c r="F33" s="5">
+        <v>884.09</v>
+      </c>
+      <c r="G33" s="6">
+        <v>1.9099999999999999E-2</v>
+      </c>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E34" s="4">
+        <v>79002</v>
+      </c>
+      <c r="F34" s="5">
+        <v>867.2</v>
+      </c>
+      <c r="G34" s="6">
+        <v>1.8700000000000001E-2</v>
+      </c>
+      <c r="J34" s="5"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E35" s="4">
+        <v>82072</v>
+      </c>
+      <c r="F35" s="5">
+        <v>840.42</v>
+      </c>
+      <c r="G35" s="6">
+        <v>1.8100000000000002E-2</v>
+      </c>
+      <c r="J35" s="5"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E36" s="4">
+        <v>31367</v>
+      </c>
+      <c r="F36" s="5">
+        <v>834.27</v>
+      </c>
+      <c r="G36" s="6">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="J36" s="5"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E37" s="4">
+        <v>19603</v>
+      </c>
+      <c r="F37" s="5">
+        <v>827.17</v>
+      </c>
+      <c r="G37" s="6">
+        <v>1.78E-2</v>
+      </c>
+      <c r="J37" s="5"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E38" s="4">
+        <v>31153</v>
+      </c>
+      <c r="F38" s="5">
+        <v>827.05</v>
+      </c>
+      <c r="G38" s="6">
+        <v>1.78E-2</v>
+      </c>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E39" s="4">
+        <v>289121</v>
+      </c>
+      <c r="F39" s="5">
+        <v>806.07</v>
+      </c>
+      <c r="G39" s="6">
+        <v>1.7399999999999999E-2</v>
+      </c>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E40" s="4">
+        <v>9315</v>
+      </c>
+      <c r="F40" s="5">
+        <v>762.53</v>
+      </c>
+      <c r="G40" s="6">
+        <v>1.6400000000000001E-2</v>
+      </c>
+      <c r="J40" s="5"/>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E41" s="4">
+        <v>18048</v>
+      </c>
+      <c r="F41" s="5">
+        <v>759.6</v>
+      </c>
+      <c r="G41" s="6">
+        <v>1.6400000000000001E-2</v>
+      </c>
+      <c r="J41" s="5"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42" s="4">
+        <v>136006</v>
+      </c>
+      <c r="F42" s="5">
+        <v>732.05</v>
+      </c>
+      <c r="G42" s="6">
+        <v>1.5800000000000002E-2</v>
+      </c>
+      <c r="J42" s="5"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E43" s="4">
+        <v>328655</v>
+      </c>
+      <c r="F43" s="5">
+        <v>685.38</v>
+      </c>
+      <c r="G43" s="6">
+        <v>1.4800000000000001E-2</v>
+      </c>
+      <c r="J43" s="5"/>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E44" s="4">
+        <v>132977</v>
+      </c>
+      <c r="F44" s="5">
+        <v>685.1</v>
+      </c>
+      <c r="G44" s="6">
+        <v>1.4800000000000001E-2</v>
+      </c>
+      <c r="J44" s="5"/>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E45" s="4">
+        <v>49477</v>
+      </c>
+      <c r="F45" s="5">
+        <v>676.05</v>
+      </c>
+      <c r="G45" s="6">
+        <v>1.46E-2</v>
+      </c>
+      <c r="J45" s="5"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E46" s="4">
+        <v>16229</v>
+      </c>
+      <c r="F46" s="5">
+        <v>667.64</v>
+      </c>
+      <c r="G46" s="6">
+        <v>1.44E-2</v>
+      </c>
+      <c r="J46" s="5"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E47" s="4">
+        <v>2263</v>
+      </c>
+      <c r="F47" s="5">
+        <v>666.34</v>
+      </c>
+      <c r="G47" s="6">
+        <v>1.44E-2</v>
+      </c>
+      <c r="J47" s="5"/>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E48" s="4">
+        <v>27983</v>
+      </c>
+      <c r="F48" s="5">
+        <v>642.15</v>
+      </c>
+      <c r="G48" s="6">
+        <v>1.38E-2</v>
+      </c>
+      <c r="J48" s="5"/>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A49" s="1">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E49" s="4">
+        <v>14113</v>
+      </c>
+      <c r="F49" s="5">
+        <v>626.14</v>
+      </c>
+      <c r="G49" s="6">
+        <v>1.35E-2</v>
+      </c>
+      <c r="J49" s="5"/>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E50" s="4">
+        <v>25849</v>
+      </c>
+      <c r="F50" s="5">
+        <v>622</v>
+      </c>
+      <c r="G50" s="6">
+        <v>1.34E-2</v>
+      </c>
+      <c r="J50" s="5"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A51" s="1">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E51" s="4">
+        <v>39394</v>
+      </c>
+      <c r="F51" s="5">
+        <v>588.23</v>
+      </c>
+      <c r="G51" s="6">
+        <v>1.2699999999999999E-2</v>
+      </c>
+      <c r="J51" s="5"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A52" s="1">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E52" s="4">
+        <v>18819</v>
+      </c>
+      <c r="F52" s="5">
+        <v>574.6</v>
+      </c>
+      <c r="G52" s="6">
+        <v>1.24E-2</v>
+      </c>
+      <c r="J52" s="5"/>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E53" s="4">
+        <v>49594</v>
+      </c>
+      <c r="F53" s="5">
+        <v>528.1</v>
+      </c>
+      <c r="G53" s="6">
+        <v>1.14E-2</v>
+      </c>
+      <c r="J53" s="5"/>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A54" s="1">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E54" s="4">
+        <v>79502</v>
+      </c>
+      <c r="F54" s="5">
+        <v>495.18</v>
+      </c>
+      <c r="G54" s="6">
+        <v>1.0699999999999999E-2</v>
+      </c>
+      <c r="J54" s="5"/>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E55" s="4">
+        <v>1216</v>
+      </c>
+      <c r="F55" s="5">
+        <v>438.92</v>
+      </c>
+      <c r="G55" s="6">
+        <v>9.4999999999999998E-3</v>
+      </c>
+      <c r="J55" s="5"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A56" s="1">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E56" s="4">
+        <v>97665</v>
+      </c>
+      <c r="F56" s="5">
+        <v>419.52</v>
+      </c>
+      <c r="G56" s="6">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="J56" s="5"/>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E57" s="4">
+        <v>74401</v>
+      </c>
+      <c r="F57" s="5">
+        <v>389.45</v>
+      </c>
+      <c r="G57" s="6">
+        <v>8.3999999999999995E-3</v>
+      </c>
+      <c r="J57" s="5"/>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A58" s="7"/>
+      <c r="B58" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C58" s="7"/>
+      <c r="D58" s="7"/>
+      <c r="E58" s="7"/>
+      <c r="F58" s="8">
+        <v>46375</v>
+      </c>
+      <c r="G58" s="9">
+        <v>0.99950000000000006</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B60" s="2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
+        <v>51</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F61" s="5">
+        <v>251.08</v>
+      </c>
+      <c r="G61" s="6">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="H61" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A62" s="7"/>
+      <c r="B62" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C62" s="7"/>
+      <c r="D62" s="7"/>
+      <c r="E62" s="7"/>
+      <c r="F62" s="8">
+        <v>251.08</v>
+      </c>
+      <c r="G62" s="9">
+        <v>5.4000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B64" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B65" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E65" s="4"/>
+      <c r="F65" s="5">
+        <v>-226.15</v>
+      </c>
+      <c r="G65" s="6">
+        <v>-4.8999999999999998E-3</v>
+      </c>
+      <c r="J65" s="5"/>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A66" s="7"/>
+      <c r="B66" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C66" s="7"/>
+      <c r="D66" s="7"/>
+      <c r="E66" s="7"/>
+      <c r="F66" s="8">
+        <v>-226.15</v>
+      </c>
+      <c r="G66" s="9">
+        <v>-4.8999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A68" s="3"/>
+      <c r="B68" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C68" s="3"/>
+      <c r="D68" s="3"/>
+      <c r="E68" s="3"/>
+      <c r="F68" s="11">
+        <v>46399.93</v>
+      </c>
+      <c r="G68" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="69">
-[...7 lines deleted...]
-      <c r="A70" s="15" t="n">
+    <row r="69" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A69" s="1" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="38" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="13">
         <v>1</v>
       </c>
-      <c r="B70" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A71" s="15" t="n">
+      <c r="B70" s="72" t="s">
+        <v>147</v>
+      </c>
+      <c r="C70" s="72"/>
+      <c r="D70" s="72"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A71" s="13">
         <v>2</v>
       </c>
-      <c r="B71" s="15" t="inlineStr">
-[...16 lines deleted...]
-        </is>
+      <c r="B71" s="13" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="13">
+        <v>3</v>
+      </c>
+      <c r="B72" s="13" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B74" s="14" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="87" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B87" s="14" t="s">
+        <v>151</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="1">
+  <mergeCells count="2">
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B70:D70"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE170BF7-0A5A-4CF5-9915-4D8F8A0D3CBA}">
+  <dimension ref="A1:L87"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="49.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.1796875" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7265625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="15"/>
+      <c r="B1" s="53" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="54"/>
+      <c r="D1" s="54"/>
+      <c r="E1" s="54"/>
+      <c r="F1" s="54"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="4">
+        <v>97686</v>
+      </c>
+      <c r="F8" s="5">
+        <v>2170.9699999999998</v>
+      </c>
+      <c r="G8" s="6">
+        <v>4.6800000000000001E-2</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="4">
+        <v>32136</v>
+      </c>
+      <c r="F9" s="5">
+        <v>1777.92</v>
+      </c>
+      <c r="G9" s="6">
+        <v>3.8300000000000001E-2</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.14710000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="4">
+        <v>40313</v>
+      </c>
+      <c r="F10" s="5">
+        <v>1582.89</v>
+      </c>
+      <c r="G10" s="6">
+        <v>3.4099999999999998E-2</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L10" s="6">
+        <v>0.1308</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" s="4">
+        <v>9574</v>
+      </c>
+      <c r="F11" s="5">
+        <v>1562.67</v>
+      </c>
+      <c r="G11" s="6">
+        <v>3.3700000000000001E-2</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L11" s="6">
+        <v>9.64E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" s="4">
+        <v>215395</v>
+      </c>
+      <c r="F12" s="5">
+        <v>1502.16</v>
+      </c>
+      <c r="G12" s="6">
+        <v>3.2399999999999998E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+      <c r="K12" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="L12" s="6">
+        <v>7.2599999999999998E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="4">
+        <v>17915</v>
+      </c>
+      <c r="F13" s="5">
+        <v>1305.29</v>
+      </c>
+      <c r="G13" s="6">
+        <v>2.81E-2</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="L13" s="6">
+        <v>6.2600000000000003E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E14" s="4">
+        <v>270323</v>
+      </c>
+      <c r="F14" s="5">
+        <v>1304.17</v>
+      </c>
+      <c r="G14" s="6">
+        <v>2.81E-2</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="L14" s="6">
+        <v>5.11E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="4">
+        <v>79226</v>
+      </c>
+      <c r="F15" s="5">
+        <v>1260.49</v>
+      </c>
+      <c r="G15" s="6">
+        <v>2.7199999999999998E-2</v>
+      </c>
+      <c r="J15" s="5"/>
+      <c r="K15" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L15" s="6">
+        <v>4.8500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E16" s="4">
+        <v>25566</v>
+      </c>
+      <c r="F16" s="5">
+        <v>1232.92</v>
+      </c>
+      <c r="G16" s="6">
+        <v>2.6599999999999999E-2</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="L16" s="6">
+        <v>4.1200000000000001E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E17" s="4">
+        <v>2935</v>
+      </c>
+      <c r="F17" s="5">
+        <v>1194.0999999999999</v>
+      </c>
+      <c r="G17" s="6">
+        <v>2.5700000000000001E-2</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17" s="6">
+        <v>3.9300000000000002E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E18" s="4">
+        <v>169774</v>
+      </c>
+      <c r="F18" s="5">
+        <v>1189.0999999999999</v>
+      </c>
+      <c r="G18" s="6">
+        <v>2.5600000000000001E-2</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="L18" s="6">
+        <v>3.7100000000000001E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" s="4">
+        <v>8157</v>
+      </c>
+      <c r="F19" s="5">
+        <v>1087</v>
+      </c>
+      <c r="G19" s="6">
+        <v>2.3400000000000001E-2</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="L19" s="6">
+        <v>3.4599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" s="4">
+        <v>1406808</v>
+      </c>
+      <c r="F20" s="5">
+        <v>1074.0999999999999</v>
+      </c>
+      <c r="G20" s="6">
+        <v>2.3099999999999999E-2</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L20" s="6">
+        <v>3.2399999999999998E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" s="4">
+        <v>18248</v>
+      </c>
+      <c r="F21" s="5">
+        <v>989.95</v>
+      </c>
+      <c r="G21" s="6">
+        <v>2.1299999999999999E-2</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="L21" s="6">
+        <v>2.86E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E22" s="4">
+        <v>31851</v>
+      </c>
+      <c r="F22" s="5">
+        <v>980.09</v>
+      </c>
+      <c r="G22" s="6">
+        <v>2.1100000000000001E-2</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="L22" s="6">
+        <v>2.81E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E23" s="4">
+        <v>31275</v>
+      </c>
+      <c r="F23" s="5">
+        <v>968.49</v>
+      </c>
+      <c r="G23" s="6">
+        <v>2.0899999999999998E-2</v>
+      </c>
+      <c r="J23" s="5"/>
+      <c r="K23" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="L23" s="6">
+        <v>2.5600000000000001E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E24" s="4">
+        <v>23324</v>
+      </c>
+      <c r="F24" s="5">
+        <v>947.49</v>
+      </c>
+      <c r="G24" s="6">
+        <v>2.0400000000000001E-2</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="L24" s="6">
+        <v>2.3400000000000001E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E25" s="4">
+        <v>18000</v>
+      </c>
+      <c r="F25" s="5">
+        <v>940.86</v>
+      </c>
+      <c r="G25" s="6">
+        <v>2.0299999999999999E-2</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L25" s="6">
+        <v>2.3099999999999999E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E26" s="4">
+        <v>11180</v>
+      </c>
+      <c r="F26" s="5">
+        <v>939.46</v>
+      </c>
+      <c r="G26" s="6">
+        <v>2.0199999999999999E-2</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="L26" s="6">
+        <v>1.6400000000000001E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E27" s="4">
+        <v>107100</v>
+      </c>
+      <c r="F27" s="5">
+        <v>930</v>
+      </c>
+      <c r="G27" s="6">
+        <v>0.02</v>
+      </c>
+      <c r="J27" s="5"/>
+      <c r="K27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="6">
+        <v>1.44E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E28" s="4">
+        <v>26436</v>
+      </c>
+      <c r="F28" s="5">
+        <v>928.83</v>
+      </c>
+      <c r="G28" s="6">
+        <v>0.02</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="L28" s="6">
+        <v>1.44E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E29" s="4">
+        <v>103614</v>
+      </c>
+      <c r="F29" s="5">
+        <v>925.89</v>
+      </c>
+      <c r="G29" s="6">
+        <v>0.02</v>
+      </c>
+      <c r="J29" s="5"/>
+      <c r="K29" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="L29" s="6">
+        <v>1.2699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E30" s="4">
+        <v>3158</v>
+      </c>
+      <c r="F30" s="5">
+        <v>924.98</v>
+      </c>
+      <c r="G30" s="6">
+        <v>1.9900000000000001E-2</v>
+      </c>
+      <c r="J30" s="5"/>
+      <c r="K30" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="L30" s="6">
+        <v>1.0699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E31" s="4">
+        <v>54105</v>
+      </c>
+      <c r="F31" s="5">
+        <v>912.26</v>
+      </c>
+      <c r="G31" s="6">
+        <v>1.9699999999999999E-2</v>
+      </c>
+      <c r="J31" s="5"/>
+      <c r="K31" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="L31" s="6">
+        <v>8.3999999999999995E-3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E32" s="4">
+        <v>39925</v>
+      </c>
+      <c r="F32" s="5">
+        <v>897.67</v>
+      </c>
+      <c r="G32" s="6">
+        <v>1.9300000000000001E-2</v>
+      </c>
+      <c r="J32" s="5"/>
+      <c r="K32" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="L32" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E33" s="4">
+        <v>32015</v>
+      </c>
+      <c r="F33" s="5">
+        <v>884.09</v>
+      </c>
+      <c r="G33" s="6">
+        <v>1.9099999999999999E-2</v>
+      </c>
+      <c r="J33" s="5"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E34" s="4">
+        <v>79002</v>
+      </c>
+      <c r="F34" s="5">
+        <v>867.2</v>
+      </c>
+      <c r="G34" s="6">
+        <v>1.8700000000000001E-2</v>
+      </c>
+      <c r="J34" s="5"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E35" s="4">
+        <v>82072</v>
+      </c>
+      <c r="F35" s="5">
+        <v>840.42</v>
+      </c>
+      <c r="G35" s="6">
+        <v>1.8100000000000002E-2</v>
+      </c>
+      <c r="J35" s="5"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E36" s="4">
+        <v>31367</v>
+      </c>
+      <c r="F36" s="5">
+        <v>834.27</v>
+      </c>
+      <c r="G36" s="6">
+        <v>1.7999999999999999E-2</v>
+      </c>
+      <c r="J36" s="5"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E37" s="4">
+        <v>19603</v>
+      </c>
+      <c r="F37" s="5">
+        <v>827.17</v>
+      </c>
+      <c r="G37" s="6">
+        <v>1.78E-2</v>
+      </c>
+      <c r="J37" s="5"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E38" s="4">
+        <v>31153</v>
+      </c>
+      <c r="F38" s="5">
+        <v>827.05</v>
+      </c>
+      <c r="G38" s="6">
+        <v>1.78E-2</v>
+      </c>
+      <c r="J38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E39" s="4">
+        <v>289121</v>
+      </c>
+      <c r="F39" s="5">
+        <v>806.07</v>
+      </c>
+      <c r="G39" s="6">
+        <v>1.7399999999999999E-2</v>
+      </c>
+      <c r="J39" s="5"/>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E40" s="4">
+        <v>9315</v>
+      </c>
+      <c r="F40" s="5">
+        <v>762.53</v>
+      </c>
+      <c r="G40" s="6">
+        <v>1.6400000000000001E-2</v>
+      </c>
+      <c r="J40" s="5"/>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E41" s="4">
+        <v>18048</v>
+      </c>
+      <c r="F41" s="5">
+        <v>759.6</v>
+      </c>
+      <c r="G41" s="6">
+        <v>1.6400000000000001E-2</v>
+      </c>
+      <c r="J41" s="5"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42" s="4">
+        <v>136006</v>
+      </c>
+      <c r="F42" s="5">
+        <v>732.05</v>
+      </c>
+      <c r="G42" s="6">
+        <v>1.5800000000000002E-2</v>
+      </c>
+      <c r="J42" s="5"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E43" s="4">
+        <v>328655</v>
+      </c>
+      <c r="F43" s="5">
+        <v>685.38</v>
+      </c>
+      <c r="G43" s="6">
+        <v>1.4800000000000001E-2</v>
+      </c>
+      <c r="J43" s="5"/>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E44" s="4">
+        <v>132977</v>
+      </c>
+      <c r="F44" s="5">
+        <v>685.1</v>
+      </c>
+      <c r="G44" s="6">
+        <v>1.4800000000000001E-2</v>
+      </c>
+      <c r="J44" s="5"/>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E45" s="4">
+        <v>49477</v>
+      </c>
+      <c r="F45" s="5">
+        <v>676.05</v>
+      </c>
+      <c r="G45" s="6">
+        <v>1.46E-2</v>
+      </c>
+      <c r="J45" s="5"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="E46" s="4">
+        <v>16229</v>
+      </c>
+      <c r="F46" s="5">
+        <v>667.64</v>
+      </c>
+      <c r="G46" s="6">
+        <v>1.44E-2</v>
+      </c>
+      <c r="J46" s="5"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E47" s="4">
+        <v>2263</v>
+      </c>
+      <c r="F47" s="5">
+        <v>666.34</v>
+      </c>
+      <c r="G47" s="6">
+        <v>1.44E-2</v>
+      </c>
+      <c r="J47" s="5"/>
+    </row>
+    <row r="48" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E48" s="4">
+        <v>27983</v>
+      </c>
+      <c r="F48" s="5">
+        <v>642.15</v>
+      </c>
+      <c r="G48" s="6">
+        <v>1.38E-2</v>
+      </c>
+      <c r="J48" s="5"/>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A49" s="1">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="E49" s="4">
+        <v>14113</v>
+      </c>
+      <c r="F49" s="5">
+        <v>626.14</v>
+      </c>
+      <c r="G49" s="6">
+        <v>1.35E-2</v>
+      </c>
+      <c r="J49" s="5"/>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E50" s="4">
+        <v>25849</v>
+      </c>
+      <c r="F50" s="5">
+        <v>622</v>
+      </c>
+      <c r="G50" s="6">
+        <v>1.34E-2</v>
+      </c>
+      <c r="J50" s="5"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A51" s="1">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E51" s="4">
+        <v>39394</v>
+      </c>
+      <c r="F51" s="5">
+        <v>588.23</v>
+      </c>
+      <c r="G51" s="6">
+        <v>1.2699999999999999E-2</v>
+      </c>
+      <c r="J51" s="5"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A52" s="1">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E52" s="4">
+        <v>18819</v>
+      </c>
+      <c r="F52" s="5">
+        <v>574.6</v>
+      </c>
+      <c r="G52" s="6">
+        <v>1.24E-2</v>
+      </c>
+      <c r="J52" s="5"/>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E53" s="4">
+        <v>49594</v>
+      </c>
+      <c r="F53" s="5">
+        <v>528.1</v>
+      </c>
+      <c r="G53" s="6">
+        <v>1.14E-2</v>
+      </c>
+      <c r="J53" s="5"/>
+    </row>
+    <row r="54" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A54" s="1">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E54" s="4">
+        <v>79502</v>
+      </c>
+      <c r="F54" s="5">
+        <v>495.18</v>
+      </c>
+      <c r="G54" s="6">
+        <v>1.0699999999999999E-2</v>
+      </c>
+      <c r="J54" s="5"/>
+    </row>
+    <row r="55" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E55" s="4">
+        <v>1216</v>
+      </c>
+      <c r="F55" s="5">
+        <v>438.92</v>
+      </c>
+      <c r="G55" s="6">
+        <v>9.4999999999999998E-3</v>
+      </c>
+      <c r="J55" s="5"/>
+    </row>
+    <row r="56" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A56" s="1">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E56" s="4">
+        <v>97665</v>
+      </c>
+      <c r="F56" s="5">
+        <v>419.52</v>
+      </c>
+      <c r="G56" s="6">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="J56" s="5"/>
+    </row>
+    <row r="57" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E57" s="4">
+        <v>74401</v>
+      </c>
+      <c r="F57" s="5">
+        <v>389.45</v>
+      </c>
+      <c r="G57" s="6">
+        <v>8.3999999999999995E-3</v>
+      </c>
+      <c r="J57" s="5"/>
+    </row>
+    <row r="58" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A58" s="7"/>
+      <c r="B58" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C58" s="7"/>
+      <c r="D58" s="7"/>
+      <c r="E58" s="7"/>
+      <c r="F58" s="8">
+        <v>46375</v>
+      </c>
+      <c r="G58" s="9">
+        <v>0.99950000000000006</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B60" s="2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
+        <v>51</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F61" s="5">
+        <v>251.08</v>
+      </c>
+      <c r="G61" s="6">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="H61" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A62" s="7"/>
+      <c r="B62" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C62" s="7"/>
+      <c r="D62" s="7"/>
+      <c r="E62" s="7"/>
+      <c r="F62" s="8">
+        <v>251.08</v>
+      </c>
+      <c r="G62" s="9">
+        <v>5.4000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B64" s="2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B65" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E65" s="4"/>
+      <c r="F65" s="5">
+        <v>-226.15</v>
+      </c>
+      <c r="G65" s="6">
+        <v>-4.8999999999999998E-3</v>
+      </c>
+      <c r="J65" s="5"/>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A66" s="7"/>
+      <c r="B66" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C66" s="7"/>
+      <c r="D66" s="7"/>
+      <c r="E66" s="7"/>
+      <c r="F66" s="8">
+        <v>-226.15</v>
+      </c>
+      <c r="G66" s="9">
+        <v>-4.8999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A68" s="3"/>
+      <c r="B68" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C68" s="3"/>
+      <c r="D68" s="3"/>
+      <c r="E68" s="3"/>
+      <c r="F68" s="11">
+        <v>46399.93</v>
+      </c>
+      <c r="G68" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A69" s="1" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="33.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="13">
+        <v>1</v>
+      </c>
+      <c r="B70" s="72" t="s">
+        <v>147</v>
+      </c>
+      <c r="C70" s="72"/>
+      <c r="D70" s="72"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A71" s="13">
+        <v>2</v>
+      </c>
+      <c r="B71" s="13" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="13">
+        <v>3</v>
+      </c>
+      <c r="B72" s="13" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B74" s="14" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="87" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B87" s="14" t="s">
+        <v>151</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B70:D70"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{976BAAA5-7E55-478B-9B62-DDF1EF0EC857}">
+  <dimension ref="A1:D66"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="6.6328125" style="16" customWidth="1"/>
+    <col min="2" max="2" width="81.90625" style="16" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.81640625" style="16" customWidth="1"/>
+    <col min="4" max="4" width="18.36328125" style="16" customWidth="1"/>
+    <col min="5" max="16384" width="9.08984375" style="16"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="B1" s="16" t="s">
+        <v>152</v>
+      </c>
+      <c r="C1" s="16">
+        <v>4</v>
+      </c>
+      <c r="D1" s="16">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="16" t="s">
+        <v>153</v>
+      </c>
+      <c r="D2" s="16" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C3" s="16" t="s">
+        <v>155</v>
+      </c>
+      <c r="D3" s="16" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" s="18" customFormat="1" ht="20.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="22"/>
+      <c r="B4" s="22"/>
+      <c r="C4" s="69" t="s">
+        <v>156</v>
+      </c>
+      <c r="D4" s="70"/>
+    </row>
+    <row r="5" spans="1:4" s="18" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B5" s="22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C5" s="71" t="s">
+        <v>159</v>
+      </c>
+      <c r="D5" s="71" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A6" s="20"/>
+      <c r="B6" s="20"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A7" s="17">
+        <v>1</v>
+      </c>
+      <c r="B7" s="21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C7" s="21"/>
+      <c r="D7" s="21"/>
+    </row>
+    <row r="8" spans="1:4" s="23" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="22"/>
+      <c r="B8" s="21" t="s">
+        <v>162</v>
+      </c>
+      <c r="C8" s="55">
+        <v>0.26</v>
+      </c>
+      <c r="D8" s="56"/>
+    </row>
+    <row r="9" spans="1:4" s="23" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="22"/>
+      <c r="B9" s="21" t="s">
+        <v>164</v>
+      </c>
+      <c r="C9" s="55">
+        <v>0.15</v>
+      </c>
+      <c r="D9" s="56"/>
+    </row>
+    <row r="10" spans="1:4" s="26" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="24">
+        <v>2</v>
+      </c>
+      <c r="B10" s="25" t="s">
+        <v>165</v>
+      </c>
+      <c r="C10" s="61" t="s">
+        <v>163</v>
+      </c>
+      <c r="D10" s="62"/>
+    </row>
+    <row r="11" spans="1:4" s="26" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="24">
+        <v>3</v>
+      </c>
+      <c r="B11" s="25" t="s">
+        <v>166</v>
+      </c>
+      <c r="C11" s="61" t="s">
+        <v>163</v>
+      </c>
+      <c r="D11" s="62"/>
+    </row>
+    <row r="12" spans="1:4" s="26" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="24">
+        <v>4</v>
+      </c>
+      <c r="B12" s="25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C12" s="59" t="s">
+        <v>163</v>
+      </c>
+      <c r="D12" s="60"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A13" s="17">
+        <v>5</v>
+      </c>
+      <c r="B13" s="21" t="s">
+        <v>168</v>
+      </c>
+      <c r="C13" s="21"/>
+      <c r="D13" s="21"/>
+    </row>
+    <row r="14" spans="1:4" s="29" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="27"/>
+      <c r="B14" s="28" t="s">
+        <v>169</v>
+      </c>
+      <c r="C14" s="57" t="s">
+        <v>170</v>
+      </c>
+      <c r="D14" s="58"/>
+    </row>
+    <row r="15" spans="1:4" s="32" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="30"/>
+      <c r="B15" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C15" s="67" t="s">
+        <v>170</v>
+      </c>
+      <c r="D15" s="68"/>
+    </row>
+    <row r="16" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="17">
+        <v>6</v>
+      </c>
+      <c r="B16" s="31" t="s">
+        <v>172</v>
+      </c>
+      <c r="C16" s="63" t="s">
+        <v>170</v>
+      </c>
+      <c r="D16" s="64"/>
+    </row>
+    <row r="17" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="17">
+        <v>7</v>
+      </c>
+      <c r="B17" s="21" t="s">
+        <v>173</v>
+      </c>
+      <c r="C17" s="65" t="s">
+        <v>170</v>
+      </c>
+      <c r="D17" s="66"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A18" s="17">
+        <v>8</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>174</v>
+      </c>
+      <c r="C18" s="21"/>
+      <c r="D18" s="21"/>
+    </row>
+    <row r="19" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="17"/>
+      <c r="B19" s="33" t="s">
+        <v>169</v>
+      </c>
+      <c r="C19" s="63" t="s">
+        <v>170</v>
+      </c>
+      <c r="D19" s="64"/>
+    </row>
+    <row r="20" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="17"/>
+      <c r="B20" s="33" t="s">
+        <v>175</v>
+      </c>
+      <c r="C20" s="63" t="s">
+        <v>170</v>
+      </c>
+      <c r="D20" s="64"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A21" s="17">
+        <v>9</v>
+      </c>
+      <c r="B21" s="21" t="s">
+        <v>176</v>
+      </c>
+      <c r="C21" s="21"/>
+      <c r="D21" s="21"/>
+    </row>
+    <row r="22" spans="1:4" s="37" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="34"/>
+      <c r="B22" s="35" t="s">
+        <v>177</v>
+      </c>
+      <c r="C22" s="36"/>
+      <c r="D22" s="36"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A23" s="38" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" s="39" t="s">
+        <v>179</v>
+      </c>
+      <c r="C23" s="42" t="s">
+        <v>180</v>
+      </c>
+      <c r="D23" s="42" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A24" s="38" t="s">
+        <v>182</v>
+      </c>
+      <c r="B24" s="39" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" s="42" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" s="42" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A25" s="38" t="s">
+        <v>186</v>
+      </c>
+      <c r="B25" s="39" t="s">
+        <v>187</v>
+      </c>
+      <c r="C25" s="41">
+        <v>0</v>
+      </c>
+      <c r="D25" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A26" s="38" t="s">
+        <v>188</v>
+      </c>
+      <c r="B26" s="39" t="s">
+        <v>189</v>
+      </c>
+      <c r="C26" s="41">
+        <v>0</v>
+      </c>
+      <c r="D26" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="38" t="s">
+        <v>190</v>
+      </c>
+      <c r="B27" s="39" t="s">
+        <v>191</v>
+      </c>
+      <c r="C27" s="41">
+        <v>0</v>
+      </c>
+      <c r="D27" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A28" s="38" t="s">
+        <v>192</v>
+      </c>
+      <c r="B28" s="39" t="s">
+        <v>193</v>
+      </c>
+      <c r="C28" s="41">
+        <v>0</v>
+      </c>
+      <c r="D28" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A29" s="38" t="s">
+        <v>194</v>
+      </c>
+      <c r="B29" s="19" t="s">
+        <v>194</v>
+      </c>
+      <c r="C29" s="41">
+        <v>0</v>
+      </c>
+      <c r="D29" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A30" s="38" t="s">
+        <v>195</v>
+      </c>
+      <c r="B30" s="19" t="s">
+        <v>195</v>
+      </c>
+      <c r="C30" s="41">
+        <v>0</v>
+      </c>
+      <c r="D30" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A31" s="38" t="s">
+        <v>196</v>
+      </c>
+      <c r="B31" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="C31" s="41">
+        <v>0</v>
+      </c>
+      <c r="D31" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A32" s="38" t="s">
+        <v>197</v>
+      </c>
+      <c r="B32" s="19" t="s">
+        <v>197</v>
+      </c>
+      <c r="C32" s="41">
+        <v>0</v>
+      </c>
+      <c r="D32" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" s="37" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="38"/>
+      <c r="B33" s="35" t="s">
+        <v>198</v>
+      </c>
+      <c r="C33" s="36"/>
+      <c r="D33" s="36"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A34" s="38" t="s">
+        <v>178</v>
+      </c>
+      <c r="B34" s="39" t="s">
+        <v>179</v>
+      </c>
+      <c r="C34" s="41" t="s">
+        <v>199</v>
+      </c>
+      <c r="D34" s="41" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A35" s="38" t="s">
+        <v>182</v>
+      </c>
+      <c r="B35" s="39" t="s">
+        <v>183</v>
+      </c>
+      <c r="C35" s="41" t="s">
+        <v>201</v>
+      </c>
+      <c r="D35" s="41" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A36" s="38" t="s">
+        <v>186</v>
+      </c>
+      <c r="B36" s="39" t="s">
+        <v>187</v>
+      </c>
+      <c r="C36" s="51">
+        <v>0</v>
+      </c>
+      <c r="D36" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A37" s="38" t="s">
+        <v>188</v>
+      </c>
+      <c r="B37" s="39" t="s">
+        <v>189</v>
+      </c>
+      <c r="C37" s="51">
+        <v>0</v>
+      </c>
+      <c r="D37" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A38" s="38" t="s">
+        <v>190</v>
+      </c>
+      <c r="B38" s="39" t="s">
+        <v>191</v>
+      </c>
+      <c r="C38" s="51">
+        <v>0</v>
+      </c>
+      <c r="D38" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A39" s="38" t="s">
+        <v>192</v>
+      </c>
+      <c r="B39" s="39" t="s">
+        <v>193</v>
+      </c>
+      <c r="C39" s="51">
+        <v>0</v>
+      </c>
+      <c r="D39" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A40" s="38" t="s">
+        <v>194</v>
+      </c>
+      <c r="B40" s="19" t="s">
+        <v>194</v>
+      </c>
+      <c r="C40" s="51">
+        <v>0</v>
+      </c>
+      <c r="D40" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A41" s="38" t="s">
+        <v>195</v>
+      </c>
+      <c r="B41" s="19" t="s">
+        <v>195</v>
+      </c>
+      <c r="C41" s="51">
+        <v>0</v>
+      </c>
+      <c r="D41" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A42" s="38" t="s">
+        <v>196</v>
+      </c>
+      <c r="B42" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="C42" s="51">
+        <v>0</v>
+      </c>
+      <c r="D42" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A43" s="38" t="s">
+        <v>197</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>197</v>
+      </c>
+      <c r="C43" s="51">
+        <v>0</v>
+      </c>
+      <c r="D43" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A44" s="38"/>
+      <c r="B44" s="43" t="s">
+        <v>203</v>
+      </c>
+      <c r="C44" s="44"/>
+      <c r="D44" s="44"/>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A45" s="38" t="s">
+        <v>178</v>
+      </c>
+      <c r="B45" s="39" t="s">
+        <v>179</v>
+      </c>
+      <c r="C45" s="40" t="s">
+        <v>170</v>
+      </c>
+      <c r="D45" s="40" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A46" s="38" t="s">
+        <v>182</v>
+      </c>
+      <c r="B46" s="39" t="s">
+        <v>183</v>
+      </c>
+      <c r="C46" s="40" t="s">
+        <v>170</v>
+      </c>
+      <c r="D46" s="40" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A47" s="38" t="s">
+        <v>186</v>
+      </c>
+      <c r="B47" s="39" t="s">
+        <v>187</v>
+      </c>
+      <c r="C47" s="40">
+        <v>0</v>
+      </c>
+      <c r="D47" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A48" s="38" t="s">
+        <v>188</v>
+      </c>
+      <c r="B48" s="39" t="s">
+        <v>189</v>
+      </c>
+      <c r="C48" s="40">
+        <v>0</v>
+      </c>
+      <c r="D48" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A49" s="38" t="s">
+        <v>190</v>
+      </c>
+      <c r="B49" s="39" t="s">
+        <v>191</v>
+      </c>
+      <c r="C49" s="40">
+        <v>0</v>
+      </c>
+      <c r="D49" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A50" s="38" t="s">
+        <v>192</v>
+      </c>
+      <c r="B50" s="39" t="s">
+        <v>193</v>
+      </c>
+      <c r="C50" s="40">
+        <v>0</v>
+      </c>
+      <c r="D50" s="40">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A51" s="45"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="47"/>
+      <c r="D51" s="47"/>
+    </row>
+    <row r="52" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="48" t="s">
+        <v>204</v>
+      </c>
+      <c r="B52" s="48" t="s">
+        <v>205</v>
+      </c>
+      <c r="C52" s="47"/>
+      <c r="D52" s="47"/>
+    </row>
+    <row r="53" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="48" t="s">
+        <v>206</v>
+      </c>
+      <c r="B53" s="48" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A54" s="48" t="s">
+        <v>163</v>
+      </c>
+      <c r="B54" s="48" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A55" s="48" t="s">
+        <v>209</v>
+      </c>
+      <c r="B55" s="48" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A56" s="49" t="s">
+        <v>211</v>
+      </c>
+      <c r="B56" s="48" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="36" x14ac:dyDescent="0.3">
+      <c r="A57" s="48"/>
+      <c r="B57" s="52" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="C58" s="50"/>
+      <c r="D58" s="50"/>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="C59" s="50"/>
+      <c r="D59" s="50"/>
+    </row>
+    <row r="60" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="61" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="62" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="63" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="64" spans="1:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="65" spans="3:4" customFormat="1" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="66" spans="3:4" x14ac:dyDescent="0.3">
+      <c r="C66" s="50"/>
+      <c r="D66" s="50"/>
+    </row>
+  </sheetData>
+  <mergeCells count="12">
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C9:D9"/>
+  </mergeCells>
+  <conditionalFormatting sqref="C23:D32 C45:D50">
+    <cfRule type="cellIs" dxfId="3" priority="17" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="18">
+      <formula>C$1=2</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="1" priority="19">
+      <formula>C$1=4</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="0" priority="20">
+      <formula>C$1=3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Monthly Portfolio</vt:lpstr>
+      <vt:lpstr>Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Notes to Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ICRON Research</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SetDate">
+    <vt:lpwstr>2025-10-07T13:45:55Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SiteId">
+    <vt:lpwstr>1771ae17-e764-4e0f-a476-d4184d79a5d9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ActionId">
+    <vt:lpwstr>363523a5-52e4-4da1-9cfe-4e4c74d778c4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>