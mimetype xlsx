--- v1 (2025-10-30)
+++ v2 (2025-11-22)
@@ -1,1305 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CFECB8E7-6B07-44BB-AA10-4465DFCD2C4E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="NIFTY MIDCAP 150 Q50" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...645 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...8 lines deleted...]
-    <numFmt numFmtId="171" formatCode="#,##0.000000"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="4">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="170" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="171" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="2" fontId="8" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="39" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="39" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="2" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="167" fontId="8" fillId="0" borderId="3" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{B0A76EC5-03A7-4297-B8E6-497B5FA99FA4}"/>
-    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="4">
-[...12 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>77</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>86</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
           <a:off x="457200" y="13970000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>91</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>100</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
           <a:off x="457200" y="16383000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1519,4004 +998,2049 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L87"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L90"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="49.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="13.54296875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP Nifty Midcap 150 Qlty 50 Index Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>97993</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>2197.98</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.0461</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>40439</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>1756.71</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.0368</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.1497</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>32236</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>1733.97</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0363</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.1395</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>216070</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>1555.6</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.0326</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.096</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Persistent Systems Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE262H01021</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>25646</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>1517.37</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0318</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.07099999999999999</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>9603</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>1487.89</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0312</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.0614</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>79475</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>1413.14</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0296</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.0486</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>17971</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>1384.49</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.029</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0464</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>271171</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>1292.13</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0271</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0401</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE335Y01020</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>170307</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>1224</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0257</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.0377</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>2943</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>1212.52</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0254</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.0366</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE343H01029</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>8183</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>1135.64</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>0.0359</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1">
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>1411225</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>1069.57</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0224</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>0.0326</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE338I01027</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>103939</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>1016.52</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>0.0277</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>31950</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>1015.59</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0213</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>0.0271</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>18305</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>1007.96</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0211</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>0.0257</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Tata Elxsi Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE670A01012</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>18056</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>984.86</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0206</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>0.0238</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>54275</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>972.34</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>0.0224</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Oracle Financial Services Software Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE881D01027</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>11214</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>954.87</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>26518</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>948.65</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="L27" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>31373</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>948.41</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L28" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>KEI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE878B01027</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>23397</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>943.37</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0198</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L29" s="8" t="n">
+        <v>0.0127</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>107436</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>939.85</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0197</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L30" s="8" t="n">
+        <v>0.0109</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>KPIT Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE04I401011</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>79249</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>924.6</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Entertainment</t>
+        </is>
+      </c>
+      <c r="L31" s="8" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Abbott India Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE358A01014</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>3167</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>918.27</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.0192</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L32" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>360 ONE WAM LIMITED</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE466L01038</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>82329</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>889.73</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.0187</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Mazagon Dock Shipbuilders Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE249Z01020</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>32115</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>876.42</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>31250</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>863.88</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>40050</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>850.9</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>GlaxoSmithKline Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE159A01016</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>31465</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>823.9400000000001</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>290028</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>815.7</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Apar Industries Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE372A01015</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>9344</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>810.22</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE195A01028</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E40" s="6" t="n">
+        <v>19664</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>749.6900000000001</v>
+      </c>
+      <c r="G40" s="8" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="J40" s="7" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E41" s="6" t="n">
+        <v>136433</v>
+      </c>
+      <c r="F41" s="7" t="n">
+        <v>729.1</v>
+      </c>
+      <c r="G41" s="8" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J41" s="7" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E42" s="6" t="n">
+        <v>18104</v>
+      </c>
+      <c r="F42" s="7" t="n">
+        <v>728.03</v>
+      </c>
+      <c r="G42" s="8" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J42" s="7" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Berger Paints (I) Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE463A01038</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E43" s="6" t="n">
+        <v>133394</v>
+      </c>
+      <c r="F43" s="7" t="n">
+        <v>723.13</v>
+      </c>
+      <c r="G43" s="8" t="n">
+        <v>0.0152</v>
+      </c>
+      <c r="J43" s="7" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Astral Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE006I01046</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E44" s="6" t="n">
+        <v>49631</v>
+      </c>
+      <c r="F44" s="7" t="n">
+        <v>719.7</v>
+      </c>
+      <c r="G44" s="8" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="J44" s="7" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Indraprastha Gas Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE203G01027</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E45" s="6" t="n">
+        <v>329687</v>
+      </c>
+      <c r="F45" s="7" t="n">
+        <v>698.74</v>
+      </c>
+      <c r="G45" s="8" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="J45" s="7" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE007A01025</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E46" s="6" t="n">
+        <v>14157</v>
+      </c>
+      <c r="F46" s="7" t="n">
+        <v>697.83</v>
+      </c>
+      <c r="G46" s="8" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="J46" s="7" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>3M India Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE470A01017</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="E47" s="6" t="n">
+        <v>2269</v>
+      </c>
+      <c r="F47" s="7" t="n">
+        <v>670.72</v>
+      </c>
+      <c r="G47" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="J47" s="7" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>L&amp;T Technology Services Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE010V01017</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E48" s="6" t="n">
+        <v>16280</v>
+      </c>
+      <c r="F48" s="7" t="n">
+        <v>670.54</v>
+      </c>
+      <c r="G48" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="J48" s="7" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Balkrishna Industries Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE787D01026</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E49" s="6" t="n">
+        <v>28070</v>
+      </c>
+      <c r="F49" s="7" t="n">
+        <v>639.9400000000001</v>
+      </c>
+      <c r="G49" s="8" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="J49" s="7" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Ajanta Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE031B01049</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E50" s="6" t="n">
+        <v>25929</v>
+      </c>
+      <c r="F50" s="7" t="n">
+        <v>639.23</v>
+      </c>
+      <c r="G50" s="8" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="J50" s="7" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>AIA Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE212H01026</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E51" s="6" t="n">
+        <v>18878</v>
+      </c>
+      <c r="F51" s="7" t="n">
+        <v>613.52</v>
+      </c>
+      <c r="G51" s="8" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="J51" s="7" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Dynamics Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE171Z01026</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E52" s="6" t="n">
+        <v>39517</v>
+      </c>
+      <c r="F52" s="7" t="n">
+        <v>604.5700000000001</v>
+      </c>
+      <c r="G52" s="8" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="J52" s="7" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>K.P.R. Mill Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE930H01031</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E53" s="6" t="n">
+        <v>49749</v>
+      </c>
+      <c r="F53" s="7" t="n">
+        <v>532.02</v>
+      </c>
+      <c r="G53" s="8" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="J53" s="7" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E54" s="6" t="n">
+        <v>79751</v>
+      </c>
+      <c r="F54" s="7" t="n">
+        <v>518.46</v>
+      </c>
+      <c r="G54" s="8" t="n">
+        <v>0.0109</v>
+      </c>
+      <c r="J54" s="7" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Honeywell Automation India Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE671A01010</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E55" s="6" t="n">
+        <v>1219</v>
+      </c>
+      <c r="F55" s="7" t="n">
+        <v>444.87</v>
+      </c>
+      <c r="G55" s="8" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J55" s="7" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Sun TV Network Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE424H01027</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Entertainment</t>
+        </is>
+      </c>
+      <c r="E56" s="6" t="n">
+        <v>74634</v>
+      </c>
+      <c r="F56" s="7" t="n">
+        <v>419.29</v>
+      </c>
+      <c r="G56" s="8" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="J56" s="7" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Gujarat Gas Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE844O01030</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E57" s="6" t="n">
+        <v>97971</v>
+      </c>
+      <c r="F57" s="7" t="n">
+        <v>399.13</v>
+      </c>
+      <c r="G57" s="8" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J57" s="7" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="9" t="n"/>
+      <c r="B58" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C58" s="9" t="n"/>
+      <c r="D58" s="9" t="n"/>
+      <c r="E58" s="9" t="n"/>
+      <c r="F58" s="10" t="n">
+        <v>47685.6</v>
+      </c>
+      <c r="G58" s="11" t="n">
+        <v>0.9998</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="B60" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B61" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F61" s="7" t="n">
+        <v>43.71</v>
+      </c>
+      <c r="G61" s="8" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H61" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="9" t="n"/>
+      <c r="B62" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C62" s="9" t="n"/>
+      <c r="D62" s="9" t="n"/>
+      <c r="E62" s="9" t="n"/>
+      <c r="F62" s="10" t="n">
+        <v>43.71</v>
+      </c>
+      <c r="G62" s="11" t="n">
+        <v>0.0009</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="B64" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E65" s="6" t="n"/>
+      <c r="F65" s="7" t="n">
+        <v>-23.25</v>
+      </c>
+      <c r="G65" s="8" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="J65" s="7" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="9" t="n"/>
+      <c r="B66" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C66" s="9" t="n"/>
+      <c r="D66" s="9" t="n"/>
+      <c r="E66" s="9" t="n"/>
+      <c r="F66" s="10" t="n">
+        <v>-23.25</v>
+      </c>
+      <c r="G66" s="11" t="n">
+        <v>-0.0007</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="5" t="n"/>
+      <c r="B68" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C68" s="5" t="n"/>
+      <c r="D68" s="5" t="n"/>
+      <c r="E68" s="5" t="n"/>
+      <c r="F68" s="13" t="n">
+        <v>47706.06</v>
+      </c>
+      <c r="G68" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A9" s="1">
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="70" ht="54" customHeight="1" s="77">
+      <c r="A70" s="16" t="n">
+        <v>1</v>
+      </c>
+      <c r="B70" s="16" t="inlineStr">
+        <is>
+          <t>Subject to SEBI (MF) Regulations and the applicable guidelines issued by SEBI, Scheme has entered into securities lending in accordance with the framework specified in this regard.</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A10" s="1">
+      <c r="B71" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" ht="27" customHeight="1" s="77">
+      <c r="A72" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...1423 lines deleted...]
-        <v>151</v>
+      <c r="B72" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="76" ht="14.5" customHeight="1" s="77">
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="90" ht="14.5" customHeight="1" s="77">
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: NIFTY Midcap150 Quality 50 TRI</t>
+        </is>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
+  <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B70:D70"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE170BF7-0A5A-4CF5-9915-4D8F8A0D3CBA}">
-  <dimension ref="A1:L87"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...1582 lines deleted...]
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...725 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>