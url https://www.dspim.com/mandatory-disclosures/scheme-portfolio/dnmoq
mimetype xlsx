--- v2 (2025-11-22)
+++ v3 (2025-12-12)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="NIFTY MIDCAP 150 Q50" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +103,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...66 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,116 +521,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>77</row>
+      <row>75</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2378075</colOff>
+      <row>84</row>
+      <rowOff>34924</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="13970000"/>
+          <a:off x="457200" y="14312900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>91</row>
+      <row>89</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31750</rowOff>
+      <colOff>2378075</colOff>
+      <row>98</row>
+      <rowOff>34926</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="16383000"/>
+          <a:off x="457200" y="16725900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1002,2045 +867,2035 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L90"/>
+  <dimension ref="A1:L88"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="49.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="13.26953125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Nifty Midcap 150 Qlty 50 Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Colgate Palmolive (India) Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE259A01022</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Personal Products</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="E8" s="5" t="n">
+        <v>99239</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>2152.1</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0444</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Cummins India Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE298A01020</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E9" s="5" t="n">
+        <v>40954</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>1834.45</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0378</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-        <v>0.1497</v>
+      <c r="L9" s="7" t="n">
+        <v>0.1495</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>HDFC Asset Management Company Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE127D01025</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="E10" s="5" t="n">
+        <v>65293</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>1745.28</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.036</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-        <v>0.1395</v>
+      <c r="L10" s="7" t="n">
+        <v>0.1426</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Persistent Systems Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE262H01021</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>25973</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>1650.06</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.034</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.09669999999999999</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Marico Limited</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE196A01026</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Agricultural Food &amp; other Products</t>
         </is>
       </c>
-      <c r="E11" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="E12" s="5" t="n">
+        <v>218818</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>1569.8</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0324</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.07240000000000001</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>80486</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>1536.24</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0317</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0595</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>9726</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>1420.09</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0293</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0464</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>18200</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>1359.54</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.028</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.045</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>274619</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>1332.45</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0275</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0387</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>32357</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>1211.51</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.025</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0383</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE335Y01020</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>172473</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>1184.37</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0244</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0381</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>2981</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>1142.32</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0235</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0347</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE343H01029</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>8287</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>1099.85</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0227</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0324</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>1429167</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>1056.44</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0218</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0275</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>18538</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>1053.89</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0217</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.027</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE338I01027</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="L11" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="E23" s="5" t="n">
+        <v>105260</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>1009.92</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0208</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0244</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>360 ONE WAM LIMITED</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE466L01038</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>83376</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>986.5</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0227</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>KEI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE878B01027</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>23695</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>982.3</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0202</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0218</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>KPIT Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE04I401011</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E12" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E26" s="5" t="n">
+        <v>80257</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>981.0599999999999</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0202</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0179</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>40560</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>966.1799999999999</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Abbott India Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE358A01014</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L12" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D13" s="2" t="inlineStr">
+      <c r="E28" s="5" t="n">
+        <v>3208</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>964.8099999999999</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>108802</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>952.67</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0125</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>54965</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>944.79</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Tata Elxsi Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE670A01012</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>18286</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>943.28</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Entertainment</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Oracle Financial Services Software Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE881D01027</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>11358</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>920.79</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>26856</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>911.92</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>31648</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>889.75</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>31772</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>884.66</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0182</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Mazagon Dock Shipbuilders Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE249Z01020</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>32524</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>871.51</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Apar Industries Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE372A01015</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>9463</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>866.76</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0179</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>GlaxoSmithKline Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE159A01016</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>31866</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>818.8</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>3M India Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE470A01017</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>2299</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>800.97</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>293716</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>798.47</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Berger Paints (I) Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE463A01038</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="E13" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K13" s="2" t="inlineStr">
+      <c r="E41" s="5" t="n">
+        <v>135090</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>762.72</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>AIA Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE212H01026</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>19118</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>738.45</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0152</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Personal Products</t>
         </is>
       </c>
-      <c r="L13" s="8" t="n">
-[...32 lines deleted...]
-      <c r="K14" s="2" t="inlineStr">
+      <c r="E43" s="5" t="n">
+        <v>138168</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>732.98</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;T Technology Services Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE010V01017</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>16487</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>732.09</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Astral Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE006I01046</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>50263</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>724.1900000000001</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L14" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D15" s="2" t="inlineStr">
+      <c r="E46" s="5" t="n">
+        <v>18334</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>714.92</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE195A01028</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E15" s="6" t="n">
-[...47 lines deleted...]
-      <c r="K16" s="2" t="inlineStr">
+      <c r="E47" s="5" t="n">
+        <v>19915</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>675.4400000000001</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Ajanta Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE031B01049</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>26260</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>672.47</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Indraprastha Gas Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE203G01027</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
-      <c r="L16" s="8" t="n">
-[...55 lines deleted...]
-      <c r="D18" s="2" t="inlineStr">
+      <c r="E49" s="5" t="n">
+        <v>333879</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>665.6900000000001</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Balkrishna Industries Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE787D01026</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>28428</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>656.37</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE007A01025</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>14338</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>634.27</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Dynamics Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE171Z01026</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>40020</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>605.74</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>K.P.R. Mill Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE930H01031</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Textiles &amp; Apparels</t>
         </is>
       </c>
-      <c r="E18" s="6" t="n">
-[...123 lines deleted...]
-      <c r="K21" s="2" t="inlineStr">
+      <c r="E53" s="5" t="n">
+        <v>50382</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>543.87</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>80765</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>523.6</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Honeywell Automation India Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE671A01010</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Industrial Manufacturing</t>
         </is>
       </c>
-      <c r="L21" s="8" t="n">
-[...374 lines deleted...]
-      <c r="K31" s="2" t="inlineStr">
+      <c r="E55" s="5" t="n">
+        <v>1235</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>437.13</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Sun TV Network Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE424H01027</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
         <is>
           <t>Entertainment</t>
         </is>
       </c>
-      <c r="L31" s="8" t="n">
-[...205 lines deleted...]
-      <c r="D38" s="2" t="inlineStr">
+      <c r="E56" s="5" t="n">
+        <v>75584</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>419.98</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat Gas Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE844O01030</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
-      <c r="E38" s="6" t="n">
-[...578 lines deleted...]
-      <c r="J57" s="7" t="n"/>
+      <c r="E57" s="5" t="n">
+        <v>99217</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>393.05</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
     </row>
     <row r="58">
-      <c r="A58" s="9" t="n"/>
-      <c r="B58" s="9" t="inlineStr">
+      <c r="A58" s="8" t="n"/>
+      <c r="B58" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C58" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.9998</v>
+      <c r="C58" s="8" t="n"/>
+      <c r="D58" s="8" t="n"/>
+      <c r="E58" s="8" t="n"/>
+      <c r="F58" s="9" t="n">
+        <v>48476.49</v>
+      </c>
+      <c r="G58" s="10" t="n">
+        <v>0.9992</v>
       </c>
     </row>
     <row r="60">
-      <c r="B60" s="4" t="inlineStr">
+      <c r="B60" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="61">
-      <c r="A61" s="2" t="n">
+      <c r="A61" s="1" t="n">
         <v>51</v>
       </c>
-      <c r="B61" s="4" t="inlineStr">
+      <c r="B61" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F61" s="7" t="n">
-[...6 lines deleted...]
-        <v>45964</v>
+      <c r="F61" s="6" t="n">
+        <v>48.43</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="H61" s="11" t="n">
+        <v>45992</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" s="9" t="n"/>
-      <c r="B62" s="9" t="inlineStr">
+      <c r="A62" s="8" t="n"/>
+      <c r="B62" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C62" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0009</v>
+      <c r="C62" s="8" t="n"/>
+      <c r="D62" s="8" t="n"/>
+      <c r="E62" s="8" t="n"/>
+      <c r="F62" s="9" t="n">
+        <v>48.43</v>
+      </c>
+      <c r="G62" s="10" t="n">
+        <v>0.001</v>
       </c>
     </row>
     <row r="64">
-      <c r="B64" s="4" t="inlineStr">
+      <c r="B64" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="65">
-      <c r="B65" s="2" t="inlineStr">
+      <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E65" s="6" t="n"/>
-[...6 lines deleted...]
-      <c r="J65" s="7" t="n"/>
+      <c r="E65" s="5" t="n"/>
+      <c r="F65" s="6" t="n">
+        <v>-11.55</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
     </row>
     <row r="66">
-      <c r="A66" s="9" t="n"/>
-      <c r="B66" s="9" t="inlineStr">
+      <c r="A66" s="8" t="n"/>
+      <c r="B66" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C66" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>-0.0007</v>
+      <c r="C66" s="8" t="n"/>
+      <c r="D66" s="8" t="n"/>
+      <c r="E66" s="8" t="n"/>
+      <c r="F66" s="9" t="n">
+        <v>-11.55</v>
+      </c>
+      <c r="G66" s="10" t="n">
+        <v>-0.0002</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="5" t="n"/>
-      <c r="B68" s="5" t="inlineStr">
+      <c r="A68" s="4" t="n"/>
+      <c r="B68" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C68" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G68" s="14" t="n">
+      <c r="C68" s="4" t="n"/>
+      <c r="D68" s="4" t="n"/>
+      <c r="E68" s="4" t="n"/>
+      <c r="F68" s="12" t="n">
+        <v>48513.37</v>
+      </c>
+      <c r="G68" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="69">
-      <c r="A69" s="2" t="inlineStr">
+      <c r="A69" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="70" ht="54" customHeight="1" s="77">
-      <c r="A70" s="16" t="n">
+    <row r="70" ht="54" customHeight="1" s="49">
+      <c r="A70" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B70" s="16" t="inlineStr">
+      <c r="B70" s="15" t="inlineStr">
         <is>
           <t>Subject to SEBI (MF) Regulations and the applicable guidelines issued by SEBI, Scheme has entered into securities lending in accordance with the framework specified in this regard.</t>
         </is>
       </c>
     </row>
     <row r="71">
-      <c r="A71" s="16" t="n">
+      <c r="A71" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B71" s="16" t="inlineStr">
+      <c r="B71" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="72" ht="27" customHeight="1" s="77">
-[...10 lines deleted...]
-      <c r="B76" s="1" t="inlineStr">
+    <row r="74" ht="14.5" customHeight="1" s="49">
+      <c r="B74" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="90" ht="14.5" customHeight="1" s="77">
-      <c r="B90" s="1" t="inlineStr">
+    <row r="88" ht="14.5" customHeight="1" s="49">
+      <c r="B88" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Midcap150 Quality 50 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>