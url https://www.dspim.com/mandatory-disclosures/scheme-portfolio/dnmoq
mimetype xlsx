--- v3 (2025-12-12)
+++ v4 (2026-02-16)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="NIFTY MIDCAP 150 Q50" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
@@ -87,85 +87,90 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
@@ -276,205 +281,186 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...18 lines deleted...]
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...16 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...14 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -521,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>75</row>
+      <row>76</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34924</rowOff>
+      <colOff>2374900</colOff>
+      <row>85</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="14312900"/>
+          <a:off x="457200" y="13627100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>89</row>
+      <row>90</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34926</rowOff>
+      <colOff>2374900</colOff>
+      <row>99</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="16725900"/>
+          <a:off x="457200" y="16040100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -872,85 +858,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L88"/>
+  <dimension ref="A1:L89"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
     <col width="49.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-    <col width="13.26953125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
-[...3 lines deleted...]
-    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="33.453125" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="11.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="30" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Nifty Midcap 150 Qlty 50 Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 30, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -996,1884 +982,1884 @@
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Colgate Palmolive (India) Limited</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE259A01022</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Personal Products</t>
         </is>
       </c>
       <c r="E8" s="5" t="n">
-        <v>99239</v>
+        <v>101953</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>2152.1</v>
+        <v>2155.49</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.0444</v>
+        <v>0.0467</v>
       </c>
       <c r="J8" s="6" t="n"/>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Cummins India Limited</t>
+          <t>HDFC Asset Management Company Limited</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>INE298A01020</t>
+          <t>INE127D01025</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="E9" s="5" t="n">
-        <v>40954</v>
+        <v>69800</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>1834.45</v>
+        <v>1755.96</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0378</v>
+        <v>0.038</v>
       </c>
       <c r="J9" s="6" t="n"/>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.1495</v>
+        <v>0.1451</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>HDFC Asset Management Company Limited</t>
+          <t>Hero MotoCorp Limited</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>INE127D01025</t>
+          <t>INE158A01026</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="E10" s="5" t="n">
-        <v>65293</v>
+        <v>31624</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>1745.28</v>
+        <v>1750.07</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.036</v>
+        <v>0.0379</v>
       </c>
       <c r="J10" s="6" t="n"/>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.1426</v>
+        <v>0.1363</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Persistent Systems Limited</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE262H01021</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
       <c r="E11" s="5" t="n">
-        <v>25973</v>
+        <v>26654</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>1650.06</v>
+        <v>1608.57</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.034</v>
+        <v>0.0348</v>
       </c>
       <c r="J11" s="6" t="n"/>
       <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.09669999999999999</v>
+        <v>0.08699999999999999</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Marico Limited</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE196A01026</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Agricultural Food &amp; other Products</t>
         </is>
       </c>
       <c r="E12" s="5" t="n">
-        <v>218818</v>
+        <v>213760</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>1569.8</v>
+        <v>1560.02</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0324</v>
+        <v>0.0338</v>
       </c>
       <c r="J12" s="6" t="n"/>
       <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.07240000000000001</v>
+        <v>0.0793</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Coforge Limited</t>
+          <t>Dixon Technologies (India) Limited</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>INE591G01025</t>
+          <t>INE935N01020</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E13" s="5" t="n">
-        <v>80486</v>
+        <v>14658</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>1536.24</v>
+        <v>1531.17</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0317</v>
+        <v>0.0332</v>
       </c>
       <c r="J13" s="6" t="n"/>
       <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Personal Products</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0595</v>
+        <v>0.0762</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dixon Technologies (India) Limited</t>
+          <t>Cummins India Limited</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>INE935N01020</t>
+          <t>INE298A01020</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E14" s="5" t="n">
-        <v>9726</v>
+        <v>36890</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>1420.09</v>
+        <v>1517.1</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0293</v>
+        <v>0.0329</v>
       </c>
       <c r="J14" s="6" t="n"/>
       <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0464</v>
+        <v>0.0608</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Polycab India Limited</t>
+          <t>Procter &amp; Gamble Hygiene and Health Care Limited</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>INE455K01017</t>
+          <t>INE179A01014</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Personal Products</t>
         </is>
       </c>
       <c r="E15" s="5" t="n">
-        <v>18200</v>
+        <v>11588</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>1359.54</v>
+        <v>1363.44</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.028</v>
+        <v>0.0295</v>
       </c>
       <c r="J15" s="6" t="n"/>
       <c r="K15" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.045</v>
+        <v>0.0469</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hindustan Zinc Limited</t>
+          <t>Page Industries Limited</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>INE267A01025</t>
+          <t>INE761H01022</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>Non - Ferrous Metals</t>
+          <t>Textiles &amp; Apparels</t>
         </is>
       </c>
       <c r="E16" s="5" t="n">
-        <v>274619</v>
+        <v>3699</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>1332.45</v>
+        <v>1220.49</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0275</v>
+        <v>0.0264</v>
       </c>
       <c r="J16" s="6" t="n"/>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>Fertilizers &amp; Agrochemicals</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0387</v>
+        <v>0.0424</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Muthoot Finance Limited</t>
+          <t>Polycab India Limited</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>INE414G01012</t>
+          <t>INE455K01017</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E17" s="5" t="n">
-        <v>32357</v>
+        <v>16712</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>1211.51</v>
+        <v>1172.1</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.025</v>
+        <v>0.0254</v>
       </c>
       <c r="J17" s="6" t="n"/>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="L17" s="7" t="n">
-        <v>0.0383</v>
+        <v>0.0401</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+          <t>Muthoot Finance Limited</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>INE335Y01020</t>
+          <t>INE414G01012</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Leisure Services</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E18" s="5" t="n">
-        <v>172473</v>
+        <v>29796</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>1184.37</v>
+        <v>1141.07</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0244</v>
+        <v>0.0247</v>
       </c>
       <c r="J18" s="6" t="n"/>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
       <c r="L18" s="7" t="n">
-        <v>0.0381</v>
+        <v>0.0397</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Page Industries Limited</t>
+          <t>Coforge Limited</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>INE761H01022</t>
+          <t>INE591G01025</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Textiles &amp; Apparels</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E19" s="5" t="n">
-        <v>2981</v>
+        <v>64877</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>1142.32</v>
+        <v>1072.94</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0235</v>
+        <v>0.0232</v>
       </c>
       <c r="J19" s="6" t="n"/>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>Textiles &amp; Apparels</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="L19" s="7" t="n">
-        <v>0.0347</v>
+        <v>0.0379</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Solar Industries India Limited</t>
+          <t>Alkem Laboratories Limited</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>INE343H01029</t>
+          <t>INE540L01014</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E20" s="5" t="n">
-        <v>8287</v>
+        <v>18431</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>1099.85</v>
+        <v>1046.42</v>
       </c>
       <c r="G20" s="7" t="n">
         <v>0.0227</v>
       </c>
       <c r="J20" s="6" t="n"/>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>Agricultural Food &amp; other Products</t>
+          <t>Textiles &amp; Apparels</t>
         </is>
       </c>
       <c r="L20" s="7" t="n">
-        <v>0.0324</v>
+        <v>0.0377</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>NMDC Limited</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
           <t>INE584A01023</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Minerals &amp; Mining</t>
         </is>
       </c>
       <c r="E21" s="5" t="n">
-        <v>1429167</v>
+        <v>1225943</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>1056.44</v>
+        <v>995.59</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0218</v>
+        <v>0.0216</v>
       </c>
       <c r="J21" s="6" t="n"/>
       <c r="K21" s="1" t="inlineStr">
         <is>
-          <t>Non - Ferrous Metals</t>
+          <t>Agricultural Food &amp; other Products</t>
         </is>
       </c>
       <c r="L21" s="7" t="n">
-        <v>0.0275</v>
+        <v>0.0338</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Alkem Laboratories Limited</t>
+          <t>MphasiS Limited</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE540L01014</t>
+          <t>INE356A01018</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E22" s="5" t="n">
-        <v>18538</v>
+        <v>35380</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>1053.89</v>
+        <v>976.13</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0217</v>
+        <v>0.0211</v>
       </c>
       <c r="J22" s="6" t="n"/>
       <c r="K22" s="1" t="inlineStr">
         <is>
-          <t>Industrial Manufacturing</t>
+          <t>Minerals &amp; Mining</t>
         </is>
       </c>
       <c r="L22" s="7" t="n">
-        <v>0.027</v>
+        <v>0.0216</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Motilal Oswal Financial Services Limited</t>
+          <t>GlaxoSmithKline Pharmaceuticals Limited</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE338I01027</t>
+          <t>INE159A01016</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E23" s="5" t="n">
-        <v>105260</v>
+        <v>39878</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>1009.92</v>
+        <v>957.71</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0208</v>
+        <v>0.0207</v>
       </c>
       <c r="J23" s="6" t="n"/>
       <c r="K23" s="1" t="inlineStr">
         <is>
           <t>Leisure Services</t>
         </is>
       </c>
       <c r="L23" s="7" t="n">
-        <v>0.0244</v>
+        <v>0.0186</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>360 ONE WAM LIMITED</t>
+          <t>Nippon Life India Asset Management Limited</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE466L01038</t>
+          <t>INE298J01013</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
       <c r="E24" s="5" t="n">
-        <v>83376</v>
+        <v>108918</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>986.5</v>
+        <v>956.41</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0203</v>
+        <v>0.0207</v>
       </c>
       <c r="J24" s="6" t="n"/>
       <c r="K24" s="1" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="L24" s="7" t="n">
-        <v>0.0227</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>KEI Industries Limited</t>
+          <t>Oracle Financial Services Software Limited</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE878B01027</t>
+          <t>INE881D01027</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E25" s="5" t="n">
-        <v>23695</v>
+        <v>12274</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>982.3</v>
+        <v>952.46</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0202</v>
+        <v>0.0206</v>
       </c>
       <c r="J25" s="6" t="n"/>
       <c r="K25" s="1" t="inlineStr">
         <is>
-          <t>Minerals &amp; Mining</t>
+          <t>Diversified</t>
         </is>
       </c>
       <c r="L25" s="7" t="n">
-        <v>0.0218</v>
+        <v>0.013</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>KPIT Technologies Limited</t>
+          <t>Tata Elxsi Limited</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE04I401011</t>
+          <t>INE670A01012</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
       <c r="E26" s="5" t="n">
-        <v>80257</v>
+        <v>17648</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>981.0599999999999</v>
+        <v>939.49</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0202</v>
+        <v>0.0203</v>
       </c>
       <c r="J26" s="6" t="n"/>
       <c r="K26" s="1" t="inlineStr">
         <is>
-          <t>Electrical Equipment</t>
+          <t>Aerospace &amp; Defense</t>
         </is>
       </c>
       <c r="L26" s="7" t="n">
-        <v>0.0179</v>
+        <v>0.0128</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Coromandel International Limited</t>
+          <t>Abbott India Limited</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE169A01031</t>
+          <t>INE358A01014</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>Fertilizers &amp; Agrochemicals</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E27" s="5" t="n">
-        <v>40560</v>
+        <v>3392</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>966.1799999999999</v>
+        <v>935</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.0199</v>
+        <v>0.0202</v>
       </c>
       <c r="J27" s="6" t="n"/>
       <c r="K27" s="1" t="inlineStr">
         <is>
-          <t>Diversified</t>
+          <t>Electrical Equipment</t>
         </is>
       </c>
       <c r="L27" s="7" t="n">
-        <v>0.0165</v>
+        <v>0.0125</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Abbott India Limited</t>
+          <t>APL Apollo Tubes Limited</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE358A01014</t>
+          <t>INE702C01027</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E28" s="5" t="n">
-        <v>3208</v>
+        <v>45693</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>964.8099999999999</v>
+        <v>934.74</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0199</v>
+        <v>0.0202</v>
       </c>
       <c r="J28" s="6" t="n"/>
       <c r="K28" s="1" t="inlineStr">
         <is>
           <t>IT - Services</t>
         </is>
       </c>
       <c r="L28" s="7" t="n">
-        <v>0.0151</v>
+        <v>0.0121</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nippon Life India Asset Management Limited</t>
+          <t>PI Industries Limited</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE298J01013</t>
+          <t>INE603J01030</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
       <c r="E29" s="5" t="n">
-        <v>108802</v>
+        <v>29066</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>952.67</v>
+        <v>928.77</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0196</v>
+        <v>0.0201</v>
       </c>
       <c r="J29" s="6" t="n"/>
       <c r="K29" s="1" t="inlineStr">
         <is>
-          <t>Aerospace &amp; Defense</t>
+          <t>Cigarettes &amp; Tobacco Products</t>
         </is>
       </c>
       <c r="L29" s="7" t="n">
-        <v>0.0125</v>
+        <v>0.0104</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>APL Apollo Tubes Limited</t>
+          <t>Petronet LNG Limited</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE702C01027</t>
+          <t>INE347G01014</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E30" s="5" t="n">
-        <v>54965</v>
+        <v>312843</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>944.79</v>
+        <v>906.46</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0195</v>
+        <v>0.0196</v>
       </c>
       <c r="J30" s="6" t="n"/>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Industrial Manufacturing</t>
         </is>
       </c>
       <c r="L30" s="7" t="n">
-        <v>0.0108</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tata Elxsi Limited</t>
+          <t>Coromandel International Limited</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE670A01012</t>
+          <t>INE169A01031</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
       <c r="E31" s="5" t="n">
-        <v>18286</v>
+        <v>39692</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>943.28</v>
+        <v>906.01</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0194</v>
+        <v>0.0196</v>
       </c>
       <c r="J31" s="6" t="n"/>
       <c r="K31" s="1" t="inlineStr">
         <is>
-          <t>Entertainment</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="L31" s="7" t="n">
-        <v>0.008699999999999999</v>
+        <v>0.008399999999999999</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Oracle Financial Services Software Limited</t>
+          <t>Indian Railway Catering And Tourism Corporation Limited</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE881D01027</t>
+          <t>INE335Y01020</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Leisure Services</t>
         </is>
       </c>
       <c r="E32" s="5" t="n">
-        <v>11358</v>
+        <v>138134</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>920.79</v>
+        <v>860.64</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.019</v>
+        <v>0.0186</v>
       </c>
       <c r="J32" s="6" t="n"/>
       <c r="K32" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L32" s="7" t="n">
-        <v>0.0008</v>
+        <v>0.0014</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>PI Industries Limited</t>
+          <t>Sona BLW Precision Forgings Limited</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE603J01030</t>
+          <t>INE073K01018</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>Fertilizers &amp; Agrochemicals</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E33" s="5" t="n">
-        <v>26856</v>
+        <v>170633</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>911.92</v>
+        <v>845.91</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0188</v>
+        <v>0.0183</v>
       </c>
       <c r="J33" s="6" t="n"/>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>MphasiS Limited</t>
+          <t>KEI Industries Limited</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>INE356A01018</t>
+          <t>INE878B01027</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E34" s="5" t="n">
-        <v>31648</v>
+        <v>20990</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>889.75</v>
+        <v>844.03</v>
       </c>
       <c r="G34" s="7" t="n">
         <v>0.0183</v>
       </c>
       <c r="J34" s="6" t="n"/>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tube Investments of India Limited</t>
+          <t>Supreme Industries Limited</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>INE974X01010</t>
+          <t>INE195A01028</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E35" s="5" t="n">
-        <v>31772</v>
+        <v>23718</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>884.66</v>
+        <v>833.33</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.0182</v>
+        <v>0.018</v>
       </c>
       <c r="J35" s="6" t="n"/>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mazagon Dock Shipbuilders Limited</t>
+          <t>360 ONE WAM LIMITED</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>INE249Z01020</t>
+          <t>INE466L01038</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>Industrial Manufacturing</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="E36" s="5" t="n">
-        <v>32524</v>
+        <v>72001</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>871.51</v>
+        <v>816.71</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.018</v>
+        <v>0.0177</v>
       </c>
       <c r="J36" s="6" t="n"/>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Apar Industries Limited</t>
+          <t>KPIT Technologies Limited</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE372A01015</t>
+          <t>INE04I401011</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>Electrical Equipment</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E37" s="5" t="n">
-        <v>9463</v>
+        <v>72134</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>866.76</v>
+        <v>751.5599999999999</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0179</v>
+        <v>0.0163</v>
       </c>
       <c r="J37" s="6" t="n"/>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>GlaxoSmithKline Pharmaceuticals Limited</t>
+          <t>Bank of Maharashtra</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>INE159A01016</t>
+          <t>INE457A01014</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E38" s="5" t="n">
-        <v>31866</v>
+        <v>1129691</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>818.8</v>
+        <v>737.35</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.0169</v>
+        <v>0.016</v>
       </c>
       <c r="J38" s="6" t="n"/>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>3M India Limited</t>
+          <t>Astral Limited</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE470A01017</t>
+          <t>INE006I01046</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>Diversified</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E39" s="5" t="n">
-        <v>2299</v>
+        <v>49882</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>800.97</v>
+        <v>736.5599999999999</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.0165</v>
+        <v>0.016</v>
       </c>
       <c r="J39" s="6" t="n"/>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Petronet LNG Limited</t>
+          <t>Ajanta Pharma Limited</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE347G01014</t>
+          <t>INE031B01049</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E40" s="5" t="n">
-        <v>293716</v>
+        <v>25996</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>798.47</v>
+        <v>723.1799999999999</v>
       </c>
       <c r="G40" s="7" t="n">
-        <v>0.0165</v>
+        <v>0.0157</v>
       </c>
       <c r="J40" s="6" t="n"/>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>34</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Berger Paints (I) Limited</t>
+          <t>CRISIL Limited</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>INE463A01038</t>
+          <t>INE007A01025</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E41" s="5" t="n">
-        <v>135090</v>
+        <v>15255</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>762.72</v>
+        <v>711.51</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.0157</v>
+        <v>0.0154</v>
       </c>
       <c r="J41" s="6" t="n"/>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>AIA Engineering Limited</t>
+          <t>Balkrishna Industries Limited</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>INE212H01026</t>
+          <t>INE787D01026</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E42" s="5" t="n">
-        <v>19118</v>
+        <v>29305</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>738.45</v>
+        <v>675.71</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>0.0152</v>
+        <v>0.0146</v>
       </c>
       <c r="J42" s="6" t="n"/>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>36</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Emami Limited</t>
+          <t>Schaeffler India Limited</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>INE548C01032</t>
+          <t>INE513A01022</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>Personal Products</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E43" s="5" t="n">
-        <v>138168</v>
+        <v>18373</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>732.98</v>
+        <v>665.49</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.0151</v>
+        <v>0.0144</v>
       </c>
       <c r="J43" s="6" t="n"/>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
         <v>37</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>L&amp;T Technology Services Limited</t>
+          <t>AIA Engineering Limited</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>INE010V01017</t>
+          <t>INE212H01026</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E44" s="5" t="n">
-        <v>16487</v>
+        <v>16571</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>732.09</v>
+        <v>661.02</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>0.0151</v>
+        <v>0.0143</v>
       </c>
       <c r="J44" s="6" t="n"/>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
         <v>38</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Astral Limited</t>
+          <t>Berger Paints (I) Limited</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE006I01046</t>
+          <t>INE463A01038</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E45" s="5" t="n">
-        <v>50263</v>
+        <v>136768</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>724.1900000000001</v>
+        <v>633.1</v>
       </c>
       <c r="G45" s="7" t="n">
-        <v>0.0149</v>
+        <v>0.0137</v>
       </c>
       <c r="J45" s="6" t="n"/>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Schaeffler India Limited</t>
+          <t>Tube Investments of India Limited</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>INE513A01022</t>
+          <t>INE974X01010</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
       <c r="E46" s="5" t="n">
-        <v>18334</v>
+        <v>26755</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>714.92</v>
+        <v>624.76</v>
       </c>
       <c r="G46" s="7" t="n">
-        <v>0.0147</v>
+        <v>0.0135</v>
       </c>
       <c r="J46" s="6" t="n"/>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
         <v>40</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Supreme Industries Limited</t>
+          <t>3M India Limited</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>INE195A01028</t>
+          <t>INE470A01017</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Diversified</t>
         </is>
       </c>
       <c r="E47" s="5" t="n">
-        <v>19915</v>
+        <v>1740</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>675.4400000000001</v>
+        <v>598.39</v>
       </c>
       <c r="G47" s="7" t="n">
-        <v>0.0139</v>
+        <v>0.013</v>
       </c>
       <c r="J47" s="6" t="n"/>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
         <v>41</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ajanta Pharma Limited</t>
+          <t>Bharat Dynamics Limited</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>INE031B01049</t>
+          <t>INE171Z01026</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Aerospace &amp; Defense</t>
         </is>
       </c>
       <c r="E48" s="5" t="n">
-        <v>26260</v>
+        <v>38496</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>672.47</v>
+        <v>592.15</v>
       </c>
       <c r="G48" s="7" t="n">
-        <v>0.0139</v>
+        <v>0.0128</v>
       </c>
       <c r="J48" s="6" t="n"/>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
         <v>42</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Indraprastha Gas Limited</t>
+          <t>Apar Industries Limited</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>INE203G01027</t>
+          <t>INE372A01015</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Electrical Equipment</t>
         </is>
       </c>
       <c r="E49" s="5" t="n">
-        <v>333879</v>
+        <v>7242</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>665.6900000000001</v>
+        <v>578.9299999999999</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>0.0137</v>
+        <v>0.0125</v>
       </c>
       <c r="J49" s="6" t="n"/>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
         <v>43</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Balkrishna Industries Limited</t>
+          <t>Indraprastha Gas Limited</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>INE787D01026</t>
+          <t>INE203G01027</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E50" s="5" t="n">
-        <v>28428</v>
+        <v>322754</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>656.37</v>
+        <v>574.15</v>
       </c>
       <c r="G50" s="7" t="n">
-        <v>0.0135</v>
+        <v>0.0124</v>
       </c>
       <c r="J50" s="6" t="n"/>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
         <v>44</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>CRISIL Limited</t>
+          <t>L&amp;T Technology Services Limited</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>INE007A01025</t>
+          <t>INE010V01017</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="E51" s="5" t="n">
-        <v>14338</v>
+        <v>15026</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>634.27</v>
+        <v>559.39</v>
       </c>
       <c r="G51" s="7" t="n">
-        <v>0.0131</v>
+        <v>0.0121</v>
       </c>
       <c r="J51" s="6" t="n"/>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
         <v>45</v>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bharat Dynamics Limited</t>
+          <t>K.P.R. Mill Limited</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>INE171Z01026</t>
+          <t>INE930H01031</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
-          <t>Aerospace &amp; Defense</t>
+          <t>Textiles &amp; Apparels</t>
         </is>
       </c>
       <c r="E52" s="5" t="n">
-        <v>40020</v>
+        <v>60011</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>605.74</v>
+        <v>521.83</v>
       </c>
       <c r="G52" s="7" t="n">
-        <v>0.0125</v>
+        <v>0.0113</v>
       </c>
       <c r="J52" s="6" t="n"/>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
         <v>46</v>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>K.P.R. Mill Limited</t>
+          <t>Motilal Oswal Financial Services Limited</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>INE930H01031</t>
+          <t>INE338I01027</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>Textiles &amp; Apparels</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="E53" s="5" t="n">
-        <v>50382</v>
+        <v>64951</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>543.87</v>
+        <v>489.44</v>
       </c>
       <c r="G53" s="7" t="n">
-        <v>0.0112</v>
+        <v>0.0106</v>
       </c>
       <c r="J53" s="6" t="n"/>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
         <v>47</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Syngene International Limited</t>
+          <t>Godfrey Phillips India Limited</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>INE398R01022</t>
+          <t>INE260B01028</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Cigarettes &amp; Tobacco Products</t>
         </is>
       </c>
       <c r="E54" s="5" t="n">
-        <v>80765</v>
+        <v>23683</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>523.6</v>
+        <v>482.07</v>
       </c>
       <c r="G54" s="7" t="n">
-        <v>0.0108</v>
+        <v>0.0104</v>
       </c>
       <c r="J54" s="6" t="n"/>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Honeywell Automation India Limited</t>
+          <t>Gujarat Gas Limited</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>INE671A01010</t>
+          <t>INE844O01030</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
-          <t>Industrial Manufacturing</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E55" s="5" t="n">
-        <v>1235</v>
+        <v>113265</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>437.13</v>
+        <v>481.77</v>
       </c>
       <c r="G55" s="7" t="n">
-        <v>0.008999999999999999</v>
+        <v>0.0104</v>
       </c>
       <c r="J55" s="6" t="n"/>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sun TV Network Limited</t>
+          <t>Honeywell Automation India Limited</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>INE424H01027</t>
+          <t>INE671A01010</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>Entertainment</t>
+          <t>Industrial Manufacturing</t>
         </is>
       </c>
       <c r="E56" s="5" t="n">
-        <v>75584</v>
+        <v>1378</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>419.98</v>
+        <v>459.91</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>0.008699999999999999</v>
+        <v>0.01</v>
       </c>
       <c r="J56" s="6" t="n"/>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gujarat Gas Limited</t>
+          <t>Syngene International Limited</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>INE844O01030</t>
+          <t>INE398R01022</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="E57" s="5" t="n">
-        <v>99217</v>
+        <v>82032</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>393.05</v>
+        <v>388.38</v>
       </c>
       <c r="G57" s="7" t="n">
-        <v>0.0081</v>
+        <v>0.008399999999999999</v>
       </c>
       <c r="J57" s="6" t="n"/>
     </row>
     <row r="58">
       <c r="A58" s="8" t="n"/>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C58" s="8" t="n"/>
       <c r="D58" s="8" t="n"/>
       <c r="E58" s="8" t="n"/>
       <c r="F58" s="9" t="n">
-        <v>48476.49</v>
+        <v>46130.88</v>
       </c>
       <c r="G58" s="10" t="n">
-        <v>0.9992</v>
+        <v>0.9986</v>
       </c>
     </row>
     <row r="60">
       <c r="B60" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B61" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F61" s="6" t="n">
-        <v>48.43</v>
+        <v>129.33</v>
       </c>
       <c r="G61" s="7" t="n">
-        <v>0.001</v>
+        <v>0.0028</v>
       </c>
       <c r="H61" s="11" t="n">
-        <v>45992</v>
+        <v>46055</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="8" t="n"/>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C62" s="8" t="n"/>
       <c r="D62" s="8" t="n"/>
       <c r="E62" s="8" t="n"/>
       <c r="F62" s="9" t="n">
-        <v>48.43</v>
+        <v>129.33</v>
       </c>
       <c r="G62" s="10" t="n">
-        <v>0.001</v>
+        <v>0.0028</v>
       </c>
     </row>
     <row r="64">
       <c r="B64" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E65" s="5" t="n"/>
       <c r="F65" s="6" t="n">
-        <v>-11.55</v>
+        <v>-84.86</v>
       </c>
       <c r="G65" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0014</v>
       </c>
       <c r="J65" s="6" t="n"/>
     </row>
     <row r="66">
       <c r="A66" s="8" t="n"/>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C66" s="8" t="n"/>
       <c r="D66" s="8" t="n"/>
       <c r="E66" s="8" t="n"/>
       <c r="F66" s="9" t="n">
-        <v>-11.55</v>
+        <v>-84.86</v>
       </c>
       <c r="G66" s="10" t="n">
-        <v>-0.0002</v>
+        <v>-0.0014</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="4" t="n"/>
       <c r="B68" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C68" s="4" t="n"/>
       <c r="D68" s="4" t="n"/>
       <c r="E68" s="4" t="n"/>
       <c r="F68" s="12" t="n">
-        <v>48513.37</v>
+        <v>46175.35</v>
       </c>
       <c r="G68" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="70" ht="54" customHeight="1" s="49">
+    <row r="70" ht="54" customHeight="1" s="45">
       <c r="A70" s="15" t="n">
         <v>1</v>
       </c>
       <c r="B70" s="15" t="inlineStr">
         <is>
           <t>Subject to SEBI (MF) Regulations and the applicable guidelines issued by SEBI, Scheme has entered into securities lending in accordance with the framework specified in this regard.</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="15" t="n">
         <v>2</v>
       </c>
       <c r="B71" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="74" ht="14.5" customHeight="1" s="49">
-      <c r="B74" s="38" t="inlineStr">
+    <row r="75" ht="14.5" customHeight="1" s="45">
+      <c r="B75" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="88" ht="14.5" customHeight="1" s="49">
-      <c r="B88" s="38" t="inlineStr">
+    <row r="89" ht="14.5" customHeight="1" s="45">
+      <c r="B89" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Midcap150 Quality 50 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>