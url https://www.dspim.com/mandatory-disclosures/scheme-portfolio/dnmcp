--- v0 (2026-01-22)
+++ v1 (2026-02-11)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty Midcap 150 ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>174</row>
+      <row>173</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>183</row>
+      <row>182</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="30429200"/>
+          <a:off x="457200" y="30086300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>186</row>
+      <row>187</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>195</row>
-      <rowOff>31751</rowOff>
+      <row>196</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="32842200"/>
+          <a:off x="457200" y="32499300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -877,5144 +858,5134 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L185"/>
+  <dimension ref="A1:L186"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="49.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="46.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="9.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Nifty Midcap 150 ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>BSE Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE118H01025</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
-        <v>848</v>
+      <c r="E8" s="5" t="n">
+        <v>849</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>22.32</v>
-[...2 lines deleted...]
-        <v>0.0278</v>
+        <v>23.75</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0307</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Hero MotoCorp Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE158A01026</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
-        <v>269</v>
+      <c r="E9" s="5" t="n">
+        <v>270</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>15.52</v>
-[...2 lines deleted...]
-        <v>0.0194</v>
+        <v>14.94</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0193</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-        <v>0.0977</v>
+      <c r="L9" s="7" t="n">
+        <v>0.1055</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>5111</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>14.71</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.06909999999999999</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Persistent Systems Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE262H01021</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
+      <c r="E11" s="5" t="n">
         <v>226</v>
-      </c>
-[...36 lines deleted...]
-        <v>5106</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>13.64</v>
       </c>
-      <c r="G11" s="66" t="n">
-        <v>0.017</v>
+      <c r="G11" s="7" t="n">
+        <v>0.0176</v>
       </c>
       <c r="J11" s="6" t="n"/>
-      <c r="K11" s="2" t="inlineStr">
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L11" s="66" t="n">
-        <v>0.0625</v>
+      <c r="L11" s="7" t="n">
+        <v>0.0619</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE095A01012</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>1368</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>12.26</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0595</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Suzlon Energy Limited</t>
         </is>
       </c>
-      <c r="C12" s="2" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>INE040H01021</t>
         </is>
       </c>
-      <c r="D12" s="2" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E13" s="5" t="n">
+        <v>25211</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>12.02</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0582</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>2689</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>11.95</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
-      <c r="L12" s="66" t="n">
-[...7 lines deleted...]
-      <c r="B13" s="2" t="inlineStr">
+      <c r="L14" s="7" t="n">
+        <v>0.0576</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>PB Fintech Limited</t>
         </is>
       </c>
-      <c r="C13" s="2" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE417T01026</t>
         </is>
       </c>
-      <c r="D13" s="2" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Financial Technology (Fintech)</t>
         </is>
       </c>
-      <c r="E13" s="10" t="n">
+      <c r="E15" s="5" t="n">
         <v>708</v>
       </c>
-      <c r="F13" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K13" s="2" t="inlineStr">
+      <c r="F15" s="6" t="n">
+        <v>11.71</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0567</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Ashok Leyland Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE208A01029</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>5945</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>11.69</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0549</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>281</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>11.56</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0331</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>1173</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>11.52</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0318</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L13" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D14" s="2" t="inlineStr">
+      <c r="E19" s="5" t="n">
+        <v>696</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>11.51</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0275</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE092T01019</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>13751</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>11.49</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.027</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Lupin Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE326A01037</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>504</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>10.85</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0262</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>423</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>10.64</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.026</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>One 97 Communications Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE982J01020</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>843</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>9.59</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0222</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Fortis Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE061F01013</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>1083</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>9.220000000000001</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0209</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>85</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>8.880000000000001</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>548</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>8.84</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0193</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Swiggy Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE00H001014</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>2777</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>8.6</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0111</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0185</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>223</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>8.539999999999999</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>1995</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>8.52</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0177</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>SRF Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE647A01010</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>302</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>8.51</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>GE Vernova T&amp;D India Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE200A01026</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>257</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>8.300000000000001</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.015</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>UPL Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE628A01036</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>1164</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>8.19</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0147</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>1098</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>8.01</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Forge Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE465A01025</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>554</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>7.99</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.013</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Yes Bank Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE528G01035</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>36477</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>7.81</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0113</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E14" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K14" s="2" t="inlineStr">
+      <c r="E36" s="5" t="n">
+        <v>378</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>7.73</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>109</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>7.64</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.011</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE660A01013</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>143</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>7.55</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0098</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE692A01016</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>4015</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>7.26</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>National Aluminium Company Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE139A01034</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>1863</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>7.18</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE406A01037</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>581</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>7.02</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Heavy Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE257A01026</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>2670</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>7.01</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L42" s="7" t="n">
+        <v>0.006</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>GMR Airports Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE776C01039</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>7413</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>6.96</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L43" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>122</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>6.93</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L44" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>FSN E-Commerce Ventures Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE388Y01029</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>2838</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>6.74</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE562A01011</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>734</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>6.69</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="L46" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>237</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>6.54</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L47" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>388</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>6.48</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Cigarettes &amp; Tobacco Products</t>
+        </is>
+      </c>
+      <c r="L48" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE669E01016</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>57365</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>6.41</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L49" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Glenmark Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE935A01035</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>313</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>6.31</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Voltas Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE226A01021</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>473</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>6.28</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Dabur India Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE016A01026</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>1224</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>360 ONE WAM LIMITED</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE466L01038</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="L14" s="66" t="n">
-[...32 lines deleted...]
-      <c r="K15" s="2" t="inlineStr">
+      <c r="E53" s="5" t="n">
+        <v>528</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>5.99</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>7181</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>5.83</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>274</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>5.79</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>1133</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>5.78</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>246</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>5.62</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Vishal Mega Mart Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE01EA01019</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>4422</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>5.57</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Waaree Energies Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE377N01017</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>199</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>5.55</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Torrent Power Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE813H01021</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>395</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>5.48</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Stainless Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE220G01021</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>664</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>5.46</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Biocon Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE376G01013</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="n">
+        <v>1483</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>5.44</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE674K01013</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>1594</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>5.42</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>168</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>5.37</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>MRF Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE883A01011</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L15" s="66" t="n">
-[...32 lines deleted...]
-      <c r="K16" s="2" t="inlineStr">
+      <c r="E65" s="5" t="n">
+        <v>4</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>5.29</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE726G01019</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="n">
+        <v>816</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>5.2</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="n">
+        <v>222</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>5.18</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE774D01024</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="n">
+        <v>1374</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>5.16</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>KEI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE878B01027</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="L16" s="66" t="n">
-[...32 lines deleted...]
-      <c r="K17" s="2" t="inlineStr">
+      <c r="E69" s="5" t="n">
+        <v>128</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>5.15</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>NHPC Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE848E01016</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>6573</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>5.14</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Prestige Estates Projects Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE811K01011</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="n">
+        <v>350</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>5.12</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE634S01028</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>235</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>4.99</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Blue Star Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE472A01039</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="L17" s="66" t="n">
-[...146 lines deleted...]
-      <c r="K21" s="2" t="inlineStr">
+      <c r="E73" s="5" t="n">
+        <v>270</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>4.91</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Hitachi Energy India Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE07Y701011</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>26</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>4.9</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE484J01027</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
         <is>
           <t>Realty</t>
         </is>
       </c>
-      <c r="L21" s="66" t="n">
-[...359 lines deleted...]
-      <c r="D31" s="2" t="inlineStr">
+      <c r="E75" s="5" t="n">
+        <v>310</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>4.89</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE498L01015</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E31" s="10" t="n">
-[...32 lines deleted...]
-      <c r="D32" s="2" t="inlineStr">
+      <c r="E76" s="5" t="n">
+        <v>1699</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>4.87</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>JK Cement Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE823G01014</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="n">
+        <v>87</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>4.81</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE195A01028</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E32" s="10" t="n">
-[...260 lines deleted...]
-      <c r="D39" s="2" t="inlineStr">
+      <c r="E78" s="5" t="n">
+        <v>134</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>4.71</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>SBI Cards and Payment Services Limited</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE018E01016</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E39" s="10" t="n">
-[...1288 lines deleted...]
-        <v>13</v>
+      <c r="E79" s="5" t="n">
+        <v>623</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>4.69</v>
       </c>
-      <c r="G79" s="66" t="n">
-        <v>0.0058</v>
+      <c r="G79" s="7" t="n">
+        <v>0.0061</v>
       </c>
       <c r="J79" s="6" t="n"/>
     </row>
     <row r="80">
-      <c r="A80" s="2" t="n">
+      <c r="A80" s="1" t="n">
         <v>73</v>
       </c>
-      <c r="B80" s="2" t="inlineStr">
-[...15 lines deleted...]
-        <v>269</v>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Sona BLW Precision Forgings Limited</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE073K01018</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="n">
+        <v>931</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>4.66</v>
-[...2 lines deleted...]
-        <v>0.0058</v>
+        <v>4.62</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.006</v>
       </c>
       <c r="J80" s="6" t="n"/>
     </row>
     <row r="81">
-      <c r="A81" s="2" t="n">
+      <c r="A81" s="1" t="n">
         <v>74</v>
       </c>
-      <c r="B81" s="2" t="inlineStr">
-[...15 lines deleted...]
-        <v>812</v>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE114A01011</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="n">
+        <v>3004</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>4.54</v>
       </c>
-      <c r="G81" s="66" t="n">
-        <v>0.0057</v>
+      <c r="G81" s="7" t="n">
+        <v>0.0059</v>
       </c>
       <c r="J81" s="6" t="n"/>
     </row>
     <row r="82">
-      <c r="A82" s="2" t="n">
+      <c r="A82" s="1" t="n">
         <v>75</v>
       </c>
-      <c r="B82" s="2" t="inlineStr">
-[...15 lines deleted...]
-        <v>134</v>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="n">
+        <v>1557</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>4.49</v>
-[...2 lines deleted...]
-        <v>0.0056</v>
+        <v>4.51</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0058</v>
       </c>
       <c r="J82" s="6" t="n"/>
     </row>
     <row r="83">
-      <c r="A83" s="2" t="n">
+      <c r="A83" s="1" t="n">
         <v>76</v>
       </c>
-      <c r="B83" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D83" s="2" t="inlineStr">
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>UNO Minda Limited</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE405E01023</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="E83" s="10" t="n">
-        <v>930</v>
+      <c r="E83" s="5" t="n">
+        <v>377</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>4.46</v>
       </c>
-      <c r="G83" s="66" t="n">
-        <v>0.0056</v>
+      <c r="G83" s="7" t="n">
+        <v>0.0058</v>
       </c>
       <c r="J83" s="6" t="n"/>
     </row>
     <row r="84">
-      <c r="A84" s="2" t="n">
+      <c r="A84" s="1" t="n">
         <v>77</v>
       </c>
-      <c r="B84" s="2" t="inlineStr">
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="n">
+        <v>13</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>4.29</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="n">
+        <v>289</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>4.25</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Bank of India</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>INE084A01016</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="n">
+        <v>2525</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>4.14</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Rail Vikas Nigam Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>INE415G01027</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="n">
+        <v>1179</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>4.05</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Foodworks Limited</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>INE797F01020</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="n">
+        <v>813</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>4.04</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INE335Y01020</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="n">
+        <v>627</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>3.91</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Tata Communications Limited</t>
         </is>
       </c>
-      <c r="C84" s="2" t="inlineStr">
+      <c r="C90" s="1" t="inlineStr">
         <is>
           <t>INE151A01013</t>
         </is>
       </c>
-      <c r="D84" s="2" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E84" s="10" t="n">
+      <c r="E90" s="5" t="n">
         <v>244</v>
       </c>
-      <c r="F84" s="6" t="n">
-[...21 lines deleted...]
-      <c r="D85" s="2" t="inlineStr">
+      <c r="F90" s="6" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Balkrishna Industries Limited</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>INE787D01026</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="n">
+        <v>166</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>3.83</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Oracle Financial Services Software Limited</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>INE881D01027</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="n">
+        <v>49</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>3.8</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J92" s="6" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Tata Elxsi Limited</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>INE670A01012</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="n">
+        <v>71</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>3.78</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J93" s="6" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Astral Limited</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>INE006I01046</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="n">
+        <v>255</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>3.77</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J94" s="6" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="n">
+        <v>245</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>3.65</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Container Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>INE111A01025</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="n">
+        <v>717</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>3.6</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>KPIT Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>INE04I401011</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="n">
+        <v>340</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>3.54</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J97" s="6" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Patanjali Foods Limited</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>INE619A01035</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="n">
+        <v>707</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>3.54</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J98" s="6" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>ITC Hotels Limited</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>INE379A01028</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="n">
+        <v>1937</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>3.5</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J99" s="6" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Dalmia Bharat Limited</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>INE00R701025</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="n">
+        <v>166</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>3.43</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J100" s="6" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Tyres Limited</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>INE438A01022</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="n">
+        <v>672</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>3.31</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J101" s="6" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>INE115A01026</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="n">
+        <v>625</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>3.29</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J102" s="6" t="n"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="n">
+        <v>369</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>3.24</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J103" s="6" t="n"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>AIA Engineering Limited</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>INE212H01026</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="n">
+        <v>81</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>3.23</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J104" s="6" t="n"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Schaeffler India Limited</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>INE513A01022</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="n">
+        <v>84</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>3.04</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J105" s="6" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Exide Industries Limited</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>INE302A01020</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="n">
+        <v>945</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>3.04</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J106" s="6" t="n"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Adani Total Gas Limited</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>INE399L01023</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
-      <c r="E85" s="10" t="n">
-[...41 lines deleted...]
-      <c r="A87" s="2" t="n">
+      <c r="E107" s="5" t="n">
+        <v>576</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>3.04</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J107" s="6" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Abbott India Limited</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>INE358A01014</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="n">
+        <v>11</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>3.03</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J108" s="6" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Lloyds Metals And Energy Limited</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE281B01032</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="n">
+        <v>269</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>2.97</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J109" s="6" t="n"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Dynamics Limited</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE171Z01026</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="n">
+        <v>191</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>2.94</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J110" s="6" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Cochin Shipyard Limited</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>INE704P01025</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="n">
+        <v>176</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>2.92</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J111" s="6" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Kalyan Jewellers India Limited</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INE303R01014</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="n">
+        <v>800</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>2.89</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J112" s="6" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Apar Industries Limited</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>INE372A01015</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="n">
+        <v>35</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J113" s="6" t="n"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>107</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Maharashtra</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>INE457A01014</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="n">
+        <v>4230</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>2.76</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J114" s="6" t="n"/>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>108</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Berger Paints (I) Limited</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>INE463A01038</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="n">
+        <v>591</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>2.74</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J115" s="6" t="n"/>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>109</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat Fluorochemicals Limited</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>INE09N301011</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="n">
+        <v>88</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>2.69</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J116" s="6" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="1" t="n">
+        <v>110</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Linde India Limited</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>INE473A01011</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="n">
+        <v>44</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>2.64</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J117" s="6" t="n"/>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>111</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Indraprastha Gas Limited</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>INE203G01027</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="n">
+        <v>1457</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>2.59</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J118" s="6" t="n"/>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>112</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Ajanta Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>INE031B01049</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="n">
+        <v>88</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>2.45</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J119" s="6" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>113</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>General Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>INE481Y01014</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="n">
+        <v>642</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>2.43</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J120" s="6" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>114</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Motilal Oswal Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>INE338I01027</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="n">
+        <v>322</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>2.43</v>
+      </c>
+      <c r="G121" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J121" s="6" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>115</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Hexacom Limited</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>INE343G01021</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="n">
+        <v>156</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>2.41</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J122" s="6" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="1" t="n">
+        <v>116</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL Limited</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>INE007A01025</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="n">
+        <v>51</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>2.38</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J123" s="6" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
+        <v>117</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Procter &amp; Gamble Hygiene and Health Care Limited</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>INE179A01014</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="n">
+        <v>20</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>2.35</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J124" s="6" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="1" t="n">
+        <v>118</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Deepak Nitrite Limited</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>INE288B01029</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="n">
+        <v>143</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>2.35</v>
+      </c>
+      <c r="G125" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J125" s="6" t="n"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>119</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Escorts Kubota Limited</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>INE042A01014</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="n">
+        <v>69</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>2.33</v>
+      </c>
+      <c r="G126" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J126" s="6" t="n"/>
+    </row>
+    <row r="127">
+      <c r="A127" s="1" t="n">
+        <v>120</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Tata Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>INE142M01025</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="n">
+        <v>357</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>2.31</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J127" s="6" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="1" t="n">
+        <v>121</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Thermax Limited</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>INE152A01029</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="n">
         <v>80</v>
       </c>
-      <c r="B87" s="2" t="inlineStr">
-[...39 lines deleted...]
-      <c r="D88" s="2" t="inlineStr">
+      <c r="F128" s="6" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J128" s="6" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="1" t="n">
+        <v>122</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>United Breweries Limited</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>INE686F01025</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="n">
+        <v>150</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>2.2</v>
+      </c>
+      <c r="G129" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J129" s="6" t="n"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="1" t="n">
+        <v>123</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Indian Renewable Energy Development Agency Limited</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>INE202E01016</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="n">
+        <v>1653</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>2.18</v>
+      </c>
+      <c r="G130" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J130" s="6" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="1" t="n">
+        <v>124</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Hexaware Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>INE093A01041</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="n">
+        <v>308</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>2.15</v>
+      </c>
+      <c r="G131" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J131" s="6" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="1" t="n">
+        <v>125</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;T Technology Services Limited</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>INE010V01017</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="n">
+        <v>57</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>2.12</v>
+      </c>
+      <c r="G132" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J132" s="6" t="n"/>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="n">
+        <v>126</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>K.P.R. Mill Limited</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>INE930H01031</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="n">
+        <v>240</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>2.09</v>
+      </c>
+      <c r="G133" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J133" s="6" t="n"/>
+    </row>
+    <row r="134">
+      <c r="A134" s="1" t="n">
+        <v>127</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>ACC Limited</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>INE012A01025</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="n">
+        <v>127</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>2.08</v>
+      </c>
+      <c r="G134" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J134" s="6" t="n"/>
+    </row>
+    <row r="135">
+      <c r="A135" s="1" t="n">
+        <v>128</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>AWL Agri Business Limited</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>INE699H01024</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="n">
+        <v>967</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>2.07</v>
+      </c>
+      <c r="G135" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J135" s="6" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="1" t="n">
+        <v>129</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>GlaxoSmithKline Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>INE159A01016</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="n">
+        <v>86</v>
+      </c>
+      <c r="F136" s="6" t="n">
+        <v>2.07</v>
+      </c>
+      <c r="G136" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J136" s="6" t="n"/>
+    </row>
+    <row r="137">
+      <c r="A137" s="1" t="n">
+        <v>130</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>3M India Limited</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>INE470A01017</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="n">
+        <v>6</v>
+      </c>
+      <c r="F137" s="6" t="n">
+        <v>2.06</v>
+      </c>
+      <c r="G137" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J137" s="6" t="n"/>
+    </row>
+    <row r="138">
+      <c r="A138" s="1" t="n">
+        <v>131</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Housing &amp; Urban Development Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>INE031A01017</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="n">
+        <v>1043</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>2</v>
+      </c>
+      <c r="G138" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J138" s="6" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="1" t="n">
+        <v>132</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="n">
+        <v>394</v>
+      </c>
+      <c r="F139" s="6" t="n">
+        <v>1.87</v>
+      </c>
+      <c r="G139" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J139" s="6" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="1" t="n">
+        <v>133</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Global Health Limited</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>INE474Q01031</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="n">
+        <v>176</v>
+      </c>
+      <c r="F140" s="6" t="n">
+        <v>1.85</v>
+      </c>
+      <c r="G140" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J140" s="6" t="n"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="1" t="n">
+        <v>134</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Endurance Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>INE913H01037</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="n">
+        <v>73</v>
+      </c>
+      <c r="F141" s="6" t="n">
+        <v>1.77</v>
+      </c>
+      <c r="G141" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J141" s="6" t="n"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="1" t="n">
+        <v>135</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>NLC India Limited</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>INE589A01014</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="n">
+        <v>678</v>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>1.76</v>
+      </c>
+      <c r="G142" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J142" s="6" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="1" t="n">
+        <v>136</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>JSW Infrastructure Limited</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>INE880J01026</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="n">
+        <v>672</v>
+      </c>
+      <c r="F143" s="6" t="n">
+        <v>1.74</v>
+      </c>
+      <c r="G143" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J143" s="6" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="1" t="n">
+        <v>137</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Godfrey Phillips India Limited</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>INE260B01028</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Cigarettes &amp; Tobacco Products</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="n">
+        <v>85</v>
+      </c>
+      <c r="F144" s="6" t="n">
+        <v>1.73</v>
+      </c>
+      <c r="G144" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J144" s="6" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="1" t="n">
+        <v>138</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Premier Energies Limited</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>INE0BS701011</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="n">
+        <v>240</v>
+      </c>
+      <c r="F145" s="6" t="n">
+        <v>1.73</v>
+      </c>
+      <c r="G145" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J145" s="6" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="1" t="n">
+        <v>139</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>IRB Infrastructure Developers Limited</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>INE821I01022</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E88" s="10" t="n">
-[...251 lines deleted...]
-      <c r="A97" s="2" t="n">
+      <c r="E146" s="5" t="n">
+        <v>4122</v>
+      </c>
+      <c r="F146" s="6" t="n">
+        <v>1.71</v>
+      </c>
+      <c r="G146" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J146" s="6" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="1" t="n">
+        <v>140</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Tata Investment Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>INE672A01026</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="n">
+        <v>270</v>
+      </c>
+      <c r="F147" s="6" t="n">
+        <v>1.68</v>
+      </c>
+      <c r="G147" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J147" s="6" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="1" t="n">
+        <v>141</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Honeywell Automation India Limited</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>INE671A01010</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="F148" s="6" t="n">
+        <v>1.67</v>
+      </c>
+      <c r="G148" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J148" s="6" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="1" t="n">
+        <v>142</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Green Energy Limited</t>
+        </is>
+      </c>
+      <c r="C149" s="1" t="inlineStr">
+        <is>
+          <t>INE0ONG01011</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="n">
+        <v>1930</v>
+      </c>
+      <c r="F149" s="6" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="G149" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J149" s="6" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="1" t="n">
+        <v>143</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat Gas Limited</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>INE844O01030</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="n">
+        <v>358</v>
+      </c>
+      <c r="F150" s="6" t="n">
+        <v>1.52</v>
+      </c>
+      <c r="G150" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J150" s="6" t="n"/>
+    </row>
+    <row r="151">
+      <c r="A151" s="1" t="n">
+        <v>144</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>IDBI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>INE008A01015</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="n">
+        <v>1165</v>
+      </c>
+      <c r="F151" s="6" t="n">
+        <v>1.16</v>
+      </c>
+      <c r="G151" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J151" s="6" t="n"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="1" t="n">
+        <v>145</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Indian Overseas Bank</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>INE565A01014</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="n">
+        <v>3034</v>
+      </c>
+      <c r="F152" s="6" t="n">
+        <v>1.08</v>
+      </c>
+      <c r="G152" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J152" s="6" t="n"/>
+    </row>
+    <row r="153">
+      <c r="A153" s="1" t="n">
+        <v>146</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>SJVN Limited</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>INE002L01015</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="n">
+        <v>1486</v>
+      </c>
+      <c r="F153" s="6" t="n">
+        <v>1.08</v>
+      </c>
+      <c r="G153" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J153" s="6" t="n"/>
+    </row>
+    <row r="154">
+      <c r="A154" s="1" t="n">
+        <v>147</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Fertilisers and Chemicals Travancore Limited</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>INE188A01015</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="n">
+        <v>129</v>
+      </c>
+      <c r="F154" s="6" t="n">
+        <v>1.05</v>
+      </c>
+      <c r="G154" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J154" s="6" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="1" t="n">
+        <v>148</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Industries Limited</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>INE233A01035</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Diversified</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="n">
         <v>90</v>
       </c>
-      <c r="B97" s="2" t="inlineStr">
-[...69 lines deleted...]
-      <c r="D99" s="2" t="inlineStr">
+      <c r="F155" s="6" t="n">
+        <v>0.88</v>
+      </c>
+      <c r="G155" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J155" s="6" t="n"/>
+    </row>
+    <row r="156">
+      <c r="A156" s="1" t="n">
+        <v>149</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>The New India Assurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>INE470Y01017</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F156" s="6" t="n">
+        <v>0.74</v>
+      </c>
+      <c r="G156" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J156" s="6" t="n"/>
+    </row>
+    <row r="157">
+      <c r="A157" s="1" t="n">
+        <v>150</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>UCO Bank</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>INE691A01018</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E99" s="10" t="n">
-[...1740 lines deleted...]
-        <v>2362</v>
+      <c r="E157" s="5" t="n">
+        <v>2364</v>
       </c>
       <c r="F157" s="6" t="n">
-        <v>0.7</v>
-[...1 lines deleted...]
-      <c r="G157" s="66" t="n">
+        <v>0.6899999999999999</v>
+      </c>
+      <c r="G157" s="7" t="n">
         <v>0.0009</v>
       </c>
       <c r="J157" s="6" t="n"/>
     </row>
     <row r="158">
-      <c r="A158" s="11" t="n"/>
-      <c r="B158" s="11" t="inlineStr">
+      <c r="A158" s="8" t="n"/>
+      <c r="B158" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C158" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.9965000000000001</v>
+      <c r="C158" s="8" t="n"/>
+      <c r="D158" s="8" t="n"/>
+      <c r="E158" s="8" t="n"/>
+      <c r="F158" s="9" t="n">
+        <v>772.85</v>
+      </c>
+      <c r="G158" s="10" t="n">
+        <v>0.9988</v>
       </c>
     </row>
     <row r="160">
-      <c r="B160" s="65" t="inlineStr">
+      <c r="B160" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="161">
-      <c r="A161" s="2" t="n">
+      <c r="A161" s="1" t="n">
         <v>151</v>
       </c>
-      <c r="B161" s="65" t="inlineStr">
+      <c r="B161" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F161" s="6" t="n">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>46023</v>
+        <v>0.6899999999999999</v>
+      </c>
+      <c r="G161" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H161" s="11" t="n">
+        <v>46055</v>
       </c>
     </row>
     <row r="162">
-      <c r="A162" s="11" t="n"/>
-      <c r="B162" s="11" t="inlineStr">
+      <c r="A162" s="8" t="n"/>
+      <c r="B162" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C162" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.0025</v>
+      <c r="C162" s="8" t="n"/>
+      <c r="D162" s="8" t="n"/>
+      <c r="E162" s="8" t="n"/>
+      <c r="F162" s="9" t="n">
+        <v>0.6899999999999999</v>
+      </c>
+      <c r="G162" s="10" t="n">
+        <v>0.0009</v>
       </c>
     </row>
     <row r="164">
-      <c r="B164" s="65" t="inlineStr">
+      <c r="B164" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="165">
-      <c r="B165" s="2" t="inlineStr">
+      <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E165" s="10" t="n"/>
+      <c r="E165" s="5" t="n"/>
       <c r="F165" s="6" t="n">
-        <v>0.6899999999999999</v>
-[...2 lines deleted...]
-        <v>0.001</v>
+        <v>0.25</v>
+      </c>
+      <c r="G165" s="7" t="n">
+        <v>0.0003</v>
       </c>
       <c r="J165" s="6" t="n"/>
     </row>
     <row r="166">
-      <c r="A166" s="11" t="n"/>
-      <c r="B166" s="11" t="inlineStr">
+      <c r="A166" s="8" t="n"/>
+      <c r="B166" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C166" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.001</v>
+      <c r="C166" s="8" t="n"/>
+      <c r="D166" s="8" t="n"/>
+      <c r="E166" s="8" t="n"/>
+      <c r="F166" s="9" t="n">
+        <v>0.25</v>
+      </c>
+      <c r="G166" s="10" t="n">
+        <v>0.0003</v>
       </c>
     </row>
     <row r="168">
-      <c r="A168" s="5" t="n"/>
-      <c r="B168" s="5" t="inlineStr">
+      <c r="A168" s="4" t="n"/>
+      <c r="B168" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C168" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G168" s="9" t="n">
+      <c r="C168" s="4" t="n"/>
+      <c r="D168" s="4" t="n"/>
+      <c r="E168" s="4" t="n"/>
+      <c r="F168" s="12" t="n">
+        <v>773.79</v>
+      </c>
+      <c r="G168" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="169">
-      <c r="A169" s="2" t="inlineStr">
+      <c r="A169" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="170">
-      <c r="A170" s="16" t="n">
+      <c r="A170" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B170" s="16" t="inlineStr">
+      <c r="B170" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="171" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B173" s="54" t="inlineStr">
+    <row r="172" ht="14.5" customHeight="1" s="45">
+      <c r="B172" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="185" ht="14.5" customHeight="1" s="41">
-      <c r="B185" s="54" t="inlineStr">
+    <row r="186" ht="14.5" customHeight="1" s="45">
+      <c r="B186" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Midcap 150 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>