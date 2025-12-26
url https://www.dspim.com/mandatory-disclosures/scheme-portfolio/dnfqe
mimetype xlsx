--- v0 (2025-11-15)
+++ v1 (2025-12-26)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty500 Flexicap Qlty30 ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +103,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...66 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,98 +521,98 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>56</row>
+      <row>53</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>65</row>
+      <row>62</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="9855200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>70</row>
+      <row>67</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>79</row>
+      <row>76</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="12268200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1002,1378 +867,1354 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L712"/>
+  <dimension ref="A1:L66"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="13.81640625" customWidth="1" style="1" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="8.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Nifty500 Flexicap Quality 30 ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Persistent Systems Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>INE262H01021</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E8" s="5" t="n">
+        <v>650</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>41.29</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.04</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E9" s="5" t="n">
+        <v>1513</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>40.91</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0396</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.2784</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>2086</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>39.82</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0385</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1685</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>1381</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>39.7</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0384</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0721</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Karur Vysya Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE036D01028</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
-[...34 lines deleted...]
-      <c r="D9" s="2" t="inlineStr">
+      <c r="E12" s="5" t="n">
+        <v>15816</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>39.22</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.038</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0689</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E13" s="5" t="n">
+        <v>2332</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>37.88</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0367</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.064</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>835</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>37.4</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0362</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.06370000000000001</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Central Depository Services (India) Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE736A01011</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>2221</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>35.92</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0348</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0591</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Nestle India Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE239A01024</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>2829</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>35.68</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0345</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0345</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D10" s="2" t="inlineStr">
+      <c r="E17" s="5" t="n">
+        <v>1123</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>35.23</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0341</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0341</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>JB Chemicals &amp; Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE572A01036</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>1989</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>35.23</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0341</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0328</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>3495</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>35.22</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0341</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0314</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>2236</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>34.88</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0338</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0309</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>2299</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>34.88</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0338</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0306</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>4719</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>33.85</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0328</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0293</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>1966</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>33.79</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0327</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>8297</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>33.54</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0325</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Computer Age Management Services Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE596I01012</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="E25" s="5" t="n">
+        <v>859</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>33.25</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0322</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Indian Energy Exchange Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE022Q01020</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D11" s="2" t="inlineStr">
+      <c r="E26" s="5" t="n">
+        <v>23741</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>33.07</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.032</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>204</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>32.44</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0314</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>1308</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>32.26</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0312</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Amara Raja Energy &amp; Mobility Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE885A01032</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>3383</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>32.2</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0312</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Sonata Software Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE269A01021</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E11" s="6" t="n">
-[...108 lines deleted...]
-      <c r="D14" s="2" t="inlineStr">
+      <c r="E30" s="5" t="n">
+        <v>9010</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>32.2</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0312</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>2837</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>31.88</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0309</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>1460</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>31.66</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0306</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Tata Elxsi Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE670A01012</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E14" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K14" s="2" t="inlineStr">
+      <c r="E33" s="5" t="n">
+        <v>607</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>31.31</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0303</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>1155</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>30.87</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0299</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat State Petronet Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE246F01010</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>10536</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>30.29</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0293</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="L14" s="8" t="n">
-[...32 lines deleted...]
-      <c r="K15" s="2" t="inlineStr">
+      <c r="E36" s="5" t="n">
+        <v>1034</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>28.79</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0279</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="L15" s="8" t="n">
-[...476 lines deleted...]
-      <c r="E29" s="6" t="n">
+      <c r="E37" s="5" t="n">
         <v>181</v>
       </c>
-      <c r="F29" s="7" t="n">
-[...245 lines deleted...]
-      <c r="J37" s="7" t="n"/>
+      <c r="F37" s="6" t="n">
+        <v>26.43</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0256</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
     </row>
     <row r="38">
-      <c r="A38" s="9" t="n"/>
-      <c r="B38" s="9" t="inlineStr">
+      <c r="A38" s="8" t="n"/>
+      <c r="B38" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C38" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.9963</v>
+      <c r="C38" s="8" t="n"/>
+      <c r="D38" s="8" t="n"/>
+      <c r="E38" s="8" t="n"/>
+      <c r="F38" s="9" t="n">
+        <v>1031.09</v>
+      </c>
+      <c r="G38" s="10" t="n">
+        <v>0.9983</v>
       </c>
     </row>
     <row r="40">
-      <c r="B40" s="4" t="inlineStr">
+      <c r="B40" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="2" t="n">
+      <c r="A41" s="1" t="n">
         <v>31</v>
       </c>
-      <c r="B41" s="4" t="inlineStr">
+      <c r="B41" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F41" s="7" t="n">
-[...6 lines deleted...]
-        <v>45964</v>
+      <c r="F41" s="6" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="H41" s="11" t="n">
+        <v>45992</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="9" t="n"/>
-      <c r="B42" s="9" t="inlineStr">
+      <c r="A42" s="8" t="n"/>
+      <c r="B42" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C42" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0004</v>
+      <c r="C42" s="8" t="n"/>
+      <c r="D42" s="8" t="n"/>
+      <c r="E42" s="8" t="n"/>
+      <c r="F42" s="9" t="n">
+        <v>0.9</v>
+      </c>
+      <c r="G42" s="10" t="n">
+        <v>0.0009</v>
       </c>
     </row>
     <row r="44">
-      <c r="B44" s="4" t="inlineStr">
+      <c r="B44" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="45">
-      <c r="B45" s="2" t="inlineStr">
+      <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E45" s="6" t="n"/>
-[...6 lines deleted...]
-      <c r="J45" s="7" t="n"/>
+      <c r="E45" s="5" t="n"/>
+      <c r="F45" s="6" t="n">
+        <v>1.15</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
     </row>
     <row r="46">
-      <c r="A46" s="9" t="n"/>
-      <c r="B46" s="9" t="inlineStr">
+      <c r="A46" s="8" t="n"/>
+      <c r="B46" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C46" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0033</v>
+      <c r="C46" s="8" t="n"/>
+      <c r="D46" s="8" t="n"/>
+      <c r="E46" s="8" t="n"/>
+      <c r="F46" s="9" t="n">
+        <v>1.15</v>
+      </c>
+      <c r="G46" s="10" t="n">
+        <v>0.0008</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="5" t="n"/>
-      <c r="B48" s="5" t="inlineStr">
+      <c r="A48" s="4" t="n"/>
+      <c r="B48" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C48" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G48" s="14" t="n">
+      <c r="C48" s="4" t="n"/>
+      <c r="D48" s="4" t="n"/>
+      <c r="E48" s="4" t="n"/>
+      <c r="F48" s="12" t="n">
+        <v>1033.14</v>
+      </c>
+      <c r="G48" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="49">
-      <c r="A49" s="2" t="inlineStr">
+      <c r="A49" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="16" t="n">
+      <c r="A50" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B50" s="16" t="inlineStr">
+      <c r="B50" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="51" ht="27" customHeight="1" s="77">
-[...10 lines deleted...]
-      <c r="B55" s="1" t="inlineStr">
+    <row r="52" ht="14.5" customHeight="1" s="49">
+      <c r="B52" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="69" ht="14.5" customHeight="1" s="77">
-      <c r="B69" s="1" t="inlineStr">
+    <row r="66" ht="14.5" customHeight="1" s="49">
+      <c r="B66" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty500 Flexicap Quality 30 TRI</t>
-        </is>
-[...12 lines deleted...]
-          <t>Image not available</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait"/>
-  <drawing r:id="rId1"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>