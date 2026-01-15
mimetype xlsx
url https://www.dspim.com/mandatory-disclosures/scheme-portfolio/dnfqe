--- v1 (2025-12-26)
+++ v2 (2026-01-15)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty500 Flexicap Qlty30 ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -103,93 +108,102 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
+      <b val="1"/>
+      <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...1 lines deleted...]
-      <b val="1"/>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -274,207 +288,198 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="top"/>
-[...19 lines deleted...]
-    </xf>
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...36 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -521,116 +526,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>53</row>
+      <row>56</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>62</row>
+      <row>65</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9855200"/>
+          <a:off x="457200" y="10198100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>67</row>
+      <row>68</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>76</row>
+      <row>77</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12268200"/>
+          <a:off x="457200" y="12611100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -872,1337 +877,1394 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L66"/>
+  <dimension ref="A1:L67"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="8.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP Nifty500 Flexicap Quality 30 ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>Nestle India Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE239A01024</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E8" s="10" t="n">
+        <v>6005</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>77.34</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.06759999999999999</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="65" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="65" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E9" s="10" t="n">
+        <v>2783</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>77.08</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.0674</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L9" s="66" t="n">
+        <v>0.2949</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E10" s="10" t="n">
+        <v>460</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>76.81</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.0672</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L10" s="66" t="n">
+        <v>0.1331</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E11" s="10" t="n">
+        <v>19180</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>76.64</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.067</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L11" s="66" t="n">
+        <v>0.0843</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E12" s="10" t="n">
+        <v>18909</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>76.2</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.06660000000000001</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L12" s="66" t="n">
+        <v>0.0838</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E13" s="10" t="n">
+        <v>3286</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>76.09999999999999</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0665</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L13" s="66" t="n">
+        <v>0.082</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>4740</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>75.41</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0659</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L14" s="66" t="n">
+        <v>0.06809999999999999</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>2330</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>74.7</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.0653</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L15" s="66" t="n">
+        <v>0.067</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E16" s="10" t="n">
+        <v>4601</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>74.69</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.0653</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L16" s="66" t="n">
+        <v>0.0341</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>4615</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>74.55</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.06519999999999999</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L17" s="66" t="n">
+        <v>0.0336</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Gujarat State Petronet Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE246F01010</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E18" s="10" t="n">
+        <v>6436</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>19.71</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L18" s="66" t="n">
+        <v>0.0333</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>339</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>19.56</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L19" s="66" t="n">
+        <v>0.0172</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E20" s="10" t="n">
+        <v>440</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>19.51</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L20" s="66" t="n">
+        <v>0.0169</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E21" s="10" t="n">
+        <v>1013</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>19.39</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L21" s="66" t="n">
+        <v>0.0168</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Affle 3i Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE00WC01027</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E22" s="10" t="n">
+        <v>1073</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>19.31</v>
+      </c>
+      <c r="G22" s="66" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L22" s="66" t="n">
+        <v>0.0167</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E23" s="10" t="n">
+        <v>722</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>19.29</v>
+      </c>
+      <c r="G23" s="66" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L23" s="66" t="n">
+        <v>0.0166</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E24" s="10" t="n">
+        <v>2570</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>19.29</v>
+      </c>
+      <c r="G24" s="66" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L24" s="66" t="n">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E25" s="10" t="n">
+        <v>735</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>19.21</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Karur Vysya Bank Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE036D01028</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E26" s="10" t="n">
+        <v>7270</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>19.18</v>
+      </c>
+      <c r="G26" s="66" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>JB Chemicals &amp; Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE572A01036</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>1051</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>19.13</v>
+      </c>
+      <c r="G27" s="66" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>1707</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>19.08</v>
+      </c>
+      <c r="G28" s="66" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Persistent Systems Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C29" s="2" t="inlineStr">
         <is>
           <t>INE262H01021</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D29" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
-[...21 lines deleted...]
-      <c r="A9" s="1" t="n">
+      <c r="E29" s="10" t="n">
+        <v>303</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>19</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E30" s="10" t="n">
+        <v>915</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>18.99</v>
+      </c>
+      <c r="G30" s="66" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E31" s="10" t="n">
+        <v>1142</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>18.99</v>
+      </c>
+      <c r="G31" s="66" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Indian Energy Exchange Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE022Q01020</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E32" s="10" t="n">
+        <v>14114</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>18.94</v>
+      </c>
+      <c r="G32" s="66" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Computer Age Management Services Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE596I01020</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E33" s="10" t="n">
+        <v>2551</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>18.9</v>
+      </c>
+      <c r="G33" s="66" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Amara Raja Energy &amp; Mobility Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE885A01032</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E34" s="10" t="n">
+        <v>2076</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>18.88</v>
+      </c>
+      <c r="G34" s="66" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E35" s="10" t="n">
+        <v>155</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>18.76</v>
+      </c>
+      <c r="G35" s="66" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Central Depository Services (India) Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE736A01011</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E36" s="10" t="n">
+        <v>1289</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>18.61</v>
+      </c>
+      <c r="G36" s="66" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E37" s="10" t="n">
+        <v>766</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>17.96</v>
+      </c>
+      <c r="G37" s="66" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Kwality Wall's India Limited^</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE2KCE01013</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>1350</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>0.54</v>
+      </c>
+      <c r="G38" s="66" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="11" t="n"/>
+      <c r="B39" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C39" s="11" t="n"/>
+      <c r="D39" s="11" t="n"/>
+      <c r="E39" s="11" t="n"/>
+      <c r="F39" s="12" t="n">
+        <v>1141.75</v>
+      </c>
+      <c r="G39" s="13" t="n">
+        <v>0.9984</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="B41" s="65" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B42" s="65" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="G42" s="66" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="H42" s="14" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="11" t="n"/>
+      <c r="B43" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C43" s="11" t="n"/>
+      <c r="D43" s="11" t="n"/>
+      <c r="E43" s="11" t="n"/>
+      <c r="F43" s="12" t="n">
+        <v>1.21</v>
+      </c>
+      <c r="G43" s="13" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="B45" s="65" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E46" s="10" t="n"/>
+      <c r="F46" s="6" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="G46" s="66" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+    </row>
+    <row r="47">
+      <c r="A47" s="11" t="n"/>
+      <c r="B47" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C47" s="11" t="n"/>
+      <c r="D47" s="11" t="n"/>
+      <c r="E47" s="11" t="n"/>
+      <c r="F47" s="12" t="n">
+        <v>0.8</v>
+      </c>
+      <c r="G47" s="13" t="n">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="5" t="n"/>
+      <c r="B49" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C49" s="5" t="n"/>
+      <c r="D49" s="5" t="n"/>
+      <c r="E49" s="5" t="n"/>
+      <c r="F49" s="8" t="n">
+        <v>1143.76</v>
+      </c>
+      <c r="G49" s="9" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="B52" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="53" ht="27" customHeight="1" s="41">
+      <c r="A53" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...1081 lines deleted...]
-      <c r="B52" s="38" t="inlineStr">
+      <c r="B53" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="55" ht="14.5" customHeight="1" s="41">
+      <c r="B55" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="66" ht="14.5" customHeight="1" s="49">
-      <c r="B66" s="38" t="inlineStr">
+    <row r="67" ht="14.5" customHeight="1" s="41">
+      <c r="B67" s="54" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty500 Flexicap Quality 30 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>