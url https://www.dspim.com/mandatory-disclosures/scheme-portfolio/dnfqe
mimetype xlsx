--- v2 (2026-01-15)
+++ v3 (2026-02-25)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty500 Flexicap Qlty30 ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>56</row>
+      <row>55</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>65</row>
+      <row>64</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10198100"/>
+          <a:off x="457200" y="9855200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>68</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>77</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12611100"/>
+          <a:off x="457200" y="12268200"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -879,1382 +860,1372 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L67"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="15" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="33.453125" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="9.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Nifty500 Flexicap Quality 30 ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E8" s="5" t="n">
+        <v>20537</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>92.20999999999999</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0767</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E9" s="5" t="n">
+        <v>5075</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>88.45999999999999</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0735</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.3083</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Nestle India Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE239A01024</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Food Products</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
-[...24 lines deleted...]
-      <c r="B9" s="2" t="inlineStr">
+      <c r="E10" s="5" t="n">
+        <v>6430</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>85.67</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0712</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1236</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>4927</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>83.54000000000001</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.06950000000000001</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0803</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>3519</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>83.51000000000001</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0694</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0767</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>4941</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>81.08</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0674</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0765</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>2495</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>77.94</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0648</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0745</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Asian Paints Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE021A01026</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E15" s="5" t="n">
+        <v>2979</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>72.34</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0601</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0717</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>493</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>71.97</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0598</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0346</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>20247</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>65.23</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0542</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0321</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Karur Vysya Bank Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE036D01028</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>7784</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>23.46</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0308</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>1085</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>22.2</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0185</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>JB Chemicals &amp; Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE572A01036</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>1125</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>21.03</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0175</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0175</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Gujarat State Petronet Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE246F01010</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>6891</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>20.99</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>820</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>20.84</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0172</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>1827</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>20.79</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>980</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>20.72</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D10" s="2" t="inlineStr">
+      <c r="E25" s="5" t="n">
+        <v>1223</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>20.23</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
-[...85 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E26" s="5" t="n">
+        <v>363</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>20.09</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>2752</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>20.08</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Persistent Systems Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE262H01021</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>325</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>19.61</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>773</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>19.45</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>471</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>19.37</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0161</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Indian Energy Exchange Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE022Q01020</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>15113</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>19.16</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Computer Age Management Services Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE596I01020</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>2732</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>18.99</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Amara Raja Energy &amp; Mobility Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE885A01032</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>2223</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>18.66</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>787</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>18.38</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Central Depository Services (India) Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE736A01011</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>1380</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>18.22</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Affle 3i Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE00WC01027</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>1148</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>17.76</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="L12" s="66" t="n">
-[...70 lines deleted...]
-      <c r="K14" s="2" t="inlineStr">
+      <c r="E37" s="5" t="n">
+        <v>166</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>17.34</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Kwality Wall's India Limited^</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE2KCE01013</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
         <is>
           <t>Food Products</t>
         </is>
       </c>
-      <c r="L14" s="66" t="n">
-[...792 lines deleted...]
-      <c r="E38" s="10" t="n">
+      <c r="E38" s="5" t="n">
         <v>1350</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0.54</v>
       </c>
-      <c r="G38" s="66" t="n">
+      <c r="G38" s="7" t="n">
         <v>0.0005</v>
       </c>
       <c r="J38" s="6" t="n"/>
     </row>
     <row r="39">
-      <c r="A39" s="11" t="n"/>
-      <c r="B39" s="11" t="inlineStr">
+      <c r="A39" s="8" t="n"/>
+      <c r="B39" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C39" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.9984</v>
+      <c r="C39" s="8" t="n"/>
+      <c r="D39" s="8" t="n"/>
+      <c r="E39" s="8" t="n"/>
+      <c r="F39" s="9" t="n">
+        <v>1199.86</v>
+      </c>
+      <c r="G39" s="10" t="n">
+        <v>0.9974</v>
       </c>
     </row>
     <row r="41">
-      <c r="B41" s="65" t="inlineStr">
+      <c r="B41" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="42">
-      <c r="A42" s="2" t="n">
+      <c r="A42" s="1" t="n">
         <v>32</v>
       </c>
-      <c r="B42" s="65" t="inlineStr">
+      <c r="B42" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F42" s="6" t="n">
-        <v>1.21</v>
-[...5 lines deleted...]
-        <v>46023</v>
+        <v>2.3</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="H42" s="11" t="n">
+        <v>46055</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="11" t="n"/>
-      <c r="B43" s="11" t="inlineStr">
+      <c r="A43" s="8" t="n"/>
+      <c r="B43" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C43" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.0011</v>
+      <c r="C43" s="8" t="n"/>
+      <c r="D43" s="8" t="n"/>
+      <c r="E43" s="8" t="n"/>
+      <c r="F43" s="9" t="n">
+        <v>2.3</v>
+      </c>
+      <c r="G43" s="10" t="n">
+        <v>0.0019</v>
       </c>
     </row>
     <row r="45">
-      <c r="B45" s="65" t="inlineStr">
+      <c r="B45" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="46">
-      <c r="B46" s="2" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E46" s="10" t="n"/>
+      <c r="E46" s="5" t="n"/>
       <c r="F46" s="6" t="n">
-        <v>0.8</v>
-[...2 lines deleted...]
-        <v>0.0005</v>
+        <v>0.72</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0007</v>
       </c>
       <c r="J46" s="6" t="n"/>
     </row>
     <row r="47">
-      <c r="A47" s="11" t="n"/>
-      <c r="B47" s="11" t="inlineStr">
+      <c r="A47" s="8" t="n"/>
+      <c r="B47" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C47" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.0005</v>
+      <c r="C47" s="8" t="n"/>
+      <c r="D47" s="8" t="n"/>
+      <c r="E47" s="8" t="n"/>
+      <c r="F47" s="9" t="n">
+        <v>0.72</v>
+      </c>
+      <c r="G47" s="10" t="n">
+        <v>0.0007</v>
       </c>
     </row>
     <row r="49">
-      <c r="A49" s="5" t="n"/>
-      <c r="B49" s="5" t="inlineStr">
+      <c r="A49" s="4" t="n"/>
+      <c r="B49" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C49" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G49" s="9" t="n">
+      <c r="C49" s="4" t="n"/>
+      <c r="D49" s="4" t="n"/>
+      <c r="E49" s="4" t="n"/>
+      <c r="F49" s="12" t="n">
+        <v>1202.88</v>
+      </c>
+      <c r="G49" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="2" t="inlineStr">
+      <c r="A50" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="2" t="n">
+      <c r="A51" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B51" s="2" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>^ Pending Listing</t>
         </is>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="16" t="n">
+      <c r="A52" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B52" s="16" t="inlineStr">
+      <c r="B52" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="53" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B55" s="54" t="inlineStr">
+    <row r="54" ht="14.5" customHeight="1" s="45">
+      <c r="B54" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="67" ht="14.5" customHeight="1" s="41">
-      <c r="B67" s="54" t="inlineStr">
+    <row r="67" ht="14.5" customHeight="1" s="45">
+      <c r="B67" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty500 Flexicap Quality 30 TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>