--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1,988 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B9E16371-4BA1-4146-8A74-2E098BF615E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="Nifty Bank Index" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...333 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...7 lines deleted...]
-    <numFmt numFmtId="170" formatCode="0.0000"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
-    <font>
+  <fonts count="24">
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="1"/>
       <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
       <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
       <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-    </font>
-[...8 lines deleted...]
-      <b/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="10"/>
-      <color theme="1"/>
-[...61 lines deleted...]
-      <family val="2"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...7 lines deleted...]
-      </top>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="4">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...43 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{4CCC7287-CD74-44A7-AFA2-D091BEB5C452}"/>
-    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="4">
-[...12 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>38</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>47</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
           <a:off x="457200" y="6769100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>52</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>61</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
           <a:off x="457200" y="9182100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1202,1877 +998,723 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L47"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L51"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="13.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="9.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP Nifty Bank Index Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>157091</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>1550.96</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.2794</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>94835</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>1275.82</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.2298</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.9989</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>55140</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>516.66</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0931</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>40703</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>501.79</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.09039999999999999</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>23583</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>495.76</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0893</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>83613</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>197.84</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0356</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE092T01019</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>224958</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>183.95</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0331</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE095A01012</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>22404</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>178.07</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0321</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>62796</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>174.82</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0315</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>19143</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>168.05</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0303</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE476A01022</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>114682</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>157.1</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0283</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>117287</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>144.13</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="9" t="n"/>
+      <c r="B20" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C20" s="9" t="n"/>
+      <c r="D20" s="9" t="n"/>
+      <c r="E20" s="9" t="n"/>
+      <c r="F20" s="10" t="n">
+        <v>5544.95</v>
+      </c>
+      <c r="G20" s="11" t="n">
+        <v>0.9989</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="B22" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1">
+      <c r="B23" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H23" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="9" t="n"/>
+      <c r="B24" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C24" s="9" t="n"/>
+      <c r="D24" s="9" t="n"/>
+      <c r="E24" s="9" t="n"/>
+      <c r="F24" s="10" t="n">
+        <v>6.9</v>
+      </c>
+      <c r="G24" s="11" t="n">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="B26" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n"/>
+      <c r="F27" s="7" t="n">
+        <v>-0.42</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="9" t="n"/>
+      <c r="B28" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C28" s="9" t="n"/>
+      <c r="D28" s="9" t="n"/>
+      <c r="E28" s="9" t="n"/>
+      <c r="F28" s="10" t="n">
+        <v>-0.42</v>
+      </c>
+      <c r="G28" s="11" t="n">
+        <v>-0.0001</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="5" t="n"/>
+      <c r="B30" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C30" s="5" t="n"/>
+      <c r="D30" s="5" t="n"/>
+      <c r="E30" s="5" t="n"/>
+      <c r="F30" s="13" t="n">
+        <v>5551.43</v>
+      </c>
+      <c r="G30" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A9" s="1">
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="16" t="n">
+        <v>1</v>
+      </c>
+      <c r="B32" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="33" ht="27" customHeight="1" s="77">
+      <c r="A33" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...399 lines deleted...]
-        <v>52</v>
+      <c r="B33" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="14.5" customHeight="1" s="77">
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="51" ht="14.5" customHeight="1" s="77">
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: Nifty Bank TRI</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EC447F50-EB60-4789-8CA8-E0473952F896}">
-  <dimension ref="A1:L47"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...527 lines deleted...]
-      <selection activeCell="A4" sqref="A4:D5"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...708 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>