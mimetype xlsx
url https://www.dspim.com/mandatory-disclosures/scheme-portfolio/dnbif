--- v1 (2025-11-09)
+++ v2 (2025-12-16)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty Bank Index" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +103,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...1 lines deleted...]
-      <top/>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...7 lines deleted...]
-      </top>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...11 lines deleted...]
-      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...1 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top style="thin">
-[...9 lines deleted...]
-      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...22 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...66 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,98 +521,98 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>38</row>
+      <row>37</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>47</row>
+      <row>46</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="6769100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>52</row>
+      <row>51</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>61</row>
+      <row>60</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="9182100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1002,719 +867,709 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L51"/>
+  <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="12.453125" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="9.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Nifty Bank Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="E8" s="5" t="n">
+        <v>157703</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>1589.02</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.2763</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E9" s="5" t="n">
+        <v>95204</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>1322.19</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.2299</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-        <v>0.9989</v>
+      <c r="L9" s="7" t="n">
+        <v>0.9993</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>State Bank of India</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE062A01020</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="E10" s="5" t="n">
+        <v>55354</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>541.92</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.09420000000000001</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
+      <c r="L10" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>40861</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>522.9</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.09089999999999999</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>23674</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>502.93</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.08740000000000001</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>83939</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>216.5</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0376</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE095A01012</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>22491</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>193.1</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0336</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>19218</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>183.58</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0319</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>63040</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>182.69</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0318</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE476A01022</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>115128</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>174.51</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0303</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE092T01019</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>214365</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>171.77</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0299</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>117744</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>146.59</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0255</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="8" t="n"/>
+      <c r="B20" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C20" s="8" t="n"/>
+      <c r="D20" s="8" t="n"/>
+      <c r="E20" s="8" t="n"/>
+      <c r="F20" s="9" t="n">
+        <v>5747.7</v>
+      </c>
+      <c r="G20" s="10" t="n">
+        <v>0.9993</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="B22" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B23" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="G23" s="7" t="n">
         <v>0.0011</v>
       </c>
-    </row>
-[...272 lines deleted...]
-      <c r="B20" s="9" t="inlineStr">
+      <c r="H23" s="11" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="8" t="n"/>
+      <c r="B24" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C20" s="9" t="n"/>
-[...37 lines deleted...]
-      <c r="B24" s="9" t="inlineStr">
+      <c r="C24" s="8" t="n"/>
+      <c r="D24" s="8" t="n"/>
+      <c r="E24" s="8" t="n"/>
+      <c r="F24" s="9" t="n">
+        <v>6.2</v>
+      </c>
+      <c r="G24" s="10" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="B26" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n"/>
+      <c r="F27" s="6" t="n">
+        <v>-2.55</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="8" t="n"/>
+      <c r="B28" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C24" s="9" t="n"/>
-[...45 lines deleted...]
-        <v>-0.0001</v>
+      <c r="C28" s="8" t="n"/>
+      <c r="D28" s="8" t="n"/>
+      <c r="E28" s="8" t="n"/>
+      <c r="F28" s="9" t="n">
+        <v>-2.55</v>
+      </c>
+      <c r="G28" s="10" t="n">
+        <v>-0.0004</v>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="5" t="n"/>
-      <c r="B30" s="5" t="inlineStr">
+      <c r="A30" s="4" t="n"/>
+      <c r="B30" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C30" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G30" s="14" t="n">
+      <c r="C30" s="4" t="n"/>
+      <c r="D30" s="4" t="n"/>
+      <c r="E30" s="4" t="n"/>
+      <c r="F30" s="12" t="n">
+        <v>5751.35</v>
+      </c>
+      <c r="G30" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="2" t="inlineStr">
+      <c r="A31" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="16" t="n">
+      <c r="A32" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B32" s="16" t="inlineStr">
+      <c r="B32" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="33" ht="27" customHeight="1" s="77">
-[...10 lines deleted...]
-      <c r="B37" s="1" t="inlineStr">
+    <row r="36" ht="14.5" customHeight="1" s="49">
+      <c r="B36" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="51" ht="14.5" customHeight="1" s="77">
-      <c r="B51" s="1" t="inlineStr">
+    <row r="50" ht="14.5" customHeight="1" s="49">
+      <c r="B50" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Bank TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>