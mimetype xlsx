--- v2 (2025-12-16)
+++ v3 (2026-01-10)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty Bank Index" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -103,96 +108,105 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
+      <b val="1"/>
+      <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...1 lines deleted...]
-      <b val="1"/>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -274,207 +288,198 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="top"/>
-[...19 lines deleted...]
-    </xf>
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...36 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -521,116 +526,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>37</row>
+      <row>38</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>46</row>
+      <row>47</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="6769100"/>
+          <a:off x="457200" y="7112000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>51</row>
+      <row>50</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>60</row>
-      <rowOff>31750</rowOff>
+      <row>59</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9182100"/>
+          <a:off x="457200" y="9525000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -872,682 +877,752 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L50"/>
+  <dimension ref="A1:L49"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="12.1796875" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="9.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP Nifty Bank Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
-        <v>157703</v>
+      <c r="E8" s="10" t="n">
+        <v>147598</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>1589.02</v>
-[...2 lines deleted...]
-        <v>0.2763</v>
+        <v>1462.99</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.2513</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
-        <v>95204</v>
+      <c r="E9" s="10" t="n">
+        <v>87384</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>1322.19</v>
-[...2 lines deleted...]
-        <v>0.2299</v>
+        <v>1173.48</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.2015</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.9993</v>
+      <c r="L9" s="66" t="n">
+        <v>0.9994</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
         <is>
           <t>State Bank of India</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE062A01020</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="5" t="n">
-        <v>55354</v>
+      <c r="E10" s="10" t="n">
+        <v>57030</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>541.92</v>
-[...2 lines deleted...]
-        <v>0.09420000000000001</v>
+        <v>560.15</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.09619999999999999</v>
       </c>
       <c r="J10" s="6" t="n"/>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.0007</v>
+      <c r="L10" s="66" t="n">
+        <v>0.0005999999999999999</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E11" s="5" t="n">
-        <v>40861</v>
+      <c r="E11" s="10" t="n">
+        <v>42575</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>522.9</v>
-[...2 lines deleted...]
-        <v>0.09089999999999999</v>
+        <v>540.45</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.09279999999999999</v>
       </c>
       <c r="J11" s="6" t="n"/>
     </row>
     <row r="12">
-      <c r="A12" s="1" t="n">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE237A01028</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E12" s="5" t="n">
-        <v>23674</v>
+      <c r="E12" s="10" t="n">
+        <v>24392</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>502.93</v>
-[...2 lines deleted...]
-        <v>0.08740000000000001</v>
+        <v>536.89</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0922</v>
       </c>
       <c r="J12" s="6" t="n"/>
     </row>
     <row r="13">
-      <c r="A13" s="1" t="n">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B13" s="2" t="inlineStr">
         <is>
           <t>The Federal Bank Limited</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C13" s="2" t="inlineStr">
         <is>
           <t>INE171A01029</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E13" s="5" t="n">
-        <v>83939</v>
+      <c r="E13" s="10" t="n">
+        <v>93896</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>216.5</v>
-[...2 lines deleted...]
-        <v>0.0376</v>
+        <v>250.8</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0431</v>
       </c>
       <c r="J13" s="6" t="n"/>
     </row>
     <row r="14">
-      <c r="A14" s="1" t="n">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
+      <c r="B14" s="2" t="inlineStr">
         <is>
           <t>IndusInd Bank Limited</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C14" s="2" t="inlineStr">
         <is>
           <t>INE095A01012</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E14" s="5" t="n">
-        <v>22491</v>
+      <c r="E14" s="10" t="n">
+        <v>24848</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>193.1</v>
-[...2 lines deleted...]
-        <v>0.0336</v>
+        <v>214.74</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0369</v>
       </c>
       <c r="J14" s="6" t="n"/>
     </row>
     <row r="15">
-      <c r="A15" s="1" t="n">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
+      <c r="B15" s="2" t="inlineStr">
         <is>
           <t>AU Small Finance Bank Limited</t>
         </is>
       </c>
-      <c r="C15" s="1" t="inlineStr">
+      <c r="C15" s="2" t="inlineStr">
         <is>
           <t>INE949L01017</t>
         </is>
       </c>
-      <c r="D15" s="1" t="inlineStr">
+      <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E15" s="5" t="n">
-        <v>19218</v>
+      <c r="E15" s="10" t="n">
+        <v>21055</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>183.58</v>
-[...2 lines deleted...]
-        <v>0.0319</v>
+        <v>209.39</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.036</v>
       </c>
       <c r="J15" s="6" t="n"/>
     </row>
     <row r="16">
-      <c r="A16" s="1" t="n">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE092T01019</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="10" t="n">
+        <v>243890</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>208.79</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.0359</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Bank of Baroda</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C17" s="2" t="inlineStr">
         <is>
           <t>INE028A01039</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E16" s="5" t="n">
-[...14 lines deleted...]
-      <c r="B17" s="1" t="inlineStr">
+      <c r="E17" s="10" t="n">
+        <v>68678</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>203.22</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0349</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Canara Bank</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C18" s="2" t="inlineStr">
         <is>
           <t>INE476A01022</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E17" s="5" t="n">
-[...24 lines deleted...]
-      <c r="D18" s="1" t="inlineStr">
+      <c r="E18" s="10" t="n">
+        <v>125358</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>194.19</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.0334</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E18" s="5" t="n">
-[...24 lines deleted...]
-      <c r="D19" s="1" t="inlineStr">
+      <c r="E19" s="10" t="n">
+        <v>134149</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>165.78</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.0285</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Yes Bank Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE528G01035</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E19" s="5" t="n">
-[...12 lines deleted...]
-      <c r="B20" s="8" t="inlineStr">
+      <c r="E20" s="10" t="n">
+        <v>235073</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>50.78</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE692A01016</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E21" s="10" t="n">
+        <v>30367</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>46.69</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="11" t="n"/>
+      <c r="B22" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C20" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B22" s="3" t="inlineStr">
+      <c r="C22" s="11" t="n"/>
+      <c r="D22" s="11" t="n"/>
+      <c r="E22" s="11" t="n"/>
+      <c r="F22" s="12" t="n">
+        <v>5818.34</v>
+      </c>
+      <c r="G22" s="13" t="n">
+        <v>0.9994</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="B24" s="65" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="23">
-[...3 lines deleted...]
-      <c r="B23" s="3" t="inlineStr">
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B25" s="65" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F23" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B24" s="8" t="inlineStr">
+      <c r="F25" s="6" t="n">
+        <v>9.18</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="H25" s="14" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="11" t="n"/>
+      <c r="B26" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C24" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B26" s="3" t="inlineStr">
+      <c r="C26" s="11" t="n"/>
+      <c r="D26" s="11" t="n"/>
+      <c r="E26" s="11" t="n"/>
+      <c r="F26" s="12" t="n">
+        <v>9.18</v>
+      </c>
+      <c r="G26" s="13" t="n">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="B28" s="65" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="27">
-      <c r="B27" s="1" t="inlineStr">
+    <row r="29">
+      <c r="B29" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E27" s="5" t="n"/>
-[...10 lines deleted...]
-      <c r="B28" s="8" t="inlineStr">
+      <c r="E29" s="10" t="n"/>
+      <c r="F29" s="6" t="n">
+        <v>-5.23</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="11" t="n"/>
+      <c r="B30" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C28" s="8" t="n"/>
-[...11 lines deleted...]
-      <c r="B30" s="4" t="inlineStr">
+      <c r="C30" s="11" t="n"/>
+      <c r="D30" s="11" t="n"/>
+      <c r="E30" s="11" t="n"/>
+      <c r="F30" s="12" t="n">
+        <v>-5.23</v>
+      </c>
+      <c r="G30" s="13" t="n">
+        <v>-0.001</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="5" t="n"/>
+      <c r="B32" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C30" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G30" s="13" t="n">
+      <c r="C32" s="5" t="n"/>
+      <c r="D32" s="5" t="n"/>
+      <c r="E32" s="5" t="n"/>
+      <c r="F32" s="8" t="n">
+        <v>5822.29</v>
+      </c>
+      <c r="G32" s="9" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="31">
-      <c r="A31" s="1" t="inlineStr">
+    <row r="33">
+      <c r="A33" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="A32" s="15" t="n">
+    <row r="34">
+      <c r="A34" s="16" t="n">
         <v>1</v>
       </c>
-      <c r="B32" s="15" t="inlineStr">
+      <c r="B34" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="36" ht="14.5" customHeight="1" s="49">
-      <c r="B36" s="38" t="inlineStr">
+    <row r="35" ht="27" customHeight="1" s="41">
+      <c r="A35" s="16" t="n">
+        <v>2</v>
+      </c>
+      <c r="B35" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="14.5" customHeight="1" s="41">
+      <c r="B37" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="50" ht="14.5" customHeight="1" s="49">
-      <c r="B50" s="38" t="inlineStr">
+    <row r="49" ht="14.5" customHeight="1" s="41">
+      <c r="B49" s="54" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Bank TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>