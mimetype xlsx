--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Nifty Bank Index" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,121 +87,117 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
-    <fill>
-[...4 lines deleted...]
-    </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -550,92 +531,92 @@
       <colOff>0</colOff>
       <row>38</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>47</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="7112000"/>
+          <a:off x="457200" y="7454900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>50</row>
+      <row>51</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>59</row>
-      <rowOff>31751</rowOff>
+      <row>60</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9525000"/>
+          <a:off x="457200" y="9867900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -877,752 +858,752 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L49"/>
+  <dimension ref="A1:L50"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="14.26953125" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="16" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="10.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Nifty Bank Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
-        <v>147598</v>
+      <c r="E8" s="5" t="n">
+        <v>137235</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>1462.99</v>
-[...2 lines deleted...]
-        <v>0.2513</v>
+        <v>1275.26</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.2201</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
-        <v>87384</v>
+      <c r="E9" s="5" t="n">
+        <v>77684</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>1173.48</v>
-[...2 lines deleted...]
-        <v>0.2015</v>
+        <v>1052.62</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.1817</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-        <v>0.9994</v>
+      <c r="L9" s="7" t="n">
+        <v>0.9996</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>State Bank of India</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE062A01020</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
-        <v>57030</v>
+      <c r="E10" s="5" t="n">
+        <v>56038</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>560.15</v>
-[...2 lines deleted...]
-        <v>0.09619999999999999</v>
+        <v>603.61</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.1042</v>
       </c>
       <c r="J10" s="6" t="n"/>
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="66" t="n">
-        <v>0.0005999999999999999</v>
+      <c r="L10" s="7" t="n">
+        <v>0.0004</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E11" s="10" t="n">
-        <v>42575</v>
+      <c r="E11" s="5" t="n">
+        <v>42480</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>540.45</v>
-[...2 lines deleted...]
-        <v>0.09279999999999999</v>
+        <v>582.15</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.1005</v>
       </c>
       <c r="J11" s="6" t="n"/>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
-      <c r="C12" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01036</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-        <v>24392</v>
+      <c r="E12" s="5" t="n">
+        <v>125659</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>536.89</v>
-[...2 lines deleted...]
-        <v>0.0922</v>
+        <v>512.6900000000001</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0885</v>
       </c>
       <c r="J12" s="6" t="n"/>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="n">
+      <c r="A13" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="2" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>The Federal Bank Limited</t>
         </is>
       </c>
-      <c r="C13" s="2" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>INE171A01029</t>
         </is>
       </c>
-      <c r="D13" s="2" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E13" s="10" t="n">
-        <v>93896</v>
+      <c r="E13" s="5" t="n">
+        <v>100937</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>250.8</v>
-[...2 lines deleted...]
-        <v>0.0431</v>
+        <v>290.45</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0501</v>
       </c>
       <c r="J13" s="6" t="n"/>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="n">
+      <c r="A14" s="1" t="n">
         <v>7</v>
       </c>
-      <c r="B14" s="2" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>IndusInd Bank Limited</t>
         </is>
       </c>
-      <c r="C14" s="2" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE095A01012</t>
         </is>
       </c>
-      <c r="D14" s="2" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E14" s="10" t="n">
-        <v>24848</v>
+      <c r="E14" s="5" t="n">
+        <v>26830</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>214.74</v>
-[...2 lines deleted...]
-        <v>0.0369</v>
+        <v>240.42</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0415</v>
       </c>
       <c r="J14" s="6" t="n"/>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="n">
+      <c r="A15" s="1" t="n">
         <v>8</v>
       </c>
-      <c r="B15" s="2" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>74703</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>223.66</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0386</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE092T01019</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>261916</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>218.91</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0378</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>AU Small Finance Bank Limited</t>
         </is>
       </c>
-      <c r="C15" s="2" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>INE949L01017</t>
         </is>
       </c>
-      <c r="D15" s="2" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E15" s="10" t="n">
-[...24 lines deleted...]
-      <c r="D16" s="2" t="inlineStr">
+      <c r="E17" s="5" t="n">
+        <v>22187</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>217.95</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0376</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE476A01022</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E16" s="10" t="n">
-[...24 lines deleted...]
-      <c r="D17" s="2" t="inlineStr">
+      <c r="E18" s="5" t="n">
+        <v>131495</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>193.85</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0335</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E17" s="10" t="n">
-[...24 lines deleted...]
-      <c r="D18" s="2" t="inlineStr">
+      <c r="E19" s="5" t="n">
+        <v>146230</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>183.07</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0316</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Yes Bank Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE528G01035</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E18" s="10" t="n">
-[...24 lines deleted...]
-      <c r="D19" s="2" t="inlineStr">
+      <c r="E20" s="5" t="n">
+        <v>463585</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>99.25</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE692A01016</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E19" s="10" t="n">
-[...60 lines deleted...]
-        <v>30367</v>
+      <c r="E21" s="5" t="n">
+        <v>54004</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>46.69</v>
-[...2 lines deleted...]
-        <v>0.008</v>
+        <v>97.62</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0168</v>
       </c>
       <c r="J21" s="6" t="n"/>
     </row>
     <row r="22">
-      <c r="A22" s="11" t="n"/>
-      <c r="B22" s="11" t="inlineStr">
+      <c r="A22" s="8" t="n"/>
+      <c r="B22" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C22" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.9994</v>
+      <c r="C22" s="8" t="n"/>
+      <c r="D22" s="8" t="n"/>
+      <c r="E22" s="8" t="n"/>
+      <c r="F22" s="9" t="n">
+        <v>5791.51</v>
+      </c>
+      <c r="G22" s="10" t="n">
+        <v>0.9996</v>
       </c>
     </row>
     <row r="24">
-      <c r="B24" s="65" t="inlineStr">
+      <c r="B24" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="2" t="n">
+      <c r="A25" s="1" t="n">
         <v>15</v>
       </c>
-      <c r="B25" s="65" t="inlineStr">
+      <c r="B25" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F25" s="6" t="n">
-        <v>9.18</v>
-[...5 lines deleted...]
-        <v>46023</v>
+        <v>14.95</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H25" s="11" t="n">
+        <v>46055</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="11" t="n"/>
-      <c r="B26" s="11" t="inlineStr">
+      <c r="A26" s="8" t="n"/>
+      <c r="B26" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C26" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.0016</v>
+      <c r="C26" s="8" t="n"/>
+      <c r="D26" s="8" t="n"/>
+      <c r="E26" s="8" t="n"/>
+      <c r="F26" s="9" t="n">
+        <v>14.95</v>
+      </c>
+      <c r="G26" s="10" t="n">
+        <v>0.0026</v>
       </c>
     </row>
     <row r="28">
-      <c r="B28" s="65" t="inlineStr">
+      <c r="B28" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="29">
-      <c r="B29" s="2" t="inlineStr">
+      <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E29" s="10" t="n"/>
+      <c r="E29" s="5" t="n"/>
       <c r="F29" s="6" t="n">
-        <v>-5.23</v>
-[...2 lines deleted...]
-        <v>-0.001</v>
+        <v>-11.82</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>-0.0022</v>
       </c>
       <c r="J29" s="6" t="n"/>
     </row>
     <row r="30">
-      <c r="A30" s="11" t="n"/>
-      <c r="B30" s="11" t="inlineStr">
+      <c r="A30" s="8" t="n"/>
+      <c r="B30" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C30" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>-0.001</v>
+      <c r="C30" s="8" t="n"/>
+      <c r="D30" s="8" t="n"/>
+      <c r="E30" s="8" t="n"/>
+      <c r="F30" s="9" t="n">
+        <v>-11.82</v>
+      </c>
+      <c r="G30" s="10" t="n">
+        <v>-0.0022</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="5" t="n"/>
-      <c r="B32" s="5" t="inlineStr">
+      <c r="A32" s="4" t="n"/>
+      <c r="B32" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C32" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G32" s="9" t="n">
+      <c r="C32" s="4" t="n"/>
+      <c r="D32" s="4" t="n"/>
+      <c r="E32" s="4" t="n"/>
+      <c r="F32" s="12" t="n">
+        <v>5794.64</v>
+      </c>
+      <c r="G32" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="2" t="inlineStr">
+      <c r="A33" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="34">
-      <c r="A34" s="16" t="n">
+    <row r="34" ht="54" customHeight="1" s="45">
+      <c r="A34" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B34" s="16" t="inlineStr">
+      <c r="B34" s="15" t="inlineStr">
+        <is>
+          <t>Subject to SEBI (MF) Regulations and the applicable guidelines issued by SEBI, Scheme has entered into securities lending in accordance with the framework specified in this regard.</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="15" t="n">
+        <v>2</v>
+      </c>
+      <c r="B35" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="35" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B37" s="54" t="inlineStr">
+    <row r="37" ht="14.5" customHeight="1" s="45">
+      <c r="B37" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="49" ht="14.5" customHeight="1" s="41">
-      <c r="B49" s="54" t="inlineStr">
+    <row r="50" ht="14.5" customHeight="1" s="45">
+      <c r="B50" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Bank TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>