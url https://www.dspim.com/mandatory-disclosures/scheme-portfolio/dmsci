--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="MSCI India ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -103,93 +108,102 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
+      <b val="1"/>
+      <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...1 lines deleted...]
-      <b val="1"/>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -274,207 +288,198 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -521,116 +526,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>186</row>
+      <row>189</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>198</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="32658050"/>
+          <a:off x="457200" y="33000950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>199</row>
+      <row>201</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>210</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="35071050"/>
+          <a:off x="457200" y="35413950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -872,5532 +877,5582 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L198"/>
+  <dimension ref="A1:L200"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="50.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="12.453125" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="8.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP MSCI India ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
-        <v>5238</v>
+      <c r="E8" s="10" t="n">
+        <v>6281</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>52.78</v>
-[...2 lines deleted...]
-        <v>0.0806</v>
+        <v>62.26</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.0801</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Reliance Industries Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE002A01018</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
-        <v>2806</v>
+      <c r="E9" s="10" t="n">
+        <v>3365</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>43.98</v>
-[...2 lines deleted...]
-        <v>0.0672</v>
+        <v>52.84</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.068</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.2002</v>
+      <c r="L9" s="66" t="n">
+        <v>0.1999</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="5" t="n">
-        <v>2436</v>
+      <c r="E10" s="10" t="n">
+        <v>2921</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>33.83</v>
-[...2 lines deleted...]
-        <v>0.0517</v>
+        <v>39.23</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.0505</v>
       </c>
       <c r="J10" s="6" t="n"/>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K10" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.0891</v>
+      <c r="L10" s="66" t="n">
+        <v>0.0921</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE397D01024</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E11" s="5" t="n">
-        <v>1182</v>
+      <c r="E11" s="10" t="n">
+        <v>1418</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>24.84</v>
-[...2 lines deleted...]
-        <v>0.0379</v>
+        <v>29.86</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.0384</v>
       </c>
       <c r="J11" s="6" t="n"/>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K11" s="2" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-        <v>0.07729999999999999</v>
+      <c r="L11" s="66" t="n">
+        <v>0.0788</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="1" t="n">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Infosys Limited</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE009A01021</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D12" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E12" s="5" t="n">
-        <v>1531</v>
+      <c r="E12" s="10" t="n">
+        <v>1836</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>23.89</v>
-[...2 lines deleted...]
-        <v>0.0365</v>
+        <v>29.66</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0382</v>
       </c>
       <c r="J12" s="6" t="n"/>
-      <c r="K12" s="1" t="inlineStr">
+      <c r="K12" s="2" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="L12" s="7" t="n">
-        <v>0.0688</v>
+      <c r="L12" s="66" t="n">
+        <v>0.0702</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="1" t="n">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
+      <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Mahindra &amp; Mahindra Limited</t>
         </is>
       </c>
-      <c r="C13" s="1" t="inlineStr">
+      <c r="C13" s="2" t="inlineStr">
         <is>
           <t>INE101A01026</t>
         </is>
       </c>
-      <c r="D13" s="1" t="inlineStr">
+      <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="E13" s="5" t="n">
+      <c r="E13" s="10" t="n">
+        <v>515</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>19.1</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0246</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L13" s="66" t="n">
+        <v>0.0629</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>1269</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>16.11</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0207</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="66" t="n">
+        <v>0.0459</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>500</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>16.03</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.0206</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L15" s="66" t="n">
+        <v>0.0423</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E16" s="10" t="n">
+        <v>1547</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>15.27</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L16" s="66" t="n">
+        <v>0.0309</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>372</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>15.19</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L17" s="66" t="n">
+        <v>0.0266</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E18" s="10" t="n">
+        <v>604</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>13.29</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L18" s="66" t="n">
+        <v>0.0261</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>69</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>11.52</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L19" s="66" t="n">
+        <v>0.0221</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E20" s="10" t="n">
+        <v>454</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>10.51</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L20" s="66" t="n">
+        <v>0.0209</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E21" s="10" t="n">
+        <v>1020</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>10.02</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L21" s="66" t="n">
+        <v>0.0208</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E22" s="10" t="n">
+        <v>530</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>9.109999999999999</v>
+      </c>
+      <c r="G22" s="66" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L22" s="66" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E23" s="10" t="n">
+        <v>525</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>8.52</v>
+      </c>
+      <c r="G23" s="66" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L23" s="66" t="n">
+        <v>0.0194</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E24" s="10" t="n">
+        <v>2019</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>8.07</v>
+      </c>
+      <c r="G24" s="66" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L24" s="66" t="n">
+        <v>0.0168</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E25" s="10" t="n">
+        <v>2411</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>7.95</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L25" s="66" t="n">
+        <v>0.0167</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E26" s="10" t="n">
+        <v>196</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>7.94</v>
+      </c>
+      <c r="G26" s="66" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L26" s="66" t="n">
+        <v>0.0143</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>779</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>7.76</v>
+      </c>
+      <c r="G27" s="66" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L27" s="66" t="n">
+        <v>0.014</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>65</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>7.66</v>
+      </c>
+      <c r="G28" s="66" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L28" s="66" t="n">
+        <v>0.0133</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E29" s="10" t="n">
+        <v>4138</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>7.45</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L29" s="66" t="n">
+        <v>0.0124</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E30" s="10" t="n">
+        <v>2569</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="G30" s="66" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L30" s="66" t="n">
+        <v>0.0111</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E31" s="10" t="n">
+        <v>1661</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>6.69</v>
+      </c>
+      <c r="G31" s="66" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L31" s="66" t="n">
+        <v>0.0097</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E32" s="10" t="n">
+        <v>745</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>6.61</v>
+      </c>
+      <c r="G32" s="66" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L32" s="66" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E33" s="10" t="n">
+        <v>212</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>5.87</v>
+      </c>
+      <c r="G33" s="66" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L33" s="66" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E34" s="10" t="n">
+        <v>76</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>5.56</v>
+      </c>
+      <c r="G34" s="66" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="L34" s="66" t="n">
+        <v>0.008</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Interglobe Aviation Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE646L01027</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E35" s="10" t="n">
+        <v>105</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>5.31</v>
+      </c>
+      <c r="G35" s="66" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L35" s="66" t="n">
+        <v>0.0078</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E36" s="10" t="n">
+        <v>249</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>5.07</v>
+      </c>
+      <c r="G36" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L36" s="66" t="n">
+        <v>0.0077</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E37" s="10" t="n">
+        <v>131</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>4.87</v>
+      </c>
+      <c r="G37" s="66" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L37" s="66" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>111</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>4.87</v>
+      </c>
+      <c r="G38" s="66" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L38" s="66" t="n">
+        <v>0.0073</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Nestle India Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE239A01024</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E39" s="10" t="n">
+        <v>373</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>4.8</v>
+      </c>
+      <c r="G39" s="66" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L39" s="66" t="n">
+        <v>0.0073</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E40" s="10" t="n">
+        <v>298</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>4.74</v>
+      </c>
+      <c r="G40" s="66" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L40" s="66" t="n">
+        <v>0.0073</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E41" s="10" t="n">
+        <v>312</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>4.72</v>
+      </c>
+      <c r="G41" s="66" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L41" s="66" t="n">
+        <v>0.0069</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Jio Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE758E01017</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E42" s="10" t="n">
+        <v>1580</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>4.66</v>
+      </c>
+      <c r="G42" s="66" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L42" s="66" t="n">
+        <v>0.0068</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E43" s="10" t="n">
+        <v>1119</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>4.65</v>
+      </c>
+      <c r="G43" s="66" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L43" s="66" t="n">
+        <v>0.0066</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E44" s="10" t="n">
+        <v>756</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>4.57</v>
+      </c>
+      <c r="G44" s="66" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L44" s="66" t="n">
+        <v>0.0059</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Max Healthcare Institute Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE027H01010</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E45" s="10" t="n">
         <v>430</v>
       </c>
-      <c r="F13" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="F45" s="6" t="n">
+        <v>4.49</v>
+      </c>
+      <c r="G45" s="66" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L45" s="66" t="n">
+        <v>0.0052</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E46" s="10" t="n">
+        <v>298</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>4.38</v>
+      </c>
+      <c r="G46" s="66" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L46" s="66" t="n">
+        <v>0.0043</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
-[...4 lines deleted...]
-      <c r="A14" s="1" t="n">
+      <c r="E47" s="10" t="n">
+        <v>212</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>4.32</v>
+      </c>
+      <c r="G47" s="66" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L47" s="66" t="n">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Trent Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE849A01020</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E48" s="10" t="n">
+        <v>100</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>4.28</v>
+      </c>
+      <c r="G48" s="66" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+      <c r="K48" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L48" s="66" t="n">
+        <v>0.0018</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Grasim Industries Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE047A01021</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E49" s="10" t="n">
+        <v>150</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>4.24</v>
+      </c>
+      <c r="G49" s="66" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+      <c r="K49" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L49" s="66" t="n">
+        <v>0.0014</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE437A01024</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E50" s="10" t="n">
+        <v>60</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>4.23</v>
+      </c>
+      <c r="G50" s="66" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+      <c r="K50" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L50" s="66" t="n">
+        <v>0.0015</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Divi's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE361B01024</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E51" s="10" t="n">
+        <v>66</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>4.22</v>
+      </c>
+      <c r="G51" s="66" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E52" s="10" t="n">
+        <v>1738</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>4.18</v>
+      </c>
+      <c r="G52" s="66" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E53" s="10" t="n">
+        <v>1119</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>4.11</v>
+      </c>
+      <c r="G53" s="66" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E54" s="10" t="n">
+        <v>1021</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>4.07</v>
+      </c>
+      <c r="G54" s="66" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE795G01014</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E55" s="10" t="n">
+        <v>536</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>4.02</v>
+      </c>
+      <c r="G55" s="66" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE121A01024</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E56" s="10" t="n">
+        <v>232</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>3.95</v>
+      </c>
+      <c r="G56" s="66" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E57" s="10" t="n">
+        <v>338</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>3.94</v>
+      </c>
+      <c r="G57" s="66" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>TATA CONSUMER PRODUCTS LIMITED</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE192A01025</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E58" s="10" t="n">
+        <v>328</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>3.91</v>
+      </c>
+      <c r="G58" s="66" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>Dr. Reddy's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE089A01031</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E59" s="10" t="n">
+        <v>300</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>3.81</v>
+      </c>
+      <c r="G59" s="66" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Wipro Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE075A01022</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E60" s="10" t="n">
+        <v>1448</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>3.81</v>
+      </c>
+      <c r="G60" s="66" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E61" s="10" t="n">
+        <v>66</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>3.81</v>
+      </c>
+      <c r="G61" s="66" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>Persistent Systems Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE262H01021</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E62" s="10" t="n">
+        <v>60</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>3.76</v>
+      </c>
+      <c r="G62" s="66" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E63" s="10" t="n">
+        <v>1333</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>3.71</v>
+      </c>
+      <c r="G63" s="66" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Varun Beverages Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE200M01039</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E64" s="10" t="n">
+        <v>747</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>3.66</v>
+      </c>
+      <c r="G64" s="66" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE216A01030</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E65" s="10" t="n">
+        <v>60</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>3.62</v>
+      </c>
+      <c r="G65" s="66" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>The Indian Hotels Company Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE053A01029</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E66" s="10" t="n">
+        <v>472</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>3.49</v>
+      </c>
+      <c r="G66" s="66" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>PB Fintech Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE417T01026</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E67" s="10" t="n">
+        <v>190</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>3.47</v>
+      </c>
+      <c r="G67" s="66" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Auto Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE917I01010</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E68" s="10" t="n">
+        <v>37</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>3.46</v>
+      </c>
+      <c r="G68" s="66" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E69" s="10" t="n">
+        <v>77</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>3.41</v>
+      </c>
+      <c r="G69" s="66" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>Avenue Supermarts Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>INE192R01011</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E70" s="10" t="n">
+        <v>90</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>3.4</v>
+      </c>
+      <c r="G70" s="66" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E71" s="10" t="n">
+        <v>883</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>3.35</v>
+      </c>
+      <c r="G71" s="66" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E72" s="10" t="n">
+        <v>839</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>3.22</v>
+      </c>
+      <c r="G72" s="66" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E73" s="10" t="n">
+        <v>729</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>3.05</v>
+      </c>
+      <c r="G73" s="66" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Suzlon Energy Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>INE040H01021</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E74" s="10" t="n">
+        <v>5680</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>2.99</v>
+      </c>
+      <c r="G74" s="66" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Swiggy Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>INE00H001014</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E75" s="10" t="n">
+        <v>763</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>2.95</v>
+      </c>
+      <c r="G75" s="66" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>Lupin Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <t>INE326A01037</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E76" s="10" t="n">
+        <v>139</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>2.93</v>
+      </c>
+      <c r="G76" s="66" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E77" s="10" t="n">
+        <v>820</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>2.91</v>
+      </c>
+      <c r="G77" s="66" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <t>Ashok Leyland Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="2" t="inlineStr">
+        <is>
+          <t>INE208A01029</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E78" s="10" t="n">
+        <v>1623</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>2.91</v>
+      </c>
+      <c r="G78" s="66" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>BSE Limited</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>INE118H01025</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E79" s="10" t="n">
+        <v>110</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>2.9</v>
+      </c>
+      <c r="G79" s="66" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E80" s="10" t="n">
+        <v>106</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>2.83</v>
+      </c>
+      <c r="G80" s="66" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>DLF Limited</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>INE271C01023</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E81" s="10" t="n">
+        <v>410</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>2.82</v>
+      </c>
+      <c r="G81" s="66" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J81" s="6" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C82" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E82" s="10" t="n">
+        <v>2333</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>2.8</v>
+      </c>
+      <c r="G82" s="66" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited</t>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <t>INE102D01028</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E83" s="10" t="n">
+        <v>226</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>2.76</v>
+      </c>
+      <c r="G83" s="66" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <t>INE095A01012</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E84" s="10" t="n">
+        <v>319</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>2.76</v>
+      </c>
+      <c r="G84" s="66" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>One 97 Communications Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <t>INE982J01020</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E85" s="10" t="n">
+        <v>212</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>2.75</v>
+      </c>
+      <c r="G85" s="66" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E86" s="10" t="n">
+        <v>135</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>2.65</v>
+      </c>
+      <c r="G86" s="66" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E87" s="10" t="n">
+        <v>529</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>2.64</v>
+      </c>
+      <c r="G87" s="66" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>INE663F01032</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E88" s="10" t="n">
+        <v>197</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>2.63</v>
+      </c>
+      <c r="G88" s="66" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>Indian Oil Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>INE242A01010</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E89" s="10" t="n">
+        <v>1560</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>2.6</v>
+      </c>
+      <c r="G89" s="66" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E90" s="10" t="n">
+        <v>67</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>2.55</v>
+      </c>
+      <c r="G90" s="66" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C91" s="2" t="inlineStr">
+        <is>
+          <t>INE067A01029</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E91" s="10" t="n">
+        <v>392</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>2.54</v>
+      </c>
+      <c r="G91" s="66" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>SRF Limited</t>
+        </is>
+      </c>
+      <c r="C92" s="2" t="inlineStr">
+        <is>
+          <t>INE647A01010</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E92" s="10" t="n">
+        <v>82</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>2.52</v>
+      </c>
+      <c r="G92" s="66" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J92" s="6" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited</t>
+        </is>
+      </c>
+      <c r="C93" s="2" t="inlineStr">
+        <is>
+          <t>INE318A01026</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E93" s="10" t="n">
+        <v>169</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>2.51</v>
+      </c>
+      <c r="G93" s="66" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J93" s="6" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C94" s="2" t="inlineStr">
+        <is>
+          <t>INE685A01028</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E94" s="10" t="n">
+        <v>65</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="G94" s="66" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J94" s="6" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <t>LTIMindtree Limited</t>
+        </is>
+      </c>
+      <c r="C95" s="2" t="inlineStr">
+        <is>
+          <t>INE214T01019</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E95" s="10" t="n">
+        <v>41</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>2.49</v>
+      </c>
+      <c r="G95" s="66" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C96" s="2" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E96" s="10" t="n">
+        <v>20</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>2.42</v>
+      </c>
+      <c r="G96" s="66" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="B97" s="2" t="inlineStr">
+        <is>
+          <t>Fortis Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C97" s="2" t="inlineStr">
+        <is>
+          <t>INE061F01013</t>
+        </is>
+      </c>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E97" s="10" t="n">
+        <v>271</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="G97" s="66" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J97" s="6" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C98" s="2" t="inlineStr">
+        <is>
+          <t>INE020B01018</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E98" s="10" t="n">
+        <v>655</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>2.34</v>
+      </c>
+      <c r="G98" s="66" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J98" s="6" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <t>United Spirits Limited</t>
+        </is>
+      </c>
+      <c r="C99" s="2" t="inlineStr">
+        <is>
+          <t>INE854D01024</t>
+        </is>
+      </c>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E99" s="10" t="n">
+        <v>161</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>2.32</v>
+      </c>
+      <c r="G99" s="66" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J99" s="6" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="B100" s="2" t="inlineStr">
+        <is>
+          <t>Adani Power Limited</t>
+        </is>
+      </c>
+      <c r="C100" s="2" t="inlineStr">
+        <is>
+          <t>INE814H01029</t>
+        </is>
+      </c>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E100" s="10" t="n">
+        <v>1598</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="G100" s="66" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J100" s="6" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>UPL Limited</t>
+        </is>
+      </c>
+      <c r="C101" s="2" t="inlineStr">
+        <is>
+          <t>INE628A01036</t>
+        </is>
+      </c>
+      <c r="D101" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E101" s="10" t="n">
+        <v>280</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>2.23</v>
+      </c>
+      <c r="G101" s="66" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J101" s="6" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="B102" s="2" t="inlineStr">
+        <is>
+          <t>GE Vernova T&amp;D India Limited</t>
+        </is>
+      </c>
+      <c r="C102" s="2" t="inlineStr">
+        <is>
+          <t>INE200A01026</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E102" s="10" t="n">
+        <v>71</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>2.22</v>
+      </c>
+      <c r="G102" s="66" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J102" s="6" t="n"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C103" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E103" s="10" t="n">
+        <v>29</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>2.21</v>
+      </c>
+      <c r="G103" s="66" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J103" s="6" t="n"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C104" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E104" s="10" t="n">
+        <v>1271</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>2.19</v>
+      </c>
+      <c r="G104" s="66" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J104" s="6" t="n"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C105" s="2" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E105" s="10" t="n">
+        <v>287</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>2.15</v>
+      </c>
+      <c r="G105" s="66" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J105" s="6" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="B106" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C106" s="2" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E106" s="10" t="n">
+        <v>197</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>2.08</v>
+      </c>
+      <c r="G106" s="66" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J106" s="6" t="n"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="B107" s="2" t="inlineStr">
+        <is>
+          <t>Hyundai Motor India Limited</t>
+        </is>
+      </c>
+      <c r="C107" s="2" t="inlineStr">
+        <is>
+          <t>INE0V6F01027</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E107" s="10" t="n">
+        <v>90</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>2.07</v>
+      </c>
+      <c r="G107" s="66" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J107" s="6" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="B108" s="2" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C108" s="2" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E108" s="10" t="n">
+        <v>109</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="G108" s="66" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J108" s="6" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="B109" s="2" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C109" s="2" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E109" s="10" t="n">
+        <v>202</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>2.01</v>
+      </c>
+      <c r="G109" s="66" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J109" s="6" t="n"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="B110" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C110" s="2" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E110" s="10" t="n">
+        <v>89</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>1.99</v>
+      </c>
+      <c r="G110" s="66" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J110" s="6" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="B111" s="2" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C111" s="2" t="inlineStr">
+        <is>
+          <t>INE660A01013</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E111" s="10" t="n">
+        <v>37</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>1.95</v>
+      </c>
+      <c r="G111" s="66" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J111" s="6" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Forge Limited</t>
+        </is>
+      </c>
+      <c r="C112" s="2" t="inlineStr">
+        <is>
+          <t>INE465A01025</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E112" s="10" t="n">
+        <v>132</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>1.94</v>
+      </c>
+      <c r="G112" s="66" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J112" s="6" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="B113" s="2" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C113" s="2" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E113" s="10" t="n">
+        <v>100</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>1.91</v>
+      </c>
+      <c r="G113" s="66" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J113" s="6" t="n"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="2" t="n">
+        <v>107</v>
+      </c>
+      <c r="B114" s="2" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C114" s="2" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E114" s="10" t="n">
+        <v>341</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="G114" s="66" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J114" s="6" t="n"/>
+    </row>
+    <row r="115">
+      <c r="A115" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="B115" s="2" t="inlineStr">
+        <is>
+          <t>Yes Bank Limited</t>
+        </is>
+      </c>
+      <c r="C115" s="2" t="inlineStr">
+        <is>
+          <t>INE528G01035</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E115" s="10" t="n">
+        <v>8667</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>1.87</v>
+      </c>
+      <c r="G115" s="66" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J115" s="6" t="n"/>
+    </row>
+    <row r="116">
+      <c r="A116" s="2" t="n">
+        <v>109</v>
+      </c>
+      <c r="B116" s="2" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited</t>
+        </is>
+      </c>
+      <c r="C116" s="2" t="inlineStr">
+        <is>
+          <t>INE343H01029</t>
+        </is>
+      </c>
+      <c r="D116" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E116" s="10" t="n">
+        <v>15</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>1.84</v>
+      </c>
+      <c r="G116" s="66" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J116" s="6" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="B117" s="2" t="inlineStr">
+        <is>
+          <t>Lodha Developers Limited</t>
+        </is>
+      </c>
+      <c r="C117" s="2" t="inlineStr">
+        <is>
+          <t>INE670K01029</t>
+        </is>
+      </c>
+      <c r="D117" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E117" s="10" t="n">
+        <v>165</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>1.75</v>
+      </c>
+      <c r="G117" s="66" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J117" s="6" t="n"/>
+    </row>
+    <row r="118">
+      <c r="A118" s="2" t="n">
+        <v>111</v>
+      </c>
+      <c r="B118" s="2" t="inlineStr">
+        <is>
+          <t>Havells India Limited</t>
+        </is>
+      </c>
+      <c r="C118" s="2" t="inlineStr">
+        <is>
+          <t>INE176B01034</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E118" s="10" t="n">
+        <v>121</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>1.72</v>
+      </c>
+      <c r="G118" s="66" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J118" s="6" t="n"/>
+    </row>
+    <row r="119">
+      <c r="A119" s="2" t="n">
+        <v>112</v>
+      </c>
+      <c r="B119" s="2" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C119" s="2" t="inlineStr">
+        <is>
+          <t>INE406A01037</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E119" s="10" t="n">
+        <v>144</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="G119" s="66" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J119" s="6" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="2" t="n">
+        <v>113</v>
+      </c>
+      <c r="B120" s="2" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited</t>
+        </is>
+      </c>
+      <c r="C120" s="2" t="inlineStr">
+        <is>
+          <t>INE092T01019</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E120" s="10" t="n">
+        <v>1987</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="G120" s="66" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J120" s="6" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="2" t="n">
+        <v>114</v>
+      </c>
+      <c r="B121" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Holdings &amp; Investment Limited</t>
+        </is>
+      </c>
+      <c r="C121" s="2" t="inlineStr">
+        <is>
+          <t>INE118A01012</t>
+        </is>
+      </c>
+      <c r="D121" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E121" s="10" t="n">
+        <v>15</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>1.7</v>
+      </c>
+      <c r="G121" s="66" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J121" s="6" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="2" t="n">
+        <v>115</v>
+      </c>
+      <c r="B122" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C122" s="2" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E122" s="10" t="n">
+        <v>571</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>1.69</v>
+      </c>
+      <c r="G122" s="66" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J122" s="6" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="2" t="n">
+        <v>116</v>
+      </c>
+      <c r="B123" s="2" t="inlineStr">
+        <is>
+          <t>FSN E-Commerce Ventures Limited</t>
+        </is>
+      </c>
+      <c r="C123" s="2" t="inlineStr">
+        <is>
+          <t>INE388Y01029</t>
+        </is>
+      </c>
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E123" s="10" t="n">
+        <v>632</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>1.68</v>
+      </c>
+      <c r="G123" s="66" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J123" s="6" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="2" t="n">
+        <v>117</v>
+      </c>
+      <c r="B124" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited</t>
+        </is>
+      </c>
+      <c r="C124" s="2" t="inlineStr">
+        <is>
+          <t>INE484J01027</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E124" s="10" t="n">
+        <v>83</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="G124" s="66" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J124" s="6" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="2" t="n">
+        <v>118</v>
+      </c>
+      <c r="B125" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Heavy Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C125" s="2" t="inlineStr">
+        <is>
+          <t>INE257A01026</t>
+        </is>
+      </c>
+      <c r="D125" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E125" s="10" t="n">
+        <v>577</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="G125" s="66" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J125" s="6" t="n"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="2" t="n">
+        <v>119</v>
+      </c>
+      <c r="B126" s="2" t="inlineStr">
+        <is>
+          <t>Voltas Limited</t>
+        </is>
+      </c>
+      <c r="C126" s="2" t="inlineStr">
+        <is>
+          <t>INE226A01021</t>
+        </is>
+      </c>
+      <c r="D126" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E126" s="10" t="n">
+        <v>119</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="G126" s="66" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J126" s="6" t="n"/>
+    </row>
+    <row r="127">
+      <c r="A127" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="B127" s="2" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C127" s="2" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E127" s="10" t="n">
+        <v>58</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="G127" s="66" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J127" s="6" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="2" t="n">
+        <v>121</v>
+      </c>
+      <c r="B128" s="2" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited</t>
+        </is>
+      </c>
+      <c r="C128" s="2" t="inlineStr">
+        <is>
+          <t>INE669E01016</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E128" s="10" t="n">
+        <v>14965</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>1.61</v>
+      </c>
+      <c r="G128" s="66" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J128" s="6" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="2" t="n">
+        <v>122</v>
+      </c>
+      <c r="B129" s="2" t="inlineStr">
+        <is>
+          <t>Vishal Mega Mart Limited</t>
+        </is>
+      </c>
+      <c r="C129" s="2" t="inlineStr">
+        <is>
+          <t>INE01EA01019</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E129" s="10" t="n">
+        <v>1161</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>1.58</v>
+      </c>
+      <c r="G129" s="66" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J129" s="6" t="n"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="2" t="n">
+        <v>123</v>
+      </c>
+      <c r="B130" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C130" s="2" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E130" s="10" t="n">
+        <v>1270</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>1.57</v>
+      </c>
+      <c r="G130" s="66" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J130" s="6" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="2" t="n">
+        <v>124</v>
+      </c>
+      <c r="B131" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C131" s="2" t="inlineStr">
+        <is>
+          <t>INE476A01022</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E131" s="10" t="n">
+        <v>1002</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>1.55</v>
+      </c>
+      <c r="G131" s="66" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J131" s="6" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="B132" s="2" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C132" s="2" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D132" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E132" s="10" t="n">
+        <v>59</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>1.54</v>
+      </c>
+      <c r="G132" s="66" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J132" s="6" t="n"/>
+    </row>
+    <row r="133">
+      <c r="A133" s="2" t="n">
+        <v>126</v>
+      </c>
+      <c r="B133" s="2" t="inlineStr">
+        <is>
+          <t>MRF Limited</t>
+        </is>
+      </c>
+      <c r="C133" s="2" t="inlineStr">
+        <is>
+          <t>INE883A01011</t>
+        </is>
+      </c>
+      <c r="D133" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E133" s="10" t="n">
+        <v>1</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="G133" s="66" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J133" s="6" t="n"/>
+    </row>
+    <row r="134">
+      <c r="A134" s="2" t="n">
+        <v>127</v>
+      </c>
+      <c r="B134" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Stainless Limited</t>
+        </is>
+      </c>
+      <c r="C134" s="2" t="inlineStr">
+        <is>
+          <t>INE220G01021</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E134" s="10" t="n">
+        <v>182</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>1.53</v>
+      </c>
+      <c r="G134" s="66" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J134" s="6" t="n"/>
+    </row>
+    <row r="135">
+      <c r="A135" s="2" t="n">
+        <v>128</v>
+      </c>
+      <c r="B135" s="2" t="inlineStr">
+        <is>
+          <t>GMR Airports Limited</t>
+        </is>
+      </c>
+      <c r="C135" s="2" t="inlineStr">
+        <is>
+          <t>INE776C01039</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E135" s="10" t="n">
+        <v>1458</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>1.52</v>
+      </c>
+      <c r="G135" s="66" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J135" s="6" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="2" t="n">
+        <v>129</v>
+      </c>
+      <c r="B136" s="2" t="inlineStr">
+        <is>
+          <t>Prestige Estates Projects Limited</t>
+        </is>
+      </c>
+      <c r="C136" s="2" t="inlineStr">
+        <is>
+          <t>INE811K01011</t>
+        </is>
+      </c>
+      <c r="D136" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E136" s="10" t="n">
+        <v>95</v>
+      </c>
+      <c r="F136" s="6" t="n">
+        <v>1.52</v>
+      </c>
+      <c r="G136" s="66" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J136" s="6" t="n"/>
+    </row>
+    <row r="137">
+      <c r="A137" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="B137" s="2" t="inlineStr">
+        <is>
+          <t>Siemens Limited</t>
+        </is>
+      </c>
+      <c r="C137" s="2" t="inlineStr">
+        <is>
+          <t>INE003A01024</t>
+        </is>
+      </c>
+      <c r="D137" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E137" s="10" t="n">
+        <v>49</v>
+      </c>
+      <c r="F137" s="6" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="G137" s="66" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J137" s="6" t="n"/>
+    </row>
+    <row r="138">
+      <c r="A138" s="2" t="n">
+        <v>131</v>
+      </c>
+      <c r="B138" s="2" t="inlineStr">
+        <is>
+          <t>ABB India Limited</t>
+        </is>
+      </c>
+      <c r="C138" s="2" t="inlineStr">
+        <is>
+          <t>INE117A01022</t>
+        </is>
+      </c>
+      <c r="D138" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E138" s="10" t="n">
+        <v>29</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="G138" s="66" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J138" s="6" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="2" t="n">
+        <v>132</v>
+      </c>
+      <c r="B139" s="2" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C139" s="2" t="inlineStr">
+        <is>
+          <t>INE634S01028</t>
+        </is>
+      </c>
+      <c r="D139" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E139" s="10" t="n">
+        <v>68</v>
+      </c>
+      <c r="F139" s="6" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="G139" s="66" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J139" s="6" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="2" t="n">
+        <v>133</v>
+      </c>
+      <c r="B140" s="2" t="inlineStr">
+        <is>
+          <t>Dabur India Limited</t>
+        </is>
+      </c>
+      <c r="C140" s="2" t="inlineStr">
+        <is>
+          <t>INE016A01026</t>
+        </is>
+      </c>
+      <c r="D140" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E140" s="10" t="n">
+        <v>294</v>
+      </c>
+      <c r="F140" s="6" t="n">
+        <v>1.48</v>
+      </c>
+      <c r="G140" s="66" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J140" s="6" t="n"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="2" t="n">
+        <v>134</v>
+      </c>
+      <c r="B141" s="2" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C141" s="2" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D141" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E141" s="10" t="n">
+        <v>65</v>
+      </c>
+      <c r="F141" s="6" t="n">
+        <v>1.47</v>
+      </c>
+      <c r="G141" s="66" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J141" s="6" t="n"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="2" t="n">
+        <v>135</v>
+      </c>
+      <c r="B142" s="2" t="inlineStr">
+        <is>
+          <t>Bosch Limited</t>
+        </is>
+      </c>
+      <c r="C142" s="2" t="inlineStr">
+        <is>
+          <t>INE323A01026</t>
+        </is>
+      </c>
+      <c r="D142" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E142" s="10" t="n">
+        <v>4</v>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="G142" s="66" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J142" s="6" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="2" t="n">
+        <v>136</v>
+      </c>
+      <c r="B143" s="2" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C143" s="2" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D143" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E143" s="10" t="n">
+        <v>26</v>
+      </c>
+      <c r="F143" s="6" t="n">
+        <v>1.43</v>
+      </c>
+      <c r="G143" s="66" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J143" s="6" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="2" t="n">
+        <v>137</v>
+      </c>
+      <c r="B144" s="2" t="inlineStr">
+        <is>
+          <t>Waaree Energies Limited</t>
+        </is>
+      </c>
+      <c r="C144" s="2" t="inlineStr">
+        <is>
+          <t>INE377N01017</t>
+        </is>
+      </c>
+      <c r="D144" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E144" s="10" t="n">
+        <v>48</v>
+      </c>
+      <c r="F144" s="6" t="n">
+        <v>1.42</v>
+      </c>
+      <c r="G144" s="66" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J144" s="6" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="2" t="n">
+        <v>138</v>
+      </c>
+      <c r="B145" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C145" s="2" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D145" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E145" s="10" t="n">
+        <v>1700</v>
+      </c>
+      <c r="F145" s="6" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="G145" s="66" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J145" s="6" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="2" t="n">
+        <v>139</v>
+      </c>
+      <c r="B146" s="2" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C146" s="2" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D146" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E146" s="10" t="n">
+        <v>68</v>
+      </c>
+      <c r="F146" s="6" t="n">
+        <v>1.41</v>
+      </c>
+      <c r="G146" s="66" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J146" s="6" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="B147" s="2" t="inlineStr">
+        <is>
+          <t>SBI Cards and Payment Services Limited</t>
+        </is>
+      </c>
+      <c r="C147" s="2" t="inlineStr">
+        <is>
+          <t>INE018E01016</t>
+        </is>
+      </c>
+      <c r="D147" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E147" s="10" t="n">
+        <v>158</v>
+      </c>
+      <c r="F147" s="6" t="n">
+        <v>1.36</v>
+      </c>
+      <c r="G147" s="66" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J147" s="6" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="2" t="n">
+        <v>141</v>
+      </c>
+      <c r="B148" s="2" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C148" s="2" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E148" s="10" t="n">
+        <v>42</v>
+      </c>
+      <c r="F148" s="6" t="n">
+        <v>1.36</v>
+      </c>
+      <c r="G148" s="66" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J148" s="6" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="2" t="n">
+        <v>142</v>
+      </c>
+      <c r="B149" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C149" s="2" t="inlineStr">
+        <is>
+          <t>INE726G01019</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E149" s="10" t="n">
+        <v>200</v>
+      </c>
+      <c r="F149" s="6" t="n">
+        <v>1.34</v>
+      </c>
+      <c r="G149" s="66" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J149" s="6" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="2" t="n">
+        <v>143</v>
+      </c>
+      <c r="B150" s="2" t="inlineStr">
+        <is>
+          <t>Shree Cement Limited</t>
+        </is>
+      </c>
+      <c r="C150" s="2" t="inlineStr">
+        <is>
+          <t>INE070A01015</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E150" s="10" t="n">
+        <v>5</v>
+      </c>
+      <c r="F150" s="6" t="n">
+        <v>1.33</v>
+      </c>
+      <c r="G150" s="66" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J150" s="6" t="n"/>
+    </row>
+    <row r="151">
+      <c r="A151" s="2" t="n">
+        <v>144</v>
+      </c>
+      <c r="B151" s="2" t="inlineStr">
+        <is>
+          <t>NHPC Limited</t>
+        </is>
+      </c>
+      <c r="C151" s="2" t="inlineStr">
+        <is>
+          <t>INE848E01016</t>
+        </is>
+      </c>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E151" s="10" t="n">
+        <v>1665</v>
+      </c>
+      <c r="F151" s="6" t="n">
+        <v>1.32</v>
+      </c>
+      <c r="G151" s="66" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J151" s="6" t="n"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="2" t="n">
+        <v>145</v>
+      </c>
+      <c r="B152" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C152" s="2" t="inlineStr">
+        <is>
+          <t>INE692A01016</t>
+        </is>
+      </c>
+      <c r="D152" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E152" s="10" t="n">
+        <v>844</v>
+      </c>
+      <c r="F152" s="6" t="n">
+        <v>1.3</v>
+      </c>
+      <c r="G152" s="66" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J152" s="6" t="n"/>
+    </row>
+    <row r="153">
+      <c r="A153" s="2" t="n">
+        <v>146</v>
+      </c>
+      <c r="B153" s="2" t="inlineStr">
+        <is>
+          <t>Hitachi Energy India Limited</t>
+        </is>
+      </c>
+      <c r="C153" s="2" t="inlineStr">
+        <is>
+          <t>INE07Y701011</t>
+        </is>
+      </c>
+      <c r="D153" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E153" s="10" t="n">
         <v>7</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="F153" s="6" t="n">
+        <v>1.28</v>
+      </c>
+      <c r="G153" s="66" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J153" s="6" t="n"/>
+    </row>
+    <row r="154">
+      <c r="A154" s="2" t="n">
+        <v>147</v>
+      </c>
+      <c r="B154" s="2" t="inlineStr">
+        <is>
+          <t>Torrent Power Limited</t>
+        </is>
+      </c>
+      <c r="C154" s="2" t="inlineStr">
+        <is>
+          <t>INE813H01021</t>
+        </is>
+      </c>
+      <c r="D154" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E154" s="10" t="n">
+        <v>97</v>
+      </c>
+      <c r="F154" s="6" t="n">
+        <v>1.27</v>
+      </c>
+      <c r="G154" s="66" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J154" s="6" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="2" t="n">
+        <v>148</v>
+      </c>
+      <c r="B155" s="2" t="inlineStr">
+        <is>
+          <t>Siemens Energy India Limited</t>
+        </is>
+      </c>
+      <c r="C155" s="2" t="inlineStr">
+        <is>
+          <t>INE1NPP01017</t>
+        </is>
+      </c>
+      <c r="D155" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E155" s="10" t="n">
+        <v>49</v>
+      </c>
+      <c r="F155" s="6" t="n">
+        <v>1.25</v>
+      </c>
+      <c r="G155" s="66" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J155" s="6" t="n"/>
+    </row>
+    <row r="156">
+      <c r="A156" s="2" t="n">
+        <v>149</v>
+      </c>
+      <c r="B156" s="2" t="inlineStr">
+        <is>
+          <t>Jubilant Foodworks Limited</t>
+        </is>
+      </c>
+      <c r="C156" s="2" t="inlineStr">
+        <is>
+          <t>INE797F01020</t>
+        </is>
+      </c>
+      <c r="D156" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E156" s="10" t="n">
+        <v>219</v>
+      </c>
+      <c r="F156" s="6" t="n">
+        <v>1.22</v>
+      </c>
+      <c r="G156" s="66" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J156" s="6" t="n"/>
+    </row>
+    <row r="157">
+      <c r="A157" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="B157" s="2" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C157" s="2" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D157" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E157" s="10" t="n">
+        <v>414</v>
+      </c>
+      <c r="F157" s="6" t="n">
+        <v>1.18</v>
+      </c>
+      <c r="G157" s="66" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J157" s="6" t="n"/>
+    </row>
+    <row r="158">
+      <c r="A158" s="2" t="n">
+        <v>151</v>
+      </c>
+      <c r="B158" s="2" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited</t>
+        </is>
+      </c>
+      <c r="C158" s="2" t="inlineStr">
+        <is>
+          <t>INE195A01028</t>
+        </is>
+      </c>
+      <c r="D158" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E158" s="10" t="n">
+        <v>35</v>
+      </c>
+      <c r="F158" s="6" t="n">
+        <v>1.17</v>
+      </c>
+      <c r="G158" s="66" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J158" s="6" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="2" t="n">
+        <v>152</v>
+      </c>
+      <c r="B159" s="2" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C159" s="2" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D159" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E159" s="10" t="n">
+        <v>70</v>
+      </c>
+      <c r="F159" s="6" t="n">
+        <v>1.17</v>
+      </c>
+      <c r="G159" s="66" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J159" s="6" t="n"/>
+    </row>
+    <row r="160">
+      <c r="A160" s="2" t="n">
+        <v>153</v>
+      </c>
+      <c r="B160" s="2" t="inlineStr">
+        <is>
+          <t>JSW Energy Limited</t>
+        </is>
+      </c>
+      <c r="C160" s="2" t="inlineStr">
+        <is>
+          <t>INE121E01018</t>
+        </is>
+      </c>
+      <c r="D160" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E160" s="10" t="n">
+        <v>241</v>
+      </c>
+      <c r="F160" s="6" t="n">
+        <v>1.16</v>
+      </c>
+      <c r="G160" s="66" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J160" s="6" t="n"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="2" t="n">
+        <v>154</v>
+      </c>
+      <c r="B161" s="2" t="inlineStr">
+        <is>
+          <t>Tata Communications Limited</t>
+        </is>
+      </c>
+      <c r="C161" s="2" t="inlineStr">
+        <is>
+          <t>INE151A01013</t>
+        </is>
+      </c>
+      <c r="D161" s="2" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="L14" s="7" t="n">
-[...32 lines deleted...]
-      <c r="K15" s="1" t="inlineStr">
+      <c r="E161" s="10" t="n">
+        <v>63</v>
+      </c>
+      <c r="F161" s="6" t="n">
+        <v>1.15</v>
+      </c>
+      <c r="G161" s="66" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J161" s="6" t="n"/>
+    </row>
+    <row r="162">
+      <c r="A162" s="2" t="n">
+        <v>155</v>
+      </c>
+      <c r="B162" s="2" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C162" s="2" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D162" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E162" s="10" t="n">
+        <v>270</v>
+      </c>
+      <c r="F162" s="6" t="n">
+        <v>1.15</v>
+      </c>
+      <c r="G162" s="66" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J162" s="6" t="n"/>
+    </row>
+    <row r="163">
+      <c r="A163" s="2" t="n">
+        <v>156</v>
+      </c>
+      <c r="B163" s="2" t="inlineStr">
+        <is>
+          <t>Kalyan Jewellers India Limited</t>
+        </is>
+      </c>
+      <c r="C163" s="2" t="inlineStr">
+        <is>
+          <t>INE303R01014</t>
+        </is>
+      </c>
+      <c r="D163" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E163" s="10" t="n">
+        <v>228</v>
+      </c>
+      <c r="F163" s="6" t="n">
+        <v>1.11</v>
+      </c>
+      <c r="G163" s="66" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J163" s="6" t="n"/>
+    </row>
+    <row r="164">
+      <c r="A164" s="2" t="n">
+        <v>157</v>
+      </c>
+      <c r="B164" s="2" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C164" s="2" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D164" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E164" s="10" t="n">
+        <v>3</v>
+      </c>
+      <c r="F164" s="6" t="n">
+        <v>1.08</v>
+      </c>
+      <c r="G164" s="66" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J164" s="6" t="n"/>
+    </row>
+    <row r="165">
+      <c r="A165" s="2" t="n">
+        <v>158</v>
+      </c>
+      <c r="B165" s="2" t="inlineStr">
+        <is>
+          <t>Rail Vikas Nigam Limited</t>
+        </is>
+      </c>
+      <c r="C165" s="2" t="inlineStr">
+        <is>
+          <t>INE415G01027</t>
+        </is>
+      </c>
+      <c r="D165" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E165" s="10" t="n">
+        <v>288</v>
+      </c>
+      <c r="F165" s="6" t="n">
+        <v>1.03</v>
+      </c>
+      <c r="G165" s="66" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J165" s="6" t="n"/>
+    </row>
+    <row r="166">
+      <c r="A166" s="2" t="n">
+        <v>159</v>
+      </c>
+      <c r="B166" s="2" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C166" s="2" t="inlineStr">
+        <is>
+          <t>INE010B01027</t>
+        </is>
+      </c>
+      <c r="D166" s="2" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L15" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D16" s="1" t="inlineStr">
+      <c r="E166" s="10" t="n">
+        <v>111</v>
+      </c>
+      <c r="F166" s="6" t="n">
+        <v>1.01</v>
+      </c>
+      <c r="G166" s="66" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J166" s="6" t="n"/>
+    </row>
+    <row r="167">
+      <c r="A167" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="B167" s="2" t="inlineStr">
+        <is>
+          <t>Balkrishna Industries Limited</t>
+        </is>
+      </c>
+      <c r="C167" s="2" t="inlineStr">
+        <is>
+          <t>INE787D01026</t>
+        </is>
+      </c>
+      <c r="D167" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E167" s="10" t="n">
+        <v>43</v>
+      </c>
+      <c r="F167" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="G167" s="66" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J167" s="6" t="n"/>
+    </row>
+    <row r="168">
+      <c r="A168" s="2" t="n">
+        <v>161</v>
+      </c>
+      <c r="B168" s="2" t="inlineStr">
+        <is>
+          <t>Astral Limited</t>
+        </is>
+      </c>
+      <c r="C168" s="2" t="inlineStr">
+        <is>
+          <t>INE006I01046</t>
+        </is>
+      </c>
+      <c r="D168" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E168" s="10" t="n">
+        <v>67</v>
+      </c>
+      <c r="F168" s="6" t="n">
+        <v>0.93</v>
+      </c>
+      <c r="G168" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J168" s="6" t="n"/>
+    </row>
+    <row r="169">
+      <c r="A169" s="2" t="n">
+        <v>162</v>
+      </c>
+      <c r="B169" s="2" t="inlineStr">
+        <is>
+          <t>Oracle Financial Services Software Limited</t>
+        </is>
+      </c>
+      <c r="C169" s="2" t="inlineStr">
+        <is>
+          <t>INE881D01027</t>
+        </is>
+      </c>
+      <c r="D169" s="2" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E16" s="5" t="n">
-[...95 lines deleted...]
-      <c r="A19" s="1" t="n">
+      <c r="E169" s="10" t="n">
         <v>12</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
-[...280 lines deleted...]
-      <c r="E26" s="5" t="n">
+      <c r="F169" s="6" t="n">
+        <v>0.92</v>
+      </c>
+      <c r="G169" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J169" s="6" t="n"/>
+    </row>
+    <row r="170">
+      <c r="A170" s="2" t="n">
+        <v>163</v>
+      </c>
+      <c r="B170" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C170" s="2" t="inlineStr">
+        <is>
+          <t>INE335Y01020</t>
+        </is>
+      </c>
+      <c r="D170" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E170" s="10" t="n">
+        <v>133</v>
+      </c>
+      <c r="F170" s="6" t="n">
+        <v>0.91</v>
+      </c>
+      <c r="G170" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J170" s="6" t="n"/>
+    </row>
+    <row r="171">
+      <c r="A171" s="2" t="n">
         <v>164</v>
       </c>
-      <c r="F26" s="6" t="n">
-[...158 lines deleted...]
-      <c r="K30" s="1" t="inlineStr">
+      <c r="B171" s="2" t="inlineStr">
+        <is>
+          <t>Kwality Wall's India Limited^</t>
+        </is>
+      </c>
+      <c r="C171" s="2" t="inlineStr">
+        <is>
+          <t>INE2KCE01013</t>
+        </is>
+      </c>
+      <c r="D171" s="2" t="inlineStr">
         <is>
           <t>Food Products</t>
         </is>
       </c>
-      <c r="L30" s="7" t="n">
-[...1175 lines deleted...]
-      <c r="F64" s="6" t="n">
+      <c r="E171" s="10" t="n">
+        <v>451</v>
+      </c>
+      <c r="F171" s="6" t="n">
+        <v>0.18</v>
+      </c>
+      <c r="G171" s="66" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J171" s="6" t="n"/>
+    </row>
+    <row r="172">
+      <c r="A172" s="11" t="n"/>
+      <c r="B172" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C172" s="11" t="n"/>
+      <c r="D172" s="11" t="n"/>
+      <c r="E172" s="11" t="n"/>
+      <c r="F172" s="12" t="n">
+        <v>775.97</v>
+      </c>
+      <c r="G172" s="13" t="n">
+        <v>0.9985000000000001</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="B174" s="65" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="2" t="n">
+        <v>165</v>
+      </c>
+      <c r="B175" s="65" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F175" s="6" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="G175" s="66" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="H175" s="14" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="11" t="n"/>
+      <c r="B176" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C176" s="11" t="n"/>
+      <c r="D176" s="11" t="n"/>
+      <c r="E176" s="11" t="n"/>
+      <c r="F176" s="12" t="n">
+        <v>0.29</v>
+      </c>
+      <c r="G176" s="13" t="n">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="B178" s="65" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="B179" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E179" s="10" t="n"/>
+      <c r="F179" s="6" t="n">
+        <v>0.84</v>
+      </c>
+      <c r="G179" s="66" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J179" s="6" t="n"/>
+    </row>
+    <row r="180">
+      <c r="A180" s="11" t="n"/>
+      <c r="B180" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C180" s="11" t="n"/>
+      <c r="D180" s="11" t="n"/>
+      <c r="E180" s="11" t="n"/>
+      <c r="F180" s="12" t="n">
+        <v>0.84</v>
+      </c>
+      <c r="G180" s="13" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="5" t="n"/>
+      <c r="B182" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C182" s="5" t="n"/>
+      <c r="D182" s="5" t="n"/>
+      <c r="E182" s="5" t="n"/>
+      <c r="F182" s="8" t="n">
+        <v>777.1</v>
+      </c>
+      <c r="G182" s="9" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B184" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="16" t="n">
+        <v>2</v>
+      </c>
+      <c r="B185" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" ht="27" customHeight="1" s="41">
+      <c r="A186" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="G64" s="7" t="n">
-[...3318 lines deleted...]
-      <c r="B185" s="38" t="inlineStr">
+      <c r="B186" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" ht="14.5" customHeight="1" s="41">
+      <c r="B188" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="198" ht="14.5" customHeight="1" s="49">
-      <c r="B198" s="38" t="inlineStr">
+    <row r="200" ht="14.5" customHeight="1" s="41">
+      <c r="B200" s="54" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: MSCI India Index (TRI)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>