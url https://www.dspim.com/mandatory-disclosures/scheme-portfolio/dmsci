--- v1 (2026-01-15)
+++ v2 (2026-02-25)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="MSCI India ETF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>189</row>
+      <row>188</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>198</row>
+      <row>197</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="33000950"/>
+          <a:off x="457200" y="32658050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>201</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
       <row>210</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="35413950"/>
+          <a:off x="457200" y="35071050"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -879,5580 +860,5570 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:L200"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="50.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="46.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="9.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP MSCI India ETF</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
-        <v>6281</v>
+      <c r="E8" s="5" t="n">
+        <v>6273</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>62.26</v>
-[...2 lines deleted...]
-        <v>0.0801</v>
+        <v>58.29</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0772</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Reliance Industries Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE002A01018</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
-        <v>3365</v>
+      <c r="E9" s="5" t="n">
+        <v>3360</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>52.84</v>
-[...2 lines deleted...]
-        <v>0.068</v>
+        <v>46.89</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0621</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-        <v>0.1999</v>
+      <c r="L9" s="7" t="n">
+        <v>0.2029</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
-        <v>2921</v>
+      <c r="E10" s="5" t="n">
+        <v>2917</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>39.23</v>
-[...2 lines deleted...]
-        <v>0.0505</v>
+        <v>39.53</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0524</v>
       </c>
       <c r="J10" s="6" t="n"/>
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L10" s="66" t="n">
-        <v>0.0921</v>
+      <c r="L10" s="7" t="n">
+        <v>0.0955</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>1834</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>30.1</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0399</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0725</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Bharti Airtel Limited</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE397D01024</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Telecom - Services</t>
         </is>
       </c>
-      <c r="E11" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="E12" s="5" t="n">
+        <v>1416</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>27.88</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0369</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.06759999999999999</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>515</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>17.67</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0234</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0622</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>1267</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>17.36</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.023</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0447</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>499</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>15.59</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0207</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0417</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>372</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>14.63</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0323</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>1545</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>14.37</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0252</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01036</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>3017</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>12.31</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0245</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>1019</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>10.98</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0214</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>454</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>10.77</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.021</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>69</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>10.07</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0208</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>2017</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>9.06</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0207</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>524</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>8.880000000000001</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0206</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>2408</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>8.57</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0188</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>530</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>8.460000000000001</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0167</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>65</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>8.25</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0109</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>4133</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>7.98</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>778</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>7.94</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0128</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>196</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>7.8</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>744</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>7.16</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>2566</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>6.58</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.011</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>76</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>5.41</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0095</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>1659</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>5.34</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>297</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>5.18</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.008</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>212</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>5.15</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>755</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>5.15</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>111</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>5.13</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>1117</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>5.12</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>249</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>4.98</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Nestle India Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE239A01024</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>372</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>4.96</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Interglobe Aviation Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE646L01027</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>105</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>4.83</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>131</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>4.82</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L42" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>1735</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>4.67</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L43" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>1020</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L44" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>298</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>4.23</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>0.006</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Grasim Industries Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE047A01021</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>150</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>4.23</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L46" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>212</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>4.14</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L47" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>312</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>4.13</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L48" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE437A01024</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>59</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>4.11</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L49" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Max Healthcare Institute Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE027H01010</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>429</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>4.1</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L50" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>337</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>4.09</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Jio Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE758E01017</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>1577</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>4.01</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Divi's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE361B01024</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>66</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>3.99</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE795G01014</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>535</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>3.91</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>1117</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>3.91</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Trent Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE849A01020</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>100</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>3.79</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE121A01024</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>232</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>3.79</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>TATA CONSUMER PRODUCTS LIMITED</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE192A01025</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>328</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>3.72</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>66</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>3.65</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Reddy's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE089A01031</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>299</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>3.64</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>1331</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>3.64</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Persistent Systems Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE262H01021</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="n">
+        <v>60</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>3.62</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Auto Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE917I01010</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>37</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>3.55</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE216A01030</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>60</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>3.52</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Varun Beverages Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE200M01039</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="n">
+        <v>746</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>3.52</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Wipro Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE075A01022</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="n">
+        <v>1446</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>3.43</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Avenue Supermarts Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE192R01011</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="n">
+        <v>90</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>3.32</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="n">
+        <v>728</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>3.23</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="n">
+        <v>881</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>3.23</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Ashok Leyland Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE208A01029</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>1620</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>3.19</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>The Indian Hotels Company Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE053A01029</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="n">
+        <v>471</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>3.18</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>PB Fintech Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE417T01026</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>190</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>3.14</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="n">
+        <v>76</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>3.13</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>819</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>3.11</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>BSE Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE118H01025</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>110</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>3.08</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="L11" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="E76" s="5" t="n">
+        <v>838</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>3.05</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Lupin Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE326A01037</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="n">
+        <v>139</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>2.99</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE095A01012</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="n">
+        <v>318</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>2.85</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Suzlon Energy Limited</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE040H01021</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="n">
+        <v>5673</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>2.7</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="n">
+        <v>106</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>2.67</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="n">
+        <v>2329</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>2.63</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J81" s="6" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE102D01028</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="n">
+        <v>226</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>2.61</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>DLF Limited</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE271C01023</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="n">
+        <v>410</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>2.61</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE685A01028</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="n">
+        <v>65</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>2.57</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Indian Oil Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE242A01010</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="n">
+        <v>1558</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>2.54</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="n">
+        <v>66</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>2.53</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>INE663F01032</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="n">
+        <v>197</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>2.46</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>LTIMindtree Limited</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>INE214T01019</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E88" s="5" t="n">
+        <v>41</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>2.45</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="n">
+        <v>135</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>2.45</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>One 97 Communications Limited</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>INE982J01020</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="n">
+        <v>212</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>2.41</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>INE318A01026</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="n">
+        <v>168</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>2.4</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>INE020B01018</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="n">
+        <v>654</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>2.38</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J92" s="6" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Swiggy Limited</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>INE00H001014</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="n">
+        <v>761</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>2.36</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J93" s="6" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>SRF Limited</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>INE647A01010</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="n">
+        <v>82</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>2.31</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J94" s="6" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Fortis Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>INE061F01013</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="n">
+        <v>271</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>2.31</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>GE Vernova T&amp;D India Limited</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>INE200A01026</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="n">
+        <v>71</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>2.29</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>INE067A01029</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="n">
+        <v>391</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>2.28</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J97" s="6" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="n">
+        <v>528</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>2.25</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J98" s="6" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="n">
+        <v>197</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>2.23</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J99" s="6" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>United Spirits Limited</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>INE854D01024</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="n">
+        <v>161</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>2.19</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J100" s="6" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Adani Power Limited</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>INE814H01029</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="n">
+        <v>1596</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>2.16</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J101" s="6" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="n">
+        <v>1270</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>2.12</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J102" s="6" t="n"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="n">
+        <v>20</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>2.09</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J103" s="6" t="n"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="n">
+        <v>286</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>2.09</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J104" s="6" t="n"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="n">
+        <v>100</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>2.05</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J105" s="6" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="n">
+        <v>29</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>2.03</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J106" s="6" t="n"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>INE343H01029</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="n">
+        <v>15</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>2.02</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J107" s="6" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="n">
+        <v>202</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>1.98</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J108" s="6" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Hyundai Motor India Limited</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE0V6F01027</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="L12" s="66" t="n">
-[...32 lines deleted...]
-      <c r="K13" s="2" t="inlineStr">
+      <c r="E109" s="5" t="n">
+        <v>90</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>1.98</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J109" s="6" t="n"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>UPL Limited</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE628A01036</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="n">
+        <v>279</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>1.96</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J110" s="6" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Sundaram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>INE660A01013</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L13" s="66" t="n">
-[...3228 lines deleted...]
-      <c r="E111" s="10" t="n">
+      <c r="E111" s="5" t="n">
         <v>37</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>1.95</v>
       </c>
-      <c r="G111" s="66" t="n">
+      <c r="G111" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J111" s="6" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Forge Limited</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INE465A01025</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="n">
+        <v>132</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>1.9</v>
+      </c>
+      <c r="G112" s="7" t="n">
         <v>0.0025</v>
       </c>
-      <c r="J111" s="6" t="n"/>
-[...15 lines deleted...]
-      <c r="D112" s="2" t="inlineStr">
+      <c r="J112" s="6" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="n">
+        <v>68</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>1.88</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J113" s="6" t="n"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>107</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Yes Bank Limited</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>INE528G01035</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="n">
+        <v>8655</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>1.85</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J114" s="6" t="n"/>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>108</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="n">
+        <v>109</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>1.82</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J115" s="6" t="n"/>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>109</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="n">
+        <v>89</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>1.8</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J116" s="6" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="1" t="n">
+        <v>110</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="n">
+        <v>341</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>1.74</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J117" s="6" t="n"/>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>111</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>INE406A01037</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="n">
+        <v>144</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>1.74</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J118" s="6" t="n"/>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>112</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="n">
+        <v>571</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>1.71</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J119" s="6" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>113</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>INE669E01016</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="n">
+        <v>14944</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>1.67</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J120" s="6" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>114</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>INE092T01019</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="n">
+        <v>1984</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>1.66</v>
+      </c>
+      <c r="G121" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J121" s="6" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>115</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Holdings &amp; Investment Limited</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>INE118A01012</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="n">
+        <v>15</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J122" s="6" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="1" t="n">
+        <v>116</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>ABB India Limited</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>INE117A01022</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="n">
+        <v>29</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>1.62</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J123" s="6" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
+        <v>117</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Lodha Developers Limited</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>INE670K01029</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="n">
+        <v>165</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>1.6</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J124" s="6" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="1" t="n">
+        <v>118</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="n">
+        <v>1268</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>1.59</v>
+      </c>
+      <c r="G125" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J125" s="6" t="n"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>119</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Voltas Limited</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>INE226A01021</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="n">
+        <v>119</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>1.58</v>
+      </c>
+      <c r="G126" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J126" s="6" t="n"/>
+    </row>
+    <row r="127">
+      <c r="A127" s="1" t="n">
+        <v>120</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Havells India Limited</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>INE176B01034</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="n">
+        <v>121</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>1.55</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J127" s="6" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="1" t="n">
+        <v>121</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>INE692A01016</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="n">
+        <v>842</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>1.52</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J128" s="6" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="1" t="n">
+        <v>122</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Siemens Limited</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>INE003A01024</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="n">
+        <v>49</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>1.52</v>
+      </c>
+      <c r="G129" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J129" s="6" t="n"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="1" t="n">
+        <v>123</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Heavy Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>INE257A01026</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="n">
+        <v>576</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>1.51</v>
+      </c>
+      <c r="G130" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J130" s="6" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="1" t="n">
+        <v>124</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>FSN E-Commerce Ventures Limited</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>INE388Y01029</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="n">
+        <v>631</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="G131" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J131" s="6" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="1" t="n">
+        <v>125</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Stainless Limited</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>INE220G01021</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="n">
+        <v>182</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>1.5</v>
+      </c>
+      <c r="G132" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J132" s="6" t="n"/>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="n">
+        <v>126</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Dabur India Limited</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>INE016A01026</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="n">
+        <v>294</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>1.49</v>
+      </c>
+      <c r="G133" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J133" s="6" t="n"/>
+    </row>
+    <row r="134">
+      <c r="A134" s="1" t="n">
+        <v>127</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Coromandel International Limited</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>INE169A01031</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="n">
+        <v>65</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>1.48</v>
+      </c>
+      <c r="G134" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J134" s="6" t="n"/>
+    </row>
+    <row r="135">
+      <c r="A135" s="1" t="n">
+        <v>128</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="n">
+        <v>26</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>1.48</v>
+      </c>
+      <c r="G135" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J135" s="6" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="1" t="n">
+        <v>129</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>INE476A01022</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="n">
+        <v>1001</v>
+      </c>
+      <c r="F136" s="6" t="n">
+        <v>1.48</v>
+      </c>
+      <c r="G136" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J136" s="6" t="n"/>
+    </row>
+    <row r="137">
+      <c r="A137" s="1" t="n">
+        <v>130</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Bosch Limited</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>INE323A01026</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
         <is>
           <t>Auto Components</t>
         </is>
       </c>
-      <c r="E112" s="10" t="n">
+      <c r="E137" s="5" t="n">
+        <v>4</v>
+      </c>
+      <c r="F137" s="6" t="n">
+        <v>1.46</v>
+      </c>
+      <c r="G137" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J137" s="6" t="n"/>
+    </row>
+    <row r="138">
+      <c r="A138" s="1" t="n">
+        <v>131</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Vishal Mega Mart Limited</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>INE01EA01019</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="n">
+        <v>1160</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>1.46</v>
+      </c>
+      <c r="G138" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J138" s="6" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="1" t="n">
         <v>132</v>
       </c>
-      <c r="F112" s="6" t="n">
-[...51 lines deleted...]
-      <c r="D114" s="2" t="inlineStr">
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>INE634S01028</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="n">
+        <v>68</v>
+      </c>
+      <c r="F139" s="6" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="G139" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J139" s="6" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="1" t="n">
+        <v>133</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="n">
+        <v>68</v>
+      </c>
+      <c r="F140" s="6" t="n">
+        <v>1.44</v>
+      </c>
+      <c r="G140" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J140" s="6" t="n"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="1" t="n">
+        <v>134</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Prestige Estates Projects Limited</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>INE811K01011</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="n">
+        <v>95</v>
+      </c>
+      <c r="F141" s="6" t="n">
+        <v>1.39</v>
+      </c>
+      <c r="G141" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J141" s="6" t="n"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="1" t="n">
+        <v>135</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="n">
+        <v>1698</v>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>1.38</v>
+      </c>
+      <c r="G142" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J142" s="6" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="1" t="n">
+        <v>136</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Tube Investments of India Limited</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>INE974X01010</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="n">
+        <v>59</v>
+      </c>
+      <c r="F143" s="6" t="n">
+        <v>1.38</v>
+      </c>
+      <c r="G143" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J143" s="6" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="1" t="n">
+        <v>137</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="n">
+        <v>269</v>
+      </c>
+      <c r="F144" s="6" t="n">
+        <v>1.37</v>
+      </c>
+      <c r="G144" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J144" s="6" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="1" t="n">
+        <v>138</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>GMR Airports Limited</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>INE776C01039</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="n">
+        <v>1456</v>
+      </c>
+      <c r="F145" s="6" t="n">
+        <v>1.37</v>
+      </c>
+      <c r="G145" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J145" s="6" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="1" t="n">
+        <v>139</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Shree Cement Limited</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>INE070A01015</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
         <is>
           <t>Cement &amp; Cement Products</t>
         </is>
       </c>
-      <c r="E114" s="10" t="n">
-[...324 lines deleted...]
-      <c r="D125" s="2" t="inlineStr">
+      <c r="E146" s="5" t="n">
+        <v>5</v>
+      </c>
+      <c r="F146" s="6" t="n">
+        <v>1.35</v>
+      </c>
+      <c r="G146" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J146" s="6" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="1" t="n">
+        <v>140</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Torrent Power Limited</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>INE813H01021</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="n">
+        <v>97</v>
+      </c>
+      <c r="F147" s="6" t="n">
+        <v>1.35</v>
+      </c>
+      <c r="G147" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J147" s="6" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="1" t="n">
+        <v>141</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>PI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>INE603J01030</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="n">
+        <v>42</v>
+      </c>
+      <c r="F148" s="6" t="n">
+        <v>1.34</v>
+      </c>
+      <c r="G148" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J148" s="6" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="1" t="n">
+        <v>142</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Waaree Energies Limited</t>
+        </is>
+      </c>
+      <c r="C149" s="1" t="inlineStr">
+        <is>
+          <t>INE377N01017</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
-      <c r="E125" s="10" t="n">
-[...569 lines deleted...]
-      <c r="E144" s="10" t="n">
+      <c r="E149" s="5" t="n">
         <v>48</v>
-      </c>
-[...148 lines deleted...]
-        <v>200</v>
       </c>
       <c r="F149" s="6" t="n">
         <v>1.34</v>
       </c>
-      <c r="G149" s="66" t="n">
-        <v>0.0017</v>
+      <c r="G149" s="7" t="n">
+        <v>0.0018</v>
       </c>
       <c r="J149" s="6" t="n"/>
     </row>
     <row r="150">
-      <c r="A150" s="2" t="n">
+      <c r="A150" s="1" t="n">
         <v>143</v>
       </c>
-      <c r="B150" s="2" t="inlineStr">
-[...15 lines deleted...]
-        <v>5</v>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>MRF Limited</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>INE883A01011</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="n">
+        <v>1</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>1.33</v>
-[...2 lines deleted...]
-        <v>0.0017</v>
+        <v>1.32</v>
+      </c>
+      <c r="G150" s="7" t="n">
+        <v>0.0018</v>
       </c>
       <c r="J150" s="6" t="n"/>
     </row>
     <row r="151">
-      <c r="A151" s="2" t="n">
+      <c r="A151" s="1" t="n">
         <v>144</v>
       </c>
-      <c r="B151" s="2" t="inlineStr">
-[...15 lines deleted...]
-        <v>1665</v>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Hitachi Energy India Limited</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>INE07Y701011</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="n">
+        <v>7</v>
       </c>
       <c r="F151" s="6" t="n">
         <v>1.32</v>
       </c>
-      <c r="G151" s="66" t="n">
+      <c r="G151" s="7" t="n">
         <v>0.0017</v>
       </c>
       <c r="J151" s="6" t="n"/>
     </row>
     <row r="152">
-      <c r="A152" s="2" t="n">
+      <c r="A152" s="1" t="n">
         <v>145</v>
       </c>
-      <c r="B152" s="2" t="inlineStr">
-[...15 lines deleted...]
-        <v>844</v>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>INE484J01027</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="n">
+        <v>83</v>
       </c>
       <c r="F152" s="6" t="n">
+        <v>1.31</v>
+      </c>
+      <c r="G152" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J152" s="6" t="n"/>
+    </row>
+    <row r="153">
+      <c r="A153" s="1" t="n">
+        <v>146</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>NHPC Limited</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>INE848E01016</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="n">
+        <v>1663</v>
+      </c>
+      <c r="F153" s="6" t="n">
         <v>1.3</v>
       </c>
-      <c r="G152" s="66" t="n">
+      <c r="G153" s="7" t="n">
         <v>0.0017</v>
       </c>
-      <c r="J152" s="6" t="n"/>
-[...28 lines deleted...]
-      </c>
       <c r="J153" s="6" t="n"/>
     </row>
     <row r="154">
-      <c r="A154" s="2" t="n">
+      <c r="A154" s="1" t="n">
         <v>147</v>
       </c>
-      <c r="B154" s="2" t="inlineStr">
-[...15 lines deleted...]
-        <v>97</v>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>INE726G01019</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="n">
+        <v>200</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>1.27</v>
       </c>
-      <c r="G154" s="66" t="n">
+      <c r="G154" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J154" s="6" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="1" t="n">
+        <v>148</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>INE195A01028</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="n">
+        <v>35</v>
+      </c>
+      <c r="F155" s="6" t="n">
+        <v>1.23</v>
+      </c>
+      <c r="G155" s="7" t="n">
         <v>0.0016</v>
       </c>
-      <c r="J154" s="6" t="n"/>
-[...5 lines deleted...]
-      <c r="B155" s="2" t="inlineStr">
+      <c r="J155" s="6" t="n"/>
+    </row>
+    <row r="156">
+      <c r="A156" s="1" t="n">
+        <v>149</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Siemens Energy India Limited</t>
         </is>
       </c>
-      <c r="C155" s="2" t="inlineStr">
+      <c r="C156" s="1" t="inlineStr">
         <is>
           <t>INE1NPP01017</t>
         </is>
       </c>
-      <c r="D155" s="2" t="inlineStr">
+      <c r="D156" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
-      <c r="E155" s="10" t="n">
+      <c r="E156" s="5" t="n">
         <v>49</v>
-      </c>
-[...28 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F156" s="6" t="n">
         <v>1.22</v>
       </c>
-      <c r="G156" s="66" t="n">
+      <c r="G156" s="7" t="n">
         <v>0.0016</v>
       </c>
       <c r="J156" s="6" t="n"/>
     </row>
     <row r="157">
-      <c r="A157" s="2" t="n">
+      <c r="A157" s="1" t="n">
         <v>150</v>
       </c>
-      <c r="B157" s="2" t="inlineStr">
+      <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Petronet LNG Limited</t>
         </is>
       </c>
-      <c r="C157" s="2" t="inlineStr">
+      <c r="C157" s="1" t="inlineStr">
         <is>
           <t>INE347G01014</t>
         </is>
       </c>
-      <c r="D157" s="2" t="inlineStr">
+      <c r="D157" s="1" t="inlineStr">
         <is>
           <t>Gas</t>
         </is>
       </c>
-      <c r="E157" s="10" t="n">
+      <c r="E157" s="5" t="n">
         <v>414</v>
       </c>
       <c r="F157" s="6" t="n">
-        <v>1.18</v>
-[...1 lines deleted...]
-      <c r="G157" s="66" t="n">
+        <v>1.2</v>
+      </c>
+      <c r="G157" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J157" s="6" t="n"/>
+    </row>
+    <row r="158">
+      <c r="A158" s="1" t="n">
+        <v>151</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>SBI Cards and Payment Services Limited</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>INE018E01016</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="n">
+        <v>158</v>
+      </c>
+      <c r="F158" s="6" t="n">
+        <v>1.19</v>
+      </c>
+      <c r="G158" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J158" s="6" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="1" t="n">
+        <v>152</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>JSW Energy Limited</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>INE121E01018</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="n">
+        <v>241</v>
+      </c>
+      <c r="F159" s="6" t="n">
+        <v>1.11</v>
+      </c>
+      <c r="G159" s="7" t="n">
         <v>0.0015</v>
       </c>
-      <c r="J157" s="6" t="n"/>
-[...15 lines deleted...]
-      <c r="D158" s="2" t="inlineStr">
+      <c r="J159" s="6" t="n"/>
+    </row>
+    <row r="160">
+      <c r="A160" s="1" t="n">
+        <v>153</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Foodworks Limited</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>INE797F01020</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="n">
+        <v>218</v>
+      </c>
+      <c r="F160" s="6" t="n">
+        <v>1.08</v>
+      </c>
+      <c r="G160" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J160" s="6" t="n"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="1" t="n">
+        <v>154</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="n">
+        <v>70</v>
+      </c>
+      <c r="F161" s="6" t="n">
+        <v>1.04</v>
+      </c>
+      <c r="G161" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J161" s="6" t="n"/>
+    </row>
+    <row r="162">
+      <c r="A162" s="1" t="n">
+        <v>155</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Balkrishna Industries Limited</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>INE787D01026</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="n">
+        <v>43</v>
+      </c>
+      <c r="F162" s="6" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="G162" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J162" s="6" t="n"/>
+    </row>
+    <row r="163">
+      <c r="A163" s="1" t="n">
+        <v>156</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Page Industries Limited</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>INE761H01022</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="n">
+        <v>3</v>
+      </c>
+      <c r="F163" s="6" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="G163" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J163" s="6" t="n"/>
+    </row>
+    <row r="164">
+      <c r="A164" s="1" t="n">
+        <v>157</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Tata Communications Limited</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>INE151A01013</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="n">
+        <v>63</v>
+      </c>
+      <c r="F164" s="6" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="G164" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J164" s="6" t="n"/>
+    </row>
+    <row r="165">
+      <c r="A165" s="1" t="n">
+        <v>158</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Astral Limited</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>INE006I01046</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
         <is>
           <t>Industrial Products</t>
         </is>
       </c>
-      <c r="E158" s="10" t="n">
-[...194 lines deleted...]
-      <c r="B165" s="2" t="inlineStr">
+      <c r="E165" s="5" t="n">
+        <v>67</v>
+      </c>
+      <c r="F165" s="6" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="G165" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J165" s="6" t="n"/>
+    </row>
+    <row r="166">
+      <c r="A166" s="1" t="n">
+        <v>159</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Rail Vikas Nigam Limited</t>
         </is>
       </c>
-      <c r="C165" s="2" t="inlineStr">
+      <c r="C166" s="1" t="inlineStr">
         <is>
           <t>INE415G01027</t>
         </is>
       </c>
-      <c r="D165" s="2" t="inlineStr">
+      <c r="D166" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E165" s="10" t="n">
+      <c r="E166" s="5" t="n">
         <v>288</v>
       </c>
-      <c r="F165" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G165" s="66" t="n">
+      <c r="F166" s="6" t="n">
+        <v>0.99</v>
+      </c>
+      <c r="G166" s="7" t="n">
         <v>0.0013</v>
       </c>
-      <c r="J165" s="6" t="n"/>
-[...5 lines deleted...]
-      <c r="B166" s="2" t="inlineStr">
+      <c r="J166" s="6" t="n"/>
+    </row>
+    <row r="167">
+      <c r="A167" s="1" t="n">
+        <v>160</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Zydus Lifesciences Limited</t>
         </is>
       </c>
-      <c r="C166" s="2" t="inlineStr">
+      <c r="C167" s="1" t="inlineStr">
         <is>
           <t>INE010B01027</t>
         </is>
       </c>
-      <c r="D166" s="2" t="inlineStr">
+      <c r="D167" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="E166" s="10" t="n">
+      <c r="E167" s="5" t="n">
         <v>111</v>
       </c>
-      <c r="F166" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G166" s="66" t="n">
+      <c r="F167" s="6" t="n">
+        <v>0.98</v>
+      </c>
+      <c r="G167" s="7" t="n">
         <v>0.0013</v>
       </c>
-      <c r="J166" s="6" t="n"/>
-[...28 lines deleted...]
-      </c>
       <c r="J167" s="6" t="n"/>
     </row>
     <row r="168">
-      <c r="A168" s="2" t="n">
+      <c r="A168" s="1" t="n">
         <v>161</v>
       </c>
-      <c r="B168" s="2" t="inlineStr">
-[...15 lines deleted...]
-        <v>67</v>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Oracle Financial Services Software Limited</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>INE881D01027</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="n">
+        <v>12</v>
       </c>
       <c r="F168" s="6" t="n">
         <v>0.93</v>
       </c>
-      <c r="G168" s="66" t="n">
+      <c r="G168" s="7" t="n">
         <v>0.0012</v>
       </c>
       <c r="J168" s="6" t="n"/>
     </row>
     <row r="169">
-      <c r="A169" s="2" t="n">
+      <c r="A169" s="1" t="n">
         <v>162</v>
       </c>
-      <c r="B169" s="2" t="inlineStr">
-[...15 lines deleted...]
-        <v>12</v>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Kalyan Jewellers India Limited</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>INE303R01014</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="n">
+        <v>228</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>0.92</v>
-[...2 lines deleted...]
-        <v>0.0012</v>
+        <v>0.82</v>
+      </c>
+      <c r="G169" s="7" t="n">
+        <v>0.0011</v>
       </c>
       <c r="J169" s="6" t="n"/>
     </row>
     <row r="170">
-      <c r="A170" s="2" t="n">
+      <c r="A170" s="1" t="n">
         <v>163</v>
       </c>
-      <c r="B170" s="2" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Indian Railway Catering And Tourism Corporation Limited</t>
         </is>
       </c>
-      <c r="C170" s="2" t="inlineStr">
+      <c r="C170" s="1" t="inlineStr">
         <is>
           <t>INE335Y01020</t>
         </is>
       </c>
-      <c r="D170" s="2" t="inlineStr">
+      <c r="D170" s="1" t="inlineStr">
         <is>
           <t>Leisure Services</t>
         </is>
       </c>
-      <c r="E170" s="10" t="n">
-        <v>133</v>
+      <c r="E170" s="5" t="n">
+        <v>132</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>0.91</v>
-[...2 lines deleted...]
-        <v>0.0012</v>
+        <v>0.82</v>
+      </c>
+      <c r="G170" s="7" t="n">
+        <v>0.0011</v>
       </c>
       <c r="J170" s="6" t="n"/>
     </row>
     <row r="171">
-      <c r="A171" s="2" t="n">
+      <c r="A171" s="1" t="n">
         <v>164</v>
       </c>
-      <c r="B171" s="2" t="inlineStr">
+      <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Kwality Wall's India Limited^</t>
         </is>
       </c>
-      <c r="C171" s="2" t="inlineStr">
+      <c r="C171" s="1" t="inlineStr">
         <is>
           <t>INE2KCE01013</t>
         </is>
       </c>
-      <c r="D171" s="2" t="inlineStr">
+      <c r="D171" s="1" t="inlineStr">
         <is>
           <t>Food Products</t>
         </is>
       </c>
-      <c r="E171" s="10" t="n">
+      <c r="E171" s="5" t="n">
         <v>451</v>
       </c>
       <c r="F171" s="6" t="n">
         <v>0.18</v>
       </c>
-      <c r="G171" s="66" t="n">
+      <c r="G171" s="7" t="n">
         <v>0.0002</v>
       </c>
       <c r="J171" s="6" t="n"/>
     </row>
     <row r="172">
-      <c r="A172" s="11" t="n"/>
-      <c r="B172" s="11" t="inlineStr">
+      <c r="A172" s="8" t="n"/>
+      <c r="B172" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C172" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.9985000000000001</v>
+      <c r="C172" s="8" t="n"/>
+      <c r="D172" s="8" t="n"/>
+      <c r="E172" s="8" t="n"/>
+      <c r="F172" s="9" t="n">
+        <v>752.79</v>
+      </c>
+      <c r="G172" s="10" t="n">
+        <v>0.9974</v>
       </c>
     </row>
     <row r="174">
-      <c r="B174" s="65" t="inlineStr">
+      <c r="B174" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="175">
-      <c r="A175" s="2" t="n">
+      <c r="A175" s="1" t="n">
         <v>165</v>
       </c>
-      <c r="B175" s="65" t="inlineStr">
+      <c r="B175" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F175" s="6" t="n">
-        <v>0.29</v>
-[...5 lines deleted...]
-        <v>46023</v>
+        <v>0.76</v>
+      </c>
+      <c r="G175" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="H175" s="11" t="n">
+        <v>46055</v>
       </c>
     </row>
     <row r="176">
-      <c r="A176" s="11" t="n"/>
-      <c r="B176" s="11" t="inlineStr">
+      <c r="A176" s="8" t="n"/>
+      <c r="B176" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C176" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.0004</v>
+      <c r="C176" s="8" t="n"/>
+      <c r="D176" s="8" t="n"/>
+      <c r="E176" s="8" t="n"/>
+      <c r="F176" s="9" t="n">
+        <v>0.76</v>
+      </c>
+      <c r="G176" s="10" t="n">
+        <v>0.001</v>
       </c>
     </row>
     <row r="178">
-      <c r="B178" s="65" t="inlineStr">
+      <c r="B178" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="179">
-      <c r="B179" s="2" t="inlineStr">
+      <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E179" s="10" t="n"/>
+      <c r="E179" s="5" t="n"/>
       <c r="F179" s="6" t="n">
-        <v>0.84</v>
-[...2 lines deleted...]
-        <v>0.0011</v>
+        <v>1.13</v>
+      </c>
+      <c r="G179" s="7" t="n">
+        <v>0.0016</v>
       </c>
       <c r="J179" s="6" t="n"/>
     </row>
     <row r="180">
-      <c r="A180" s="11" t="n"/>
-      <c r="B180" s="11" t="inlineStr">
+      <c r="A180" s="8" t="n"/>
+      <c r="B180" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C180" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.0011</v>
+      <c r="C180" s="8" t="n"/>
+      <c r="D180" s="8" t="n"/>
+      <c r="E180" s="8" t="n"/>
+      <c r="F180" s="9" t="n">
+        <v>1.13</v>
+      </c>
+      <c r="G180" s="10" t="n">
+        <v>0.0016</v>
       </c>
     </row>
     <row r="182">
-      <c r="A182" s="5" t="n"/>
-      <c r="B182" s="5" t="inlineStr">
+      <c r="A182" s="4" t="n"/>
+      <c r="B182" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C182" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G182" s="9" t="n">
+      <c r="C182" s="4" t="n"/>
+      <c r="D182" s="4" t="n"/>
+      <c r="E182" s="4" t="n"/>
+      <c r="F182" s="12" t="n">
+        <v>754.6799999999999</v>
+      </c>
+      <c r="G182" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="183">
-      <c r="A183" s="2" t="inlineStr">
+      <c r="A183" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="184">
-      <c r="A184" s="2" t="n">
+      <c r="A184" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B184" s="2" t="inlineStr">
+      <c r="B184" s="1" t="inlineStr">
         <is>
           <t>^ Pending Listing</t>
         </is>
       </c>
     </row>
     <row r="185">
-      <c r="A185" s="16" t="n">
+      <c r="A185" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B185" s="16" t="inlineStr">
+      <c r="B185" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="186" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B188" s="54" t="inlineStr">
+    <row r="187" ht="14.5" customHeight="1" s="45">
+      <c r="B187" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="200" ht="14.5" customHeight="1" s="41">
-      <c r="B200" s="54" t="inlineStr">
+    <row r="200" ht="14.5" customHeight="1" s="45">
+      <c r="B200" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: MSCI India Index (TRI)</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>