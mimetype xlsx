--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,159 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="927" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="FLOATER" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="20">
+  <fonts count="21">
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Aptos Narrow"/>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -326,307 +332,328 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="98">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-[...23 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...67 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
@@ -676,276 +703,242 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>54</row>
+      <row>51</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>63</row>
+      <row>60</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10541000"/>
+          <a:off x="457200" y="8140700"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>68</row>
+      <row>65</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>77</row>
+      <row>74</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12954000"/>
+          <a:off x="457200" y="10553700"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -963,65 +956,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
-          <a:solidFill>
-[...5 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1042,124 +1035,104 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults>
-[...19 lines deleted...]
-  </a:objectDefaults>
+  <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L89"/>
+  <dimension ref="A1:L86"/>
   <sheetViews>
-    <sheetView zoomScale="93" zoomScaleNormal="93" workbookViewId="0">
+    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="42.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
-    <col width="18.90625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="13.54296875" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
-    <col width="23.90625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="16.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
-    <col width="12.6328125" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
-    <col width="14.36328125" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="30.1796875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
-    <col width="7.6328125" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="73">
-[...1 lines deleted...]
-      <c r="B1" s="72" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP Floater Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on September 15, 2025</t>
+          <t>Portfolio as on October 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1208,883 +1181,877 @@
       </c>
     </row>
     <row r="8">
       <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>REC Limited**</t>
+          <t>Bharti Telecom Limited**</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>INE020B08FI5</t>
+          <t>INE403D08272</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
-        <v>2500</v>
+        <v>5000</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>2685.21</v>
+        <v>5002.97</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.0471</v>
+        <v>0.09569999999999999</v>
       </c>
       <c r="H9" s="8" t="n">
-        <v>51043</v>
+        <v>46675</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>7.265</v>
+        <v>7.3277</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.8137</v>
+        <v>0.7097</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Muthoot Finance Limited**</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE414G07IH7</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>2500</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>2556.51</v>
+        <v>2578.11</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0448</v>
+        <v>0.0493</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>46961</v>
       </c>
       <c r="I10" s="2" t="inlineStr">
         <is>
           <t>PU - 27-Oct-2026</t>
         </is>
       </c>
       <c r="J10" s="6" t="n">
-        <v>7.945</v>
+        <v>7.855</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.09180000000000001</v>
+        <v>0.193</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited**</t>
+          <t>Bajaj Finance Limited**</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>INE040A08815</t>
+          <t>INE296A07TM8</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
-        <v>250</v>
+        <v>2500</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>2548.41</v>
+        <v>2548.06</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0447</v>
+        <v>0.0487</v>
       </c>
       <c r="H11" s="8" t="n">
-        <v>47651</v>
+        <v>46944</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>7.205</v>
+        <v>7.1</v>
       </c>
       <c r="K11" s="2" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.0448</v>
+        <v>0.0493</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="9" t="n"/>
-      <c r="B12" s="9" t="inlineStr">
+      <c r="A12" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08FI5</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>2542.37</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0486</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>51043</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>7.15</v>
+      </c>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="9" t="n"/>
+      <c r="B13" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C12" s="9" t="n"/>
-[...17 lines deleted...]
-    <row r="13">
+      <c r="C13" s="9" t="n"/>
+      <c r="D13" s="9" t="n"/>
+      <c r="E13" s="9" t="n"/>
+      <c r="F13" s="10" t="n">
+        <v>12671.51</v>
+      </c>
+      <c r="G13" s="11" t="n">
+        <v>0.2423</v>
+      </c>
       <c r="K13" s="2" t="inlineStr">
         <is>
-          <t>Alternative Investment Funds (AIF)</t>
+          <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.0059</v>
-[...3 lines deleted...]
-      <c r="B14" s="4" t="inlineStr">
+        <v>0.0415</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="B15" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
-      </c>
-[...41 lines deleted...]
-        <v>6.223</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>6.33% GOI 2035</t>
+          <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>IN0020250026</t>
+          <t>IN0020200120</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
-        <v>10000000</v>
+        <v>14500000</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>10113.59</v>
+        <v>15051.68</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.1772</v>
+        <v>0.2879</v>
       </c>
       <c r="H16" s="8" t="n">
-        <v>49434</v>
+        <v>48844</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>6.4935</v>
+        <v>6.2595</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>4.59% GOI 2031</t>
+          <t>6.33% GOI 2035</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>IN0020180041</t>
+          <t>IN0020250026</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>7500000</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>7765.53</v>
+        <v>7631.4</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.1361</v>
+        <v>0.146</v>
       </c>
       <c r="H17" s="8" t="n">
-        <v>48189</v>
+        <v>49434</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>6.183</v>
+        <v>6.4826</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>6.28% GOI 2032</t>
+          <t>4.59% GOI 2031</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>IN0020250059</t>
+          <t>IN0020180041</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
-        <v>5000000</v>
+        <v>5500000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>5000.29</v>
+        <v>5725.54</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0876</v>
+        <v>0.1095</v>
       </c>
       <c r="H18" s="8" t="n">
-        <v>48409</v>
+        <v>48189</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>6.4752</v>
+        <v>6.16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>7.38% GOI 2027</t>
+          <t>6.68% GOI 2040</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>IN0020220037</t>
+          <t>IN0020250042</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
-        <v>2000000</v>
+        <v>5500000</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>2087.26</v>
+        <v>5553.63</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0366</v>
+        <v>0.1062</v>
       </c>
       <c r="H19" s="8" t="n">
-        <v>46558</v>
+        <v>51324</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>5.7978</v>
+        <v>6.7719</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2103.65</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0402</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>5.5982</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
           <t>8.16% Gujarat SDL 2028</t>
         </is>
       </c>
-      <c r="C20" s="2" t="inlineStr">
+      <c r="C21" s="2" t="inlineStr">
         <is>
           <t>IN1520180044</t>
         </is>
       </c>
-      <c r="D20" s="2" t="inlineStr">
+      <c r="D21" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E20" s="12" t="n">
+      <c r="E21" s="12" t="n">
         <v>500000</v>
       </c>
-      <c r="F20" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H20" s="8" t="n">
+      <c r="F21" s="6" t="n">
+        <v>539.04</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="H21" s="8" t="n">
         <v>46882</v>
       </c>
-      <c r="J20" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B21" s="9" t="inlineStr">
+      <c r="J21" s="6" t="n">
+        <v>6.335</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>502.99</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="H22" s="8" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J22" s="6" t="n">
+        <v>6.4222</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="9" t="n"/>
+      <c r="B23" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C21" s="9" t="n"/>
-[...20 lines deleted...]
-        </is>
+      <c r="C23" s="9" t="n"/>
+      <c r="D23" s="9" t="n"/>
+      <c r="E23" s="9" t="n"/>
+      <c r="F23" s="10" t="n">
+        <v>37107.93</v>
+      </c>
+      <c r="G23" s="11" t="n">
+        <v>0.7097</v>
       </c>
     </row>
     <row r="25">
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>Listed / awaiting listing on the stock exchanges</t>
+          <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>10</v>
-[...17 lines deleted...]
-        <v>300</v>
+        <v>12</v>
+      </c>
+      <c r="B26" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
       </c>
       <c r="F26" s="6" t="n">
-        <v>1490.9</v>
+        <v>1859.8</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.0261</v>
+        <v>0.0356</v>
       </c>
       <c r="H26" s="8" t="n">
-        <v>45947</v>
-[...2 lines deleted...]
-        <v>7.1834</v>
+        <v>45946</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="9" t="n"/>
       <c r="B27" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C27" s="9" t="n"/>
       <c r="D27" s="9" t="n"/>
       <c r="E27" s="9" t="n"/>
       <c r="F27" s="10" t="n">
-        <v>1490.9</v>
+        <v>1859.8</v>
       </c>
       <c r="G27" s="11" t="n">
-        <v>0.0261</v>
+        <v>0.0356</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="2" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>TREPS / Reverse Repo Investments</t>
-[...9 lines deleted...]
-        <v>45916</v>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="9" t="n"/>
-      <c r="B30" s="9" t="inlineStr">
+      <c r="A30" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>2979.151</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>340.13</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="9" t="n"/>
+      <c r="B31" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C30" s="9" t="n"/>
-[...13 lines deleted...]
-        </is>
+      <c r="C31" s="9" t="n"/>
+      <c r="D31" s="9" t="n"/>
+      <c r="E31" s="9" t="n"/>
+      <c r="F31" s="10" t="n">
+        <v>340.13</v>
+      </c>
+      <c r="G31" s="11" t="n">
+        <v>0.0065</v>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="2" t="n">
-[...18 lines deleted...]
-      <c r="G33" s="7" t="n">
+      <c r="B33" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n"/>
+      <c r="F34" s="6" t="n">
+        <v>294.03</v>
+      </c>
+      <c r="G34" s="7" t="n">
         <v>0.0059</v>
       </c>
-      <c r="J33" s="6" t="n"/>
-[...3 lines deleted...]
-      <c r="B34" s="9" t="inlineStr">
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="9" t="n"/>
+      <c r="B35" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C34" s="9" t="n"/>
-[...5 lines deleted...]
-      <c r="G34" s="11" t="n">
+      <c r="C35" s="9" t="n"/>
+      <c r="D35" s="9" t="n"/>
+      <c r="E35" s="9" t="n"/>
+      <c r="F35" s="10" t="n">
+        <v>294.03</v>
+      </c>
+      <c r="G35" s="11" t="n">
         <v>0.0059</v>
       </c>
     </row>
-    <row r="36">
-[...5 lines deleted...]
-    </row>
     <row r="37">
-      <c r="B37" s="2" t="inlineStr">
-[...11 lines deleted...]
-      <c r="J37" s="6" t="n"/>
+      <c r="A37" s="5" t="n"/>
+      <c r="B37" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C37" s="5" t="n"/>
+      <c r="D37" s="5" t="n"/>
+      <c r="E37" s="5" t="n"/>
+      <c r="F37" s="13" t="n">
+        <v>52273.4</v>
+      </c>
+      <c r="G37" s="14" t="n">
+        <v>1</v>
+      </c>
     </row>
     <row r="38">
-      <c r="A38" s="9" t="n"/>
-[...12 lines deleted...]
-        <v>0.0077</v>
+      <c r="A38" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="5" t="n"/>
-[...33 lines deleted...]
-      <c r="A43" s="15" t="n">
+      <c r="A40" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B43" s="15" t="inlineStr">
+      <c r="B40" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="44" ht="27" customHeight="1" s="73">
-      <c r="A44" s="15" t="n">
+    <row r="41" ht="27" customHeight="1" s="74">
+      <c r="A41" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B44" s="15" t="inlineStr">
+      <c r="B41" s="15" t="inlineStr">
         <is>
           <t>Net Assets does not include unit activity for the day of the Portfolio</t>
         </is>
       </c>
     </row>
-    <row r="45" ht="90.5" customHeight="1" s="73">
-      <c r="A45" t="n">
+    <row r="42" ht="79" customHeight="1" s="74">
+      <c r="A42" t="n">
         <v>4</v>
       </c>
-      <c r="B45" s="74" t="inlineStr">
+      <c r="B42" s="106" t="inlineStr">
         <is>
           <t>This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="46" ht="14.5" customHeight="1" s="73"/>
-[...1 lines deleted...]
-      <c r="B47" s="50" t="inlineStr">
+    <row r="43" ht="14.5" customHeight="1" s="74"/>
+    <row r="44" ht="14.5" customHeight="1" s="74">
+      <c r="B44" s="52" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C47" s="50" t="inlineStr">
+      <c r="C44" s="52" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D47" s="50" t="inlineStr">
+      <c r="D44" s="52" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E47" s="51" t="inlineStr">
+      <c r="E44" s="52" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="48" ht="14.5" customHeight="1" s="73">
-      <c r="B48" s="52" t="inlineStr">
+    <row r="45" ht="14.5" customHeight="1" s="74">
+      <c r="B45" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
         </is>
       </c>
-      <c r="C48" s="53" t="inlineStr">
+      <c r="C45" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D48" s="54" t="n">
+      <c r="D45" s="55" t="n">
         <v>500000000</v>
       </c>
-      <c r="E48" s="55" t="n">
-[...4 lines deleted...]
-      <c r="B49" s="52" t="inlineStr">
+      <c r="E45" s="56" t="n">
+        <v>-0.00044</v>
+      </c>
+    </row>
+    <row r="46" ht="14.5" customHeight="1" s="74">
+      <c r="B46" s="53" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
         </is>
       </c>
-      <c r="C49" s="53" t="inlineStr">
+      <c r="C46" s="54" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D49" s="54" t="n">
+      <c r="D46" s="55" t="n">
         <v>500000000</v>
       </c>
-      <c r="E49" s="55" t="n">
-[...4 lines deleted...]
-      <c r="B53" s="1" t="inlineStr">
+      <c r="E46" s="56" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="50" ht="14.5" customHeight="1" s="74">
+      <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="67" ht="14.5" customHeight="1" s="73">
-      <c r="B67" s="1" t="inlineStr">
+    <row r="64" ht="14.5" customHeight="1" s="74">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
+    <row r="79">
+      <c r="B79" s="16" t="n"/>
+      <c r="C79" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="B80" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C80" s="18" t="inlineStr">
+        <is>
+          <t>DSP Floater Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="B81" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C81" s="19" t="n"/>
+    </row>
     <row r="82">
-      <c r="B82" s="16" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B82" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C82" s="20" t="n">
+        <v>0.06569999999999999</v>
       </c>
     </row>
     <row r="83">
       <c r="B83" s="16" t="inlineStr">
         <is>
-          <t>Scheme Name:</t>
-[...5 lines deleted...]
-        </is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C83" s="19" t="n">
+        <v>3.19</v>
       </c>
     </row>
     <row r="84">
       <c r="B84" s="16" t="inlineStr">
         <is>
-          <t>Description (if any)</t>
-[...2 lines deleted...]
-      <c r="C84" s="19" t="n"/>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C84" s="19" t="n">
+        <v>7.25</v>
+      </c>
     </row>
     <row r="85">
       <c r="B85" s="16" t="inlineStr">
         <is>
-          <t>Annualised Portfolio YTM*:</t>
-[...3 lines deleted...]
-        <v>0.0648</v>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C85" s="21" t="n">
+        <v>45945</v>
       </c>
     </row>
     <row r="86">
-      <c r="B86" s="16" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B89" s="17" t="inlineStr">
+      <c r="B86" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C89" s="18" t="n"/>
+      <c r="C86" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B45:F45"/>
+    <mergeCell ref="B42:G42"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Rahul Jain</dc:creator>
+  <dc:creator>ICRON Research</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>