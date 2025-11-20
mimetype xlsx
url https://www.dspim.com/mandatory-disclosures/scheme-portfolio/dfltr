--- v1 (2025-10-25)
+++ v2 (2025-11-20)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="600" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="FLOATER" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -157,50 +151,65 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -329,332 +338,295 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...35 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...61 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +675,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>51</row>
+      <row>52</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>60</row>
-      <rowOff>31750</rowOff>
+      <row>61</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8140700"/>
+          <a:off x="457200" y="7797800"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>65</row>
+      <row>66</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>74</row>
+      <row>75</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10553700"/>
+          <a:off x="457200" y="10210800"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1049,1009 +1021,993 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L86"/>
+  <dimension ref="A1:L87"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="42.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.26953125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="72">
+      <c r="A1" s="71" t="n"/>
+      <c r="B1" s="71" t="inlineStr">
         <is>
           <t>DSP Floater Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E9" s="12" t="n">
+      <c r="E9" s="11" t="n">
         <v>5000</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F9" s="5" t="n">
+        <v>5041.03</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0968</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>46675</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="J9" s="5" t="n">
+        <v>7.2362</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.7097</v>
+      <c r="L9" s="6" t="n">
+        <v>0.6585</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Muthoot Finance Limited**</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE414G07IH7</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
-      <c r="E10" s="12" t="n">
+      <c r="E10" s="11" t="n">
         <v>2500</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="F10" s="5" t="n">
+        <v>2592.49</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0498</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>46961</v>
       </c>
-      <c r="I10" s="2" t="inlineStr">
+      <c r="I10" s="1" t="inlineStr">
         <is>
           <t>PU - 27-Oct-2026</t>
         </is>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>7.8925</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.193</v>
+      <c r="L10" s="6" t="n">
+        <v>0.195</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE296A07TM8</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E11" s="12" t="n">
+      <c r="E11" s="11" t="n">
         <v>2500</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="8" t="n">
+      <c r="F11" s="5" t="n">
+        <v>2563.54</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.0492</v>
+      </c>
+      <c r="H11" s="7" t="n">
         <v>46944</v>
       </c>
-      <c r="J11" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="J11" s="5" t="n">
+        <v>7.09</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
-      <c r="L11" s="7" t="n">
-        <v>0.0493</v>
+      <c r="L11" s="6" t="n">
+        <v>0.0498</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
-      <c r="C12" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE020B08FI5</t>
         </is>
       </c>
-      <c r="D12" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E12" s="12" t="n">
+      <c r="E12" s="11" t="n">
         <v>2500</v>
       </c>
-      <c r="F12" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H12" s="8" t="n">
+      <c r="F12" s="5" t="n">
+        <v>2552.74</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.049</v>
+      </c>
+      <c r="H12" s="7" t="n">
         <v>51043</v>
       </c>
-      <c r="J12" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="J12" s="5" t="n">
+        <v>7.171</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L12" s="7" t="n">
-        <v>0.0065</v>
+      <c r="L12" s="6" t="n">
+        <v>0.0066</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="9" t="n"/>
-      <c r="B13" s="9" t="inlineStr">
+      <c r="A13" s="8" t="n"/>
+      <c r="B13" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C13" s="9" t="n"/>
-[...8 lines deleted...]
-      <c r="K13" s="2" t="inlineStr">
+      <c r="C13" s="8" t="n"/>
+      <c r="D13" s="8" t="n"/>
+      <c r="E13" s="8" t="n"/>
+      <c r="F13" s="9" t="n">
+        <v>12749.8</v>
+      </c>
+      <c r="G13" s="10" t="n">
+        <v>0.2448</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
-        <v>0.0415</v>
+      <c r="L13" s="6" t="n">
+        <v>0.0901</v>
       </c>
     </row>
     <row r="15">
-      <c r="B15" s="4" t="inlineStr">
+      <c r="B15" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="n">
+      <c r="A16" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B16" s="2" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
-      <c r="C16" s="2" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>IN0020200120</t>
         </is>
       </c>
-      <c r="D16" s="2" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E16" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H16" s="8" t="n">
+      <c r="E16" s="11" t="n">
+        <v>13500000</v>
+      </c>
+      <c r="F16" s="5" t="n">
+        <v>14077</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.2703</v>
+      </c>
+      <c r="H16" s="7" t="n">
         <v>48844</v>
       </c>
-      <c r="J16" s="6" t="n">
-        <v>6.2595</v>
+      <c r="J16" s="5" t="n">
+        <v>6.25</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="n">
+      <c r="A17" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B17" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D17" s="2" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>6.68% GOI 2040</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250042</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E17" s="12" t="n">
-[...12 lines deleted...]
-        <v>6.4826</v>
+      <c r="E17" s="11" t="n">
+        <v>9500000</v>
+      </c>
+      <c r="F17" s="5" t="n">
+        <v>9539.030000000001</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.1831</v>
+      </c>
+      <c r="H17" s="7" t="n">
+        <v>51324</v>
+      </c>
+      <c r="J17" s="5" t="n">
+        <v>6.8964</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="n">
+      <c r="A18" s="1" t="n">
         <v>7</v>
       </c>
-      <c r="B18" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D18" s="2" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E18" s="12" t="n">
-[...12 lines deleted...]
-        <v>6.16</v>
+      <c r="E18" s="11" t="n">
+        <v>8000000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>8054.53</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.1546</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.4833</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="n">
+      <c r="A19" s="1" t="n">
         <v>8</v>
       </c>
-      <c r="B19" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D19" s="2" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E19" s="12" t="n">
-[...12 lines deleted...]
-        <v>6.7719</v>
+      <c r="E19" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>2111.13</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0405</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>5.6706</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="n">
+      <c r="A20" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="B20" s="2" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D20" s="2" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>8.16% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>IN1520180044</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E20" s="12" t="n">
-[...12 lines deleted...]
-        <v>5.5982</v>
+      <c r="E20" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>521.47</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>46882</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.3312</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="2" t="n">
+      <c r="A21" s="8" t="n"/>
+      <c r="B21" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C21" s="8" t="n"/>
+      <c r="D21" s="8" t="n"/>
+      <c r="E21" s="8" t="n"/>
+      <c r="F21" s="9" t="n">
+        <v>34303.16</v>
+      </c>
+      <c r="G21" s="10" t="n">
+        <v>0.6585</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="B23" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
         <v>10</v>
       </c>
-      <c r="B21" s="2" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A22" s="2" t="n">
+      <c r="B24" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F24" s="5" t="n">
+        <v>4074.09</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.07820000000000001</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="8" t="n"/>
+      <c r="B25" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C25" s="8" t="n"/>
+      <c r="D25" s="8" t="n"/>
+      <c r="E25" s="8" t="n"/>
+      <c r="F25" s="9" t="n">
+        <v>4074.09</v>
+      </c>
+      <c r="G25" s="10" t="n">
+        <v>0.07820000000000001</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="B27" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
         <v>11</v>
       </c>
-      <c r="B22" s="2" t="inlineStr">
-[...32 lines deleted...]
-      <c r="B23" s="9" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>2979.151</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>341.57</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J28" s="5" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="8" t="n"/>
+      <c r="B29" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C23" s="9" t="n"/>
-[...37 lines deleted...]
-      <c r="B27" s="9" t="inlineStr">
+      <c r="C29" s="8" t="n"/>
+      <c r="D29" s="8" t="n"/>
+      <c r="E29" s="8" t="n"/>
+      <c r="F29" s="9" t="n">
+        <v>341.57</v>
+      </c>
+      <c r="G29" s="10" t="n">
+        <v>0.0066</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="B31" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E32" s="11" t="n"/>
+      <c r="F32" s="5" t="n">
+        <v>616.47</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="J32" s="5" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="8" t="n"/>
+      <c r="B33" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C27" s="9" t="n"/>
-[...78 lines deleted...]
-      <c r="J34" s="6" t="n"/>
+      <c r="C33" s="8" t="n"/>
+      <c r="D33" s="8" t="n"/>
+      <c r="E33" s="8" t="n"/>
+      <c r="F33" s="9" t="n">
+        <v>616.47</v>
+      </c>
+      <c r="G33" s="10" t="n">
+        <v>0.0119</v>
+      </c>
     </row>
     <row r="35">
-      <c r="A35" s="9" t="n"/>
-[...12 lines deleted...]
-        <v>0.0059</v>
+      <c r="A35" s="4" t="n"/>
+      <c r="B35" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C35" s="4" t="n"/>
+      <c r="D35" s="4" t="n"/>
+      <c r="E35" s="4" t="n"/>
+      <c r="F35" s="12" t="n">
+        <v>52085.09</v>
+      </c>
+      <c r="G35" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
       </c>
     </row>
     <row r="37">
-      <c r="A37" s="5" t="n"/>
-[...11 lines deleted...]
-      <c r="G37" s="14" t="n">
+      <c r="A37" s="1" t="n">
         <v>1</v>
       </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
     </row>
     <row r="38">
-      <c r="A38" s="2" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A40" s="15" t="n">
+      <c r="A38" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B40" s="15" t="inlineStr">
+      <c r="B38" s="14" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="41" ht="27" customHeight="1" s="74">
-      <c r="A41" s="15" t="n">
+    <row r="39" ht="27" customHeight="1" s="72">
+      <c r="A39" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B41" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A42" t="n">
+      <c r="B39" s="14" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="40" ht="73.5" customHeight="1" s="72">
+      <c r="A40" t="n">
         <v>4</v>
       </c>
-      <c r="B42" s="106" t="inlineStr">
-[...7 lines deleted...]
-      <c r="B44" s="52" t="inlineStr">
+      <c r="B40" s="93" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="41" ht="14.5" customHeight="1" s="72"/>
+    <row r="42" ht="14.5" customHeight="1" s="72">
+      <c r="B42" s="47" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C44" s="52" t="inlineStr">
+      <c r="C42" s="47" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D44" s="52" t="inlineStr">
+      <c r="D42" s="47" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E44" s="52" t="inlineStr">
+      <c r="E42" s="47" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="45" ht="14.5" customHeight="1" s="74">
-      <c r="B45" s="53" t="inlineStr">
+    <row r="43" ht="14.5" customHeight="1" s="72">
+      <c r="B43" s="48" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
         </is>
       </c>
-      <c r="C45" s="54" t="inlineStr">
+      <c r="C43" s="49" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D45" s="55" t="n">
+      <c r="D43" s="50" t="n">
         <v>500000000</v>
       </c>
-      <c r="E45" s="56" t="n">
-[...4 lines deleted...]
-      <c r="B46" s="53" t="inlineStr">
+      <c r="E43" s="51" t="n">
+        <v>-0.00045</v>
+      </c>
+    </row>
+    <row r="44" ht="14.5" customHeight="1" s="72">
+      <c r="B44" s="48" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
         </is>
       </c>
-      <c r="C46" s="54" t="inlineStr">
+      <c r="C44" s="49" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D46" s="55" t="n">
+      <c r="D44" s="50" t="n">
         <v>500000000</v>
       </c>
-      <c r="E46" s="56" t="n">
+      <c r="E44" s="51" t="n">
         <v>1e-05</v>
       </c>
     </row>
-    <row r="50" ht="14.5" customHeight="1" s="74">
-      <c r="B50" s="1" t="inlineStr">
+    <row r="45" ht="14.5" customHeight="1" s="72">
+      <c r="B45" s="48" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
+        </is>
+      </c>
+      <c r="C45" s="49" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D45" s="50" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E45" s="51" t="n">
+        <v>-1e-05</v>
+      </c>
+    </row>
+    <row r="46" ht="14.5" customHeight="1" s="72">
+      <c r="B46" s="48" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
+        </is>
+      </c>
+      <c r="C46" s="49" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D46" s="50" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E46" s="51" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" ht="14.5" customHeight="1" s="72">
+      <c r="B47" s="48" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
+        </is>
+      </c>
+      <c r="C47" s="49" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D47" s="50" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E47" s="51" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" ht="14.5" customHeight="1" s="72">
+      <c r="B51" s="69" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="64" ht="14.5" customHeight="1" s="74">
-      <c r="B64" s="1" t="inlineStr">
+    <row r="65" ht="14.5" customHeight="1" s="72">
+      <c r="B65" s="69" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
-    <row r="79">
-[...1 lines deleted...]
-      <c r="C79" s="18" t="inlineStr">
+    <row r="80">
+      <c r="B80" s="15" t="n"/>
+      <c r="C80" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="80">
-      <c r="B80" s="16" t="inlineStr">
+    <row r="81">
+      <c r="B81" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C80" s="18" t="inlineStr">
+      <c r="C81" s="17" t="inlineStr">
         <is>
           <t>DSP Floater Fund</t>
         </is>
       </c>
     </row>
-    <row r="81">
-      <c r="B81" s="16" t="inlineStr">
+    <row r="82">
+      <c r="B82" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C81" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B82" s="16" t="inlineStr">
+      <c r="C82" s="18" t="n"/>
+    </row>
+    <row r="83">
+      <c r="B83" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C82" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B83" s="16" t="inlineStr">
+      <c r="C83" s="19" t="n">
+        <v>0.06660000000000001</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="B84" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C83" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B84" s="16" t="inlineStr">
+      <c r="C84" s="18" t="n">
+        <v>3.77</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="B85" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C84" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B85" s="16" t="inlineStr">
+      <c r="C85" s="18" t="n">
+        <v>7.56</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="B86" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C85" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B86" s="17" t="inlineStr">
+      <c r="C86" s="20" t="n">
+        <v>45976</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C86" s="18" t="n"/>
+      <c r="C87" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B42:G42"/>
+    <mergeCell ref="B40:G40"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Koushik Chowdhury</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>