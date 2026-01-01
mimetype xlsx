--- v2 (2025-11-20)
+++ v3 (2026-01-01)
@@ -1,73 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="600" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="FLOATER" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -76,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -149,61 +155,59 @@
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -338,295 +342,319 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="94">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...13 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="18" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...30 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -675,116 +703,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>52</row>
+      <row>50</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>61</row>
-      <rowOff>31749</rowOff>
+      <row>59</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="7797800"/>
+          <a:off x="457200" y="7969250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>66</row>
+      <row>62</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>75</row>
+      <row>71</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10210800"/>
+          <a:off x="457200" y="10382250"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1026,988 +1054,1019 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L87"/>
+  <dimension ref="A1:L83"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="46.81640625" bestFit="1" customWidth="1" style="92" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="92" min="3" max="3"/>
+    <col width="15.26953125" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="13.54296875" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="72">
-[...1 lines deleted...]
-      <c r="B1" s="71" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP Floater Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 15, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C9" s="1" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C9" s="92" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E9" s="11" t="n">
+      <c r="E9" s="12" t="n">
         <v>5000</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>5055.83</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.1047</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>46675</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="J9" s="6" t="n">
+        <v>7.4075</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.6585</v>
+      <c r="L9" s="7" t="n">
+        <v>0.5765</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="92" t="inlineStr">
         <is>
           <t>Muthoot Finance Limited**</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="92" t="inlineStr">
         <is>
           <t>INE414G07IH7</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="92" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
-      <c r="E10" s="11" t="n">
+      <c r="E10" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F10" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="7" t="n">
+      <c r="F10" s="6" t="n">
+        <v>2612.34</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0541</v>
+      </c>
+      <c r="H10" s="8" t="n">
         <v>46961</v>
       </c>
-      <c r="I10" s="1" t="inlineStr">
+      <c r="I10" s="92" t="inlineStr">
         <is>
           <t>PU - 27-Oct-2026</t>
         </is>
       </c>
-      <c r="J10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="J10" s="6" t="n">
+        <v>7.83</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.195</v>
+      <c r="L10" s="7" t="n">
+        <v>0.2104</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="92" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="92" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C11" s="92" t="inlineStr">
         <is>
           <t>INE296A07TM8</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D11" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E11" s="11" t="n">
+      <c r="E11" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F11" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="7" t="n">
+      <c r="F11" s="6" t="n">
+        <v>2567.49</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0532</v>
+      </c>
+      <c r="H11" s="8" t="n">
         <v>46944</v>
       </c>
-      <c r="J11" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="J11" s="6" t="n">
+        <v>7.275</v>
+      </c>
+      <c r="K11" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.1046</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="92" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="92" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C12" s="92" t="inlineStr">
+        <is>
+          <t>INE261F08EJ7</t>
+        </is>
+      </c>
+      <c r="D12" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>2561.07</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.053</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>47458</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>6.975</v>
+      </c>
+      <c r="K12" s="92" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
-      <c r="L11" s="6" t="n">
-[...7 lines deleted...]
-      <c r="B12" s="1" t="inlineStr">
+      <c r="L12" s="7" t="n">
+        <v>0.0541</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="92" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="92" t="inlineStr">
         <is>
           <t>REC Limited**</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C13" s="92" t="inlineStr">
         <is>
           <t>INE020B08FI5</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D13" s="92" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E12" s="11" t="n">
+      <c r="E13" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F12" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H12" s="7" t="n">
+      <c r="F13" s="6" t="n">
+        <v>2536.43</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0525</v>
+      </c>
+      <c r="H13" s="8" t="n">
         <v>51043</v>
       </c>
-      <c r="J12" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+      <c r="J13" s="6" t="n">
+        <v>7.315</v>
+      </c>
+      <c r="K13" s="92" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L12" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B13" s="8" t="inlineStr">
+      <c r="L13" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="92" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="92" t="inlineStr">
+        <is>
+          <t>Mindspace Business Parks Reit**</t>
+        </is>
+      </c>
+      <c r="C14" s="92" t="inlineStr">
+        <is>
+          <t>INE0CCU07181</t>
+        </is>
+      </c>
+      <c r="D14" s="92" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>2491.61</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0516</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>47095</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>7.3386</v>
+      </c>
+      <c r="K14" s="92" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0473</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="9" t="n"/>
+      <c r="B15" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C13" s="8" t="n"/>
-[...18 lines deleted...]
-      <c r="B15" s="3" t="inlineStr">
+      <c r="C15" s="9" t="n"/>
+      <c r="D15" s="9" t="n"/>
+      <c r="E15" s="9" t="n"/>
+      <c r="F15" s="10" t="n">
+        <v>17824.77</v>
+      </c>
+      <c r="G15" s="11" t="n">
+        <v>0.3691</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="B17" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
-    <row r="16">
-[...3 lines deleted...]
-      <c r="B16" s="1" t="inlineStr">
+    <row r="18">
+      <c r="A18" s="92" t="n">
+        <v>7</v>
+      </c>
+      <c r="B18" s="92" t="inlineStr">
         <is>
           <t>8.51% GOI FRB 2033</t>
         </is>
       </c>
-      <c r="C16" s="1" t="inlineStr">
+      <c r="C18" s="92" t="inlineStr">
         <is>
           <t>IN0020200120</t>
         </is>
       </c>
-      <c r="D16" s="1" t="inlineStr">
+      <c r="D18" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E16" s="11" t="n">
+      <c r="E18" s="12" t="n">
         <v>13500000</v>
       </c>
-      <c r="F16" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H16" s="7" t="n">
+      <c r="F18" s="6" t="n">
+        <v>14198.58</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.2941</v>
+      </c>
+      <c r="H18" s="8" t="n">
         <v>48844</v>
       </c>
-      <c r="J16" s="5" t="n">
-[...7 lines deleted...]
-      <c r="B17" s="1" t="inlineStr">
+      <c r="J18" s="6" t="n">
+        <v>6.17</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="92" t="n">
+        <v>8</v>
+      </c>
+      <c r="B19" s="92" t="inlineStr">
         <is>
           <t>6.68% GOI 2040</t>
         </is>
       </c>
-      <c r="C17" s="1" t="inlineStr">
+      <c r="C19" s="92" t="inlineStr">
         <is>
           <t>IN0020250042</t>
         </is>
       </c>
-      <c r="D17" s="1" t="inlineStr">
+      <c r="D19" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E17" s="11" t="n">
-[...8 lines deleted...]
-      <c r="H17" s="7" t="n">
+      <c r="E19" s="12" t="n">
+        <v>11000000</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>10987.91</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.2276</v>
+      </c>
+      <c r="H19" s="8" t="n">
         <v>51324</v>
       </c>
-      <c r="J17" s="5" t="n">
-[...17 lines deleted...]
-      <c r="D18" s="1" t="inlineStr">
+      <c r="J19" s="6" t="n">
+        <v>7.0183</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="92" t="n">
+        <v>9</v>
+      </c>
+      <c r="B20" s="92" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C20" s="92" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D20" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E18" s="11" t="n">
-[...29 lines deleted...]
-      <c r="D19" s="1" t="inlineStr">
+      <c r="E20" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2119.56</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0439</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>5.7198</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="92" t="n">
+        <v>10</v>
+      </c>
+      <c r="B21" s="92" t="inlineStr">
+        <is>
+          <t>8.16% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C21" s="92" t="inlineStr">
+        <is>
+          <t>IN1520180044</t>
+        </is>
+      </c>
+      <c r="D21" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E19" s="11" t="n">
-[...34 lines deleted...]
-      <c r="E20" s="11" t="n">
+      <c r="E21" s="12" t="n">
         <v>500000</v>
       </c>
-      <c r="F20" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H20" s="7" t="n">
+      <c r="F21" s="6" t="n">
+        <v>524.5700000000001</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0109</v>
+      </c>
+      <c r="H21" s="8" t="n">
         <v>46882</v>
       </c>
-      <c r="J20" s="5" t="n">
-[...5 lines deleted...]
-      <c r="B21" s="8" t="inlineStr">
+      <c r="J21" s="6" t="n">
+        <v>6.2975</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="9" t="n"/>
+      <c r="B22" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C21" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B23" s="3" t="inlineStr">
+      <c r="C22" s="9" t="n"/>
+      <c r="D22" s="9" t="n"/>
+      <c r="E22" s="9" t="n"/>
+      <c r="F22" s="10" t="n">
+        <v>27830.62</v>
+      </c>
+      <c r="G22" s="11" t="n">
+        <v>0.5765</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="B24" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="24">
-[...3 lines deleted...]
-      <c r="B24" s="3" t="inlineStr">
+    <row r="25">
+      <c r="A25" s="92" t="n">
+        <v>11</v>
+      </c>
+      <c r="B25" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F24" s="5" t="n">
-[...11 lines deleted...]
-      <c r="B25" s="8" t="inlineStr">
+      <c r="F25" s="6" t="n">
+        <v>2002.84</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0415</v>
+      </c>
+      <c r="H25" s="8" t="n">
+        <v>46007</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="9" t="n"/>
+      <c r="B26" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C25" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B27" s="3" t="inlineStr">
+      <c r="C26" s="9" t="n"/>
+      <c r="D26" s="9" t="n"/>
+      <c r="E26" s="9" t="n"/>
+      <c r="F26" s="10" t="n">
+        <v>2002.84</v>
+      </c>
+      <c r="G26" s="11" t="n">
+        <v>0.0415</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="B28" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
     </row>
-    <row r="28">
-[...3 lines deleted...]
-      <c r="B28" s="1" t="inlineStr">
+    <row r="29">
+      <c r="A29" s="92" t="n">
+        <v>12</v>
+      </c>
+      <c r="B29" s="92" t="inlineStr">
         <is>
           <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
         </is>
       </c>
-      <c r="C28" s="1" t="inlineStr">
+      <c r="C29" s="92" t="inlineStr">
         <is>
           <t>INF0RQ622028</t>
         </is>
       </c>
-      <c r="E28" s="11" t="n">
+      <c r="E29" s="12" t="n">
         <v>2979.151</v>
       </c>
-      <c r="F28" s="5" t="n">
-[...9 lines deleted...]
-      <c r="B29" s="8" t="inlineStr">
+      <c r="F29" s="6" t="n">
+        <v>343.17</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="9" t="n"/>
+      <c r="B30" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C29" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B31" s="3" t="inlineStr">
+      <c r="C30" s="9" t="n"/>
+      <c r="D30" s="9" t="n"/>
+      <c r="E30" s="9" t="n"/>
+      <c r="F30" s="10" t="n">
+        <v>343.17</v>
+      </c>
+      <c r="G30" s="11" t="n">
+        <v>0.0071</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="B32" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="32">
-      <c r="B32" s="1" t="inlineStr">
+    <row r="33">
+      <c r="B33" s="92" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E32" s="11" t="n"/>
-[...10 lines deleted...]
-      <c r="B33" s="8" t="inlineStr">
+      <c r="E33" s="12" t="n"/>
+      <c r="F33" s="6" t="n">
+        <v>280.2</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="9" t="n"/>
+      <c r="B34" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C33" s="8" t="n"/>
-[...11 lines deleted...]
-      <c r="B35" s="4" t="inlineStr">
+      <c r="C34" s="9" t="n"/>
+      <c r="D34" s="9" t="n"/>
+      <c r="E34" s="9" t="n"/>
+      <c r="F34" s="10" t="n">
+        <v>280.2</v>
+      </c>
+      <c r="G34" s="11" t="n">
+        <v>0.0058</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="5" t="n"/>
+      <c r="B36" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C35" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G35" s="13" t="n">
+      <c r="C36" s="5" t="n"/>
+      <c r="D36" s="5" t="n"/>
+      <c r="E36" s="5" t="n"/>
+      <c r="F36" s="13" t="n">
+        <v>48281.6</v>
+      </c>
+      <c r="G36" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="36">
-      <c r="A36" s="1" t="inlineStr">
+    <row r="37">
+      <c r="A37" s="92" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="37">
-      <c r="A37" s="1" t="n">
+    <row r="38">
+      <c r="A38" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
+      <c r="B38" s="92" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="38">
-      <c r="A38" s="14" t="n">
+    <row r="39">
+      <c r="A39" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B38" s="14" t="inlineStr">
+      <c r="B39" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="39" ht="27" customHeight="1" s="72">
-      <c r="A39" s="14" t="n">
+    <row r="40" ht="73.5" customHeight="1" s="68">
+      <c r="A40" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B39" s="14" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B40" s="93" t="inlineStr">
+      <c r="B40" s="69" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="41" ht="14.5" customHeight="1" s="72"/>
-    <row r="42" ht="14.5" customHeight="1" s="72">
+    <row r="41" ht="14.5" customHeight="1" s="68">
+      <c r="A41" s="15" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="15" t="n"/>
       <c r="B42" s="47" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
       <c r="C42" s="47" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
       <c r="D42" s="47" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
       <c r="E42" s="47" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="43" ht="14.5" customHeight="1" s="72">
+    <row r="43">
+      <c r="A43" s="15" t="n"/>
       <c r="B43" s="48" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
         </is>
       </c>
       <c r="C43" s="49" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
       <c r="D43" s="50" t="n">
         <v>500000000</v>
       </c>
       <c r="E43" s="51" t="n">
-        <v>-0.00045</v>
-[...2 lines deleted...]
-    <row r="44" ht="14.5" customHeight="1" s="72">
+        <v>-1e-05</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="15" t="n"/>
       <c r="B44" s="48" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
         </is>
       </c>
       <c r="C44" s="49" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
       <c r="D44" s="50" t="n">
         <v>500000000</v>
       </c>
       <c r="E44" s="51" t="n">
-        <v>1e-05</v>
-[...2 lines deleted...]
-    <row r="45" ht="14.5" customHeight="1" s="72">
+        <v>-2e-05</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="15" t="n"/>
       <c r="B45" s="48" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
         </is>
       </c>
       <c r="C45" s="49" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
       <c r="D45" s="50" t="n">
-        <v>250000000</v>
+        <v>750000000</v>
       </c>
       <c r="E45" s="51" t="n">
-        <v>-1e-05</v>
-[...2 lines deleted...]
-    <row r="46" ht="14.5" customHeight="1" s="72">
+        <v>4e-05</v>
+      </c>
+    </row>
+    <row r="46">
       <c r="B46" s="48" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
         </is>
       </c>
       <c r="C46" s="49" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
       <c r="D46" s="50" t="n">
         <v>500000000</v>
       </c>
       <c r="E46" s="51" t="n">
-        <v>0</v>
-[...21 lines deleted...]
-      <c r="B51" s="69" t="inlineStr">
+        <v>-1e-05</v>
+      </c>
+    </row>
+    <row r="47" ht="27" customHeight="1" s="68">
+      <c r="A47" s="15" t="n">
+        <v>4</v>
+      </c>
+      <c r="B47" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="49" ht="14.5" customHeight="1" s="68">
+      <c r="B49" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="65" ht="14.5" customHeight="1" s="72">
-      <c r="B65" s="69" t="inlineStr">
+    <row r="61" ht="14.5" customHeight="1" s="68">
+      <c r="B61" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
+    <row r="76">
+      <c r="B76" s="16" t="n"/>
+      <c r="C76" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C77" s="18" t="inlineStr">
+        <is>
+          <t>DSP Floater Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="B78" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C78" s="19" t="n"/>
+    </row>
+    <row r="79">
+      <c r="B79" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C79" s="20" t="n">
+        <v>0.0673</v>
+      </c>
+    </row>
     <row r="80">
-      <c r="B80" s="15" t="n"/>
-[...3 lines deleted...]
-        </is>
+      <c r="B80" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C80" s="19" t="n">
+        <v>3.21</v>
       </c>
     </row>
     <row r="81">
-      <c r="B81" s="15" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="B81" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C81" s="19" t="n">
+        <v>7.26</v>
       </c>
     </row>
     <row r="82">
-      <c r="B82" s="15" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C82" s="18" t="n"/>
+      <c r="B82" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C82" s="21" t="n">
+        <v>46006</v>
+      </c>
     </row>
     <row r="83">
-      <c r="B83" s="15" t="inlineStr">
-[...39 lines deleted...]
-      <c r="B87" s="16" t="inlineStr">
+      <c r="B83" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C87" s="17" t="n"/>
+      <c r="C83" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B40:G40"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Koushik Chowdhury</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>