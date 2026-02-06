--- v3 (2026-01-01)
+++ v4 (2026-02-06)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="FLOATER" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -138,58 +132,50 @@
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
-[...6 lines deleted...]
-    <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
@@ -342,319 +328,340 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...59 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
-    </xf>
-[...52 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,116 +710,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>50</row>
+      <row>59</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>59</row>
-      <rowOff>31751</rowOff>
+      <row>68</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="7969250"/>
+          <a:off x="457200" y="8826500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>62</row>
+      <row>71</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>71</row>
+      <row>80</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10382250"/>
+          <a:off x="457200" y="11239500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1050,1008 +1057,1236 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet17">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L83"/>
+  <dimension ref="A1:L90"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="45.5703125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18.85546875" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.140625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="13.5703125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.85546875" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.5703125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.42578125" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30.140625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.5703125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="18.75" customHeight="1" s="83">
+      <c r="A1" s="82" t="n"/>
+      <c r="B1" s="82" t="inlineStr">
         <is>
           <t>DSP Floater Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="4" t="inlineStr">
+      <c r="B8" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="4" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IH7</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E9" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F9" s="5" t="n">
+        <v>2629.22</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.0648</v>
+      </c>
+      <c r="H9" s="7" t="n">
+        <v>46961</v>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t>PU - 27-Oct-2026</t>
+        </is>
+      </c>
+      <c r="J9" s="5" t="n">
+        <v>7.9862</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L9" s="6" t="n">
+        <v>0.4213</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E10" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F10" s="5" t="n">
+        <v>2577.61</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.0635</v>
+      </c>
+      <c r="H10" s="7" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J10" s="5" t="n">
+        <v>7.52</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L10" s="6" t="n">
+        <v>0.1885</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EJ7</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E11" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F11" s="5" t="n">
+        <v>2554.63</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.063</v>
+      </c>
+      <c r="H11" s="7" t="n">
+        <v>47458</v>
+      </c>
+      <c r="J11" s="5" t="n">
+        <v>7.3237</v>
+      </c>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="6" t="n">
+        <v>0.1243</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Bharti Telecom Limited**</t>
         </is>
       </c>
-      <c r="C9" s="92" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE403D08272</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E9" s="12" t="n">
-[...8 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="E12" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F12" s="5" t="n">
+        <v>2538.83</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.0626</v>
+      </c>
+      <c r="H12" s="7" t="n">
         <v>46675</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="92" t="inlineStr">
+      <c r="J12" s="5" t="n">
+        <v>7.73</v>
+      </c>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L12" s="6" t="n">
+        <v>0.0648</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08FI5</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E13" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F13" s="5" t="n">
+        <v>2531.24</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0624</v>
+      </c>
+      <c r="H13" s="7" t="n">
+        <v>51043</v>
+      </c>
+      <c r="J13" s="5" t="n">
+        <v>7.45</v>
+      </c>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L13" s="6" t="n">
+        <v>0.0602</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Mindspace Business Parks Reit**</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE0CCU07181</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="11" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F14" s="5" t="n">
+        <v>2488.88</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0613</v>
+      </c>
+      <c r="H14" s="7" t="n">
+        <v>47095</v>
+      </c>
+      <c r="J14" s="5" t="n">
+        <v>7.5797</v>
+      </c>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L14" s="6" t="n">
+        <v>0.0601</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="8" t="n"/>
+      <c r="B15" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C15" s="8" t="n"/>
+      <c r="D15" s="8" t="n"/>
+      <c r="E15" s="8" t="n"/>
+      <c r="F15" s="9" t="n">
+        <v>15320.41</v>
+      </c>
+      <c r="G15" s="10" t="n">
+        <v>0.3776</v>
+      </c>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L15" s="6" t="n">
+        <v>0.0575</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L16" s="6" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L17" s="6" t="n">
+        <v>0.0148</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-[...4 lines deleted...]
-      <c r="A10" s="92" t="n">
+      <c r="E18" s="11" t="n">
+        <v>6500000</v>
+      </c>
+      <c r="F18" s="5" t="n">
+        <v>6870.18</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.1693</v>
+      </c>
+      <c r="H18" s="7" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J18" s="5" t="n">
+        <v>6.2577</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E19" s="11" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F19" s="5" t="n">
+        <v>4941.26</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.1218</v>
+      </c>
+      <c r="H19" s="7" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J19" s="5" t="n">
+        <v>6.3632</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>6.68% GOI 2033</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250133</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="11" t="n">
+        <v>2688500</v>
+      </c>
+      <c r="F20" s="5" t="n">
+        <v>2692.43</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0664</v>
+      </c>
+      <c r="H20" s="7" t="n">
+        <v>48606</v>
+      </c>
+      <c r="J20" s="5" t="n">
+        <v>6.6667</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E21" s="11" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F21" s="5" t="n">
+        <v>2060.79</v>
+      </c>
+      <c r="G21" s="6" t="n">
+        <v>0.0508</v>
+      </c>
+      <c r="H21" s="7" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J21" s="5" t="n">
+        <v>5.7006</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>8.16% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>IN1520180044</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E22" s="11" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F22" s="5" t="n">
+        <v>526.8099999999999</v>
+      </c>
+      <c r="G22" s="6" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H22" s="7" t="n">
+        <v>46882</v>
+      </c>
+      <c r="J22" s="5" t="n">
+        <v>6.47</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="8" t="n"/>
+      <c r="B23" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C23" s="8" t="n"/>
+      <c r="D23" s="8" t="n"/>
+      <c r="E23" s="8" t="n"/>
+      <c r="F23" s="9" t="n">
+        <v>17091.47</v>
+      </c>
+      <c r="G23" s="10" t="n">
+        <v>0.4213</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="B25" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="B26" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KH8</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E27" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F27" s="5" t="n">
+        <v>2442.42</v>
+      </c>
+      <c r="G27" s="6" t="n">
+        <v>0.0602</v>
+      </c>
+      <c r="H27" s="7" t="n">
+        <v>46174</v>
+      </c>
+      <c r="J27" s="5" t="n">
+        <v>7.1707</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KR4</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E28" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F28" s="5" t="n">
+        <v>2440</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0601</v>
+      </c>
+      <c r="H28" s="7" t="n">
+        <v>46178</v>
+      </c>
+      <c r="J28" s="5" t="n">
+        <v>7.2385</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BX0</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E29" s="11" t="n">
+        <v>500</v>
+      </c>
+      <c r="F29" s="5" t="n">
+        <v>2333.38</v>
+      </c>
+      <c r="G29" s="6" t="n">
+        <v>0.0575</v>
+      </c>
+      <c r="H29" s="7" t="n">
+        <v>46416</v>
+      </c>
+      <c r="J29" s="5" t="n">
+        <v>7.2</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="8" t="n"/>
+      <c r="B30" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C30" s="8" t="n"/>
+      <c r="D30" s="8" t="n"/>
+      <c r="E30" s="8" t="n"/>
+      <c r="F30" s="9" t="n">
+        <v>7215.8</v>
+      </c>
+      <c r="G30" s="10" t="n">
+        <v>0.1778</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B32" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F32" s="5" t="n">
+        <v>5357.03</v>
+      </c>
+      <c r="G32" s="6" t="n">
+        <v>0.132</v>
+      </c>
+      <c r="H32" s="7" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="8" t="n"/>
+      <c r="B33" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C33" s="8" t="n"/>
+      <c r="D33" s="8" t="n"/>
+      <c r="E33" s="8" t="n"/>
+      <c r="F33" s="9" t="n">
+        <v>5357.03</v>
+      </c>
+      <c r="G33" s="10" t="n">
+        <v>0.132</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="B35" s="3" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E36" s="11" t="n">
+        <v>2979.151</v>
+      </c>
+      <c r="F36" s="5" t="n">
+        <v>345.55</v>
+      </c>
+      <c r="G36" s="6" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J36" s="5" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="8" t="n"/>
+      <c r="B37" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C37" s="8" t="n"/>
+      <c r="D37" s="8" t="n"/>
+      <c r="E37" s="8" t="n"/>
+      <c r="F37" s="9" t="n">
+        <v>345.55</v>
+      </c>
+      <c r="G37" s="10" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="B39" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E40" s="11" t="n"/>
+      <c r="F40" s="5" t="n">
+        <v>-4752.24</v>
+      </c>
+      <c r="G40" s="6" t="n">
+        <v>-0.1172</v>
+      </c>
+      <c r="J40" s="5" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="8" t="n"/>
+      <c r="B41" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C41" s="8" t="n"/>
+      <c r="D41" s="8" t="n"/>
+      <c r="E41" s="8" t="n"/>
+      <c r="F41" s="9" t="n">
+        <v>-4752.24</v>
+      </c>
+      <c r="G41" s="10" t="n">
+        <v>-0.1172</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="4" t="n"/>
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C43" s="4" t="n"/>
+      <c r="D43" s="4" t="n"/>
+      <c r="E43" s="4" t="n"/>
+      <c r="F43" s="12" t="n">
+        <v>40578.02</v>
+      </c>
+      <c r="G43" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="92" t="inlineStr">
-[...44 lines deleted...]
-      <c r="A11" s="92" t="n">
+      <c r="B46" s="14" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="47" ht="108" customHeight="1" s="83">
+      <c r="A47" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="92" t="inlineStr">
-[...527 lines deleted...]
-      <c r="B40" s="69" t="inlineStr">
+      <c r="B47" s="100" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="41" ht="14.5" customHeight="1" s="68">
-[...4 lines deleted...]
-      <c r="B42" s="47" t="inlineStr">
+    <row r="48" ht="15.75" customHeight="1" s="83">
+      <c r="A48" s="14" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="14" t="n"/>
+      <c r="B49" s="46" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C42" s="47" t="inlineStr">
+      <c r="C49" s="46" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D42" s="47" t="inlineStr">
+      <c r="D49" s="46" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E42" s="47" t="inlineStr">
+      <c r="E49" s="46" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
-    <row r="43">
-[...1 lines deleted...]
-      <c r="B43" s="48" t="inlineStr">
+    <row r="50">
+      <c r="A50" s="14" t="n"/>
+      <c r="B50" s="47" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C50" s="48" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D50" s="49" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E50" s="50" t="n">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="14" t="n"/>
+      <c r="B51" s="47" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C51" s="48" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D51" s="49" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E51" s="50" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="14" t="n"/>
+      <c r="B52" s="47" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C52" s="48" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D52" s="49" t="n">
+        <v>750000000</v>
+      </c>
+      <c r="E52" s="50" t="n">
+        <v>0.00023</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="B53" s="47" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
+        </is>
+      </c>
+      <c r="C53" s="48" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D53" s="49" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E53" s="50" t="n">
+        <v>3e-05</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="B54" s="47" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
         </is>
       </c>
-      <c r="C43" s="49" t="inlineStr">
+      <c r="C54" s="48" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D43" s="50" t="n">
-[...8 lines deleted...]
-      <c r="B44" s="48" t="inlineStr">
+      <c r="D54" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E54" s="50" t="n">
+        <v>-0.00011</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="B55" s="47" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
         </is>
       </c>
-      <c r="C44" s="49" t="inlineStr">
+      <c r="C55" s="48" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D44" s="50" t="n">
-[...54 lines deleted...]
-      <c r="B49" s="91" t="inlineStr">
+      <c r="D55" s="49" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E55" s="50" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="B56" s="51" t="n"/>
+      <c r="C56" s="52" t="n"/>
+      <c r="D56" s="53" t="n"/>
+      <c r="E56" s="54" t="n"/>
+    </row>
+    <row r="57">
+      <c r="B57" s="51" t="n"/>
+      <c r="C57" s="52" t="n"/>
+      <c r="D57" s="53" t="n"/>
+      <c r="E57" s="54" t="n"/>
+    </row>
+    <row r="58" ht="16.5" customHeight="1" s="83">
+      <c r="B58" s="75" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="61" ht="14.5" customHeight="1" s="68">
-      <c r="B61" s="91" t="inlineStr">
+    <row r="70" ht="16.5" customHeight="1" s="83">
+      <c r="B70" s="75" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
-    <row r="76">
-[...1 lines deleted...]
-      <c r="C76" s="18" t="inlineStr">
+    <row r="83">
+      <c r="B83" s="15" t="n"/>
+      <c r="C83" s="17" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="77">
-      <c r="B77" s="16" t="inlineStr">
+    <row r="84">
+      <c r="B84" s="15" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C77" s="18" t="inlineStr">
+      <c r="C84" s="17" t="inlineStr">
         <is>
           <t>DSP Floater Fund</t>
         </is>
       </c>
     </row>
-    <row r="78">
-      <c r="B78" s="16" t="inlineStr">
+    <row r="85">
+      <c r="B85" s="15" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C78" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B79" s="16" t="inlineStr">
+      <c r="C85" s="18" t="n"/>
+    </row>
+    <row r="86">
+      <c r="B86" s="15" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C79" s="20" t="n">
-[...4 lines deleted...]
-      <c r="B80" s="16" t="inlineStr">
+      <c r="C86" s="19" t="n">
+        <v>0.07099999999999999</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="B87" s="15" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C80" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B81" s="16" t="inlineStr">
+      <c r="C87" s="18" t="n">
+        <v>2.67</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="B88" s="15" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C81" s="19" t="n">
-[...4 lines deleted...]
-      <c r="B82" s="16" t="inlineStr">
+      <c r="C88" s="18" t="n">
+        <v>4.19</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="B89" s="15" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C82" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B83" s="17" t="inlineStr">
+      <c r="C89" s="20" t="n">
+        <v>46053</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="16" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C83" s="18" t="n"/>
+      <c r="C90" s="17" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B40:G40"/>
+    <mergeCell ref="B47:E47"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 