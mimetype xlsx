--- v4 (2026-02-06)
+++ v5 (2026-02-26)
@@ -1,73 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-120" yWindow="-120" windowWidth="19440" windowHeight="14880" tabRatio="917" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="FLOATER" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="24">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -132,68 +139,84 @@
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -328,340 +351,284 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...18 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...100 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...16 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -710,116 +677,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>59</row>
+      <row>61</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>68</row>
+      <row>70</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="8826500"/>
+          <a:off x="457200" y="8997950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>71</row>
+      <row>75</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>80</row>
+      <row>84</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="11239500"/>
+          <a:off x="457200" y="11410950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1057,1236 +1024,1260 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet17">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L90"/>
+  <dimension ref="A1:L94"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView topLeftCell="A36" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7109375" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.5703125" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7109375" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="45.54296875" bestFit="1" customWidth="1" style="84" min="2" max="2"/>
+    <col width="18.81640625" bestFit="1" customWidth="1" style="84" min="3" max="3"/>
+    <col width="17.1796875" customWidth="1" style="84" min="4" max="4"/>
+    <col width="18" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="16" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="30.1796875" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="18.75" customHeight="1" s="83">
-[...1 lines deleted...]
-      <c r="B1" s="82" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
         <is>
           <t>DSP Floater Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 31, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>BOND &amp; NCD's</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="B8" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="84" t="inlineStr">
         <is>
           <t>Muthoot Finance Limited**</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="84" t="inlineStr">
         <is>
           <t>INE414G07IH7</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="84" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
-      <c r="E9" s="11" t="n">
+      <c r="E9" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>2644.37</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.06510000000000001</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>46961</v>
       </c>
-      <c r="I9" s="1" t="inlineStr">
+      <c r="I9" s="84" t="inlineStr">
         <is>
           <t>PU - 27-Oct-2026</t>
         </is>
       </c>
-      <c r="J9" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="J9" s="6" t="n">
+        <v>7.86</v>
+      </c>
+      <c r="K9" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.4213</v>
+      <c r="L9" s="7" t="n">
+        <v>0.3001</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="84" t="n">
         <v>2</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="84" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited**</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="84" t="inlineStr">
         <is>
           <t>INE296A07TM8</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="84" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E10" s="11" t="n">
+      <c r="E10" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F10" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="7" t="n">
+      <c r="F10" s="6" t="n">
+        <v>2594.05</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0638</v>
+      </c>
+      <c r="H10" s="8" t="n">
         <v>46944</v>
       </c>
-      <c r="J10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="J10" s="6" t="n">
+        <v>7.355</v>
+      </c>
+      <c r="K10" s="84" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.1885</v>
+      <c r="L10" s="7" t="n">
+        <v>0.1893</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="84" t="n">
         <v>3</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="84" t="inlineStr">
         <is>
           <t>National Bank for Agriculture and Rural Development</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C11" s="84" t="inlineStr">
         <is>
           <t>INE261F08EJ7</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D11" s="84" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="E11" s="11" t="n">
+      <c r="E11" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F11" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="7" t="n">
+      <c r="F11" s="6" t="n">
+        <v>2576.21</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0634</v>
+      </c>
+      <c r="H11" s="8" t="n">
         <v>47458</v>
       </c>
-      <c r="J11" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K11" s="1" t="inlineStr">
+      <c r="J11" s="6" t="n">
+        <v>7.15</v>
+      </c>
+      <c r="K11" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.1729</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="84" t="n">
+        <v>4</v>
+      </c>
+      <c r="B12" s="84" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="84" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D12" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>2555.28</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0629</v>
+      </c>
+      <c r="H12" s="8" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J12" s="6" t="n">
+        <v>7.5</v>
+      </c>
+      <c r="K12" s="84" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
-      <c r="L11" s="6" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="1" t="inlineStr">
+      <c r="L12" s="7" t="n">
+        <v>0.1251</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="84" t="n">
+        <v>5</v>
+      </c>
+      <c r="B13" s="84" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C13" s="84" t="inlineStr">
+        <is>
+          <t>INE020B08FI5</t>
+        </is>
+      </c>
+      <c r="D13" s="84" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="E12" s="11" t="n">
+      <c r="E13" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F12" s="5" t="n">
-[...2 lines deleted...]
-      <c r="G12" s="6" t="n">
+      <c r="F13" s="6" t="n">
+        <v>2542.79</v>
+      </c>
+      <c r="G13" s="7" t="n">
         <v>0.0626</v>
       </c>
-      <c r="H12" s="7" t="n">
-[...5 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+      <c r="H13" s="8" t="n">
+        <v>51043</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>7.4305</v>
+      </c>
+      <c r="K13" s="84" t="inlineStr">
         <is>
           <t>CRISIL AA+</t>
         </is>
       </c>
-      <c r="L12" s="6" t="n">
-[...22 lines deleted...]
-      <c r="E13" s="11" t="n">
+      <c r="L13" s="7" t="n">
+        <v>0.06510000000000001</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="84" t="n">
+        <v>6</v>
+      </c>
+      <c r="B14" s="84" t="inlineStr">
+        <is>
+          <t>Mindspace Business Parks Reit**</t>
+        </is>
+      </c>
+      <c r="C14" s="84" t="inlineStr">
+        <is>
+          <t>INE0CCU07181</t>
+        </is>
+      </c>
+      <c r="D14" s="84" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
         <v>2500</v>
       </c>
-      <c r="F13" s="5" t="n">
-[...11 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="F14" s="6" t="n">
+        <v>2507.05</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0617</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>47095</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>7.3998</v>
+      </c>
+      <c r="K14" s="84" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
-      <c r="L13" s="6" t="n">
-[...37 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="L14" s="7" t="n">
+        <v>0.0603</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="9" t="n"/>
+      <c r="B15" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C15" s="9" t="n"/>
+      <c r="D15" s="9" t="n"/>
+      <c r="E15" s="9" t="n"/>
+      <c r="F15" s="10" t="n">
+        <v>15419.75</v>
+      </c>
+      <c r="G15" s="11" t="n">
+        <v>0.3795</v>
+      </c>
+      <c r="K15" s="84" t="inlineStr">
         <is>
           <t>IND A1+</t>
         </is>
       </c>
-      <c r="L14" s="6" t="n">
-[...5 lines deleted...]
-      <c r="B15" s="8" t="inlineStr">
+      <c r="L15" s="7" t="n">
+        <v>0.0603</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="K16" s="84" t="inlineStr">
+        <is>
+          <t>Alternative Investment Funds (AIF)</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="B17" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+      <c r="K17" s="84" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0184</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="84" t="n">
+        <v>7</v>
+      </c>
+      <c r="B18" s="84" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C18" s="84" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D18" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E18" s="12" t="n">
+        <v>6500000</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>6905.8</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.1699</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>6.2729</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="84" t="n">
+        <v>8</v>
+      </c>
+      <c r="B19" s="84" t="inlineStr">
+        <is>
+          <t>6.68% GOI 2033</t>
+        </is>
+      </c>
+      <c r="C19" s="84" t="inlineStr">
+        <is>
+          <t>IN0020250133</t>
+        </is>
+      </c>
+      <c r="D19" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>2688500</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>2700.85</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0664</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>48606</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>6.6596</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="84" t="n">
+        <v>9</v>
+      </c>
+      <c r="B20" s="84" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C20" s="84" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D20" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E20" s="12" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>2066.47</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0508</v>
+      </c>
+      <c r="H20" s="8" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J20" s="6" t="n">
+        <v>5.6679</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="84" t="n">
+        <v>10</v>
+      </c>
+      <c r="B21" s="84" t="inlineStr">
+        <is>
+          <t>8.16% Gujarat SDL 2028</t>
+        </is>
+      </c>
+      <c r="C21" s="84" t="inlineStr">
+        <is>
+          <t>IN1520180044</t>
+        </is>
+      </c>
+      <c r="D21" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>529.27</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H21" s="8" t="n">
+        <v>46882</v>
+      </c>
+      <c r="J21" s="6" t="n">
+        <v>6.368</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="9" t="n"/>
+      <c r="B22" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C15" s="8" t="n"/>
-[...8 lines deleted...]
-      <c r="K15" s="1" t="inlineStr">
+      <c r="C22" s="9" t="n"/>
+      <c r="D22" s="9" t="n"/>
+      <c r="E22" s="9" t="n"/>
+      <c r="F22" s="10" t="n">
+        <v>12202.39</v>
+      </c>
+      <c r="G22" s="11" t="n">
+        <v>0.3001</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="B24" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="B25" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="84" t="n">
+        <v>11</v>
+      </c>
+      <c r="B26" s="84" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C26" s="84" t="inlineStr">
+        <is>
+          <t>INE692A16KH8</t>
+        </is>
+      </c>
+      <c r="D26" s="84" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>2451.36</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0603</v>
+      </c>
+      <c r="H26" s="8" t="n">
+        <v>46174</v>
+      </c>
+      <c r="J26" s="6" t="n">
+        <v>6.8975</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="84" t="n">
+        <v>12</v>
+      </c>
+      <c r="B27" s="84" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C27" s="84" t="inlineStr">
+        <is>
+          <t>INE028A16KR4</t>
+        </is>
+      </c>
+      <c r="D27" s="84" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>2449.53</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0603</v>
+      </c>
+      <c r="H27" s="8" t="n">
+        <v>46178</v>
+      </c>
+      <c r="J27" s="6" t="n">
+        <v>6.8998</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="84" t="n">
+        <v>13</v>
+      </c>
+      <c r="B28" s="84" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C28" s="84" t="inlineStr">
+        <is>
+          <t>INE556F16BX0</t>
+        </is>
+      </c>
+      <c r="D28" s="84" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L15" s="6" t="n">
-[...4 lines deleted...]
-      <c r="K16" s="1" t="inlineStr">
+      <c r="E28" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>2345.26</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0577</v>
+      </c>
+      <c r="H28" s="8" t="n">
+        <v>46416</v>
+      </c>
+      <c r="J28" s="6" t="n">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="84" t="n">
+        <v>14</v>
+      </c>
+      <c r="B29" s="84" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C29" s="84" t="inlineStr">
+        <is>
+          <t>INE476A16H01</t>
+        </is>
+      </c>
+      <c r="D29" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>2342.02</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0576</v>
+      </c>
+      <c r="H29" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J29" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="84" t="n">
+        <v>15</v>
+      </c>
+      <c r="B30" s="84" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C30" s="84" t="inlineStr">
+        <is>
+          <t>INE237AD6141</t>
+        </is>
+      </c>
+      <c r="D30" s="84" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>500</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>2342.02</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0576</v>
+      </c>
+      <c r="H30" s="8" t="n">
+        <v>46430</v>
+      </c>
+      <c r="J30" s="6" t="n">
+        <v>6.82</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="9" t="n"/>
+      <c r="B31" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C31" s="9" t="n"/>
+      <c r="D31" s="9" t="n"/>
+      <c r="E31" s="9" t="n"/>
+      <c r="F31" s="10" t="n">
+        <v>11930.19</v>
+      </c>
+      <c r="G31" s="11" t="n">
+        <v>0.2935</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="84" t="n">
+        <v>16</v>
+      </c>
+      <c r="B33" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>584.0700000000001</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="H33" s="8" t="n">
+        <v>46069</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="9" t="n"/>
+      <c r="B34" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C34" s="9" t="n"/>
+      <c r="D34" s="9" t="n"/>
+      <c r="E34" s="9" t="n"/>
+      <c r="F34" s="10" t="n">
+        <v>584.0700000000001</v>
+      </c>
+      <c r="G34" s="11" t="n">
+        <v>0.0144</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="B36" s="4" t="inlineStr">
         <is>
           <t>Alternative Investment Funds (AIF)</t>
         </is>
       </c>
-      <c r="L16" s="6" t="n">
+    </row>
+    <row r="37">
+      <c r="A37" s="84" t="n">
+        <v>17</v>
+      </c>
+      <c r="B37" s="84" t="inlineStr">
+        <is>
+          <t>SBI Funds Management Pvt Ltd/Fund Parent</t>
+        </is>
+      </c>
+      <c r="C37" s="84" t="inlineStr">
+        <is>
+          <t>INF0RQ622028</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>2979.151</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>346.74</v>
+      </c>
+      <c r="G37" s="7" t="n">
         <v>0.008500000000000001</v>
       </c>
-    </row>
-[...192 lines deleted...]
-      <c r="B23" s="8" t="inlineStr">
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="9" t="n"/>
+      <c r="B38" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C23" s="8" t="n"/>
-[...130 lines deleted...]
-      <c r="B30" s="8" t="inlineStr">
+      <c r="C38" s="9" t="n"/>
+      <c r="D38" s="9" t="n"/>
+      <c r="E38" s="9" t="n"/>
+      <c r="F38" s="10" t="n">
+        <v>346.74</v>
+      </c>
+      <c r="G38" s="11" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="B40" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="B41" s="84" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E41" s="12" t="n"/>
+      <c r="F41" s="6" t="n">
+        <v>164.38</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="9" t="n"/>
+      <c r="B42" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C30" s="8" t="n"/>
-[...135 lines deleted...]
-      <c r="B43" s="4" t="inlineStr">
+      <c r="C42" s="9" t="n"/>
+      <c r="D42" s="9" t="n"/>
+      <c r="E42" s="9" t="n"/>
+      <c r="F42" s="10" t="n">
+        <v>164.38</v>
+      </c>
+      <c r="G42" s="11" t="n">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="5" t="n"/>
+      <c r="B44" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C43" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G43" s="13" t="n">
+      <c r="C44" s="5" t="n"/>
+      <c r="D44" s="5" t="n"/>
+      <c r="E44" s="5" t="n"/>
+      <c r="F44" s="13" t="n">
+        <v>40647.52</v>
+      </c>
+      <c r="G44" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="44">
-      <c r="A44" s="1" t="inlineStr">
+    <row r="45">
+      <c r="A45" s="81" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="45">
-      <c r="A45" s="1" t="n">
+    <row r="46">
+      <c r="A46" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
+      <c r="B46" s="84" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
-    <row r="46">
-      <c r="A46" s="14" t="n">
+    <row r="47">
+      <c r="A47" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B46" s="14" t="inlineStr">
+      <c r="B47" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="47" ht="108" customHeight="1" s="83">
-      <c r="A47" s="14" t="n">
+    <row r="48" ht="87" customHeight="1" s="62">
+      <c r="A48" s="84" t="n">
         <v>3</v>
       </c>
-      <c r="B47" s="100" t="inlineStr">
+      <c r="B48" s="68" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="48" ht="15.75" customHeight="1" s="83">
-[...1 lines deleted...]
-    </row>
     <row r="49">
-      <c r="A49" s="14" t="n"/>
-      <c r="B49" s="46" t="inlineStr">
+      <c r="B49" s="45" t="inlineStr">
         <is>
           <t>Disclosure in Derivatives</t>
         </is>
       </c>
-      <c r="C49" s="46" t="inlineStr">
+      <c r="C49" s="45" t="inlineStr">
         <is>
           <t>Industry</t>
         </is>
       </c>
-      <c r="D49" s="46" t="inlineStr">
+      <c r="D49" s="45" t="inlineStr">
         <is>
           <t>Notional Value</t>
         </is>
       </c>
-      <c r="E49" s="46" t="inlineStr">
+      <c r="E49" s="45" t="inlineStr">
         <is>
           <t>% To net assets</t>
         </is>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="14" t="n"/>
-      <c r="B50" s="47" t="inlineStr">
+      <c r="B50" s="46" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
+        </is>
+      </c>
+      <c r="C50" s="47" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D50" s="48" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E50" s="49" t="n">
+        <v>1e-05</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="B51" s="46" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
+        </is>
+      </c>
+      <c r="C51" s="47" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D51" s="48" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E51" s="49" t="n">
+        <v>-1e-05</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="B52" s="46" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
+        </is>
+      </c>
+      <c r="C52" s="47" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D52" s="48" t="n">
+        <v>750000000</v>
+      </c>
+      <c r="E52" s="49" t="n">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="B53" s="46" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
+        </is>
+      </c>
+      <c r="C53" s="47" t="inlineStr">
+        <is>
+          <t>Others</t>
+        </is>
+      </c>
+      <c r="D53" s="48" t="n">
+        <v>500000000</v>
+      </c>
+      <c r="E53" s="49" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="B54" s="46" t="inlineStr">
         <is>
           <t>Interest Rate Swaps Pay Fixed and Receive Floating</t>
         </is>
       </c>
-      <c r="C50" s="48" t="inlineStr">
+      <c r="C54" s="47" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D50" s="49" t="n">
-[...13 lines deleted...]
-      <c r="C51" s="48" t="inlineStr">
+      <c r="D54" s="48" t="n">
+        <v>250000000</v>
+      </c>
+      <c r="E54" s="49" t="n">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="B55" s="46" t="inlineStr">
+        <is>
+          <t>Interest Rate Swaps Pay Floating and Receive Fixed</t>
+        </is>
+      </c>
+      <c r="C55" s="47" t="inlineStr">
         <is>
           <t>Others</t>
         </is>
       </c>
-      <c r="D51" s="49" t="n">
-[...54 lines deleted...]
-      <c r="D54" s="49" t="n">
+      <c r="D55" s="48" t="n">
         <v>250000000</v>
       </c>
-      <c r="E54" s="50" t="n">
-[...18 lines deleted...]
-        <v>1e-05</v>
+      <c r="E55" s="49" t="n">
+        <v>0.00032</v>
       </c>
     </row>
     <row r="56">
-      <c r="B56" s="51" t="n"/>
-[...2 lines deleted...]
-      <c r="E56" s="54" t="n"/>
+      <c r="B56" s="68" t="n"/>
+      <c r="C56" s="68" t="n"/>
     </row>
     <row r="57">
-      <c r="B57" s="51" t="n"/>
-[...5 lines deleted...]
-      <c r="B58" s="75" t="inlineStr">
+      <c r="B57" s="68" t="n"/>
+      <c r="C57" s="68" t="n"/>
+    </row>
+    <row r="60" ht="14.5" customHeight="1" s="62">
+      <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="70" ht="16.5" customHeight="1" s="83">
-      <c r="B70" s="75" t="inlineStr">
+    <row r="74" ht="14.5" customHeight="1" s="62">
+      <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Short Duration Debt A-II Index</t>
         </is>
       </c>
     </row>
-    <row r="83">
-[...1 lines deleted...]
-      <c r="C83" s="17" t="inlineStr">
+    <row r="87">
+      <c r="B87" s="16" t="n"/>
+      <c r="C87" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="84">
-      <c r="B84" s="15" t="inlineStr">
+    <row r="88">
+      <c r="B88" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C84" s="17" t="inlineStr">
+      <c r="C88" s="18" t="inlineStr">
         <is>
           <t>DSP Floater Fund</t>
         </is>
       </c>
     </row>
-    <row r="85">
-      <c r="B85" s="15" t="inlineStr">
+    <row r="89">
+      <c r="B89" s="16" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C85" s="18" t="n"/>
-[...39 lines deleted...]
-      </c>
+      <c r="C89" s="19" t="n"/>
     </row>
     <row r="90">
       <c r="B90" s="16" t="inlineStr">
         <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C90" s="20" t="n">
+        <v>0.0688</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C91" s="19" t="n">
+        <v>2.29</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C92" s="19" t="n">
+        <v>3.74</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C93" s="21" t="n">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="17" t="inlineStr">
+        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C90" s="17" t="n"/>
+      <c r="C94" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B47:E47"/>
+    <mergeCell ref="B48:G48"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 