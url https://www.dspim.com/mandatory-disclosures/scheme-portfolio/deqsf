--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1,2153 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{418C398E-B4E7-4D8A-9053-C8C2D9CB2177}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="ESF" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...1410 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...9 lines deleted...]
-    <numFmt numFmtId="172" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="10"/>
-      <name val="Trebuchet MS"/>
-      <family val="2"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="8">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="171" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...3 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="172" fontId="13" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="172" fontId="13" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...103 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="8">
-[...1 lines deleted...]
-    <cellStyle name="Comma 4 2" xfId="5" xr:uid="{286D91E2-6C92-425F-8634-49B22BF0DC88}"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{E7530686-CBB4-4667-ADFC-C2477B5FC7F9}"/>
-[...3 lines deleted...]
-    <cellStyle name="Percent 2 3" xfId="7" xr:uid="{598185E2-B38A-47E9-A236-545823E98ABE}"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="4">
-[...12 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>231</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>240</row>
+      <rowOff>31751</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="40373300"/>
+          <a:off x="457200" y="39858950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>245</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>254</row>
+      <rowOff>31749</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="42786300"/>
+          <a:off x="457200" y="42271950"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2367,12975 +998,6219 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L246"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L244"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="55" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="18" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="29.7265625" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="13.453125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP Equity Savings Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>2244846</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>22163.36</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.0577</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>1372405</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>16919.01</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.0441</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.2122</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>3034785</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>12756.72</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0332</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.1358</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>1251944</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>11730.72</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.0305</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.0871</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>769500</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>11437.85</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0298</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.0581</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>506196</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>10641.25</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0277</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.049</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>716784</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>10624.89</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0277</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.0457</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>301727</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>10521.82</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0274</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.036</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>316575</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>9680.860000000001</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0252</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0352</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>624966</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>8407.67</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.0308</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>334500</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>8298.940000000001</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0216</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.0267</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>2098902</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>7072.25</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>0.0243</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1">
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>451989</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>6785.71</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0177</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>0.0239</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>647040</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>6747.33</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>0.0216</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>1776396</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>6458.98</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>0.0192</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>310175</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>6372.55</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>0.0177</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>270044</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>5281.25</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>0.0158</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>297850</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>5035.75</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>0.0139</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE669E01016</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>54321000</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>4742.22</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>0.0121</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE476A01022</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>3361500</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>4604.92</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L27" s="8" t="n">
+        <v>0.0116</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>901600</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>4449.85</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L28" s="8" t="n">
+        <v>0.0113</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>105700</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>4260.66</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0111</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L29" s="8" t="n">
+        <v>0.0111</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>3687922</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>3886.7</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L30" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>1355294</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>3811.76</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L31" s="8" t="n">
+        <v>0.0094</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>1415291</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>3614.23</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L32" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>369600</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>3133.65</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L33" s="8" t="n">
+        <v>0.0073</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>1111500</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>3094.42</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L34" s="8" t="n">
+        <v>0.007</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>81200</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>3042.32</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L35" s="8" t="n">
+        <v>0.0063</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>1645352</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>3007.05</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L36" s="8" t="n">
+        <v>0.0047</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>54750</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>2562.19</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L37" s="8" t="n">
+        <v>0.0043</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>374218</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>2432.79</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L38" s="8" t="n">
+        <v>0.0042</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>2002750</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>2330.4</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+      <c r="K39" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L39" s="8" t="n">
+        <v>0.0036</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Cohance Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE03QK01018</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E40" s="6" t="n">
+        <v>298020</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>2245.28</v>
+      </c>
+      <c r="G40" s="8" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J40" s="7" t="n"/>
+      <c r="K40" s="2" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="L40" s="8" t="n">
+        <v>0.0018</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E41" s="6" t="n">
+        <v>31325</v>
+      </c>
+      <c r="F41" s="7" t="n">
+        <v>2194.94</v>
+      </c>
+      <c r="G41" s="8" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J41" s="7" t="n"/>
+      <c r="K41" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L41" s="8" t="n">
+        <v>0.0015</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E42" s="6" t="n">
+        <v>1353600</v>
+      </c>
+      <c r="F42" s="7" t="n">
+        <v>2119.2</v>
+      </c>
+      <c r="G42" s="8" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J42" s="7" t="n"/>
+      <c r="K42" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L42" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E43" s="6" t="n">
+        <v>203607</v>
+      </c>
+      <c r="F43" s="7" t="n">
+        <v>2035.87</v>
+      </c>
+      <c r="G43" s="8" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J43" s="7" t="n"/>
+      <c r="K43" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L43" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E44" s="6" t="n">
+        <v>100174</v>
+      </c>
+      <c r="F44" s="7" t="n">
+        <v>1997.17</v>
+      </c>
+      <c r="G44" s="8" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J44" s="7" t="n"/>
+      <c r="K44" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L44" s="8" t="n">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E45" s="6" t="n">
+        <v>124595</v>
+      </c>
+      <c r="F45" s="7" t="n">
+        <v>1920.63</v>
+      </c>
+      <c r="G45" s="8" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J45" s="7" t="n"/>
+      <c r="K45" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L45" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E46" s="6" t="n">
+        <v>143730</v>
+      </c>
+      <c r="F46" s="7" t="n">
+        <v>1827.1</v>
+      </c>
+      <c r="G46" s="8" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J46" s="7" t="n"/>
+      <c r="K46" s="2" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="L46" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E47" s="6" t="n">
+        <v>258905</v>
+      </c>
+      <c r="F47" s="7" t="n">
+        <v>1786.32</v>
+      </c>
+      <c r="G47" s="8" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J47" s="7" t="n"/>
+      <c r="K47" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L47" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E48" s="6" t="n">
+        <v>416100</v>
+      </c>
+      <c r="F48" s="7" t="n">
+        <v>1773</v>
+      </c>
+      <c r="G48" s="8" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J48" s="7" t="n"/>
+      <c r="K48" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L48" s="8" t="n">
+        <v>-0.3922</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E49" s="6" t="n">
+        <v>142318</v>
+      </c>
+      <c r="F49" s="7" t="n">
+        <v>1654.45</v>
+      </c>
+      <c r="G49" s="8" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J49" s="7" t="n"/>
+      <c r="K49" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L49" s="8" t="n">
+        <v>0.0282</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E50" s="6" t="n">
+        <v>283500</v>
+      </c>
+      <c r="F50" s="7" t="n">
+        <v>1602.91</v>
+      </c>
+      <c r="G50" s="8" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J50" s="7" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E51" s="6" t="n">
+        <v>361050</v>
+      </c>
+      <c r="F51" s="7" t="n">
+        <v>1461.89</v>
+      </c>
+      <c r="G51" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J51" s="7" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E52" s="6" t="n">
+        <v>1836000</v>
+      </c>
+      <c r="F52" s="7" t="n">
+        <v>1391.5</v>
+      </c>
+      <c r="G52" s="8" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J52" s="7" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E53" s="6" t="n">
+        <v>316162</v>
+      </c>
+      <c r="F53" s="7" t="n">
+        <v>1274.92</v>
+      </c>
+      <c r="G53" s="8" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J53" s="7" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E54" s="6" t="n">
+        <v>1024000</v>
+      </c>
+      <c r="F54" s="7" t="n">
+        <v>1258.39</v>
+      </c>
+      <c r="G54" s="8" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J54" s="7" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Emcure Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE168P01015</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E55" s="6" t="n">
+        <v>91470</v>
+      </c>
+      <c r="F55" s="7" t="n">
+        <v>1206.4</v>
+      </c>
+      <c r="G55" s="8" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J55" s="7" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>DLF Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE271C01023</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E56" s="6" t="n">
+        <v>124575</v>
+      </c>
+      <c r="F56" s="7" t="n">
+        <v>942.1</v>
+      </c>
+      <c r="G56" s="8" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J56" s="7" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E57" s="6" t="n">
+        <v>102300</v>
+      </c>
+      <c r="F57" s="7" t="n">
+        <v>918.04</v>
+      </c>
+      <c r="G57" s="8" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J57" s="7" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>La Opala RG Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE059D01020</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E58" s="6" t="n">
+        <v>395461</v>
+      </c>
+      <c r="F58" s="7" t="n">
+        <v>910.3099999999999</v>
+      </c>
+      <c r="G58" s="8" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J58" s="7" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>GMR Airports Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE776C01039</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E59" s="6" t="n">
+        <v>823050</v>
+      </c>
+      <c r="F59" s="7" t="n">
+        <v>773.42</v>
+      </c>
+      <c r="G59" s="8" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J59" s="7" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E60" s="6" t="n">
+        <v>30600</v>
+      </c>
+      <c r="F60" s="7" t="n">
+        <v>754.4400000000001</v>
+      </c>
+      <c r="G60" s="8" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J60" s="7" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Teamlease Services Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE985S01024</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E61" s="6" t="n">
+        <v>41911</v>
+      </c>
+      <c r="F61" s="7" t="n">
+        <v>703.77</v>
+      </c>
+      <c r="G61" s="8" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J61" s="7" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E62" s="6" t="n">
+        <v>229900</v>
+      </c>
+      <c r="F62" s="7" t="n">
+        <v>662.46</v>
+      </c>
+      <c r="G62" s="8" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J62" s="7" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E63" s="6" t="n">
+        <v>18200</v>
+      </c>
+      <c r="F63" s="7" t="n">
+        <v>638.58</v>
+      </c>
+      <c r="G63" s="8" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J63" s="7" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE795G01014</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E64" s="6" t="n">
+        <v>82500</v>
+      </c>
+      <c r="F64" s="7" t="n">
+        <v>603.78</v>
+      </c>
+      <c r="G64" s="8" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J64" s="7" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E65" s="6" t="n">
+        <v>230000</v>
+      </c>
+      <c r="F65" s="7" t="n">
+        <v>544.2</v>
+      </c>
+      <c r="G65" s="8" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J65" s="7" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>Biocon Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE376G01013</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E66" s="6" t="n">
+        <v>145000</v>
+      </c>
+      <c r="F66" s="7" t="n">
+        <v>539.54</v>
+      </c>
+      <c r="G66" s="8" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J66" s="7" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E67" s="6" t="n">
+        <v>8250</v>
+      </c>
+      <c r="F67" s="7" t="n">
+        <v>457.38</v>
+      </c>
+      <c r="G67" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J67" s="7" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>United Spirits Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE854D01024</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E68" s="6" t="n">
+        <v>31200</v>
+      </c>
+      <c r="F68" s="7" t="n">
+        <v>446.6</v>
+      </c>
+      <c r="G68" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J68" s="7" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E69" s="6" t="n">
+        <v>231000</v>
+      </c>
+      <c r="F69" s="7" t="n">
+        <v>422.36</v>
+      </c>
+      <c r="G69" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J69" s="7" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E70" s="6" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F70" s="7" t="n">
+        <v>415.96</v>
+      </c>
+      <c r="G70" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J70" s="7" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E71" s="6" t="n">
+        <v>83025</v>
+      </c>
+      <c r="F71" s="7" t="n">
+        <v>395.2</v>
+      </c>
+      <c r="G71" s="8" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J71" s="7" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>INE437A01024</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E72" s="6" t="n">
+        <v>4875</v>
+      </c>
+      <c r="F72" s="7" t="n">
+        <v>374.45</v>
+      </c>
+      <c r="G72" s="8" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J72" s="7" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E73" s="6" t="n">
+        <v>10450</v>
+      </c>
+      <c r="F73" s="7" t="n">
+        <v>332.17</v>
+      </c>
+      <c r="G73" s="8" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J73" s="7" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>INE335Y01020</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E74" s="6" t="n">
+        <v>42875</v>
+      </c>
+      <c r="F74" s="7" t="n">
+        <v>308.14</v>
+      </c>
+      <c r="G74" s="8" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J74" s="7" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>INE115A01026</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E75" s="6" t="n">
+        <v>50000</v>
+      </c>
+      <c r="F75" s="7" t="n">
+        <v>285.48</v>
+      </c>
+      <c r="G75" s="8" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J75" s="7" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E76" s="6" t="n">
+        <v>36300</v>
+      </c>
+      <c r="F76" s="7" t="n">
+        <v>271.85</v>
+      </c>
+      <c r="G76" s="8" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J76" s="7" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="2" t="inlineStr">
+        <is>
+          <t>INE674K01013</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E77" s="6" t="n">
+        <v>68200</v>
+      </c>
+      <c r="F77" s="7" t="n">
+        <v>221.1</v>
+      </c>
+      <c r="G77" s="8" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J77" s="7" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E78" s="6" t="n">
+        <v>2625</v>
+      </c>
+      <c r="F78" s="7" t="n">
+        <v>202.23</v>
+      </c>
+      <c r="G78" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J78" s="7" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E79" s="6" t="n">
+        <v>9000</v>
+      </c>
+      <c r="F79" s="7" t="n">
+        <v>187.95</v>
+      </c>
+      <c r="G79" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J79" s="7" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>INE406A01037</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E80" s="6" t="n">
+        <v>14300</v>
+      </c>
+      <c r="F80" s="7" t="n">
+        <v>162.86</v>
+      </c>
+      <c r="G80" s="8" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J80" s="7" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>INE010B01027</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E81" s="6" t="n">
+        <v>12600</v>
+      </c>
+      <c r="F81" s="7" t="n">
+        <v>122.78</v>
+      </c>
+      <c r="G81" s="8" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J81" s="7" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited</t>
+        </is>
+      </c>
+      <c r="C82" s="2" t="inlineStr">
+        <is>
+          <t>INE663F01032</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E82" s="6" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F82" s="7" t="n">
+        <v>82.7</v>
+      </c>
+      <c r="G82" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J82" s="7" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <t>INE299U01018</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E83" s="6" t="n">
+        <v>28800</v>
+      </c>
+      <c r="F83" s="7" t="n">
+        <v>81.42</v>
+      </c>
+      <c r="G83" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J83" s="7" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E84" s="6" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F84" s="7" t="n">
+        <v>80.01000000000001</v>
+      </c>
+      <c r="G84" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J84" s="7" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <t>INE114A01011</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E85" s="6" t="n">
+        <v>56400</v>
+      </c>
+      <c r="F85" s="7" t="n">
+        <v>77.18000000000001</v>
+      </c>
+      <c r="G85" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J85" s="7" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E86" s="6" t="n">
+        <v>6075</v>
+      </c>
+      <c r="F86" s="7" t="n">
+        <v>73.26000000000001</v>
+      </c>
+      <c r="G86" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J86" s="7" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E87" s="6" t="n">
+        <v>1900</v>
+      </c>
+      <c r="F87" s="7" t="n">
+        <v>27.58</v>
+      </c>
+      <c r="G87" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J87" s="7" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>INE318A01026</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E88" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F88" s="7" t="n">
+        <v>14.45</v>
+      </c>
+      <c r="G88" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J88" s="7" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E89" s="6" t="n">
+        <v>100</v>
+      </c>
+      <c r="F89" s="7" t="n">
+        <v>11.95</v>
+      </c>
+      <c r="G89" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J89" s="7" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited^</t>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <t>INE494B04019</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E90" s="6" t="n">
+        <v>72800</v>
+      </c>
+      <c r="F90" s="7" t="n">
+        <v>7.35</v>
+      </c>
+      <c r="G90" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J90" s="7" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="9" t="n"/>
+      <c r="B91" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C91" s="9" t="n"/>
+      <c r="D91" s="9" t="n"/>
+      <c r="E91" s="9" t="n"/>
+      <c r="F91" s="10" t="n">
+        <v>266713.09</v>
+      </c>
+      <c r="G91" s="11" t="n">
+        <v>0.6945</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>NIFTY 24000 Put Dec25</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="E94" s="6" t="n">
+        <v>443025</v>
+      </c>
+      <c r="F94" s="7" t="n">
+        <v>202.24</v>
+      </c>
+      <c r="G94" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="H94" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J94" s="7" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="9" t="n"/>
+      <c r="B95" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C95" s="9" t="n"/>
+      <c r="D95" s="9" t="n"/>
+      <c r="E95" s="9" t="n"/>
+      <c r="F95" s="10" t="n">
+        <v>202.24</v>
+      </c>
+      <c r="G95" s="11" t="n">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="B97" s="4" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E98" s="6" t="n">
+        <v>-375</v>
+      </c>
+      <c r="F98" s="7" t="n">
+        <v>-7.35</v>
+      </c>
+      <c r="G98" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H98" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J98" s="7" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E99" s="6" t="n">
+        <v>-100</v>
+      </c>
+      <c r="F99" s="7" t="n">
+        <v>-12.01</v>
+      </c>
+      <c r="G99" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H99" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J99" s="7" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="B100" s="2" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E100" s="6" t="n">
+        <v>-1000</v>
+      </c>
+      <c r="F100" s="7" t="n">
+        <v>-14.54</v>
+      </c>
+      <c r="G100" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H100" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J100" s="7" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D101" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E101" s="6" t="n">
+        <v>-1900</v>
+      </c>
+      <c r="F101" s="7" t="n">
+        <v>-27.74</v>
+      </c>
+      <c r="G101" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H101" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J101" s="7" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="B102" s="2" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E102" s="6" t="n">
+        <v>-6075</v>
+      </c>
+      <c r="F102" s="7" t="n">
+        <v>-73.64</v>
+      </c>
+      <c r="G102" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H102" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J102" s="7" t="n"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E103" s="6" t="n">
+        <v>-56400</v>
+      </c>
+      <c r="F103" s="7" t="n">
+        <v>-77.63</v>
+      </c>
+      <c r="G103" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H103" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J103" s="7" t="n"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E104" s="6" t="n">
+        <v>-4500</v>
+      </c>
+      <c r="F104" s="7" t="n">
+        <v>-80.56</v>
+      </c>
+      <c r="G104" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H104" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J104" s="7" t="n"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E105" s="6" t="n">
+        <v>-28800</v>
+      </c>
+      <c r="F105" s="7" t="n">
+        <v>-81.91</v>
+      </c>
+      <c r="G105" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H105" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J105" s="7" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="B106" s="2" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E106" s="6" t="n">
+        <v>-6000</v>
+      </c>
+      <c r="F106" s="7" t="n">
+        <v>-82.69</v>
+      </c>
+      <c r="G106" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H106" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J106" s="7" t="n"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="B107" s="2" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E107" s="6" t="n">
+        <v>-12600</v>
+      </c>
+      <c r="F107" s="7" t="n">
+        <v>-123.62</v>
+      </c>
+      <c r="G107" s="8" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H107" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J107" s="7" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="B108" s="2" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E108" s="6" t="n">
+        <v>-14300</v>
+      </c>
+      <c r="F108" s="7" t="n">
+        <v>-164.11</v>
+      </c>
+      <c r="G108" s="8" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H108" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J108" s="7" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="B109" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E109" s="6" t="n">
+        <v>-9000</v>
+      </c>
+      <c r="F109" s="7" t="n">
+        <v>-189.18</v>
+      </c>
+      <c r="G109" s="8" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H109" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J109" s="7" t="n"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="B110" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E110" s="6" t="n">
+        <v>-2625</v>
+      </c>
+      <c r="F110" s="7" t="n">
+        <v>-203.35</v>
+      </c>
+      <c r="G110" s="8" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H110" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J110" s="7" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="B111" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E111" s="6" t="n">
+        <v>-68200</v>
+      </c>
+      <c r="F111" s="7" t="n">
+        <v>-222.57</v>
+      </c>
+      <c r="G111" s="8" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H111" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J111" s="7" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E112" s="6" t="n">
+        <v>-36300</v>
+      </c>
+      <c r="F112" s="7" t="n">
+        <v>-272.07</v>
+      </c>
+      <c r="G112" s="8" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H112" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J112" s="7" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="B113" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E113" s="6" t="n">
+        <v>-50000</v>
+      </c>
+      <c r="F113" s="7" t="n">
+        <v>-286.52</v>
+      </c>
+      <c r="G113" s="8" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H113" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J113" s="7" t="n"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="B114" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E114" s="6" t="n">
+        <v>-42875</v>
+      </c>
+      <c r="F114" s="7" t="n">
+        <v>-308.59</v>
+      </c>
+      <c r="G114" s="8" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H114" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J114" s="7" t="n"/>
+    </row>
+    <row r="115">
+      <c r="A115" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="B115" s="2" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E115" s="6" t="n">
+        <v>-109800</v>
+      </c>
+      <c r="F115" s="7" t="n">
+        <v>-310.62</v>
+      </c>
+      <c r="G115" s="8" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H115" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J115" s="7" t="n"/>
+    </row>
+    <row r="116">
+      <c r="A116" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="B116" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D116" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E116" s="6" t="n">
+        <v>-10450</v>
+      </c>
+      <c r="F116" s="7" t="n">
+        <v>-334.33</v>
+      </c>
+      <c r="G116" s="8" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H116" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J116" s="7" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="B117" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D117" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E117" s="6" t="n">
+        <v>-4875</v>
+      </c>
+      <c r="F117" s="7" t="n">
+        <v>-376.4</v>
+      </c>
+      <c r="G117" s="8" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H117" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J117" s="7" t="n"/>
+    </row>
+    <row r="118">
+      <c r="A118" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="B118" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E118" s="6" t="n">
+        <v>-153000</v>
+      </c>
+      <c r="F118" s="7" t="n">
+        <v>-392.63</v>
+      </c>
+      <c r="G118" s="8" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H118" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J118" s="7" t="n"/>
+    </row>
+    <row r="119">
+      <c r="A119" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="B119" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E119" s="6" t="n">
+        <v>-83025</v>
+      </c>
+      <c r="F119" s="7" t="n">
+        <v>-393.46</v>
+      </c>
+      <c r="G119" s="8" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H119" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J119" s="7" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="2" t="n">
+        <v>107</v>
+      </c>
+      <c r="B120" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E120" s="6" t="n">
+        <v>-4500</v>
+      </c>
+      <c r="F120" s="7" t="n">
+        <v>-418.46</v>
+      </c>
+      <c r="G120" s="8" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H120" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J120" s="7" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="B121" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D121" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E121" s="6" t="n">
+        <v>-231000</v>
+      </c>
+      <c r="F121" s="7" t="n">
+        <v>-424.79</v>
+      </c>
+      <c r="G121" s="8" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H121" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J121" s="7" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="2" t="n">
+        <v>109</v>
+      </c>
+      <c r="B122" s="2" t="inlineStr">
+        <is>
+          <t>United Spirits Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E122" s="6" t="n">
+        <v>-31200</v>
+      </c>
+      <c r="F122" s="7" t="n">
+        <v>-449.56</v>
+      </c>
+      <c r="G122" s="8" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H122" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J122" s="7" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="B123" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E123" s="6" t="n">
+        <v>-8250</v>
+      </c>
+      <c r="F123" s="7" t="n">
+        <v>-460.27</v>
+      </c>
+      <c r="G123" s="8" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H123" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J123" s="7" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="2" t="n">
+        <v>111</v>
+      </c>
+      <c r="B124" s="2" t="inlineStr">
+        <is>
+          <t>Biocon Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E124" s="6" t="n">
+        <v>-145000</v>
+      </c>
+      <c r="F124" s="7" t="n">
+        <v>-543.02</v>
+      </c>
+      <c r="G124" s="8" t="n">
+        <v>-0.0014</v>
+      </c>
+      <c r="H124" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J124" s="7" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="2" t="n">
+        <v>112</v>
+      </c>
+      <c r="B125" s="2" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D125" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E125" s="6" t="n">
+        <v>-230000</v>
+      </c>
+      <c r="F125" s="7" t="n">
+        <v>-546.16</v>
+      </c>
+      <c r="G125" s="8" t="n">
+        <v>-0.0014</v>
+      </c>
+      <c r="H125" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J125" s="7" t="n"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="2" t="n">
+        <v>113</v>
+      </c>
+      <c r="B126" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D126" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E126" s="6" t="n">
+        <v>-82500</v>
+      </c>
+      <c r="F126" s="7" t="n">
+        <v>-607.53</v>
+      </c>
+      <c r="G126" s="8" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H126" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J126" s="7" t="n"/>
+    </row>
+    <row r="127">
+      <c r="A127" s="2" t="n">
+        <v>114</v>
+      </c>
+      <c r="B127" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E127" s="6" t="n">
+        <v>-18200</v>
+      </c>
+      <c r="F127" s="7" t="n">
+        <v>-641.97</v>
+      </c>
+      <c r="G127" s="8" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H127" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J127" s="7" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="2" t="n">
+        <v>115</v>
+      </c>
+      <c r="B128" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E128" s="6" t="n">
+        <v>-229900</v>
+      </c>
+      <c r="F128" s="7" t="n">
+        <v>-657.28</v>
+      </c>
+      <c r="G128" s="8" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H128" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J128" s="7" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="2" t="n">
+        <v>116</v>
+      </c>
+      <c r="B129" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E129" s="6" t="n">
+        <v>-30600</v>
+      </c>
+      <c r="F129" s="7" t="n">
+        <v>-753.49</v>
+      </c>
+      <c r="G129" s="8" t="n">
+        <v>-0.002</v>
+      </c>
+      <c r="H129" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J129" s="7" t="n"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="2" t="n">
+        <v>117</v>
+      </c>
+      <c r="B130" s="2" t="inlineStr">
+        <is>
+          <t>GMR AIRPORTS LIMITED Nov25</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E130" s="6" t="n">
+        <v>-823050</v>
+      </c>
+      <c r="F130" s="7" t="n">
+        <v>-777.45</v>
+      </c>
+      <c r="G130" s="8" t="n">
+        <v>-0.002</v>
+      </c>
+      <c r="H130" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J130" s="7" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="2" t="n">
+        <v>118</v>
+      </c>
+      <c r="B131" s="2" t="inlineStr">
+        <is>
+          <t>DLF Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E131" s="6" t="n">
+        <v>-124575</v>
+      </c>
+      <c r="F131" s="7" t="n">
+        <v>-948.2</v>
+      </c>
+      <c r="G131" s="8" t="n">
+        <v>-0.0025</v>
+      </c>
+      <c r="H131" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J131" s="7" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="2" t="n">
+        <v>119</v>
+      </c>
+      <c r="B132" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Nov25</t>
+        </is>
+      </c>
+      <c r="D132" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E132" s="6" t="n">
+        <v>-1024000</v>
+      </c>
+      <c r="F132" s="7" t="n">
+        <v>-1263.1</v>
+      </c>
+      <c r="G132" s="8" t="n">
+        <v>-0.0033</v>
+      </c>
+      <c r="H132" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J132" s="7" t="n"/>
+    </row>
+    <row r="133">
+      <c r="A133" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="B133" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D133" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E133" s="6" t="n">
+        <v>-1836000</v>
+      </c>
+      <c r="F133" s="7" t="n">
+        <v>-1396.65</v>
+      </c>
+      <c r="G133" s="8" t="n">
+        <v>-0.0036</v>
+      </c>
+      <c r="H133" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J133" s="7" t="n"/>
+    </row>
+    <row r="134">
+      <c r="A134" s="2" t="n">
+        <v>121</v>
+      </c>
+      <c r="B134" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E134" s="6" t="n">
+        <v>-361050</v>
+      </c>
+      <c r="F134" s="7" t="n">
+        <v>-1467.67</v>
+      </c>
+      <c r="G134" s="8" t="n">
+        <v>-0.0038</v>
+      </c>
+      <c r="H134" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J134" s="7" t="n"/>
+    </row>
+    <row r="135">
+      <c r="A135" s="2" t="n">
+        <v>122</v>
+      </c>
+      <c r="B135" s="2" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E135" s="6" t="n">
+        <v>-283500</v>
+      </c>
+      <c r="F135" s="7" t="n">
+        <v>-1612.41</v>
+      </c>
+      <c r="G135" s="8" t="n">
+        <v>-0.0042</v>
+      </c>
+      <c r="H135" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J135" s="7" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="2" t="n">
+        <v>123</v>
+      </c>
+      <c r="B136" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D136" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E136" s="6" t="n">
+        <v>-416100</v>
+      </c>
+      <c r="F136" s="7" t="n">
+        <v>-1784.86</v>
+      </c>
+      <c r="G136" s="8" t="n">
+        <v>-0.0046</v>
+      </c>
+      <c r="H136" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J136" s="7" t="n"/>
+    </row>
+    <row r="137">
+      <c r="A137" s="2" t="n">
+        <v>124</v>
+      </c>
+      <c r="B137" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D137" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E137" s="6" t="n">
+        <v>-558000</v>
+      </c>
+      <c r="F137" s="7" t="n">
+        <v>-1871.81</v>
+      </c>
+      <c r="G137" s="8" t="n">
+        <v>-0.0049</v>
+      </c>
+      <c r="H137" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J137" s="7" t="n"/>
+    </row>
+    <row r="138">
+      <c r="A138" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="B138" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D138" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E138" s="6" t="n">
+        <v>-127875</v>
+      </c>
+      <c r="F138" s="7" t="n">
+        <v>-1927.46</v>
+      </c>
+      <c r="G138" s="8" t="n">
+        <v>-0.005</v>
+      </c>
+      <c r="H138" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J138" s="7" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="2" t="n">
+        <v>126</v>
+      </c>
+      <c r="B139" s="2" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D139" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E139" s="6" t="n">
+        <v>-1353600</v>
+      </c>
+      <c r="F139" s="7" t="n">
+        <v>-2126.64</v>
+      </c>
+      <c r="G139" s="8" t="n">
+        <v>-0.0055</v>
+      </c>
+      <c r="H139" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J139" s="7" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="2" t="n">
+        <v>127</v>
+      </c>
+      <c r="B140" s="2" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D140" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E140" s="6" t="n">
+        <v>-31325</v>
+      </c>
+      <c r="F140" s="7" t="n">
+        <v>-2209.04</v>
+      </c>
+      <c r="G140" s="8" t="n">
+        <v>-0.0058</v>
+      </c>
+      <c r="H140" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J140" s="7" t="n"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="2" t="n">
+        <v>128</v>
+      </c>
+      <c r="B141" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D141" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E141" s="6" t="n">
+        <v>-114000</v>
+      </c>
+      <c r="F141" s="7" t="n">
+        <v>-2412.47</v>
+      </c>
+      <c r="G141" s="8" t="n">
+        <v>-0.0063</v>
+      </c>
+      <c r="H141" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J141" s="7" t="n"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="2" t="n">
+        <v>129</v>
+      </c>
+      <c r="B142" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D142" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E142" s="6" t="n">
+        <v>-54750</v>
+      </c>
+      <c r="F142" s="7" t="n">
+        <v>-2579.82</v>
+      </c>
+      <c r="G142" s="8" t="n">
+        <v>-0.0067</v>
+      </c>
+      <c r="H142" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J142" s="7" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="B143" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D143" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E143" s="6" t="n">
+        <v>-174800</v>
+      </c>
+      <c r="F143" s="7" t="n">
+        <v>-2586.87</v>
+      </c>
+      <c r="G143" s="8" t="n">
+        <v>-0.0067</v>
+      </c>
+      <c r="H143" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J143" s="7" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="2" t="n">
+        <v>131</v>
+      </c>
+      <c r="B144" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D144" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E144" s="6" t="n">
+        <v>-81200</v>
+      </c>
+      <c r="F144" s="7" t="n">
+        <v>-3060.35</v>
+      </c>
+      <c r="G144" s="8" t="n">
+        <v>-0.008</v>
+      </c>
+      <c r="H144" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J144" s="7" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="2" t="n">
+        <v>132</v>
+      </c>
+      <c r="B145" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Nov25</t>
+        </is>
+      </c>
+      <c r="D145" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E145" s="6" t="n">
+        <v>-1111500</v>
+      </c>
+      <c r="F145" s="7" t="n">
+        <v>-3108.87</v>
+      </c>
+      <c r="G145" s="8" t="n">
+        <v>-0.0081</v>
+      </c>
+      <c r="H145" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J145" s="7" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="2" t="n">
+        <v>133</v>
+      </c>
+      <c r="B146" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D146" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E146" s="6" t="n">
+        <v>-369600</v>
+      </c>
+      <c r="F146" s="7" t="n">
+        <v>-3154.17</v>
+      </c>
+      <c r="G146" s="8" t="n">
+        <v>-0.008200000000000001</v>
+      </c>
+      <c r="H146" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J146" s="7" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="2" t="n">
+        <v>134</v>
+      </c>
+      <c r="B147" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D147" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E147" s="6" t="n">
+        <v>-119000</v>
+      </c>
+      <c r="F147" s="7" t="n">
+        <v>-4177.14</v>
+      </c>
+      <c r="G147" s="8" t="n">
+        <v>-0.0109</v>
+      </c>
+      <c r="H147" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J147" s="7" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="2" t="n">
+        <v>135</v>
+      </c>
+      <c r="B148" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E148" s="6" t="n">
+        <v>-105700</v>
+      </c>
+      <c r="F148" s="7" t="n">
+        <v>-4285.18</v>
+      </c>
+      <c r="G148" s="8" t="n">
+        <v>-0.0112</v>
+      </c>
+      <c r="H148" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J148" s="7" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="2" t="n">
+        <v>136</v>
+      </c>
+      <c r="B149" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E149" s="6" t="n">
+        <v>-1222300</v>
+      </c>
+      <c r="F149" s="7" t="n">
+        <v>-4475.45</v>
+      </c>
+      <c r="G149" s="8" t="n">
+        <v>-0.0117</v>
+      </c>
+      <c r="H149" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J149" s="7" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="2" t="n">
+        <v>137</v>
+      </c>
+      <c r="B150" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E150" s="6" t="n">
+        <v>-901600</v>
+      </c>
+      <c r="F150" s="7" t="n">
+        <v>-4477.35</v>
+      </c>
+      <c r="G150" s="8" t="n">
+        <v>-0.0117</v>
+      </c>
+      <c r="H150" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J150" s="7" t="n"/>
+    </row>
+    <row r="151">
+      <c r="A151" s="2" t="n">
+        <v>138</v>
+      </c>
+      <c r="B151" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank Nov25</t>
+        </is>
+      </c>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E151" s="6" t="n">
+        <v>-3361500</v>
+      </c>
+      <c r="F151" s="7" t="n">
+        <v>-4628.45</v>
+      </c>
+      <c r="G151" s="8" t="n">
+        <v>-0.0121</v>
+      </c>
+      <c r="H151" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J151" s="7" t="n"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="2" t="n">
+        <v>139</v>
+      </c>
+      <c r="B152" s="2" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D152" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E152" s="6" t="n">
+        <v>-54321000</v>
+      </c>
+      <c r="F152" s="7" t="n">
+        <v>-4769.38</v>
+      </c>
+      <c r="G152" s="8" t="n">
+        <v>-0.0124</v>
+      </c>
+      <c r="H152" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J152" s="7" t="n"/>
+    </row>
+    <row r="153">
+      <c r="A153" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="B153" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D153" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E153" s="6" t="n">
+        <v>-463500</v>
+      </c>
+      <c r="F153" s="7" t="n">
+        <v>-4864.9</v>
+      </c>
+      <c r="G153" s="8" t="n">
+        <v>-0.0127</v>
+      </c>
+      <c r="H153" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J153" s="7" t="n"/>
+    </row>
+    <row r="154">
+      <c r="A154" s="2" t="n">
+        <v>141</v>
+      </c>
+      <c r="B154" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D154" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E154" s="6" t="n">
+        <v>-1184000</v>
+      </c>
+      <c r="F154" s="7" t="n">
+        <v>-5008.32</v>
+      </c>
+      <c r="G154" s="8" t="n">
+        <v>-0.013</v>
+      </c>
+      <c r="H154" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J154" s="7" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="2" t="n">
+        <v>142</v>
+      </c>
+      <c r="B155" s="2" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D155" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E155" s="6" t="n">
+        <v>-297850</v>
+      </c>
+      <c r="F155" s="7" t="n">
+        <v>-5064.05</v>
+      </c>
+      <c r="G155" s="8" t="n">
+        <v>-0.0132</v>
+      </c>
+      <c r="H155" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J155" s="7" t="n"/>
+    </row>
+    <row r="156">
+      <c r="A156" s="2" t="n">
+        <v>143</v>
+      </c>
+      <c r="B156" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D156" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E156" s="6" t="n">
+        <v>-310175</v>
+      </c>
+      <c r="F156" s="7" t="n">
+        <v>-6413.18</v>
+      </c>
+      <c r="G156" s="8" t="n">
+        <v>-0.0167</v>
+      </c>
+      <c r="H156" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J156" s="7" t="n"/>
+    </row>
+    <row r="157">
+      <c r="A157" s="2" t="n">
+        <v>144</v>
+      </c>
+      <c r="B157" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India Nov25</t>
+        </is>
+      </c>
+      <c r="D157" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E157" s="6" t="n">
+        <v>-814500</v>
+      </c>
+      <c r="F157" s="7" t="n">
+        <v>-7679.51</v>
+      </c>
+      <c r="G157" s="8" t="n">
+        <v>-0.02</v>
+      </c>
+      <c r="H157" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J157" s="7" t="n"/>
+    </row>
+    <row r="158">
+      <c r="A158" s="2" t="n">
+        <v>145</v>
+      </c>
+      <c r="B158" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D158" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E158" s="6" t="n">
+        <v>-334500</v>
+      </c>
+      <c r="F158" s="7" t="n">
+        <v>-8335.74</v>
+      </c>
+      <c r="G158" s="8" t="n">
+        <v>-0.0217</v>
+      </c>
+      <c r="H158" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J158" s="7" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="2" t="n">
+        <v>146</v>
+      </c>
+      <c r="B159" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D159" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E159" s="6" t="n">
+        <v>-784375</v>
+      </c>
+      <c r="F159" s="7" t="n">
+        <v>-9730.959999999999</v>
+      </c>
+      <c r="G159" s="8" t="n">
+        <v>-0.0253</v>
+      </c>
+      <c r="H159" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J159" s="7" t="n"/>
+    </row>
+    <row r="160">
+      <c r="A160" s="2" t="n">
+        <v>147</v>
+      </c>
+      <c r="B160" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D160" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E160" s="6" t="n">
+        <v>-316575</v>
+      </c>
+      <c r="F160" s="7" t="n">
+        <v>-9736.58</v>
+      </c>
+      <c r="G160" s="8" t="n">
+        <v>-0.0254</v>
+      </c>
+      <c r="H160" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J160" s="7" t="n"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="2" t="n">
+        <v>148</v>
+      </c>
+      <c r="B161" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D161" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E161" s="6" t="n">
+        <v>-769500</v>
+      </c>
+      <c r="F161" s="7" t="n">
+        <v>-11511.72</v>
+      </c>
+      <c r="G161" s="8" t="n">
+        <v>-0.03</v>
+      </c>
+      <c r="H161" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J161" s="7" t="n"/>
+    </row>
+    <row r="162">
+      <c r="A162" s="2" t="n">
+        <v>149</v>
+      </c>
+      <c r="B162" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D162" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E162" s="6" t="n">
+        <v>-1170400</v>
+      </c>
+      <c r="F162" s="7" t="n">
+        <v>-11632.61</v>
+      </c>
+      <c r="G162" s="8" t="n">
+        <v>-0.0303</v>
+      </c>
+      <c r="H162" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J162" s="7" t="n"/>
+    </row>
+    <row r="163">
+      <c r="A163" s="9" t="n"/>
+      <c r="B163" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C163" s="9" t="n"/>
+      <c r="D163" s="9" t="n"/>
+      <c r="E163" s="9" t="n"/>
+      <c r="F163" s="10" t="n">
+        <v>-150616.41</v>
+      </c>
+      <c r="G163" s="11" t="n">
+        <v>-0.3922</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="B165" s="4" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="B166" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="B167" s="2" t="inlineStr">
+        <is>
+          <t>Brookfield India Real Estate</t>
+        </is>
+      </c>
+      <c r="C167" s="2" t="inlineStr">
+        <is>
+          <t>INE0FDU25010</t>
+        </is>
+      </c>
+      <c r="D167" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E167" s="6" t="n">
+        <v>1274439</v>
+      </c>
+      <c r="F167" s="7" t="n">
+        <v>4372.73</v>
+      </c>
+      <c r="G167" s="8" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="H167" s="12" t="n">
+        <v>2</v>
+      </c>
+      <c r="J167" s="7" t="n"/>
+    </row>
+    <row r="168">
+      <c r="A168" s="2" t="n">
+        <v>151</v>
+      </c>
+      <c r="B168" s="2" t="inlineStr">
+        <is>
+          <t>Indus Infra Trust</t>
+        </is>
+      </c>
+      <c r="C168" s="2" t="inlineStr">
+        <is>
+          <t>INE0NHL23019</t>
+        </is>
+      </c>
+      <c r="D168" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E168" s="6" t="n">
+        <v>3193989</v>
+      </c>
+      <c r="F168" s="7" t="n">
+        <v>3821.93</v>
+      </c>
+      <c r="G168" s="8" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="H168" s="12" t="n">
+        <v>2</v>
+      </c>
+      <c r="J168" s="7" t="n"/>
+    </row>
+    <row r="169">
+      <c r="A169" s="9" t="n"/>
+      <c r="B169" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C169" s="9" t="n"/>
+      <c r="D169" s="9" t="n"/>
+      <c r="E169" s="9" t="n"/>
+      <c r="F169" s="10" t="n">
+        <v>8194.66</v>
+      </c>
+      <c r="G169" s="11" t="n">
+        <v>0.0214</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="B171" s="4" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="B172" s="4" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="B173" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="2" t="n">
+        <v>152</v>
+      </c>
+      <c r="B174" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C174" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08NP7</t>
+        </is>
+      </c>
+      <c r="D174" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E174" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F174" s="7" t="n">
+        <v>5322.55</v>
+      </c>
+      <c r="G174" s="8" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H174" s="12" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J174" s="7" t="n">
+        <v>6.7041</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="2" t="n">
+        <v>153</v>
+      </c>
+      <c r="B175" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C175" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D175" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E175" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F175" s="7" t="n">
+        <v>5109.09</v>
+      </c>
+      <c r="G175" s="8" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="H175" s="12" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J175" s="7" t="n">
+        <v>7.12</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="2" t="n">
+        <v>154</v>
+      </c>
+      <c r="B176" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C176" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D176" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E176" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F176" s="7" t="n">
+        <v>5029.72</v>
+      </c>
+      <c r="G176" s="8" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H176" s="12" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J176" s="7" t="n">
+        <v>7.3675</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="2" t="n">
+        <v>155</v>
+      </c>
+      <c r="B177" s="2" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C177" s="2" t="inlineStr">
+        <is>
+          <t>INE557F08GD6</t>
+        </is>
+      </c>
+      <c r="D177" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E177" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F177" s="7" t="n">
+        <v>2670.62</v>
+      </c>
+      <c r="G177" s="8" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H177" s="12" t="n">
+        <v>48215</v>
+      </c>
+      <c r="J177" s="7" t="n">
+        <v>6.96</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="2" t="n">
+        <v>156</v>
+      </c>
+      <c r="B178" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C178" s="2" t="inlineStr">
+        <is>
+          <t>INE040A08955</t>
+        </is>
+      </c>
+      <c r="D178" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E178" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F178" s="7" t="n">
+        <v>2636.02</v>
+      </c>
+      <c r="G178" s="8" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H178" s="12" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J178" s="7" t="n">
+        <v>6.8417</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="2" t="n">
+        <v>157</v>
+      </c>
+      <c r="B179" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C179" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08MO2</t>
+        </is>
+      </c>
+      <c r="D179" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E179" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F179" s="7" t="n">
+        <v>2592.01</v>
+      </c>
+      <c r="G179" s="8" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H179" s="12" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J179" s="7" t="n">
+        <v>6.43</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="2" t="n">
+        <v>158</v>
+      </c>
+      <c r="B180" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C180" s="2" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D180" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E180" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F180" s="7" t="n">
+        <v>2591.75</v>
+      </c>
+      <c r="G180" s="8" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H180" s="12" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I180" s="2" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J180" s="7" t="n">
+        <v>7.0793</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="2" t="n">
+        <v>159</v>
+      </c>
+      <c r="B181" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C181" s="2" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D181" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E181" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F181" s="7" t="n">
+        <v>2583.91</v>
+      </c>
+      <c r="G181" s="8" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H181" s="12" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J181" s="7" t="n">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="B182" s="2" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C182" s="2" t="inlineStr">
+        <is>
+          <t>INE756I07EN4</t>
+        </is>
+      </c>
+      <c r="D182" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E182" s="6" t="n">
+        <v>250</v>
+      </c>
+      <c r="F182" s="7" t="n">
+        <v>2571.42</v>
+      </c>
+      <c r="G182" s="8" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H182" s="12" t="n">
+        <v>46217</v>
+      </c>
+      <c r="J182" s="7" t="n">
+        <v>6.935</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="2" t="n">
+        <v>161</v>
+      </c>
+      <c r="B183" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C183" s="2" t="inlineStr">
+        <is>
+          <t>INE752E08767</t>
+        </is>
+      </c>
+      <c r="D183" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E183" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F183" s="7" t="n">
+        <v>2517.93</v>
+      </c>
+      <c r="G183" s="8" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H183" s="12" t="n">
+        <v>49242</v>
+      </c>
+      <c r="J183" s="7" t="n">
+        <v>6.99</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="2" t="n">
+        <v>162</v>
+      </c>
+      <c r="B184" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C184" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D184" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E184" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F184" s="7" t="n">
+        <v>2511.48</v>
+      </c>
+      <c r="G184" s="8" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H184" s="12" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J184" s="7" t="n">
+        <v>7.2774</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="9" t="n"/>
+      <c r="B185" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C185" s="9" t="n"/>
+      <c r="D185" s="9" t="n"/>
+      <c r="E185" s="9" t="n"/>
+      <c r="F185" s="10" t="n">
+        <v>36136.5</v>
+      </c>
+      <c r="G185" s="11" t="n">
+        <v>0.0941</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="B187" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="2" t="n">
+        <v>163</v>
+      </c>
+      <c r="B188" s="2" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C188" s="2" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D188" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E188" s="6" t="n">
+        <v>22000000</v>
+      </c>
+      <c r="F188" s="7" t="n">
+        <v>22941.7</v>
+      </c>
+      <c r="G188" s="8" t="n">
+        <v>0.0597</v>
+      </c>
+      <c r="H188" s="12" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J188" s="7" t="n">
+        <v>6.2048</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="2" t="n">
+        <v>164</v>
+      </c>
+      <c r="B189" s="2" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C189" s="2" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D189" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E189" s="6" t="n">
+        <v>6500000</v>
+      </c>
+      <c r="F189" s="7" t="n">
+        <v>6840.83</v>
+      </c>
+      <c r="G189" s="8" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="H189" s="12" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J189" s="7" t="n">
+        <v>5.7134</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="2" t="n">
+        <v>165</v>
+      </c>
+      <c r="B190" s="2" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C190" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D190" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E190" s="6" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F190" s="7" t="n">
+        <v>5993.38</v>
+      </c>
+      <c r="G190" s="8" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="H190" s="12" t="n">
+        <v>56466</v>
+      </c>
+      <c r="J190" s="7" t="n">
+        <v>7.2387</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="2" t="n">
+        <v>166</v>
+      </c>
+      <c r="B191" s="2" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C191" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D191" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E191" s="6" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F191" s="7" t="n">
+        <v>5083.65</v>
+      </c>
+      <c r="G191" s="8" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H191" s="12" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J191" s="7" t="n">
+        <v>6.5329</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="2" t="n">
+        <v>167</v>
+      </c>
+      <c r="B192" s="2" t="inlineStr">
+        <is>
+          <t>5.74% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C192" s="2" t="inlineStr">
+        <is>
+          <t>IN0020210186</t>
+        </is>
+      </c>
+      <c r="D192" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E192" s="6" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F192" s="7" t="n">
+        <v>2567.92</v>
+      </c>
+      <c r="G192" s="8" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H192" s="12" t="n">
+        <v>46341</v>
+      </c>
+      <c r="J192" s="7" t="n">
+        <v>5.6667</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="2" t="n">
+        <v>168</v>
+      </c>
+      <c r="B193" s="2" t="inlineStr">
+        <is>
+          <t>7.34% GOI 2064</t>
+        </is>
+      </c>
+      <c r="C193" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240035</t>
+        </is>
+      </c>
+      <c r="D193" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E193" s="6" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F193" s="7" t="n">
+        <v>2511.92</v>
+      </c>
+      <c r="G193" s="8" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H193" s="12" t="n">
+        <v>60014</v>
+      </c>
+      <c r="J193" s="7" t="n">
+        <v>7.3169</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="2" t="n">
+        <v>169</v>
+      </c>
+      <c r="B194" s="2" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C194" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D194" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E194" s="6" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F194" s="7" t="n">
+        <v>2112.78</v>
+      </c>
+      <c r="G194" s="8" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="H194" s="12" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J194" s="7" t="n">
+        <v>6.3657</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="B195" s="2" t="inlineStr">
+        <is>
+          <t>7.37% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C195" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230101</t>
+        </is>
+      </c>
+      <c r="D195" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E195" s="6" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F195" s="7" t="n">
+        <v>2082.73</v>
+      </c>
+      <c r="G195" s="8" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H195" s="12" t="n">
+        <v>47049</v>
+      </c>
+      <c r="J195" s="7" t="n">
+        <v>5.895</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="2" t="n">
+        <v>171</v>
+      </c>
+      <c r="B196" s="2" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C196" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240019</t>
+        </is>
+      </c>
+      <c r="D196" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E196" s="6" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F196" s="7" t="n">
+        <v>1036.74</v>
+      </c>
+      <c r="G196" s="8" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H196" s="12" t="n">
+        <v>49042</v>
+      </c>
+      <c r="J196" s="7" t="n">
+        <v>6.5951</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="2" t="n">
+        <v>172</v>
+      </c>
+      <c r="B197" s="2" t="inlineStr">
+        <is>
+          <t>7.18% GOI 2033</t>
+        </is>
+      </c>
+      <c r="C197" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230085</t>
+        </is>
+      </c>
+      <c r="D197" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E197" s="6" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F197" s="7" t="n">
+        <v>526.11</v>
+      </c>
+      <c r="G197" s="8" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H197" s="12" t="n">
+        <v>48805</v>
+      </c>
+      <c r="J197" s="7" t="n">
+        <v>6.5653</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="2" t="n">
+        <v>173</v>
+      </c>
+      <c r="B198" s="2" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C198" s="2" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D198" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E198" s="6" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F198" s="7" t="n">
+        <v>518.04</v>
+      </c>
+      <c r="G198" s="8" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H198" s="12" t="n">
+        <v>47226</v>
+      </c>
+      <c r="J198" s="7" t="n">
+        <v>6.0129</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="9" t="n"/>
+      <c r="B199" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C199" s="9" t="n"/>
+      <c r="D199" s="9" t="n"/>
+      <c r="E199" s="9" t="n"/>
+      <c r="F199" s="10" t="n">
+        <v>52215.8</v>
+      </c>
+      <c r="G199" s="11" t="n">
+        <v>0.1358</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="B201" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="B202" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="2" t="n">
+        <v>174</v>
+      </c>
+      <c r="B203" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C203" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HP9</t>
+        </is>
+      </c>
+      <c r="D203" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E203" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F203" s="7" t="n">
+        <v>2407.91</v>
+      </c>
+      <c r="G203" s="8" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H203" s="12" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J203" s="7" t="n">
+        <v>6.26</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="2" t="n">
+        <v>175</v>
+      </c>
+      <c r="B204" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C204" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D204" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E204" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F204" s="7" t="n">
+        <v>2402.79</v>
+      </c>
+      <c r="G204" s="8" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H204" s="12" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J204" s="7" t="n">
+        <v>6.2574</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="9" t="n"/>
+      <c r="B205" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C205" s="9" t="n"/>
+      <c r="D205" s="9" t="n"/>
+      <c r="E205" s="9" t="n"/>
+      <c r="F205" s="10" t="n">
+        <v>4810.7</v>
+      </c>
+      <c r="G205" s="11" t="n">
+        <v>0.0126</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="B207" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="B208" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="2" t="n">
+        <v>176</v>
+      </c>
+      <c r="B209" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C209" s="2" t="inlineStr">
+        <is>
+          <t>INE296A14C22</t>
+        </is>
+      </c>
+      <c r="D209" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E209" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F209" s="7" t="n">
+        <v>4967.29</v>
+      </c>
+      <c r="G209" s="8" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H209" s="12" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J209" s="7" t="n">
+        <v>6.3251</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="9" t="n"/>
+      <c r="B210" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C210" s="9" t="n"/>
+      <c r="D210" s="9" t="n"/>
+      <c r="E210" s="9" t="n"/>
+      <c r="F210" s="10" t="n">
+        <v>4967.29</v>
+      </c>
+      <c r="G210" s="11" t="n">
+        <v>0.0129</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="2" t="n">
+        <v>177</v>
+      </c>
+      <c r="B212" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F212" s="7" t="n">
+        <v>6298.67</v>
+      </c>
+      <c r="G212" s="8" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="H212" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="9" t="n"/>
+      <c r="B213" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C213" s="9" t="n"/>
+      <c r="D213" s="9" t="n"/>
+      <c r="E213" s="9" t="n"/>
+      <c r="F213" s="10" t="n">
+        <v>6298.67</v>
+      </c>
+      <c r="G213" s="11" t="n">
+        <v>0.0164</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="B215" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="B216" s="2" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E216" s="6" t="n"/>
+      <c r="F216" s="7" t="n">
+        <v>3782</v>
+      </c>
+      <c r="G216" s="8" t="n">
+        <v>0.0098</v>
+      </c>
+      <c r="J216" s="7" t="n"/>
+    </row>
+    <row r="217">
+      <c r="B217" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E217" s="6" t="n"/>
+      <c r="F217" s="7" t="n">
+        <v>735.97</v>
+      </c>
+      <c r="G217" s="8" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J217" s="7" t="n"/>
+    </row>
+    <row r="218">
+      <c r="A218" s="9" t="n"/>
+      <c r="B218" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C218" s="9" t="n"/>
+      <c r="D218" s="9" t="n"/>
+      <c r="E218" s="9" t="n"/>
+      <c r="F218" s="10" t="n">
+        <v>4517.97</v>
+      </c>
+      <c r="G218" s="11" t="n">
+        <v>0.0118</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="5" t="n"/>
+      <c r="B220" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C220" s="5" t="n"/>
+      <c r="D220" s="5" t="n"/>
+      <c r="E220" s="5" t="n"/>
+      <c r="F220" s="13" t="n">
+        <v>384056.92</v>
+      </c>
+      <c r="G220" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A9" s="1">
+    </row>
+    <row r="221">
+      <c r="A221" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B222" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A10" s="1">
+      <c r="B223" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="93" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A11" s="1">
+      <c r="B224" s="93" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="16" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A12" s="1">
+      <c r="B225" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" ht="27" customHeight="1" s="77">
+      <c r="A226" s="16" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A13" s="1">
+      <c r="B226" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" ht="72" customHeight="1" s="77">
+      <c r="A227" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...4861 lines deleted...]
-        <v>366</v>
+      <c r="B227" s="90" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" ht="14.5" customHeight="1" s="77">
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" ht="14.5" customHeight="1" s="77">
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: NIFTY Equity Savings Index</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
+    <mergeCell ref="B227:F227"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B230:D230"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BB42E337-1755-4154-AB87-7E3E99EA51D3}">
-  <dimension ref="A1:L246"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...5110 lines deleted...]
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...2640 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>