--- v1 (2025-11-09)
+++ v2 (2025-12-24)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="ESF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +103,379 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="71">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...60 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...9 lines deleted...]
-    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,116 +522,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>231</row>
+      <row>230</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31751</rowOff>
+      <colOff>2378075</colOff>
+      <row>239</row>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="39858950"/>
+          <a:off x="457200" y="39687500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>245</row>
+      <row>244</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31749</rowOff>
+      <colOff>2378075</colOff>
+      <row>253</row>
+      <rowOff>34926</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="42271950"/>
+          <a:off x="457200" y="42100500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1002,6215 +868,6279 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L244"/>
+  <dimension ref="A1:L243"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="67.7265625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="14.36328125" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Equity Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
+      <c r="E8" s="5" t="n">
         <v>2244846</v>
       </c>
-      <c r="F8" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="F8" s="6" t="n">
+        <v>22619.07</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0575</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E9" s="5" t="n">
+        <v>1434280</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>18354.48</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0466</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-        <v>0.2122</v>
+      <c r="L9" s="7" t="n">
+        <v>0.2243</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>ITC Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE154A01025</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="E10" s="5" t="n">
+        <v>3047585</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>12319.86</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0313</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-        <v>0.1358</v>
+      <c r="L10" s="7" t="n">
+        <v>0.1325</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>State Bank of India</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>INE062A01020</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E11" s="6" t="n">
+      <c r="E11" s="5" t="n">
         <v>1251944</v>
       </c>
-      <c r="F11" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="F11" s="6" t="n">
+        <v>12256.53</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0311</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L11" s="8" t="n">
-        <v>0.0871</v>
+      <c r="L11" s="7" t="n">
+        <v>0.08550000000000001</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Reliance Industries Limited</t>
         </is>
       </c>
-      <c r="C12" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE002A01018</t>
         </is>
       </c>
-      <c r="D12" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="E12" s="6" t="n">
+      <c r="E12" s="5" t="n">
         <v>769500</v>
       </c>
-      <c r="F12" s="7" t="n">
-[...2 lines deleted...]
-      <c r="G12" s="8" t="n">
+      <c r="F12" s="6" t="n">
+        <v>12061.91</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0306</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.052</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>843671</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>11716.9</v>
+      </c>
+      <c r="G13" s="7" t="n">
         <v>0.0298</v>
       </c>
-      <c r="J12" s="7" t="n"/>
-      <c r="K12" s="2" t="inlineStr">
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.049</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>301727</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>11336.79</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0288</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0484</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>524196</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>11136.02</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0283</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0374</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L12" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D13" s="2" t="inlineStr">
+      <c r="E16" s="5" t="n">
+        <v>316575</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>9932.540000000001</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0252</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0316</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>541984</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>8455.49</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0215</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0313</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>800040</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>8300.42</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0211</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0276</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>344535</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>7856.09</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.024</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>2210025</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>7214.63</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0235</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>1776396</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>7124.24</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.02</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>451989</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>6921.31</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0176</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0178</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>310175</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>6518.64</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0166</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0177</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>297850</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>5455.42</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE669E01016</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>54321000</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>5410.37</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0124</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE476A01022</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E13" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K13" s="2" t="inlineStr">
+      <c r="E26" s="5" t="n">
+        <v>3361500</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>5095.36</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>901600</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>4742.42</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>110950</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>4515.22</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>3687922</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>4289.42</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0109</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0109</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>1502278</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>4083.94</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>179126</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>3521.62</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.0089</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>1415291</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>3442.7</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>2718433</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>3344.76</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>1111500</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>3221.13</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>81200</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>3173.05</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>483669</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>3135.63</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>369600</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>2987.85</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>1645352</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>2897.3</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>219852</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>2822.13</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>54750</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>2486.96</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>31325</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2209.51</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
-      <c r="L13" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D14" s="2" t="inlineStr">
+      <c r="E42" s="5" t="n">
+        <v>143730</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2088.54</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="L42" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>1368000</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2056.92</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L43" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E14" s="6" t="n">
-[...32 lines deleted...]
-      <c r="D15" s="2" t="inlineStr">
+      <c r="E44" s="5" t="n">
+        <v>124595</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2023.67</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L44" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>100174</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>1973.93</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>258905</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>1833.18</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L46" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Cohance Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE03QK01018</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>312466</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>1763.56</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L47" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>416100</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>1713.29</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L48" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>142448</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>1600.55</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L49" s="7" t="n">
+        <v>-0.3934</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>283500</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>1559.82</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L50" s="7" t="n">
+        <v>0.0255</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>361050</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>1408.46</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>1836000</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>1357.17</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>1024000</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>1274.88</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Emcure Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE168P01015</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>87658</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>1239.75</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>316162</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>1146.72</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>102300</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>928.0700000000001</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>DLF Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE271C01023</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>124575</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>901.42</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>GMR Airports Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE776C01039</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>823050</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>891.77</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>La Opala RG Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE059D01020</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>395461</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>868.59</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Teamlease Services Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE985S01024</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>41911</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>690.4</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="E15" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K15" s="2" t="inlineStr">
+      <c r="E61" s="5" t="n">
+        <v>18200</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>642.73</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE795G01014</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="n">
+        <v>82500</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>630.55</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>229900</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>620.62</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>230000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>593.22</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Biocon Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE376G01013</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="n">
+        <v>145000</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>577.61</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
         <is>
           <t>Automobiles</t>
         </is>
       </c>
-      <c r="L15" s="8" t="n">
-[...17 lines deleted...]
-      <c r="D16" s="2" t="inlineStr">
+      <c r="E66" s="5" t="n">
+        <v>8250</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>509.4</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>453.31</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>United Spirits Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE854D01024</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="n">
+        <v>31200</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>452.9</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="n">
+        <v>10450</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>391.27</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>231000</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>387.99</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="n">
+        <v>33075</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>383.77</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>83025</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>379.84</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE437A01024</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="n">
+        <v>4875</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>357.61</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>36300</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>309.15</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE335Y01020</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>42875</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>294.42</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE115A01026</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="n">
+        <v>50000</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>274.55</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE674K01013</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="n">
+        <v>68200</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>244.19</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="n">
+        <v>2625</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>196.09</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="n">
+        <v>9000</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>188.46</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE406A01037</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="n">
+        <v>14300</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>175.42</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE010B01027</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="n">
+        <v>12600</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>118.76</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J81" s="6" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="E16" s="6" t="n">
-[...237 lines deleted...]
-      <c r="K22" s="2" t="inlineStr">
+      <c r="E82" s="5" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>85.89</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE663F01032</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>79.81</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE299U01018</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="n">
+        <v>28800</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>76.42</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE114A01011</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="n">
+        <v>56400</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>76.09</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="n">
+        <v>16000</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>57.09</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="n">
+        <v>1900</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>28.82</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>INE318A01026</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>14.7</v>
+      </c>
+      <c r="G88" s="67" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="n">
+        <v>100</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="G89" s="67" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="8" t="n"/>
+      <c r="B90" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C90" s="8" t="n"/>
+      <c r="D90" s="8" t="n"/>
+      <c r="E90" s="8" t="n"/>
+      <c r="F90" s="9">
+        <f>SUM(F8:F89)</f>
+        <v/>
+      </c>
+      <c r="G90" s="10">
+        <f>SUM(G8:G89)</f>
+        <v/>
+      </c>
+    </row>
+    <row r="93">
+      <c r="B93" s="3" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>NIFTY 25000 Put Jan26</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="n">
+        <v>474500</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>325.27</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H94" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J94" s="6" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="8" t="n"/>
+      <c r="B95" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C95" s="8" t="n"/>
+      <c r="D95" s="8" t="n"/>
+      <c r="E95" s="8" t="n"/>
+      <c r="F95" s="9" t="n">
+        <v>325.27</v>
+      </c>
+      <c r="G95" s="10" t="n">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="B97" s="3" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="1">
+        <f>A94+1</f>
+        <v/>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="n">
+        <v>-100</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>-11.68</v>
+      </c>
+      <c r="G98" s="67" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H98" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J98" s="6" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="1">
+        <f>A98+1</f>
+        <v/>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="n">
+        <v>-1000</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>-14.78</v>
+      </c>
+      <c r="G99" s="67" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H99" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J99" s="6" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="1">
+        <f>A99+1</f>
+        <v/>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="n">
+        <v>-1900</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>-29.02</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H100" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J100" s="6" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="1">
+        <f>A100+1</f>
+        <v/>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="n">
+        <v>-16000</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>-57.52</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H101" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J101" s="6" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="1">
+        <f>A101+1</f>
+        <v/>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="n">
+        <v>-56400</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>-76.68000000000001</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H102" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J102" s="6" t="n"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="1">
+        <f>A102+1</f>
+        <v/>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="n">
+        <v>-28800</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>-76.95</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H103" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J103" s="6" t="n"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="1">
+        <f>A103+1</f>
+        <v/>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="n">
+        <v>-6000</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>-80.16</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H104" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J104" s="6" t="n"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="1">
+        <f>A104+1</f>
+        <v/>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="n">
+        <v>-4500</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>-86.47</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H105" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J105" s="6" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="1">
+        <f>A105+1</f>
+        <v/>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="n">
+        <v>-12600</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>-119.28</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H106" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J106" s="6" t="n"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="1">
+        <f>A106+1</f>
+        <v/>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="n">
+        <v>-14300</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>-175.88</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H107" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J107" s="6" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="1">
+        <f>A107+1</f>
+        <v/>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="n">
+        <v>-9000</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>-189.5</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H108" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J108" s="6" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="1">
+        <f>A108+1</f>
+        <v/>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="n">
+        <v>-2625</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>-197.01</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H109" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J109" s="6" t="n"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="1">
+        <f>A109+1</f>
+        <v/>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="n">
+        <v>-68200</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>-245.21</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H110" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J110" s="6" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="1">
+        <f>A110+1</f>
+        <v/>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="n">
+        <v>-50000</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>-276.52</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H111" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J111" s="6" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="1">
+        <f>A111+1</f>
+        <v/>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="n">
+        <v>-42875</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>-295.94</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H112" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J112" s="6" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="1">
+        <f>A112+1</f>
+        <v/>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="n">
+        <v>-109800</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>-300.69</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H113" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J113" s="6" t="n"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="1">
+        <f>A113+1</f>
+        <v/>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="n">
+        <v>-36300</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>-311.42</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H114" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J114" s="6" t="n"/>
+    </row>
+    <row r="115">
+      <c r="A115" s="1">
+        <f>A114+1</f>
+        <v/>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="n">
+        <v>-4875</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>-360.09</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H115" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J115" s="6" t="n"/>
+    </row>
+    <row r="116">
+      <c r="A116" s="1">
+        <f>A115+1</f>
+        <v/>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="n">
+        <v>-153000</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>-374.7</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H116" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J116" s="6" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="1">
+        <f>A116+1</f>
+        <v/>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="n">
+        <v>-83025</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>-381.5</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H117" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J117" s="6" t="n"/>
+    </row>
+    <row r="118">
+      <c r="A118" s="1">
+        <f>A117+1</f>
+        <v/>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="n">
+        <v>-33075</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>-386.61</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H118" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J118" s="6" t="n"/>
+    </row>
+    <row r="119">
+      <c r="A119" s="1">
+        <f>A118+1</f>
+        <v/>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="n">
+        <v>-231000</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>-390.71</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H119" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J119" s="6" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="1">
+        <f>A119+1</f>
+        <v/>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="n">
+        <v>-10450</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>-394.05</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H120" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J120" s="6" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="1">
+        <f>A120+1</f>
+        <v/>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>United Spirits Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="n">
+        <v>-31200</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>-454.9</v>
+      </c>
+      <c r="G121" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H121" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J121" s="6" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="1">
+        <f>A121+1</f>
+        <v/>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="n">
+        <v>-4500</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>-456.23</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H122" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J122" s="6" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="1">
+        <f>A122+1</f>
+        <v/>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="n">
+        <v>-8250</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>-513.11</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>-0.0013</v>
+      </c>
+      <c r="H123" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J123" s="6" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="1">
+        <f>A123+1</f>
+        <v/>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Biocon Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="n">
+        <v>-145000</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>-580.8</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H124" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J124" s="6" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="1">
+        <f>A124+1</f>
+        <v/>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="n">
+        <v>-230000</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>-593.4</v>
+      </c>
+      <c r="G125" s="7" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H125" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J125" s="6" t="n"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="1">
+        <f>A125+1</f>
+        <v/>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="n">
+        <v>-229900</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>-625.1</v>
+      </c>
+      <c r="G126" s="7" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H126" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J126" s="6" t="n"/>
+    </row>
+    <row r="127">
+      <c r="A127" s="1">
+        <f>A126+1</f>
+        <v/>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="n">
+        <v>-82500</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>-634.34</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H127" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J127" s="6" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="1">
+        <f>A127+1</f>
+        <v/>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="n">
+        <v>-18200</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>-647.3</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H128" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J128" s="6" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="1">
+        <f>A128+1</f>
+        <v/>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>GMR AIRPORTS LIMITED Dec25</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="n">
+        <v>-823050</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>-897.12</v>
+      </c>
+      <c r="G129" s="7" t="n">
+        <v>-0.0023</v>
+      </c>
+      <c r="H129" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J129" s="6" t="n"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="1">
+        <f>A129+1</f>
+        <v/>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>DLF Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="n">
+        <v>-124575</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>-908.15</v>
+      </c>
+      <c r="G130" s="7" t="n">
+        <v>-0.0023</v>
+      </c>
+      <c r="H130" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J130" s="6" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="1">
+        <f>A130+1</f>
+        <v/>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Dec25</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="n">
+        <v>-1024000</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>-1284.2</v>
+      </c>
+      <c r="G131" s="7" t="n">
+        <v>-0.0033</v>
+      </c>
+      <c r="H131" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J131" s="6" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="1">
+        <f>A131+1</f>
+        <v/>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="n">
+        <v>-1836000</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>-1365.62</v>
+      </c>
+      <c r="G132" s="7" t="n">
+        <v>-0.0035</v>
+      </c>
+      <c r="H132" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J132" s="6" t="n"/>
+    </row>
+    <row r="133">
+      <c r="A133" s="1">
+        <f>A132+1</f>
+        <v/>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="n">
+        <v>-361050</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>-1417.84</v>
+      </c>
+      <c r="G133" s="7" t="n">
+        <v>-0.0036</v>
+      </c>
+      <c r="H133" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J133" s="6" t="n"/>
+    </row>
+    <row r="134">
+      <c r="A134" s="1">
+        <f>A133+1</f>
+        <v/>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="n">
+        <v>-283500</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>-1566.48</v>
+      </c>
+      <c r="G134" s="7" t="n">
+        <v>-0.004</v>
+      </c>
+      <c r="H134" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J134" s="6" t="n"/>
+    </row>
+    <row r="135">
+      <c r="A135" s="1">
+        <f>A134+1</f>
+        <v/>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="n">
+        <v>-416100</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>-1721.41</v>
+      </c>
+      <c r="G135" s="7" t="n">
+        <v>-0.0044</v>
+      </c>
+      <c r="H135" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J135" s="6" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="1">
+        <f>A135+1</f>
+        <v/>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="n">
+        <v>-558000</v>
+      </c>
+      <c r="F136" s="6" t="n">
+        <v>-1833.87</v>
+      </c>
+      <c r="G136" s="7" t="n">
+        <v>-0.0047</v>
+      </c>
+      <c r="H136" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J136" s="6" t="n"/>
+    </row>
+    <row r="137">
+      <c r="A137" s="1">
+        <f>A136+1</f>
+        <v/>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="n">
+        <v>-127875</v>
+      </c>
+      <c r="F137" s="6" t="n">
+        <v>-1970.81</v>
+      </c>
+      <c r="G137" s="7" t="n">
+        <v>-0.005</v>
+      </c>
+      <c r="H137" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J137" s="6" t="n"/>
+    </row>
+    <row r="138">
+      <c r="A138" s="1">
+        <f>A137+1</f>
+        <v/>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="n">
+        <v>-1368000</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>-2069.65</v>
+      </c>
+      <c r="G138" s="7" t="n">
+        <v>-0.0053</v>
+      </c>
+      <c r="H138" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J138" s="6" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="1">
+        <f>A138+1</f>
+        <v/>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="n">
+        <v>-31325</v>
+      </c>
+      <c r="F139" s="6" t="n">
+        <v>-2220.32</v>
+      </c>
+      <c r="G139" s="7" t="n">
+        <v>-0.0056</v>
+      </c>
+      <c r="H139" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J139" s="6" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="1">
+        <f>A139+1</f>
+        <v/>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="n">
+        <v>-54750</v>
+      </c>
+      <c r="F140" s="6" t="n">
+        <v>-2504.43</v>
+      </c>
+      <c r="G140" s="7" t="n">
+        <v>-0.0064</v>
+      </c>
+      <c r="H140" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J140" s="6" t="n"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="1">
+        <f>A140+1</f>
+        <v/>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="n">
+        <v>-132000</v>
+      </c>
+      <c r="F141" s="6" t="n">
+        <v>-2821.63</v>
+      </c>
+      <c r="G141" s="7" t="n">
+        <v>-0.0072</v>
+      </c>
+      <c r="H141" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J141" s="6" t="n"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="1">
+        <f>A141+1</f>
+        <v/>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="n">
+        <v>-369600</v>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>-3009.1</v>
+      </c>
+      <c r="G142" s="7" t="n">
+        <v>-0.0076</v>
+      </c>
+      <c r="H142" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J142" s="6" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="1">
+        <f>A142+1</f>
+        <v/>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="n">
+        <v>-81200</v>
+      </c>
+      <c r="F143" s="6" t="n">
+        <v>-3190.84</v>
+      </c>
+      <c r="G143" s="7" t="n">
+        <v>-0.0081</v>
+      </c>
+      <c r="H143" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J143" s="6" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="1">
+        <f>A143+1</f>
+        <v/>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Dec25</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="n">
+        <v>-1111500</v>
+      </c>
+      <c r="F144" s="6" t="n">
+        <v>-3243.91</v>
+      </c>
+      <c r="G144" s="7" t="n">
+        <v>-0.008200000000000001</v>
+      </c>
+      <c r="H144" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J144" s="6" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="1">
+        <f>A144+1</f>
+        <v/>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="n">
+        <v>-119000</v>
+      </c>
+      <c r="F145" s="6" t="n">
+        <v>-4502.25</v>
+      </c>
+      <c r="G145" s="7" t="n">
+        <v>-0.0114</v>
+      </c>
+      <c r="H145" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J145" s="6" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="1">
+        <f>A145+1</f>
+        <v/>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="n">
+        <v>-110950</v>
+      </c>
+      <c r="F146" s="6" t="n">
+        <v>-4545.84</v>
+      </c>
+      <c r="G146" s="7" t="n">
+        <v>-0.0115</v>
+      </c>
+      <c r="H146" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J146" s="6" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="1">
+        <f>A146+1</f>
+        <v/>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="n">
+        <v>-901600</v>
+      </c>
+      <c r="F147" s="6" t="n">
+        <v>-4776.68</v>
+      </c>
+      <c r="G147" s="7" t="n">
+        <v>-0.0121</v>
+      </c>
+      <c r="H147" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J147" s="6" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="1">
+        <f>A147+1</f>
+        <v/>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="n">
+        <v>-1196800</v>
+      </c>
+      <c r="F148" s="6" t="n">
+        <v>-4862.6</v>
+      </c>
+      <c r="G148" s="7" t="n">
+        <v>-0.0124</v>
+      </c>
+      <c r="H148" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J148" s="6" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="1">
+        <f>A148+1</f>
+        <v/>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="n">
+        <v>-1222300</v>
+      </c>
+      <c r="F149" s="6" t="n">
+        <v>-4933.2</v>
+      </c>
+      <c r="G149" s="7" t="n">
+        <v>-0.0125</v>
+      </c>
+      <c r="H149" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J149" s="6" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="1">
+        <f>A149+1</f>
+        <v/>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank Dec25</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="n">
+        <v>-3361500</v>
+      </c>
+      <c r="F150" s="6" t="n">
+        <v>-5111.83</v>
+      </c>
+      <c r="G150" s="7" t="n">
+        <v>-0.013</v>
+      </c>
+      <c r="H150" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J150" s="6" t="n"/>
+    </row>
+    <row r="151">
+      <c r="A151" s="1">
+        <f>A150+1</f>
+        <v/>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="n">
+        <v>-54321000</v>
+      </c>
+      <c r="F151" s="6" t="n">
+        <v>-5448.4</v>
+      </c>
+      <c r="G151" s="7" t="n">
+        <v>-0.0138</v>
+      </c>
+      <c r="H151" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J151" s="6" t="n"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="1">
+        <f>A151+1</f>
+        <v/>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="n">
+        <v>-297850</v>
+      </c>
+      <c r="F152" s="6" t="n">
+        <v>-5478.65</v>
+      </c>
+      <c r="G152" s="7" t="n">
+        <v>-0.0139</v>
+      </c>
+      <c r="H152" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J152" s="6" t="n"/>
+    </row>
+    <row r="153">
+      <c r="A153" s="1">
+        <f>A152+1</f>
+        <v/>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="n">
+        <v>-616500</v>
+      </c>
+      <c r="F153" s="6" t="n">
+        <v>-6428.86</v>
+      </c>
+      <c r="G153" s="7" t="n">
+        <v>-0.0163</v>
+      </c>
+      <c r="H153" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J153" s="6" t="n"/>
+    </row>
+    <row r="154">
+      <c r="A154" s="1">
+        <f>A153+1</f>
+        <v/>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="n">
+        <v>-310175</v>
+      </c>
+      <c r="F154" s="6" t="n">
+        <v>-6560.51</v>
+      </c>
+      <c r="G154" s="7" t="n">
+        <v>-0.0167</v>
+      </c>
+      <c r="H154" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J154" s="6" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="1">
+        <f>A154+1</f>
+        <v/>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="n">
+        <v>-344535</v>
+      </c>
+      <c r="F155" s="6" t="n">
+        <v>-7893.64</v>
+      </c>
+      <c r="G155" s="7" t="n">
+        <v>-0.0201</v>
+      </c>
+      <c r="H155" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J155" s="6" t="n"/>
+    </row>
+    <row r="156">
+      <c r="A156" s="1">
+        <f>A155+1</f>
+        <v/>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India Dec25</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="n">
+        <v>-814500</v>
+      </c>
+      <c r="F156" s="6" t="n">
+        <v>-8024.05</v>
+      </c>
+      <c r="G156" s="7" t="n">
+        <v>-0.0204</v>
+      </c>
+      <c r="H156" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J156" s="6" t="n"/>
+    </row>
+    <row r="157">
+      <c r="A157" s="1">
+        <f>A156+1</f>
+        <v/>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="n">
+        <v>-316575</v>
+      </c>
+      <c r="F157" s="6" t="n">
+        <v>-9989.52</v>
+      </c>
+      <c r="G157" s="7" t="n">
+        <v>-0.0254</v>
+      </c>
+      <c r="H157" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J157" s="6" t="n"/>
+    </row>
+    <row r="158">
+      <c r="A158" s="1">
+        <f>A157+1</f>
+        <v/>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="n">
+        <v>-846250</v>
+      </c>
+      <c r="F158" s="6" t="n">
+        <v>-10886.16</v>
+      </c>
+      <c r="G158" s="7" t="n">
+        <v>-0.0277</v>
+      </c>
+      <c r="H158" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J158" s="6" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="1">
+        <f>A158+1</f>
+        <v/>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="n">
+        <v>-1170400</v>
+      </c>
+      <c r="F159" s="6" t="n">
+        <v>-11862.59</v>
+      </c>
+      <c r="G159" s="7" t="n">
+        <v>-0.0301</v>
+      </c>
+      <c r="H159" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J159" s="6" t="n"/>
+    </row>
+    <row r="160">
+      <c r="A160" s="1">
+        <f>A159+1</f>
+        <v/>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="n">
+        <v>-769500</v>
+      </c>
+      <c r="F160" s="6" t="n">
+        <v>-12131.17</v>
+      </c>
+      <c r="G160" s="7" t="n">
+        <v>-0.0308</v>
+      </c>
+      <c r="H160" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J160" s="6" t="n"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="8" t="n"/>
+      <c r="B161" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C161" s="8" t="n"/>
+      <c r="D161" s="8" t="n"/>
+      <c r="E161" s="8" t="n"/>
+      <c r="F161" s="9" t="n">
+        <v>-154798.88</v>
+      </c>
+      <c r="G161" s="10" t="n">
+        <v>-0.3934</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="B163" s="3" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="B164" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="1">
+        <f>A160+1</f>
+        <v/>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Brookfield India Real Estate</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>INE0FDU25010</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="n">
+        <v>1274439</v>
+      </c>
+      <c r="F165" s="6" t="n">
+        <v>4237.25</v>
+      </c>
+      <c r="G165" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="H165" s="11" t="n">
+        <v>2</v>
+      </c>
+      <c r="J165" s="6" t="n"/>
+    </row>
+    <row r="166">
+      <c r="A166" s="1">
+        <f>A165+1</f>
+        <v/>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Indus Infra Trust</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>INE0NHL23019</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="n">
+        <v>3193520</v>
+      </c>
+      <c r="F166" s="6" t="n">
+        <v>3764.84</v>
+      </c>
+      <c r="G166" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="H166" s="11" t="n">
+        <v>2</v>
+      </c>
+      <c r="J166" s="6" t="n"/>
+    </row>
+    <row r="167">
+      <c r="A167" s="8" t="n"/>
+      <c r="B167" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C167" s="8" t="n"/>
+      <c r="D167" s="8" t="n"/>
+      <c r="E167" s="8" t="n"/>
+      <c r="F167" s="9" t="n">
+        <v>8002.09</v>
+      </c>
+      <c r="G167" s="10" t="n">
+        <v>0.0204</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="B169" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="B170" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's/ Non Convertible Cumulative Redeemable Preference Shares</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="B171" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="1">
+        <f>A166+1</f>
+        <v/>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NP7</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F172" s="6" t="n">
+        <v>5356.93</v>
+      </c>
+      <c r="G172" s="7" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H172" s="11" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J172" s="6" t="n">
+        <v>6.654</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="1">
+        <f>A172+1</f>
+        <v/>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F173" s="6" t="n">
+        <v>5143.27</v>
+      </c>
+      <c r="G173" s="7" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="H173" s="11" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J173" s="6" t="n">
+        <v>7.075</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="1">
+        <f>A173+1</f>
+        <v/>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F174" s="6" t="n">
+        <v>5060.85</v>
+      </c>
+      <c r="G174" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H174" s="11" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J174" s="6" t="n">
+        <v>7.355</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="1">
+        <f>A174+1</f>
+        <v/>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08GD6</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F175" s="6" t="n">
+        <v>2692.78</v>
+      </c>
+      <c r="G175" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H175" s="11" t="n">
+        <v>48215</v>
+      </c>
+      <c r="J175" s="6" t="n">
+        <v>6.9</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="1">
+        <f>A175+1</f>
+        <v/>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>INE040A08955</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F176" s="6" t="n">
+        <v>2651.19</v>
+      </c>
+      <c r="G176" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H176" s="11" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J176" s="6" t="n">
+        <v>6.8275</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="1">
+        <f>A176+1</f>
+        <v/>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08MO2</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F177" s="6" t="n">
+        <v>2605.07</v>
+      </c>
+      <c r="G177" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H177" s="11" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J177" s="6" t="n">
+        <v>6.45</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="1">
+        <f>A177+1</f>
+        <v/>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F178" s="6" t="n">
+        <v>2599.58</v>
+      </c>
+      <c r="G178" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H178" s="11" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I178" s="1" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J178" s="6" t="n">
+        <v>7.12</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="1">
+        <f>A178+1</f>
+        <v/>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F179" s="6" t="n">
+        <v>2597</v>
+      </c>
+      <c r="G179" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H179" s="11" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J179" s="6" t="n">
+        <v>6.81</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="1">
+        <f>A179+1</f>
+        <v/>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>INE756I07EN4</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="n">
+        <v>250</v>
+      </c>
+      <c r="F180" s="6" t="n">
+        <v>2584.94</v>
+      </c>
+      <c r="G180" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H180" s="11" t="n">
+        <v>46217</v>
+      </c>
+      <c r="J180" s="6" t="n">
+        <v>6.97</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="1">
+        <f>A180+1</f>
+        <v/>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t>INE752E08767</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F181" s="6" t="n">
+        <v>2529.51</v>
+      </c>
+      <c r="G181" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H181" s="11" t="n">
+        <v>49242</v>
+      </c>
+      <c r="J181" s="6" t="n">
+        <v>7.005</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="1">
+        <f>A181+1</f>
+        <v/>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F182" s="6" t="n">
+        <v>2527.18</v>
+      </c>
+      <c r="G182" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H182" s="11" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J182" s="6" t="n">
+        <v>7.25</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="1">
+        <f>A182+1</f>
+        <v/>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JS2</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F183" s="6" t="n">
+        <v>2508.53</v>
+      </c>
+      <c r="G183" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H183" s="11" t="n">
+        <v>47079</v>
+      </c>
+      <c r="J183" s="6" t="n">
+        <v>7.82</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="1">
+        <f>A183+1</f>
+        <v/>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited^</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>INE494B04019</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="n">
+        <v>72800</v>
+      </c>
+      <c r="F184" s="6" t="n">
+        <v>7.38</v>
+      </c>
+      <c r="G184" s="67" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H184" s="11" t="n"/>
+      <c r="J184" s="6" t="n"/>
+    </row>
+    <row r="185">
+      <c r="A185" s="8" t="n"/>
+      <c r="B185" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C185" s="8" t="n"/>
+      <c r="D185" s="8" t="n"/>
+      <c r="E185" s="8" t="n"/>
+      <c r="F185" s="9">
+        <f>SUM(F172:F184)</f>
+        <v/>
+      </c>
+      <c r="G185" s="10" t="n">
+        <v>0.0987</v>
+      </c>
+      <c r="H185" s="68" t="n"/>
+    </row>
+    <row r="186">
+      <c r="G186" s="70" t="n"/>
+    </row>
+    <row r="187">
+      <c r="B187" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="1" t="n">
+        <v>162</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="n">
+        <v>22000000</v>
+      </c>
+      <c r="F188" s="6" t="n">
+        <v>23024.86</v>
+      </c>
+      <c r="G188" s="7" t="n">
+        <v>0.0585</v>
+      </c>
+      <c r="H188" s="11" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J188" s="6" t="n">
+        <v>6.2439</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="1" t="n">
+        <v>163</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="n">
+        <v>6500000</v>
+      </c>
+      <c r="F189" s="6" t="n">
+        <v>6885.48</v>
+      </c>
+      <c r="G189" s="7" t="n">
+        <v>0.0175</v>
+      </c>
+      <c r="H189" s="11" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J189" s="6" t="n">
+        <v>5.585</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="1" t="n">
+        <v>164</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F190" s="6" t="n">
+        <v>5979.8</v>
+      </c>
+      <c r="G190" s="7" t="n">
+        <v>0.0152</v>
+      </c>
+      <c r="H190" s="11" t="n">
+        <v>56466</v>
+      </c>
+      <c r="J190" s="6" t="n">
+        <v>7.3084</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="1" t="n">
+        <v>165</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F191" s="6" t="n">
+        <v>4948.28</v>
+      </c>
+      <c r="G191" s="7" t="n">
+        <v>0.0126</v>
+      </c>
+      <c r="H191" s="11" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J191" s="6" t="n">
+        <v>6.5436</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="1" t="n">
+        <v>166</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>5.74% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>IN0020210186</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F192" s="6" t="n">
+        <v>2511.08</v>
+      </c>
+      <c r="G192" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H192" s="11" t="n">
+        <v>46341</v>
+      </c>
+      <c r="J192" s="6" t="n">
+        <v>5.5318</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="1" t="n">
+        <v>167</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>7.34% GOI 2064</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240035</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F193" s="6" t="n">
+        <v>2497.52</v>
+      </c>
+      <c r="G193" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H193" s="11" t="n">
+        <v>60014</v>
+      </c>
+      <c r="J193" s="6" t="n">
+        <v>7.4097</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="1" t="n">
+        <v>168</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C194" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F194" s="6" t="n">
+        <v>2121.11</v>
+      </c>
+      <c r="G194" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H194" s="11" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J194" s="6" t="n">
+        <v>6.3948</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="1" t="n">
+        <v>169</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>7.37% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C195" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230101</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F195" s="6" t="n">
+        <v>2097.11</v>
+      </c>
+      <c r="G195" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H195" s="11" t="n">
+        <v>47049</v>
+      </c>
+      <c r="J195" s="6" t="n">
+        <v>5.8157</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="1" t="n">
+        <v>170</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C196" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240019</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F196" s="6" t="n">
+        <v>1044.45</v>
+      </c>
+      <c r="G196" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H196" s="11" t="n">
+        <v>49042</v>
+      </c>
+      <c r="J196" s="6" t="n">
+        <v>6.5629</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="1" t="n">
+        <v>171</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>7.18% GOI 2033</t>
+        </is>
+      </c>
+      <c r="C197" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230085</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F197" s="6" t="n">
+        <v>529.8099999999999</v>
+      </c>
+      <c r="G197" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H197" s="11" t="n">
+        <v>48805</v>
+      </c>
+      <c r="J197" s="6" t="n">
+        <v>6.5371</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="1" t="n">
+        <v>172</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F198" s="6" t="n">
+        <v>522.05</v>
+      </c>
+      <c r="G198" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H198" s="11" t="n">
+        <v>47226</v>
+      </c>
+      <c r="J198" s="6" t="n">
+        <v>5.9189</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="8" t="n"/>
+      <c r="B199" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C199" s="8" t="n"/>
+      <c r="D199" s="8" t="n"/>
+      <c r="E199" s="8" t="n"/>
+      <c r="F199" s="9" t="n">
+        <v>52161.55</v>
+      </c>
+      <c r="G199" s="10" t="n">
+        <v>0.1325</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="B201" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="B202" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="1" t="n">
+        <v>173</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C203" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HP9</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L22" s="8" t="n">
-[...488 lines deleted...]
-      <c r="K35" s="2" t="inlineStr">
+      <c r="E203" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F203" s="6" t="n">
+        <v>2420.08</v>
+      </c>
+      <c r="G203" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H203" s="11" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J203" s="6" t="n">
+        <v>6.245</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="1" t="n">
+        <v>174</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C204" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
         <is>
           <t>ICRA A1+</t>
         </is>
       </c>
-      <c r="L35" s="8" t="n">
+      <c r="E204" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F204" s="6" t="n">
+        <v>2415.22</v>
+      </c>
+      <c r="G204" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="H204" s="11" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J204" s="6" t="n">
+        <v>6.22</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="8" t="n"/>
+      <c r="B205" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C205" s="8" t="n"/>
+      <c r="D205" s="8" t="n"/>
+      <c r="E205" s="8" t="n"/>
+      <c r="F205" s="9" t="n">
+        <v>4835.3</v>
+      </c>
+      <c r="G205" s="10" t="n">
+        <v>0.0122</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="B207" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="B208" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="1" t="n">
+        <v>175</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C209" s="1" t="inlineStr">
+        <is>
+          <t>INE296A14C22</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F209" s="6" t="n">
+        <v>2496.63</v>
+      </c>
+      <c r="G209" s="7" t="n">
         <v>0.0063</v>
       </c>
-    </row>
-[...101 lines deleted...]
-      <c r="G38" s="8" t="n">
+      <c r="H209" s="11" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J209" s="6" t="n">
+        <v>6.1586</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="8" t="n"/>
+      <c r="B210" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C210" s="8" t="n"/>
+      <c r="D210" s="8" t="n"/>
+      <c r="E210" s="8" t="n"/>
+      <c r="F210" s="9" t="n">
+        <v>2496.63</v>
+      </c>
+      <c r="G210" s="10" t="n">
         <v>0.0063</v>
       </c>
-      <c r="J38" s="7" t="n"/>
-[...1592 lines deleted...]
-      <c r="G88" s="8" t="inlineStr">
+    </row>
+    <row r="212">
+      <c r="A212" s="1" t="n">
+        <v>176</v>
+      </c>
+      <c r="B212" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F212" s="6" t="n">
+        <v>6426.74</v>
+      </c>
+      <c r="G212" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="H212" s="11" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="8" t="n"/>
+      <c r="B213" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C213" s="8" t="n"/>
+      <c r="D213" s="8" t="n"/>
+      <c r="E213" s="8" t="n"/>
+      <c r="F213" s="9" t="n">
+        <v>6426.74</v>
+      </c>
+      <c r="G213" s="10" t="n">
+        <v>0.0163</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="B215" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="n"/>
+      <c r="F216" s="6" t="n">
+        <v>3632</v>
+      </c>
+      <c r="G216" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J216" s="6" t="n"/>
+    </row>
+    <row r="217">
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="n"/>
+      <c r="F217" s="6" t="n">
+        <v>-25.58</v>
+      </c>
+      <c r="G217" s="67" t="inlineStr">
         <is>
           <t>*</t>
         </is>
       </c>
-      <c r="J88" s="7" t="n"/>
-[...67 lines deleted...]
-      <c r="B91" s="9" t="inlineStr">
+      <c r="J217" s="6" t="n"/>
+    </row>
+    <row r="218">
+      <c r="A218" s="8" t="n"/>
+      <c r="B218" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C91" s="9" t="n"/>
-[...1949 lines deleted...]
-      <c r="H167" s="12" t="n">
+      <c r="C218" s="8" t="n"/>
+      <c r="D218" s="8" t="n"/>
+      <c r="E218" s="8" t="n"/>
+      <c r="F218" s="9" t="n">
+        <v>3606.42</v>
+      </c>
+      <c r="G218" s="10" t="n">
+        <v>0.0092</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="4" t="n"/>
+      <c r="B220" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C220" s="4" t="n"/>
+      <c r="D220" s="4" t="n"/>
+      <c r="E220" s="4" t="n"/>
+      <c r="F220" s="12" t="n">
+        <v>393610.89</v>
+      </c>
+      <c r="G220" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+      <c r="F222" s="68" t="n"/>
+    </row>
+    <row r="223">
+      <c r="A223" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="J167" s="7" t="n"/>
-[...1183 lines deleted...]
-      <c r="B223" s="2" t="inlineStr">
+      <c r="B223" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="224">
-      <c r="A224" s="93" t="n">
+      <c r="A224" s="14" t="n">
         <v>3</v>
       </c>
-      <c r="B224" s="93" t="inlineStr">
+      <c r="B224" s="14" t="inlineStr">
         <is>
           <t>* Less than 0.01%</t>
         </is>
       </c>
     </row>
     <row r="225">
-      <c r="A225" s="16" t="n">
+      <c r="A225" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B225" s="16" t="inlineStr">
+      <c r="B225" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="226" ht="27" customHeight="1" s="77">
-      <c r="A226" s="16" t="n">
+    <row r="226" ht="100.5" customHeight="1" s="49">
+      <c r="A226" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B226" s="16" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B227" s="90" t="inlineStr">
+      <c r="B226" s="54" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="230" ht="14.5" customHeight="1" s="77">
-      <c r="B230" s="1" t="inlineStr">
+    <row r="229" ht="14.5" customHeight="1" s="49">
+      <c r="B229" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="244" ht="14.5" customHeight="1" s="77">
-      <c r="B244" s="1" t="inlineStr">
+    <row r="243" ht="14.5" customHeight="1" s="49">
+      <c r="B243" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Equity Savings Index</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B227:F227"/>
+    <mergeCell ref="B226:D226"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>