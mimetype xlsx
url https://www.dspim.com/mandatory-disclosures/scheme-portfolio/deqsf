--- v2 (2025-12-24)
+++ v3 (2026-01-13)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="ESF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -103,93 +108,102 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
+      <b val="1"/>
+      <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...1 lines deleted...]
-      <b val="1"/>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -274,208 +288,198 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="71">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -527,94 +531,94 @@
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>230</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
+      <colOff>2374900</colOff>
       <row>239</row>
-      <rowOff>34925</rowOff>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="39687500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>244</row>
+      <row>242</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34926</rowOff>
+      <colOff>2374900</colOff>
+      <row>251</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="42100500"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
@@ -873,6260 +877,6275 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L243"/>
+  <dimension ref="A1:L241"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="54.7265625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="18" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="14.81640625" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14.453125" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP Equity Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
+      <c r="E8" s="10" t="n">
         <v>2244846</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>22619.07</v>
-[...2 lines deleted...]
-        <v>0.0575</v>
+        <v>22250.91</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.057</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
+      <c r="E9" s="10" t="n">
         <v>1434280</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>18354.48</v>
-[...1 lines deleted...]
-      <c r="G9" s="7" t="n">
+        <v>18206.75</v>
+      </c>
+      <c r="G9" s="66" t="n">
         <v>0.0466</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.2243</v>
+      <c r="L9" s="66" t="n">
+        <v>0.2144</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="10" t="n">
+        <v>1251944</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>12296.59</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.0315</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="66" t="n">
+        <v>0.135</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
         <is>
           <t>ITC Limited</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE154A01025</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Diversified FMCG</t>
         </is>
       </c>
-      <c r="E10" s="5" t="n">
+      <c r="E11" s="10" t="n">
         <v>3047585</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="F11" s="6" t="n">
+        <v>12281.77</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.0315</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="66" t="n">
+        <v>0.0881</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E12" s="10" t="n">
+        <v>769500</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>12084.23</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0309</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L12" s="66" t="n">
+        <v>0.0529</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="10" t="n">
+        <v>843671</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>11329.66</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.029</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L13" s="66" t="n">
+        <v>0.0507</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>301727</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>11191.66</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0287</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L14" s="66" t="n">
+        <v>0.0491</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>316575</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>10150.03</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.026</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L15" s="66" t="n">
+        <v>0.0377</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E16" s="10" t="n">
+        <v>526651</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>8507.52</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.0218</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L16" s="66" t="n">
+        <v>0.032</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>819540</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>8087.22</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0207</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L17" s="66" t="n">
+        <v>0.0315</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E18" s="10" t="n">
+        <v>344535</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>7716.55</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.0198</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L18" s="66" t="n">
+        <v>0.0273</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>344862</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>7590.76</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.0194</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L19" s="66" t="n">
+        <v>0.0262</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E20" s="10" t="n">
+        <v>358625</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>7551.21</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.0193</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L20" s="66" t="n">
+        <v>0.0238</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E21" s="10" t="n">
+        <v>2210025</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>7283.14</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.0187</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L21" s="66" t="n">
+        <v>0.0198</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E22" s="10" t="n">
+        <v>1731036</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>7248.71</v>
+      </c>
+      <c r="G22" s="66" t="n">
+        <v>0.0186</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L22" s="66" t="n">
+        <v>0.0191</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E23" s="10" t="n">
+        <v>451989</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>6830.91</v>
+      </c>
+      <c r="G23" s="66" t="n">
+        <v>0.0175</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L23" s="66" t="n">
+        <v>0.0187</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE669E01016</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E24" s="10" t="n">
+        <v>54321000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>5844.94</v>
+      </c>
+      <c r="G24" s="66" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L24" s="66" t="n">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E25" s="10" t="n">
+        <v>906200</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>5477.07</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L25" s="66" t="n">
+        <v>0.014</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E26" s="10" t="n">
+        <v>297850</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>5122.13</v>
+      </c>
+      <c r="G26" s="66" t="n">
+        <v>0.0131</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L26" s="66" t="n">
+        <v>0.0116</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>110950</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>4530.64</v>
+      </c>
+      <c r="G27" s="66" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L27" s="66" t="n">
+        <v>0.0113</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>1571806</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>4465.5</v>
+      </c>
+      <c r="G28" s="66" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L28" s="66" t="n">
+        <v>0.0105</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E29" s="10" t="n">
+        <v>3687922</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>4423.29</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L29" s="66" t="n">
+        <v>0.0101</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E30" s="10" t="n">
+        <v>2718433</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>4027.9</v>
+      </c>
+      <c r="G30" s="66" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L30" s="66" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE476A01022</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E31" s="10" t="n">
+        <v>2457000</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>3806.14</v>
+      </c>
+      <c r="G31" s="66" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L31" s="66" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E32" s="10" t="n">
+        <v>179126</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>3645.03</v>
+      </c>
+      <c r="G32" s="66" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L32" s="66" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E33" s="10" t="n">
+        <v>1231425</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>3643.79</v>
+      </c>
+      <c r="G33" s="66" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L33" s="66" t="n">
+        <v>0.0069</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E34" s="10" t="n">
+        <v>1415291</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>3402.08</v>
+      </c>
+      <c r="G34" s="66" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L34" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E35" s="10" t="n">
+        <v>81200</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>3289.82</v>
+      </c>
+      <c r="G35" s="66" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L35" s="66" t="n">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E36" s="10" t="n">
+        <v>369600</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>3277.24</v>
+      </c>
+      <c r="G36" s="66" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L36" s="66" t="n">
+        <v>0.0047</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E37" s="10" t="n">
+        <v>483669</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>3148.69</v>
+      </c>
+      <c r="G37" s="66" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L37" s="66" t="n">
+        <v>0.0041</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>1645352</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>2832.64</v>
+      </c>
+      <c r="G38" s="66" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L38" s="66" t="n">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E39" s="10" t="n">
+        <v>219852</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>2514.67</v>
+      </c>
+      <c r="G39" s="66" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L39" s="66" t="n">
+        <v>0.0039</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E40" s="10" t="n">
+        <v>54750</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>2402.81</v>
+      </c>
+      <c r="G40" s="66" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L40" s="66" t="n">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E41" s="10" t="n">
+        <v>31400</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2296.12</v>
+      </c>
+      <c r="G41" s="66" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="2" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="L41" s="66" t="n">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Cohance Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE03QK01018</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E42" s="10" t="n">
+        <v>424952</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2246.3</v>
+      </c>
+      <c r="G42" s="66" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L42" s="66" t="n">
+        <v>0.0013</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E43" s="10" t="n">
+        <v>143730</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2039.38</v>
+      </c>
+      <c r="G43" s="66" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L43" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E44" s="10" t="n">
+        <v>1640000</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2026.71</v>
+      </c>
+      <c r="G44" s="66" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="2" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="L44" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E45" s="10" t="n">
+        <v>1368000</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>1994.82</v>
+      </c>
+      <c r="G45" s="66" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L45" s="66" t="n">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E46" s="10" t="n">
+        <v>100174</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>1965.51</v>
+      </c>
+      <c r="G46" s="66" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L46" s="66" t="n">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E47" s="10" t="n">
+        <v>258905</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>1821.27</v>
+      </c>
+      <c r="G47" s="66" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L47" s="66" t="n">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E48" s="10" t="n">
+        <v>416100</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>1662.74</v>
+      </c>
+      <c r="G48" s="66" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+      <c r="K48" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L48" s="66" t="n">
+        <v>-0.4031</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E49" s="10" t="n">
+        <v>142448</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>1592.28</v>
+      </c>
+      <c r="G49" s="66" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+      <c r="K49" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L49" s="66" t="n">
+        <v>0.0276</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E50" s="10" t="n">
+        <v>283500</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>1577.25</v>
+      </c>
+      <c r="G50" s="66" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E51" s="10" t="n">
+        <v>1836000</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>1527</v>
+      </c>
+      <c r="G51" s="66" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E52" s="10" t="n">
+        <v>361050</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>1370.55</v>
+      </c>
+      <c r="G52" s="66" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Emcure Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE168P01015</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E53" s="10" t="n">
+        <v>87658</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>1196.09</v>
+      </c>
+      <c r="G53" s="66" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E54" s="10" t="n">
+        <v>316162</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>1123.64</v>
+      </c>
+      <c r="G54" s="66" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E55" s="10" t="n">
+        <v>64291</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>1043.64</v>
+      </c>
+      <c r="G55" s="66" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E56" s="10" t="n">
+        <v>102300</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>865.61</v>
+      </c>
+      <c r="G56" s="66" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>GMR Airports Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE776C01039</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E57" s="10" t="n">
+        <v>823050</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>859.02</v>
+      </c>
+      <c r="G57" s="66" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>DLF Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE271C01023</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E58" s="10" t="n">
+        <v>124575</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>856.33</v>
+      </c>
+      <c r="G58" s="66" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>La Opala RG Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE059D01020</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E59" s="10" t="n">
+        <v>395461</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>798.63</v>
+      </c>
+      <c r="G59" s="66" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E60" s="10" t="n">
+        <v>18200</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>677</v>
+      </c>
+      <c r="G60" s="66" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Teamlease Services Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE985S01024</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E61" s="10" t="n">
+        <v>41911</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>652.6</v>
+      </c>
+      <c r="G61" s="66" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE795G01014</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E62" s="10" t="n">
+        <v>82500</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>618.63</v>
+      </c>
+      <c r="G62" s="66" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E63" s="10" t="n">
+        <v>230000</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>614.33</v>
+      </c>
+      <c r="G63" s="66" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E64" s="10" t="n">
+        <v>229900</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>608.3200000000001</v>
+      </c>
+      <c r="G64" s="66" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Biocon Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE376G01013</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E65" s="10" t="n">
+        <v>145000</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>571.16</v>
+      </c>
+      <c r="G65" s="66" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E66" s="10" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>501.12</v>
+      </c>
+      <c r="G66" s="66" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E67" s="10" t="n">
+        <v>8250</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>476.11</v>
+      </c>
+      <c r="G67" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E68" s="10" t="n">
+        <v>31825</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>467.76</v>
+      </c>
+      <c r="G68" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>United Spirits Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>INE854D01024</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E69" s="10" t="n">
+        <v>31200</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>450.43</v>
+      </c>
+      <c r="G69" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E70" s="10" t="n">
+        <v>231000</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>415.98</v>
+      </c>
+      <c r="G70" s="66" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E71" s="10" t="n">
+        <v>83025</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>414.34</v>
+      </c>
+      <c r="G71" s="66" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E72" s="10" t="n">
+        <v>10450</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>398.32</v>
+      </c>
+      <c r="G72" s="66" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E73" s="10" t="n">
+        <v>33075</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>385.26</v>
+      </c>
+      <c r="G73" s="66" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E74" s="10" t="n">
+        <v>36300</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>361.62</v>
+      </c>
+      <c r="G74" s="66" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>INE437A01024</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E75" s="10" t="n">
+        <v>4875</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>343.32</v>
+      </c>
+      <c r="G75" s="66" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <t>INE335Y01020</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E76" s="10" t="n">
+        <v>42875</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>293.52</v>
+      </c>
+      <c r="G76" s="66" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="2" t="inlineStr">
+        <is>
+          <t>INE115A01026</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E77" s="10" t="n">
+        <v>50000</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>269.77</v>
+      </c>
+      <c r="G77" s="66" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="2" t="inlineStr">
+        <is>
+          <t>INE674K01013</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E78" s="10" t="n">
+        <v>68200</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>243.95</v>
+      </c>
+      <c r="G78" s="66" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E79" s="10" t="n">
+        <v>2625</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>200</v>
+      </c>
+      <c r="G79" s="66" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E80" s="10" t="n">
+        <v>9000</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>183.59</v>
+      </c>
+      <c r="G80" s="66" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>INE406A01037</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E81" s="10" t="n">
+        <v>14300</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>169.17</v>
+      </c>
+      <c r="G81" s="66" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J81" s="6" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C82" s="2" t="inlineStr">
+        <is>
+          <t>INE010B01027</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E82" s="10" t="n">
+        <v>12600</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>115.21</v>
+      </c>
+      <c r="G82" s="66" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited</t>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <t>INE114A01011</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E83" s="10" t="n">
+        <v>56400</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>82.90000000000001</v>
+      </c>
+      <c r="G83" s="66" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <t>INE663F01032</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E84" s="10" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>80.02</v>
+      </c>
+      <c r="G84" s="66" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E85" s="10" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>74.83</v>
+      </c>
+      <c r="G85" s="66" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <t>INE299U01018</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E86" s="10" t="n">
+        <v>28800</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>72.65000000000001</v>
+      </c>
+      <c r="G86" s="66" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E87" s="10" t="n">
+        <v>16000</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>58.78</v>
+      </c>
+      <c r="G87" s="66" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>INE318A01026</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E88" s="10" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>14.82</v>
+      </c>
+      <c r="G88" s="66" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E89" s="10" t="n">
+        <v>100</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>11.78</v>
+      </c>
+      <c r="G89" s="66" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="11" t="n"/>
+      <c r="B90" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C90" s="11" t="n"/>
+      <c r="D90" s="11" t="n"/>
+      <c r="E90" s="11" t="n"/>
+      <c r="F90" s="12" t="n">
+        <v>275152.18</v>
+      </c>
+      <c r="G90" s="13" t="n">
+        <v>0.7049</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="65" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <t>NIFTY 25000 Put Mar26</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="E93" s="10" t="n">
+        <v>453700</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>469.81</v>
+      </c>
+      <c r="G93" s="66" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="H93" s="14" t="n">
+        <v>46111</v>
+      </c>
+      <c r="J93" s="6" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="11" t="n"/>
+      <c r="B94" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C94" s="11" t="n"/>
+      <c r="D94" s="11" t="n"/>
+      <c r="E94" s="11" t="n"/>
+      <c r="F94" s="12" t="n">
+        <v>469.81</v>
+      </c>
+      <c r="G94" s="13" t="n">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="65" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="B97" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E97" s="10" t="n">
+        <v>-100</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>-11.86</v>
+      </c>
+      <c r="G97" s="66" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H97" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J97" s="6" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E98" s="10" t="n">
+        <v>-1000</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>-14.9</v>
+      </c>
+      <c r="G98" s="66" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H98" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J98" s="6" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E99" s="10" t="n">
+        <v>-1900</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>-28.09</v>
+      </c>
+      <c r="G99" s="66" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H99" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J99" s="6" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="B100" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E100" s="10" t="n">
+        <v>-16000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>-59.16</v>
+      </c>
+      <c r="G100" s="66" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H100" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J100" s="6" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D101" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E101" s="10" t="n">
+        <v>-28800</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>-73.17</v>
+      </c>
+      <c r="G101" s="66" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H101" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J101" s="6" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="B102" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E102" s="10" t="n">
+        <v>-4500</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>-75.09999999999999</v>
+      </c>
+      <c r="G102" s="66" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H102" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J102" s="6" t="n"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E103" s="10" t="n">
+        <v>-6000</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>-80.48999999999999</v>
+      </c>
+      <c r="G103" s="66" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H103" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J103" s="6" t="n"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E104" s="10" t="n">
+        <v>-56400</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>-83.39</v>
+      </c>
+      <c r="G104" s="66" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H104" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J104" s="6" t="n"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E105" s="10" t="n">
+        <v>-12600</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>-115.62</v>
+      </c>
+      <c r="G105" s="66" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H105" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J105" s="6" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="B106" s="2" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E106" s="10" t="n">
+        <v>-14300</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>-170.1</v>
+      </c>
+      <c r="G106" s="66" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H106" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J106" s="6" t="n"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="B107" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E107" s="10" t="n">
+        <v>-9000</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>-184.23</v>
+      </c>
+      <c r="G107" s="66" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H107" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J107" s="6" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="B108" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E108" s="10" t="n">
+        <v>-19500</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>-194.75</v>
+      </c>
+      <c r="G108" s="66" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H108" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J108" s="6" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="B109" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E109" s="10" t="n">
+        <v>-2625</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>-201.28</v>
+      </c>
+      <c r="G109" s="66" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H109" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J109" s="6" t="n"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="B110" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E110" s="10" t="n">
+        <v>-68200</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>-245.52</v>
+      </c>
+      <c r="G110" s="66" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H110" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J110" s="6" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="B111" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E111" s="10" t="n">
+        <v>-50000</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>-270.8</v>
+      </c>
+      <c r="G111" s="66" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H111" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J111" s="6" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E112" s="10" t="n">
+        <v>-42875</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>-295.17</v>
+      </c>
+      <c r="G112" s="66" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H112" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J112" s="6" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="B113" s="2" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E113" s="10" t="n">
+        <v>-112100</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>-320.05</v>
+      </c>
+      <c r="G113" s="66" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H113" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J113" s="6" t="n"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="B114" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E114" s="10" t="n">
+        <v>-4875</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>-345.56</v>
+      </c>
+      <c r="G114" s="66" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H114" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J114" s="6" t="n"/>
+    </row>
+    <row r="115">
+      <c r="A115" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="B115" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Feb26</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E115" s="10" t="n">
+        <v>-119925</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>-359.3</v>
+      </c>
+      <c r="G115" s="66" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H115" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J115" s="6" t="n"/>
+    </row>
+    <row r="116">
+      <c r="A116" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="B116" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D116" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E116" s="10" t="n">
+        <v>-36300</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>-362.56</v>
+      </c>
+      <c r="G116" s="66" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H116" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J116" s="6" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="B117" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D117" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E117" s="10" t="n">
+        <v>-153000</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>-370.38</v>
+      </c>
+      <c r="G117" s="66" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H117" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J117" s="6" t="n"/>
+    </row>
+    <row r="118">
+      <c r="A118" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="B118" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Feb26</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E118" s="10" t="n">
+        <v>-296000</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>-370.44</v>
+      </c>
+      <c r="G118" s="66" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H118" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J118" s="6" t="n"/>
+    </row>
+    <row r="119">
+      <c r="A119" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="B119" s="2" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E119" s="10" t="n">
+        <v>-33075</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>-387.74</v>
+      </c>
+      <c r="G119" s="66" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H119" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J119" s="6" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="2" t="n">
+        <v>107</v>
+      </c>
+      <c r="B120" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E120" s="10" t="n">
+        <v>-10450</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>-400.69</v>
+      </c>
+      <c r="G120" s="66" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H120" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J120" s="6" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="B121" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D121" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E121" s="10" t="n">
+        <v>-83025</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>-416.04</v>
+      </c>
+      <c r="G121" s="66" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H121" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J121" s="6" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="2" t="n">
+        <v>109</v>
+      </c>
+      <c r="B122" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E122" s="10" t="n">
+        <v>-231000</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>-418.25</v>
+      </c>
+      <c r="G122" s="66" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H122" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J122" s="6" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="B123" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E123" s="10" t="n">
+        <v>-29925</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>-445.07</v>
+      </c>
+      <c r="G123" s="66" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H123" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J123" s="6" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="2" t="n">
+        <v>111</v>
+      </c>
+      <c r="B124" s="2" t="inlineStr">
+        <is>
+          <t>United Spirits Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E124" s="10" t="n">
+        <v>-31200</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>-452.09</v>
+      </c>
+      <c r="G124" s="66" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H124" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J124" s="6" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="2" t="n">
+        <v>112</v>
+      </c>
+      <c r="B125" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D125" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E125" s="10" t="n">
+        <v>-8250</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>-477.92</v>
+      </c>
+      <c r="G125" s="66" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H125" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J125" s="6" t="n"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="2" t="n">
+        <v>113</v>
+      </c>
+      <c r="B126" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D126" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E126" s="10" t="n">
+        <v>-4500</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>-503.78</v>
+      </c>
+      <c r="G126" s="66" t="n">
+        <v>-0.0013</v>
+      </c>
+      <c r="H126" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J126" s="6" t="n"/>
+    </row>
+    <row r="127">
+      <c r="A127" s="2" t="n">
+        <v>114</v>
+      </c>
+      <c r="B127" s="2" t="inlineStr">
+        <is>
+          <t>Biocon Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E127" s="10" t="n">
+        <v>-145000</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>-574.05</v>
+      </c>
+      <c r="G127" s="66" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H127" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J127" s="6" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="2" t="n">
+        <v>115</v>
+      </c>
+      <c r="B128" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E128" s="10" t="n">
+        <v>-229900</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>-610.61</v>
+      </c>
+      <c r="G128" s="66" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H128" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J128" s="6" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="2" t="n">
+        <v>116</v>
+      </c>
+      <c r="B129" s="2" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E129" s="10" t="n">
+        <v>-230000</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>-615.02</v>
+      </c>
+      <c r="G129" s="66" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H129" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J129" s="6" t="n"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="2" t="n">
+        <v>117</v>
+      </c>
+      <c r="B130" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E130" s="10" t="n">
+        <v>-82500</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>-622.17</v>
+      </c>
+      <c r="G130" s="66" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H130" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J130" s="6" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="2" t="n">
+        <v>118</v>
+      </c>
+      <c r="B131" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E131" s="10" t="n">
+        <v>-18200</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>-681.08</v>
+      </c>
+      <c r="G131" s="66" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H131" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J131" s="6" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="2" t="n">
+        <v>119</v>
+      </c>
+      <c r="B132" s="2" t="inlineStr">
+        <is>
+          <t>DLF Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D132" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E132" s="10" t="n">
+        <v>-124575</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>-861.8099999999999</v>
+      </c>
+      <c r="G132" s="66" t="n">
+        <v>-0.0022</v>
+      </c>
+      <c r="H132" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J132" s="6" t="n"/>
+    </row>
+    <row r="133">
+      <c r="A133" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="B133" s="2" t="inlineStr">
+        <is>
+          <t>GMR AIRPORTS LIMITED Jan26</t>
+        </is>
+      </c>
+      <c r="D133" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E133" s="10" t="n">
+        <v>-823050</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>-862.8</v>
+      </c>
+      <c r="G133" s="66" t="n">
+        <v>-0.0022</v>
+      </c>
+      <c r="H133" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J133" s="6" t="n"/>
+    </row>
+    <row r="134">
+      <c r="A134" s="2" t="n">
+        <v>121</v>
+      </c>
+      <c r="B134" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E134" s="10" t="n">
+        <v>-48450</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>-1029.95</v>
+      </c>
+      <c r="G134" s="66" t="n">
+        <v>-0.0026</v>
+      </c>
+      <c r="H134" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J134" s="6" t="n"/>
+    </row>
+    <row r="135">
+      <c r="A135" s="2" t="n">
+        <v>122</v>
+      </c>
+      <c r="B135" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E135" s="10" t="n">
+        <v>-361050</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>-1379.39</v>
+      </c>
+      <c r="G135" s="66" t="n">
+        <v>-0.0035</v>
+      </c>
+      <c r="H135" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J135" s="6" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="2" t="n">
+        <v>123</v>
+      </c>
+      <c r="B136" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D136" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E136" s="10" t="n">
+        <v>-1836000</v>
+      </c>
+      <c r="F136" s="6" t="n">
+        <v>-1533.06</v>
+      </c>
+      <c r="G136" s="66" t="n">
+        <v>-0.0039</v>
+      </c>
+      <c r="H136" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J136" s="6" t="n"/>
+    </row>
+    <row r="137">
+      <c r="A137" s="2" t="n">
+        <v>124</v>
+      </c>
+      <c r="B137" s="2" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D137" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E137" s="10" t="n">
+        <v>-283500</v>
+      </c>
+      <c r="F137" s="6" t="n">
+        <v>-1584.76</v>
+      </c>
+      <c r="G137" s="66" t="n">
+        <v>-0.0041</v>
+      </c>
+      <c r="H137" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J137" s="6" t="n"/>
+    </row>
+    <row r="138">
+      <c r="A138" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="B138" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Jan26</t>
+        </is>
+      </c>
+      <c r="D138" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E138" s="10" t="n">
+        <v>-1344000</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>-1672.07</v>
+      </c>
+      <c r="G138" s="66" t="n">
+        <v>-0.0043</v>
+      </c>
+      <c r="H138" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J138" s="6" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="2" t="n">
+        <v>126</v>
+      </c>
+      <c r="B139" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D139" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E139" s="10" t="n">
+        <v>-416100</v>
+      </c>
+      <c r="F139" s="6" t="n">
+        <v>-1673.55</v>
+      </c>
+      <c r="G139" s="66" t="n">
+        <v>-0.0043</v>
+      </c>
+      <c r="H139" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J139" s="6" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="2" t="n">
+        <v>127</v>
+      </c>
+      <c r="B140" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D140" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E140" s="10" t="n">
+        <v>-558000</v>
+      </c>
+      <c r="F140" s="6" t="n">
+        <v>-1850.05</v>
+      </c>
+      <c r="G140" s="66" t="n">
+        <v>-0.0047</v>
+      </c>
+      <c r="H140" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J140" s="6" t="n"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="2" t="n">
+        <v>128</v>
+      </c>
+      <c r="B141" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D141" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E141" s="10" t="n">
+        <v>-127875</v>
+      </c>
+      <c r="F141" s="6" t="n">
+        <v>-1939.1</v>
+      </c>
+      <c r="G141" s="66" t="n">
+        <v>-0.005</v>
+      </c>
+      <c r="H141" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J141" s="6" t="n"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="2" t="n">
+        <v>129</v>
+      </c>
+      <c r="B142" s="2" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D142" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E142" s="10" t="n">
+        <v>-1368000</v>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>-2007.27</v>
+      </c>
+      <c r="G142" s="66" t="n">
+        <v>-0.0051</v>
+      </c>
+      <c r="H142" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J142" s="6" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="B143" s="2" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D143" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E143" s="10" t="n">
+        <v>-31400</v>
+      </c>
+      <c r="F143" s="6" t="n">
+        <v>-2305.07</v>
+      </c>
+      <c r="G143" s="66" t="n">
+        <v>-0.0059</v>
+      </c>
+      <c r="H143" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J143" s="6" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="2" t="n">
+        <v>131</v>
+      </c>
+      <c r="B144" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D144" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E144" s="10" t="n">
+        <v>-54750</v>
+      </c>
+      <c r="F144" s="6" t="n">
+        <v>-2415.41</v>
+      </c>
+      <c r="G144" s="66" t="n">
+        <v>-0.0062</v>
+      </c>
+      <c r="H144" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J144" s="6" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="2" t="n">
+        <v>132</v>
+      </c>
+      <c r="B145" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D145" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E145" s="10" t="n">
+        <v>-132000</v>
+      </c>
+      <c r="F145" s="6" t="n">
+        <v>-2916.14</v>
+      </c>
+      <c r="G145" s="66" t="n">
+        <v>-0.0075</v>
+      </c>
+      <c r="H145" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J145" s="6" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="2" t="n">
+        <v>133</v>
+      </c>
+      <c r="B146" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D146" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E146" s="10" t="n">
+        <v>-369600</v>
+      </c>
+      <c r="F146" s="6" t="n">
+        <v>-3290.18</v>
+      </c>
+      <c r="G146" s="66" t="n">
+        <v>-0.008399999999999999</v>
+      </c>
+      <c r="H146" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J146" s="6" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="2" t="n">
+        <v>134</v>
+      </c>
+      <c r="B147" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D147" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E147" s="10" t="n">
+        <v>-81200</v>
+      </c>
+      <c r="F147" s="6" t="n">
+        <v>-3300.94</v>
+      </c>
+      <c r="G147" s="66" t="n">
+        <v>-0.008500000000000001</v>
+      </c>
+      <c r="H147" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J147" s="6" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="2" t="n">
+        <v>135</v>
+      </c>
+      <c r="B148" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Jan26</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E148" s="10" t="n">
+        <v>-1111500</v>
+      </c>
+      <c r="F148" s="6" t="n">
+        <v>-3310.6</v>
+      </c>
+      <c r="G148" s="66" t="n">
+        <v>-0.008500000000000001</v>
+      </c>
+      <c r="H148" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J148" s="6" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="2" t="n">
+        <v>136</v>
+      </c>
+      <c r="B149" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank Jan26</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E149" s="10" t="n">
+        <v>-2457000</v>
+      </c>
+      <c r="F149" s="6" t="n">
+        <v>-3811.54</v>
+      </c>
+      <c r="G149" s="66" t="n">
+        <v>-0.0098</v>
+      </c>
+      <c r="H149" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J149" s="6" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="2" t="n">
+        <v>137</v>
+      </c>
+      <c r="B150" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E150" s="10" t="n">
+        <v>-119000</v>
+      </c>
+      <c r="F150" s="6" t="n">
+        <v>-4442.75</v>
+      </c>
+      <c r="G150" s="66" t="n">
+        <v>-0.0114</v>
+      </c>
+      <c r="H150" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J150" s="6" t="n"/>
+    </row>
+    <row r="151">
+      <c r="A151" s="2" t="n">
+        <v>138</v>
+      </c>
+      <c r="B151" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E151" s="10" t="n">
+        <v>-110950</v>
+      </c>
+      <c r="F151" s="6" t="n">
+        <v>-4557.27</v>
+      </c>
+      <c r="G151" s="66" t="n">
+        <v>-0.0117</v>
+      </c>
+      <c r="H151" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J151" s="6" t="n"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="2" t="n">
+        <v>139</v>
+      </c>
+      <c r="B152" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D152" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E152" s="10" t="n">
+        <v>-1196800</v>
+      </c>
+      <c r="F152" s="6" t="n">
+        <v>-4851.83</v>
+      </c>
+      <c r="G152" s="66" t="n">
+        <v>-0.0124</v>
+      </c>
+      <c r="H152" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J152" s="6" t="n"/>
+    </row>
+    <row r="153">
+      <c r="A153" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="B153" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D153" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E153" s="10" t="n">
+        <v>-1222300</v>
+      </c>
+      <c r="F153" s="6" t="n">
+        <v>-5148.33</v>
+      </c>
+      <c r="G153" s="66" t="n">
+        <v>-0.0132</v>
+      </c>
+      <c r="H153" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J153" s="6" t="n"/>
+    </row>
+    <row r="154">
+      <c r="A154" s="2" t="n">
+        <v>141</v>
+      </c>
+      <c r="B154" s="2" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D154" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E154" s="10" t="n">
+        <v>-297850</v>
+      </c>
+      <c r="F154" s="6" t="n">
+        <v>-5149.53</v>
+      </c>
+      <c r="G154" s="66" t="n">
+        <v>-0.0132</v>
+      </c>
+      <c r="H154" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J154" s="6" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="2" t="n">
+        <v>142</v>
+      </c>
+      <c r="B155" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D155" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E155" s="10" t="n">
+        <v>-906200</v>
+      </c>
+      <c r="F155" s="6" t="n">
+        <v>-5490.67</v>
+      </c>
+      <c r="G155" s="66" t="n">
+        <v>-0.0141</v>
+      </c>
+      <c r="H155" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J155" s="6" t="n"/>
+    </row>
+    <row r="156">
+      <c r="A156" s="2" t="n">
+        <v>143</v>
+      </c>
+      <c r="B156" s="2" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D156" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E156" s="10" t="n">
+        <v>-54321000</v>
+      </c>
+      <c r="F156" s="6" t="n">
+        <v>-5882.96</v>
+      </c>
+      <c r="G156" s="66" t="n">
+        <v>-0.0151</v>
+      </c>
+      <c r="H156" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J156" s="6" t="n"/>
+    </row>
+    <row r="157">
+      <c r="A157" s="2" t="n">
+        <v>144</v>
+      </c>
+      <c r="B157" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D157" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E157" s="10" t="n">
+        <v>-616500</v>
+      </c>
+      <c r="F157" s="6" t="n">
+        <v>-6122.46</v>
+      </c>
+      <c r="G157" s="66" t="n">
+        <v>-0.0157</v>
+      </c>
+      <c r="H157" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J157" s="6" t="n"/>
+    </row>
+    <row r="158">
+      <c r="A158" s="2" t="n">
+        <v>145</v>
+      </c>
+      <c r="B158" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D158" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E158" s="10" t="n">
+        <v>-310175</v>
+      </c>
+      <c r="F158" s="6" t="n">
+        <v>-6572.3</v>
+      </c>
+      <c r="G158" s="66" t="n">
+        <v>-0.0168</v>
+      </c>
+      <c r="H158" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J158" s="6" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="2" t="n">
+        <v>146</v>
+      </c>
+      <c r="B159" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D159" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E159" s="10" t="n">
+        <v>-344535</v>
+      </c>
+      <c r="F159" s="6" t="n">
+        <v>-7749.63</v>
+      </c>
+      <c r="G159" s="66" t="n">
+        <v>-0.0198</v>
+      </c>
+      <c r="H159" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J159" s="6" t="n"/>
+    </row>
+    <row r="160">
+      <c r="A160" s="2" t="n">
+        <v>147</v>
+      </c>
+      <c r="B160" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India Jan26</t>
+        </is>
+      </c>
+      <c r="D160" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E160" s="10" t="n">
+        <v>-814500</v>
+      </c>
+      <c r="F160" s="6" t="n">
+        <v>-8033.82</v>
+      </c>
+      <c r="G160" s="66" t="n">
+        <v>-0.0206</v>
+      </c>
+      <c r="H160" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J160" s="6" t="n"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="2" t="n">
+        <v>148</v>
+      </c>
+      <c r="B161" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D161" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E161" s="10" t="n">
+        <v>-316575</v>
+      </c>
+      <c r="F161" s="6" t="n">
+        <v>-10195.3</v>
+      </c>
+      <c r="G161" s="66" t="n">
+        <v>-0.0261</v>
+      </c>
+      <c r="H161" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J161" s="6" t="n"/>
+    </row>
+    <row r="162">
+      <c r="A162" s="2" t="n">
+        <v>149</v>
+      </c>
+      <c r="B162" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D162" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E162" s="10" t="n">
+        <v>-846250</v>
+      </c>
+      <c r="F162" s="6" t="n">
+        <v>-10782.92</v>
+      </c>
+      <c r="G162" s="66" t="n">
+        <v>-0.0276</v>
+      </c>
+      <c r="H162" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J162" s="6" t="n"/>
+    </row>
+    <row r="163">
+      <c r="A163" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="B163" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D163" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E163" s="10" t="n">
+        <v>-1170400</v>
+      </c>
+      <c r="F163" s="6" t="n">
+        <v>-11673.57</v>
+      </c>
+      <c r="G163" s="66" t="n">
+        <v>-0.0299</v>
+      </c>
+      <c r="H163" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J163" s="6" t="n"/>
+    </row>
+    <row r="164">
+      <c r="A164" s="2" t="n">
+        <v>151</v>
+      </c>
+      <c r="B164" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D164" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E164" s="10" t="n">
+        <v>-769500</v>
+      </c>
+      <c r="F164" s="6" t="n">
+        <v>-12142.71</v>
+      </c>
+      <c r="G164" s="66" t="n">
+        <v>-0.0311</v>
+      </c>
+      <c r="H164" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J164" s="6" t="n"/>
+    </row>
+    <row r="165">
+      <c r="A165" s="11" t="n"/>
+      <c r="B165" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C165" s="11" t="n"/>
+      <c r="D165" s="11" t="n"/>
+      <c r="E165" s="11" t="n"/>
+      <c r="F165" s="12" t="n">
+        <v>-157376.17</v>
+      </c>
+      <c r="G165" s="13" t="n">
+        <v>-0.4031</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="B167" s="65" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="B168" s="65" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="2" t="n">
+        <v>152</v>
+      </c>
+      <c r="B169" s="2" t="inlineStr">
+        <is>
+          <t>Brookfield India Real Estate</t>
+        </is>
+      </c>
+      <c r="C169" s="2" t="inlineStr">
+        <is>
+          <t>INE0FDU25010</t>
+        </is>
+      </c>
+      <c r="D169" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E169" s="10" t="n">
+        <v>1994136</v>
+      </c>
+      <c r="F169" s="6" t="n">
+        <v>6612.55</v>
+      </c>
+      <c r="G169" s="66" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="H169" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="J169" s="6" t="n"/>
+    </row>
+    <row r="170">
+      <c r="A170" s="2" t="n">
+        <v>153</v>
+      </c>
+      <c r="B170" s="2" t="inlineStr">
+        <is>
+          <t>Indus Infra Trust</t>
+        </is>
+      </c>
+      <c r="C170" s="2" t="inlineStr">
+        <is>
+          <t>INE0NHL23019</t>
+        </is>
+      </c>
+      <c r="D170" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E170" s="10" t="n">
+        <v>2235161</v>
+      </c>
+      <c r="F170" s="6" t="n">
+        <v>2609.77</v>
+      </c>
+      <c r="G170" s="66" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H170" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="J170" s="6" t="n"/>
+    </row>
+    <row r="171">
+      <c r="A171" s="11" t="n"/>
+      <c r="B171" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C171" s="11" t="n"/>
+      <c r="D171" s="11" t="n"/>
+      <c r="E171" s="11" t="n"/>
+      <c r="F171" s="12" t="n">
+        <v>9222.32</v>
+      </c>
+      <c r="G171" s="13" t="n">
+        <v>0.0236</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="B173" s="65" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="B174" s="65" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's/ Non Convertible Cumulative Redeemable Preference Shares</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="B175" s="65" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="2" t="n">
+        <v>154</v>
+      </c>
+      <c r="B176" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C176" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08NP7</t>
+        </is>
+      </c>
+      <c r="D176" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E176" s="10" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F176" s="6" t="n">
+        <v>5359.93</v>
+      </c>
+      <c r="G176" s="66" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H176" s="14" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J176" s="6" t="n">
+        <v>6.885</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="2" t="n">
+        <v>155</v>
+      </c>
+      <c r="B177" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C177" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D177" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E177" s="10" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F177" s="6" t="n">
+        <v>5152.49</v>
+      </c>
+      <c r="G177" s="66" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="H177" s="14" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J177" s="6" t="n">
+        <v>7.26</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="2" t="n">
+        <v>156</v>
+      </c>
+      <c r="B178" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C178" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D178" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E178" s="10" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F178" s="6" t="n">
+        <v>5009.07</v>
+      </c>
+      <c r="G178" s="66" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="H178" s="14" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J178" s="6" t="n">
+        <v>7.51</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="2" t="n">
+        <v>157</v>
+      </c>
+      <c r="B179" s="2" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C179" s="2" t="inlineStr">
+        <is>
+          <t>INE557F08GD6</t>
+        </is>
+      </c>
+      <c r="D179" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E179" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F179" s="6" t="n">
+        <v>2687.57</v>
+      </c>
+      <c r="G179" s="66" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H179" s="14" t="n">
+        <v>48215</v>
+      </c>
+      <c r="J179" s="6" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="2" t="n">
+        <v>158</v>
+      </c>
+      <c r="B180" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C180" s="2" t="inlineStr">
+        <is>
+          <t>INE040A08955</t>
+        </is>
+      </c>
+      <c r="D180" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E180" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F180" s="6" t="n">
+        <v>2655.57</v>
+      </c>
+      <c r="G180" s="66" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H180" s="14" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J180" s="6" t="n">
+        <v>7.0233</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="2" t="n">
+        <v>159</v>
+      </c>
+      <c r="B181" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C181" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08MO2</t>
+        </is>
+      </c>
+      <c r="D181" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E181" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F181" s="6" t="n">
+        <v>2617.56</v>
+      </c>
+      <c r="G181" s="66" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H181" s="14" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J181" s="6" t="n">
+        <v>6.5949</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="B182" s="2" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C182" s="2" t="inlineStr">
+        <is>
+          <t>INE756I07EN4</t>
+        </is>
+      </c>
+      <c r="D182" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E182" s="10" t="n">
+        <v>250</v>
+      </c>
+      <c r="F182" s="6" t="n">
+        <v>2599.29</v>
+      </c>
+      <c r="G182" s="66" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H182" s="14" t="n">
+        <v>46217</v>
+      </c>
+      <c r="J182" s="6" t="n">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="2" t="n">
+        <v>161</v>
+      </c>
+      <c r="B183" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C183" s="2" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D183" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E183" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F183" s="6" t="n">
+        <v>2598.07</v>
+      </c>
+      <c r="G183" s="66" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H183" s="14" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J183" s="6" t="n">
+        <v>6.9587</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="2" t="n">
+        <v>162</v>
+      </c>
+      <c r="B184" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C184" s="2" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D184" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E184" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F184" s="6" t="n">
+        <v>2589.41</v>
+      </c>
+      <c r="G184" s="66" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H184" s="14" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I184" s="2" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J184" s="6" t="n">
+        <v>7.275</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="2" t="n">
+        <v>163</v>
+      </c>
+      <c r="B185" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C185" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D185" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E185" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F185" s="6" t="n">
+        <v>2532.51</v>
+      </c>
+      <c r="G185" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H185" s="14" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J185" s="6" t="n">
+        <v>7.4899</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="2" t="n">
+        <v>164</v>
+      </c>
+      <c r="B186" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C186" s="2" t="inlineStr">
+        <is>
+          <t>INE752E08767</t>
+        </is>
+      </c>
+      <c r="D186" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E186" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F186" s="6" t="n">
+        <v>2527.27</v>
+      </c>
+      <c r="G186" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H186" s="14" t="n">
+        <v>49242</v>
+      </c>
+      <c r="J186" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="2" t="n">
+        <v>165</v>
+      </c>
+      <c r="B187" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C187" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07JS2</t>
+        </is>
+      </c>
+      <c r="D187" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E187" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F187" s="6" t="n">
+        <v>2527.13</v>
+      </c>
+      <c r="G187" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H187" s="14" t="n">
+        <v>47079</v>
+      </c>
+      <c r="J187" s="6" t="n">
+        <v>7.78</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="2" t="n">
+        <v>166</v>
+      </c>
+      <c r="B188" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C188" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08298</t>
+        </is>
+      </c>
+      <c r="D188" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E188" s="10" t="n">
+        <v>750</v>
+      </c>
+      <c r="F188" s="6" t="n">
+        <v>751.17</v>
+      </c>
+      <c r="G188" s="66" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="H188" s="14" t="n">
+        <v>47150</v>
+      </c>
+      <c r="J188" s="6" t="n">
+        <v>7.5838</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="2" t="n">
+        <v>167</v>
+      </c>
+      <c r="B189" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited**</t>
+        </is>
+      </c>
+      <c r="C189" s="2" t="inlineStr">
+        <is>
+          <t>INE494B04019</t>
+        </is>
+      </c>
+      <c r="D189" s="2" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="E189" s="10" t="n">
+        <v>72800</v>
+      </c>
+      <c r="F189" s="6" t="n">
+        <v>7.42</v>
+      </c>
+      <c r="G189" s="66" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H189" s="14" t="n">
+        <v>2</v>
+      </c>
+      <c r="J189" s="6" t="n"/>
+    </row>
+    <row r="190">
+      <c r="A190" s="11" t="n"/>
+      <c r="B190" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C190" s="11" t="n"/>
+      <c r="D190" s="11" t="n"/>
+      <c r="E190" s="11" t="n"/>
+      <c r="F190" s="12" t="n">
+        <v>39614.46</v>
+      </c>
+      <c r="G190" s="13" t="n">
+        <v>0.1015</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="B192" s="65" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="2" t="n">
+        <v>168</v>
+      </c>
+      <c r="B193" s="2" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C193" s="2" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D193" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-[...4 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="E193" s="10" t="n">
+        <v>22000000</v>
+      </c>
+      <c r="F193" s="6" t="n">
+        <v>23128.34</v>
+      </c>
+      <c r="G193" s="66" t="n">
+        <v>0.0592</v>
+      </c>
+      <c r="H193" s="14" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J193" s="6" t="n">
+        <v>6.1534</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="2" t="n">
+        <v>169</v>
+      </c>
+      <c r="B194" s="2" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C194" s="2" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D194" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E194" s="10" t="n">
+        <v>6500000</v>
+      </c>
+      <c r="F194" s="6" t="n">
+        <v>6669.08</v>
+      </c>
+      <c r="G194" s="66" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="H194" s="14" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J194" s="6" t="n">
+        <v>5.6701</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="B195" s="2" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C195" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D195" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E195" s="10" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F195" s="6" t="n">
+        <v>6038.71</v>
+      </c>
+      <c r="G195" s="66" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="H195" s="14" t="n">
+        <v>56466</v>
+      </c>
+      <c r="J195" s="6" t="n">
+        <v>7.2756</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="2" t="n">
+        <v>171</v>
+      </c>
+      <c r="B196" s="2" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C196" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D196" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E196" s="10" t="n">
+        <v>3000000</v>
+      </c>
+      <c r="F196" s="6" t="n">
+        <v>2972.98</v>
+      </c>
+      <c r="G196" s="66" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H196" s="14" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J196" s="6" t="n">
+        <v>6.602</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="2" t="n">
+        <v>172</v>
+      </c>
+      <c r="B197" s="2" t="inlineStr">
+        <is>
+          <t>6.01% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C197" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250067</t>
+        </is>
+      </c>
+      <c r="D197" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E197" s="10" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F197" s="6" t="n">
+        <v>2536.45</v>
+      </c>
+      <c r="G197" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H197" s="14" t="n">
+        <v>47685</v>
+      </c>
+      <c r="J197" s="6" t="n">
+        <v>6.3194</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="2" t="n">
+        <v>173</v>
+      </c>
+      <c r="B198" s="2" t="inlineStr">
+        <is>
+          <t>7.34% GOI 2064</t>
+        </is>
+      </c>
+      <c r="C198" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240035</t>
+        </is>
+      </c>
+      <c r="D198" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E198" s="10" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F198" s="6" t="n">
+        <v>2527.65</v>
+      </c>
+      <c r="G198" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H198" s="14" t="n">
+        <v>60014</v>
+      </c>
+      <c r="J198" s="6" t="n">
+        <v>7.3624</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="2" t="n">
+        <v>174</v>
+      </c>
+      <c r="B199" s="2" t="inlineStr">
+        <is>
+          <t>5.74% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C199" s="2" t="inlineStr">
+        <is>
+          <t>IN0020210186</t>
+        </is>
+      </c>
+      <c r="D199" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E199" s="10" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F199" s="6" t="n">
+        <v>2521.29</v>
+      </c>
+      <c r="G199" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H199" s="14" t="n">
+        <v>46341</v>
+      </c>
+      <c r="J199" s="6" t="n">
+        <v>5.5906</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="2" t="n">
+        <v>175</v>
+      </c>
+      <c r="B200" s="2" t="inlineStr">
+        <is>
+          <t>7.37% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C200" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230101</t>
+        </is>
+      </c>
+      <c r="D200" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E200" s="10" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F200" s="6" t="n">
+        <v>2107.34</v>
+      </c>
+      <c r="G200" s="66" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H200" s="14" t="n">
+        <v>47049</v>
+      </c>
+      <c r="J200" s="6" t="n">
+        <v>5.8122</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="2" t="n">
+        <v>176</v>
+      </c>
+      <c r="B201" s="2" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C201" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D201" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E201" s="10" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F201" s="6" t="n">
+        <v>2054.07</v>
+      </c>
+      <c r="G201" s="66" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H201" s="14" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J201" s="6" t="n">
+        <v>6.4796</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="2" t="n">
+        <v>177</v>
+      </c>
+      <c r="B202" s="2" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C202" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240019</t>
+        </is>
+      </c>
+      <c r="D202" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E202" s="10" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F202" s="6" t="n">
+        <v>1044.99</v>
+      </c>
+      <c r="G202" s="66" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H202" s="14" t="n">
+        <v>49042</v>
+      </c>
+      <c r="J202" s="6" t="n">
+        <v>6.6424</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="2" t="n">
+        <v>178</v>
+      </c>
+      <c r="B203" s="2" t="inlineStr">
+        <is>
+          <t>7.18% GOI 2033</t>
+        </is>
+      </c>
+      <c r="C203" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230085</t>
+        </is>
+      </c>
+      <c r="D203" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E203" s="10" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F203" s="6" t="n">
+        <v>529.54</v>
+      </c>
+      <c r="G203" s="66" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H203" s="14" t="n">
+        <v>48805</v>
+      </c>
+      <c r="J203" s="6" t="n">
+        <v>6.6404</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="2" t="n">
+        <v>179</v>
+      </c>
+      <c r="B204" s="2" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C204" s="2" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D204" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E204" s="10" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F204" s="6" t="n">
+        <v>522.98</v>
+      </c>
+      <c r="G204" s="66" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="H204" s="14" t="n">
+        <v>47226</v>
+      </c>
+      <c r="J204" s="6" t="n">
+        <v>6.0262</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="11" t="n"/>
+      <c r="B205" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C205" s="11" t="n"/>
+      <c r="D205" s="11" t="n"/>
+      <c r="E205" s="11" t="n"/>
+      <c r="F205" s="12" t="n">
+        <v>52653.42</v>
+      </c>
+      <c r="G205" s="13" t="n">
+        <v>0.135</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="B207" s="65" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="B208" s="65" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="B209" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C209" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HP9</t>
+        </is>
+      </c>
+      <c r="D209" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E209" s="10" t="n">
+        <v>500</v>
+      </c>
+      <c r="F209" s="6" t="n">
+        <v>2431.32</v>
+      </c>
+      <c r="G209" s="66" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H209" s="14" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J209" s="6" t="n">
+        <v>6.365</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="11" t="n"/>
+      <c r="B210" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C210" s="11" t="n"/>
+      <c r="D210" s="11" t="n"/>
+      <c r="E210" s="11" t="n"/>
+      <c r="F210" s="12" t="n">
+        <v>2431.32</v>
+      </c>
+      <c r="G210" s="13" t="n">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="2" t="n">
+        <v>181</v>
+      </c>
+      <c r="B212" s="65" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F212" s="6" t="n">
+        <v>5878.61</v>
+      </c>
+      <c r="G212" s="66" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="H212" s="14" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="11" t="n"/>
+      <c r="B213" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C213" s="11" t="n"/>
+      <c r="D213" s="11" t="n"/>
+      <c r="E213" s="11" t="n"/>
+      <c r="F213" s="12" t="n">
+        <v>5878.61</v>
+      </c>
+      <c r="G213" s="13" t="n">
+        <v>0.015</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="B215" s="65" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="B216" s="2" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E216" s="10" t="n"/>
+      <c r="F216" s="6" t="n">
+        <v>5332</v>
+      </c>
+      <c r="G216" s="66" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="J216" s="6" t="n"/>
+    </row>
+    <row r="217">
+      <c r="B217" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E217" s="10" t="n"/>
+      <c r="F217" s="6" t="n">
+        <v>-277.61</v>
+      </c>
+      <c r="G217" s="66" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="J217" s="6" t="n"/>
+    </row>
+    <row r="218">
+      <c r="A218" s="11" t="n"/>
+      <c r="B218" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C218" s="11" t="n"/>
+      <c r="D218" s="11" t="n"/>
+      <c r="E218" s="11" t="n"/>
+      <c r="F218" s="12" t="n">
+        <v>5054.39</v>
+      </c>
+      <c r="G218" s="13" t="n">
+        <v>0.0126</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="5" t="n"/>
+      <c r="B220" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C220" s="5" t="n"/>
+      <c r="D220" s="5" t="n"/>
+      <c r="E220" s="5" t="n"/>
+      <c r="F220" s="8" t="n">
+        <v>390476.51</v>
+      </c>
+      <c r="G220" s="9" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B222" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="57" t="n">
+        <v>2</v>
+      </c>
+      <c r="B223" s="57" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="16" t="n">
+        <v>3</v>
+      </c>
+      <c r="B224" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" ht="27" customHeight="1" s="41">
+      <c r="A225" s="16" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A12" s="1" t="n">
+      <c r="B225" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" ht="63.75" customHeight="1" s="41">
+      <c r="A226" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...5930 lines deleted...]
-      <c r="B229" s="38" t="inlineStr">
+      <c r="B226" s="46" t="inlineStr">
+        <is>
+          <t>This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" ht="14.5" customHeight="1" s="41">
+      <c r="B229" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="243" ht="14.5" customHeight="1" s="49">
-      <c r="B243" s="38" t="inlineStr">
+    <row r="241" ht="14.5" customHeight="1" s="41">
+      <c r="B241" s="54" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Equity Savings Index</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B226:D226"/>
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B226:G226"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>