--- v3 (2026-01-13)
+++ v4 (2026-02-24)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="ESF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>230</row>
+      <row>219</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>239</row>
+      <row>228</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="39687500"/>
+          <a:off x="457200" y="40373300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>242</row>
+      <row>233</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>251</row>
+      <row>242</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="42100500"/>
+          <a:off x="457200" y="42786300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -877,6275 +858,5968 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L241"/>
+  <dimension ref="A1:L232"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="83" zoomScaleNormal="83" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.7265625" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.90625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.6328125" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.36328125" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="28.7265625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.6328125" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Equity Savings Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
-        <v>2244846</v>
+      <c r="E8" s="5" t="n">
+        <v>2764144</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>22250.91</v>
-[...2 lines deleted...]
-        <v>0.057</v>
+        <v>25685.81</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.06660000000000001</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
+      <c r="E9" s="5" t="n">
         <v>1434280</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>18206.75</v>
-[...1 lines deleted...]
-      <c r="G9" s="66" t="n">
+        <v>19655.37</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.051</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.23</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>1366694</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>14721.34</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0382</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1301</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>843671</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>11431.74</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0296</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0825</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>805500</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>11239.95</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0292</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0545</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>305927</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>10498.8</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0272</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0516</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>3226557</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>10394.35</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.027</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
         <v>0.0466</v>
       </c>
-      <c r="J9" s="6" t="n"/>
-      <c r="K9" s="2" t="inlineStr">
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>323575</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>10108.16</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0262</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0364</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>948540</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>8820</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0229</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0301</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>526651</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>8642.34</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0224</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0298</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01036</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-[...4 lines deleted...]
-      <c r="A10" s="2" t="n">
+      <c r="E18" s="5" t="n">
+        <v>2006310</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>8185.74</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0285</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>1782036</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>7917.59</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.027</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>2210025</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>7867.69</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0255</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>358625</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>7060.25</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0204</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>906200</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>6176.21</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.016</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0201</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE669E01016</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>54321000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>6067.66</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0157</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0189</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>451989</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>5984.33</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.016</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>129675</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>5099.21</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0132</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>297850</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>4751.6</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0127</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>114975</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>4573.02</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>1571806</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>4554.31</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>3687922</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>4163.66</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>2718433</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>4005.07</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>1231425</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>3686.89</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>179126</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>3579.83</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>369600</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>3557.77</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>152945</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>2774.58</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>1645352</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>2752.51</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>1702800</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>2633.38</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>545122</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>2580.88</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>54750</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>2529.12</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>33700</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>2400.28</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>219852</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>2296.13</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>841596</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2263.56</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Cohance Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE03QK01018</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>581537</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2217.4</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="L42" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>IPCA Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE571A01038</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>143730</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2113.98</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L43" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>1640000</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2053.12</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L44" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>416100</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>1868.29</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>149617</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>1702.79</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L46" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Ingrevia Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE0BY001018</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>258905</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>1644.69</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L47" s="7" t="n">
+        <v>-0.3945</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>1836000</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>1491.02</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L48" s="7" t="n">
+        <v>0.0308</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>283500</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>1446.28</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>379900</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>1391.57</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Emcure Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE168P01015</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>87658</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>1283.14</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>316162</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>1199.36</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>64291</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>1090.12</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Alembic Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE901L01018</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>102300</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>801.21</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>DLF Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE271C01023</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>124575</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>791.99</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>GMR Airports Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE776C01039</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>823050</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>772.76</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>La Opala RG Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE059D01020</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>395461</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>766.3200000000001</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>18200</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>669.29</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>230000</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>661.8200000000001</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>29973</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>605.5700000000001</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE795G01014</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>82500</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>603.08</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="n">
+        <v>229900</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>589.6900000000001</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Teamlease Services Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE985S01024</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Commercial Services &amp; Supplies</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>41911</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>580.26</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE745G01043</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>22500</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>568.8</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Biocon Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE376G01013</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="n">
+        <v>145000</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>531.86</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="n">
+        <v>8250</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>456.56</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="n">
+        <v>31825</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>451.85</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="n">
+        <v>231000</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>446.13</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>United Spirits Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE854D01024</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="n">
+        <v>31200</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>425.13</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>33075</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>401.66</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE414G01012</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="n">
+        <v>10450</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>400.19</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>36300</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>370.26</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="n">
+        <v>83025</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>354.52</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE437A01024</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>4875</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>339.32</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE115A01026</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>50000</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>263.15</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE674K01013</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="n">
+        <v>68200</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>231.74</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="n">
+        <v>9750</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>190.38</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="n">
+        <v>2625</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>184.1</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE406A01037</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="n">
+        <v>14300</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>172.7</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE010B01027</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="n">
+        <v>12600</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>111.55</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE114A01011</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="n">
+        <v>56400</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>85.23999999999999</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J81" s="6" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE663F01032</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>74.95999999999999</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>74.42</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE299U01018</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="n">
+        <v>28800</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>63.78</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="n">
+        <v>16000</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>56.01</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>INE318A01026</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>14.31</v>
+      </c>
+      <c r="G86" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="n">
+        <v>100</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>12.69</v>
+      </c>
+      <c r="G87" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="8" t="n"/>
+      <c r="B88" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C88" s="8" t="n"/>
+      <c r="D88" s="8" t="n"/>
+      <c r="E88" s="8" t="n"/>
+      <c r="F88" s="9" t="n">
+        <v>271284.19</v>
+      </c>
+      <c r="G88" s="10" t="n">
+        <v>0.7036</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="3" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>NIFTY 25000 Put Mar26</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="n">
+        <v>453700</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>1204.57</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="H91" s="11" t="n">
+        <v>46111</v>
+      </c>
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="8" t="n"/>
+      <c r="B92" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C92" s="8" t="n"/>
+      <c r="D92" s="8" t="n"/>
+      <c r="E92" s="8" t="n"/>
+      <c r="F92" s="9" t="n">
+        <v>1204.57</v>
+      </c>
+      <c r="G92" s="10" t="n">
+        <v>0.0031</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="B94" s="3" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="n">
+        <v>-100</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>-12.72</v>
+      </c>
+      <c r="G95" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H95" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="n">
+        <v>-1000</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>-14.33</v>
+      </c>
+      <c r="G96" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H96" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="n">
+        <v>-16000</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>-56.13</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H97" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J97" s="6" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="n">
+        <v>-28800</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>-64.12</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H98" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J98" s="6" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="n">
+        <v>-4500</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>-74.38</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H99" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J99" s="6" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="n">
+        <v>-6000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>-75.34999999999999</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H100" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J100" s="6" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="n">
+        <v>-56400</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>-85.76000000000001</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H101" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J101" s="6" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="n">
+        <v>-12600</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>-111.96</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H102" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J102" s="6" t="n"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="n">
+        <v>-14300</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>-172.63</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H103" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J103" s="6" t="n"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="n">
+        <v>-2625</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>-184.5</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H104" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J104" s="6" t="n"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="n">
+        <v>-9750</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>-190.77</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H105" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J105" s="6" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="n">
+        <v>-68200</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>-232.22</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H106" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J106" s="6" t="n"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="n">
+        <v>-50000</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>-264.2</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H107" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J107" s="6" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="n">
+        <v>-112100</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>-325.71</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H108" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J108" s="6" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="n">
+        <v>-4875</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>-339.62</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H109" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J109" s="6" t="n"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="n">
+        <v>-83025</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>-355.89</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H110" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J110" s="6" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="n">
+        <v>-36300</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>-370.86</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H111" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J111" s="6" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="n">
+        <v>-10450</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>-400.43</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H112" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J112" s="6" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="n">
+        <v>-33075</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>-403.18</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H113" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J113" s="6" t="n"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="n">
+        <v>-153000</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>-410.58</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H114" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J114" s="6" t="n"/>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>United Spirits Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="n">
+        <v>-31200</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>-425.85</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H115" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J115" s="6" t="n"/>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="n">
+        <v>-231000</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>-447.12</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H116" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J116" s="6" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="n">
+        <v>-31825</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>-452.81</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H117" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J117" s="6" t="n"/>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="n">
+        <v>-8250</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>-456.56</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H118" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J118" s="6" t="n"/>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Biocon Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="n">
+        <v>-145000</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>-533.8200000000001</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>-0.0014</v>
+      </c>
+      <c r="H119" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J119" s="6" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>107</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="n">
+        <v>-22500</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>-569.25</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H120" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J120" s="6" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>108</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="n">
+        <v>-229900</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>-585.21</v>
+      </c>
+      <c r="G121" s="7" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H121" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J121" s="6" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>109</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="n">
+        <v>-82500</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>-605.14</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H122" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J122" s="6" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="1" t="n">
+        <v>110</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="n">
+        <v>-29973</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>-606.3200000000001</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H123" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J123" s="6" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
+        <v>111</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>The Federal Bank  Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="n">
+        <v>-230000</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>-663.4400000000001</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H124" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J124" s="6" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="1" t="n">
+        <v>112</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="n">
+        <v>-18200</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>-672.02</v>
+      </c>
+      <c r="G125" s="7" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H125" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J125" s="6" t="n"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>113</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>GMR AIRPORTS LIMITED Feb26</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="n">
+        <v>-823050</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>-774.8200000000001</v>
+      </c>
+      <c r="G126" s="7" t="n">
+        <v>-0.002</v>
+      </c>
+      <c r="H126" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J126" s="6" t="n"/>
+    </row>
+    <row r="127">
+      <c r="A127" s="1" t="n">
+        <v>114</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>DLF Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="n">
+        <v>-124575</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>-793.48</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>-0.0021</v>
+      </c>
+      <c r="H127" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J127" s="6" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="1" t="n">
+        <v>115</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="n">
+        <v>-379900</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>-1394.23</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>-0.0036</v>
+      </c>
+      <c r="H128" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J128" s="6" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="1" t="n">
+        <v>116</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="n">
+        <v>-283500</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>-1450.24</v>
+      </c>
+      <c r="G129" s="7" t="n">
+        <v>-0.0038</v>
+      </c>
+      <c r="H129" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J129" s="6" t="n"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="1" t="n">
+        <v>117</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="n">
+        <v>-1836000</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>-1490.65</v>
+      </c>
+      <c r="G130" s="7" t="n">
+        <v>-0.0039</v>
+      </c>
+      <c r="H130" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J130" s="6" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="1" t="n">
+        <v>118</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="n">
+        <v>-127875</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>-1700.61</v>
+      </c>
+      <c r="G131" s="7" t="n">
+        <v>-0.0044</v>
+      </c>
+      <c r="H131" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J131" s="6" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="1" t="n">
+        <v>119</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="n">
+        <v>-416100</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>-1873.07</v>
+      </c>
+      <c r="G132" s="7" t="n">
+        <v>-0.0049</v>
+      </c>
+      <c r="H132" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J132" s="6" t="n"/>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="n">
+        <v>120</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="n">
+        <v>-558000</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>-1973.09</v>
+      </c>
+      <c r="G133" s="7" t="n">
+        <v>-0.0051</v>
+      </c>
+      <c r="H133" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J133" s="6" t="n"/>
+    </row>
+    <row r="134">
+      <c r="A134" s="1" t="n">
+        <v>121</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Feb26</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="n">
+        <v>-1640000</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>-2062.46</v>
+      </c>
+      <c r="G134" s="7" t="n">
+        <v>-0.0053</v>
+      </c>
+      <c r="H134" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J134" s="6" t="n"/>
+    </row>
+    <row r="135">
+      <c r="A135" s="1" t="n">
+        <v>122</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="n">
+        <v>-33700</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>-2404.33</v>
+      </c>
+      <c r="G135" s="7" t="n">
+        <v>-0.0062</v>
+      </c>
+      <c r="H135" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J135" s="6" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="1" t="n">
+        <v>123</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="n">
+        <v>-54750</v>
+      </c>
+      <c r="F136" s="6" t="n">
+        <v>-2532.52</v>
+      </c>
+      <c r="G136" s="7" t="n">
+        <v>-0.0066</v>
+      </c>
+      <c r="H136" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J136" s="6" t="n"/>
+    </row>
+    <row r="137">
+      <c r="A137" s="1" t="n">
+        <v>124</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="n">
+        <v>-1702800</v>
+      </c>
+      <c r="F137" s="6" t="n">
+        <v>-2641.21</v>
+      </c>
+      <c r="G137" s="7" t="n">
+        <v>-0.0069</v>
+      </c>
+      <c r="H137" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J137" s="6" t="n"/>
+    </row>
+    <row r="138">
+      <c r="A138" s="1" t="n">
+        <v>125</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="n">
+        <v>-369600</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>-3551.67</v>
+      </c>
+      <c r="G138" s="7" t="n">
+        <v>-0.0092</v>
+      </c>
+      <c r="H138" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J138" s="6" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="1" t="n">
+        <v>126</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Feb26</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="n">
+        <v>-1231425</v>
+      </c>
+      <c r="F139" s="6" t="n">
+        <v>-3699.82</v>
+      </c>
+      <c r="G139" s="7" t="n">
+        <v>-0.009599999999999999</v>
+      </c>
+      <c r="H139" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J139" s="6" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="1" t="n">
+        <v>127</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="n">
+        <v>-942000</v>
+      </c>
+      <c r="F140" s="6" t="n">
+        <v>-3862.2</v>
+      </c>
+      <c r="G140" s="7" t="n">
+        <v>-0.01</v>
+      </c>
+      <c r="H140" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J140" s="6" t="n"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="1" t="n">
+        <v>128</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="n">
+        <v>-1196800</v>
+      </c>
+      <c r="F141" s="6" t="n">
+        <v>-3875.84</v>
+      </c>
+      <c r="G141" s="7" t="n">
+        <v>-0.0101</v>
+      </c>
+      <c r="H141" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J141" s="6" t="n"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="1" t="n">
+        <v>129</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="n">
+        <v>-123200</v>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>-4248.06</v>
+      </c>
+      <c r="G142" s="7" t="n">
+        <v>-0.011</v>
+      </c>
+      <c r="H142" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J142" s="6" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="1" t="n">
+        <v>130</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="n">
+        <v>-114975</v>
+      </c>
+      <c r="F143" s="6" t="n">
+        <v>-4583.25</v>
+      </c>
+      <c r="G143" s="7" t="n">
+        <v>-0.0119</v>
+      </c>
+      <c r="H143" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J143" s="6" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="1" t="n">
+        <v>131</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="n">
+        <v>-297850</v>
+      </c>
+      <c r="F144" s="6" t="n">
+        <v>-4744.75</v>
+      </c>
+      <c r="G144" s="7" t="n">
+        <v>-0.0123</v>
+      </c>
+      <c r="H144" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J144" s="6" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="1" t="n">
+        <v>132</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="n">
+        <v>-129675</v>
+      </c>
+      <c r="F145" s="6" t="n">
+        <v>-5111.92</v>
+      </c>
+      <c r="G145" s="7" t="n">
+        <v>-0.0133</v>
+      </c>
+      <c r="H145" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J145" s="6" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="1" t="n">
+        <v>133</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="n">
+        <v>-1273300</v>
+      </c>
+      <c r="F146" s="6" t="n">
+        <v>-5666.82</v>
+      </c>
+      <c r="G146" s="7" t="n">
+        <v>-0.0147</v>
+      </c>
+      <c r="H146" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J146" s="6" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="1" t="n">
+        <v>134</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="n">
+        <v>-54321000</v>
+      </c>
+      <c r="F147" s="6" t="n">
+        <v>-6089.38</v>
+      </c>
+      <c r="G147" s="7" t="n">
+        <v>-0.0158</v>
+      </c>
+      <c r="H147" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J147" s="6" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="1" t="n">
+        <v>135</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="n">
+        <v>-906200</v>
+      </c>
+      <c r="F148" s="6" t="n">
+        <v>-6202.94</v>
+      </c>
+      <c r="G148" s="7" t="n">
+        <v>-0.0161</v>
+      </c>
+      <c r="H148" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J148" s="6" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="1" t="n">
+        <v>136</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="n">
+        <v>-358625</v>
+      </c>
+      <c r="F149" s="6" t="n">
+        <v>-7080.69</v>
+      </c>
+      <c r="G149" s="7" t="n">
+        <v>-0.0184</v>
+      </c>
+      <c r="H149" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J149" s="6" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="1" t="n">
+        <v>137</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="n">
+        <v>-765000</v>
+      </c>
+      <c r="F150" s="6" t="n">
+        <v>-7136.3</v>
+      </c>
+      <c r="G150" s="7" t="n">
+        <v>-0.0185</v>
+      </c>
+      <c r="H150" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J150" s="6" t="n"/>
+    </row>
+    <row r="151">
+      <c r="A151" s="1" t="n">
+        <v>138</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India Feb26</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="n">
+        <v>-929250</v>
+      </c>
+      <c r="F151" s="6" t="n">
+        <v>-10058.2</v>
+      </c>
+      <c r="G151" s="7" t="n">
+        <v>-0.0261</v>
+      </c>
+      <c r="H151" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J151" s="6" t="n"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="1" t="n">
+        <v>139</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="n">
+        <v>-323575</v>
+      </c>
+      <c r="F152" s="6" t="n">
+        <v>-10157.99</v>
+      </c>
+      <c r="G152" s="7" t="n">
+        <v>-0.0263</v>
+      </c>
+      <c r="H152" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J152" s="6" t="n"/>
+    </row>
+    <row r="153">
+      <c r="A153" s="1" t="n">
+        <v>140</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="n">
+        <v>-805500</v>
+      </c>
+      <c r="F153" s="6" t="n">
+        <v>-11272.97</v>
+      </c>
+      <c r="G153" s="7" t="n">
+        <v>-0.0292</v>
+      </c>
+      <c r="H153" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J153" s="6" t="n"/>
+    </row>
+    <row r="154">
+      <c r="A154" s="1" t="n">
+        <v>141</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="n">
+        <v>-846250</v>
+      </c>
+      <c r="F154" s="6" t="n">
+        <v>-11620.7</v>
+      </c>
+      <c r="G154" s="7" t="n">
+        <v>-0.0301</v>
+      </c>
+      <c r="H154" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J154" s="6" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="1" t="n">
+        <v>142</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="n">
+        <v>-1272150</v>
+      </c>
+      <c r="F155" s="6" t="n">
+        <v>-11879.97</v>
+      </c>
+      <c r="G155" s="7" t="n">
+        <v>-0.0308</v>
+      </c>
+      <c r="H155" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J155" s="6" t="n"/>
+    </row>
+    <row r="156">
+      <c r="A156" s="8" t="n"/>
+      <c r="B156" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C156" s="8" t="n"/>
+      <c r="D156" s="8" t="n"/>
+      <c r="E156" s="8" t="n"/>
+      <c r="F156" s="9" t="n">
+        <v>-152097.06</v>
+      </c>
+      <c r="G156" s="10" t="n">
+        <v>-0.3945</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="B158" s="3" t="inlineStr">
+        <is>
+          <t>Units issued by REITs &amp; InvITs</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="B159" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="1" t="n">
+        <v>143</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Brookfield India Real Estate</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>INE0FDU25010</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="n">
+        <v>1994136</v>
+      </c>
+      <c r="F160" s="6" t="n">
+        <v>7037.7</v>
+      </c>
+      <c r="G160" s="7" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="H160" s="11" t="n">
+        <v>2</v>
+      </c>
+      <c r="J160" s="6" t="n"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="1" t="n">
+        <v>144</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Indus Infra Trust</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>INE0NHL23019</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="n">
+        <v>1721591</v>
+      </c>
+      <c r="F161" s="6" t="n">
+        <v>2090.7</v>
+      </c>
+      <c r="G161" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="H161" s="11" t="n">
+        <v>2</v>
+      </c>
+      <c r="J161" s="6" t="n"/>
+    </row>
+    <row r="162">
+      <c r="A162" s="8" t="n"/>
+      <c r="B162" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C162" s="8" t="n"/>
+      <c r="D162" s="8" t="n"/>
+      <c r="E162" s="8" t="n"/>
+      <c r="F162" s="9" t="n">
+        <v>9128.4</v>
+      </c>
+      <c r="G162" s="10" t="n">
+        <v>0.0237</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="B164" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="B165" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="B166" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="1" t="n">
+        <v>145</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NP7</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F167" s="6" t="n">
+        <v>5367.82</v>
+      </c>
+      <c r="G167" s="7" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="H167" s="11" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J167" s="6" t="n">
+        <v>7.09</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="1" t="n">
+        <v>146</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07TM8</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F168" s="6" t="n">
+        <v>5155.23</v>
+      </c>
+      <c r="G168" s="7" t="n">
+        <v>0.0134</v>
+      </c>
+      <c r="H168" s="11" t="n">
+        <v>46944</v>
+      </c>
+      <c r="J168" s="6" t="n">
+        <v>7.52</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="1" t="n">
+        <v>147</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08280</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F169" s="6" t="n">
+        <v>5017.24</v>
+      </c>
+      <c r="G169" s="7" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="H169" s="11" t="n">
+        <v>47102</v>
+      </c>
+      <c r="J169" s="6" t="n">
+        <v>7.6925</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="1" t="n">
+        <v>148</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08GD6</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F170" s="6" t="n">
+        <v>2673.05</v>
+      </c>
+      <c r="G170" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H170" s="11" t="n">
+        <v>48215</v>
+      </c>
+      <c r="J170" s="6" t="n">
+        <v>7.3263</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="1" t="n">
+        <v>149</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t>INE040A08955</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F171" s="6" t="n">
+        <v>2659.3</v>
+      </c>
+      <c r="G171" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H171" s="11" t="n">
+        <v>46889</v>
+      </c>
+      <c r="J171" s="6" t="n">
+        <v>7.2481</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="1" t="n">
+        <v>150</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08MO2</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F172" s="6" t="n">
+        <v>2626.09</v>
+      </c>
+      <c r="G172" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H172" s="11" t="n">
+        <v>46164</v>
+      </c>
+      <c r="J172" s="6" t="n">
+        <v>7.3492</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="1" t="n">
+        <v>151</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>INE053F08494</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F173" s="6" t="n">
+        <v>2587.24</v>
+      </c>
+      <c r="G173" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H173" s="11" t="n">
+        <v>47603</v>
+      </c>
+      <c r="J173" s="6" t="n">
+        <v>7.25</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="1" t="n">
+        <v>152</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F174" s="6" t="n">
+        <v>2571.04</v>
+      </c>
+      <c r="G174" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H174" s="11" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I174" s="1" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J174" s="6" t="n">
+        <v>7.4862</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="1" t="n">
+        <v>153</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F175" s="6" t="n">
+        <v>2538.83</v>
+      </c>
+      <c r="G175" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H175" s="11" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J175" s="6" t="n">
+        <v>7.73</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="1" t="n">
+        <v>154</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JS2</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F176" s="6" t="n">
+        <v>2530.4</v>
+      </c>
+      <c r="G176" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H176" s="11" t="n">
+        <v>47079</v>
+      </c>
+      <c r="J176" s="6" t="n">
+        <v>7.9912</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="1" t="n">
+        <v>155</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited**</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>INE752E08767</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F177" s="6" t="n">
+        <v>2502.84</v>
+      </c>
+      <c r="G177" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="H177" s="11" t="n">
+        <v>49242</v>
+      </c>
+      <c r="J177" s="6" t="n">
+        <v>7.36</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="1" t="n">
+        <v>156</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08298</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="n">
+        <v>750</v>
+      </c>
+      <c r="F178" s="6" t="n">
+        <v>753.5</v>
+      </c>
+      <c r="G178" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="H178" s="11" t="n">
+        <v>47150</v>
+      </c>
+      <c r="J178" s="6" t="n">
+        <v>7.705</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="1" t="n">
+        <v>157</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited**</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>INE494B04019</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>CARE A1+</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="n">
+        <v>72800</v>
+      </c>
+      <c r="F179" s="6" t="n">
+        <v>7.44</v>
+      </c>
+      <c r="G179" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H179" s="11" t="n"/>
+      <c r="J179" s="6" t="n"/>
+    </row>
+    <row r="180">
+      <c r="A180" s="8" t="n"/>
+      <c r="B180" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C180" s="8" t="n"/>
+      <c r="D180" s="8" t="n"/>
+      <c r="E180" s="8" t="n"/>
+      <c r="F180" s="9" t="n">
+        <v>36990.02</v>
+      </c>
+      <c r="G180" s="10" t="n">
+        <v>0.096</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="B182" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="1" t="n">
+        <v>158</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C183" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="n">
+        <v>22000000</v>
+      </c>
+      <c r="F183" s="6" t="n">
+        <v>23252.91</v>
+      </c>
+      <c r="G183" s="7" t="n">
+        <v>0.0603</v>
+      </c>
+      <c r="H183" s="11" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J183" s="6" t="n">
+        <v>6.2577</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="1" t="n">
+        <v>159</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>7.38% GOI 2027</t>
+        </is>
+      </c>
+      <c r="C184" s="1" t="inlineStr">
+        <is>
+          <t>IN0020220037</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="n">
+        <v>6500000</v>
+      </c>
+      <c r="F184" s="6" t="n">
+        <v>6697.57</v>
+      </c>
+      <c r="G184" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="H184" s="11" t="n">
+        <v>46558</v>
+      </c>
+      <c r="J184" s="6" t="n">
+        <v>5.7006</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="1" t="n">
+        <v>160</v>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>7.09% GOI 2054</t>
+        </is>
+      </c>
+      <c r="C185" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240118</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F185" s="6" t="n">
+        <v>6003.93</v>
+      </c>
+      <c r="G185" s="7" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="H185" s="11" t="n">
+        <v>56466</v>
+      </c>
+      <c r="J185" s="6" t="n">
+        <v>7.3772</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="1" t="n">
+        <v>161</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C186" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="n">
+        <v>3000000</v>
+      </c>
+      <c r="F186" s="6" t="n">
+        <v>2971.11</v>
+      </c>
+      <c r="G186" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="H186" s="11" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J186" s="6" t="n">
+        <v>6.691</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="1" t="n">
+        <v>162</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>5.74% GOI 2026</t>
+        </is>
+      </c>
+      <c r="C187" s="1" t="inlineStr">
+        <is>
+          <t>IN0020210186</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F187" s="6" t="n">
+        <v>2535.96</v>
+      </c>
+      <c r="G187" s="7" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="H187" s="11" t="n">
+        <v>46341</v>
+      </c>
+      <c r="J187" s="6" t="n">
+        <v>5.4303</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="1" t="n">
+        <v>163</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>6.90% GOI 2065</t>
+        </is>
+      </c>
+      <c r="C188" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250018</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F188" s="6" t="n">
+        <v>2389</v>
+      </c>
+      <c r="G188" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="H188" s="11" t="n">
+        <v>60372</v>
+      </c>
+      <c r="J188" s="6" t="n">
+        <v>7.4076</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="1" t="n">
+        <v>164</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>7.37% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C189" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230101</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F189" s="6" t="n">
+        <v>2113.72</v>
+      </c>
+      <c r="G189" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="H189" s="11" t="n">
+        <v>47049</v>
+      </c>
+      <c r="J189" s="6" t="n">
+        <v>5.8848</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="1" t="n">
+        <v>165</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>7.02% GOI 2031</t>
+        </is>
+      </c>
+      <c r="C190" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240076</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="n">
+        <v>2000000</v>
+      </c>
+      <c r="F190" s="6" t="n">
+        <v>2060.96</v>
+      </c>
+      <c r="G190" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="H190" s="11" t="n">
+        <v>48017</v>
+      </c>
+      <c r="J190" s="6" t="n">
+        <v>6.5242</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="1" t="n">
+        <v>166</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C191" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240019</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F191" s="6" t="n">
+        <v>1044.78</v>
+      </c>
+      <c r="G191" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="H191" s="11" t="n">
+        <v>49042</v>
+      </c>
+      <c r="J191" s="6" t="n">
+        <v>6.7359</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="1" t="n">
+        <v>167</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>7.18% GOI 2033</t>
+        </is>
+      </c>
+      <c r="C192" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230085</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F192" s="6" t="n">
+        <v>529.87</v>
+      </c>
+      <c r="G192" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H192" s="11" t="n">
+        <v>48805</v>
+      </c>
+      <c r="J192" s="6" t="n">
+        <v>6.7266</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="1" t="n">
+        <v>168</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C193" s="1" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="n">
+        <v>500000</v>
+      </c>
+      <c r="F193" s="6" t="n">
+        <v>525.1799999999999</v>
+      </c>
+      <c r="G193" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H193" s="11" t="n">
+        <v>47226</v>
+      </c>
+      <c r="J193" s="6" t="n">
+        <v>6.0526</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="8" t="n"/>
+      <c r="B194" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C194" s="8" t="n"/>
+      <c r="D194" s="8" t="n"/>
+      <c r="E194" s="8" t="n"/>
+      <c r="F194" s="9" t="n">
+        <v>50124.99</v>
+      </c>
+      <c r="G194" s="10" t="n">
+        <v>0.1301</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="B196" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="B197" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="1" t="n">
+        <v>169</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C198" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16OG7</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F198" s="6" t="n">
+        <v>2485.1</v>
+      </c>
+      <c r="G198" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="H198" s="11" t="n">
+        <v>46087</v>
+      </c>
+      <c r="J198" s="6" t="n">
+        <v>6.6316</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="1" t="n">
+        <v>170</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C199" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HP9</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F199" s="6" t="n">
+        <v>2436.68</v>
+      </c>
+      <c r="G199" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="H199" s="11" t="n">
+        <v>46185</v>
+      </c>
+      <c r="J199" s="6" t="n">
+        <v>7.24</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="8" t="n"/>
+      <c r="B200" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C200" s="8" t="n"/>
+      <c r="D200" s="8" t="n"/>
+      <c r="E200" s="8" t="n"/>
+      <c r="F200" s="9" t="n">
+        <v>4921.78</v>
+      </c>
+      <c r="G200" s="10" t="n">
+        <v>0.0127</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="1" t="n">
+        <v>171</v>
+      </c>
+      <c r="B202" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F202" s="6" t="n">
+        <v>5238.65</v>
+      </c>
+      <c r="G202" s="7" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="H202" s="11" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="8" t="n"/>
+      <c r="B203" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C203" s="8" t="n"/>
+      <c r="D203" s="8" t="n"/>
+      <c r="E203" s="8" t="n"/>
+      <c r="F203" s="9" t="n">
+        <v>5238.65</v>
+      </c>
+      <c r="G203" s="10" t="n">
+        <v>0.0136</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="B205" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="n"/>
+      <c r="F206" s="6" t="n">
+        <v>6332</v>
+      </c>
+      <c r="G206" s="7" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J206" s="6" t="n"/>
+    </row>
+    <row r="207">
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="n"/>
+      <c r="F207" s="6" t="n">
+        <v>344.95</v>
+      </c>
+      <c r="G207" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J207" s="6" t="n"/>
+    </row>
+    <row r="208">
+      <c r="A208" s="8" t="n"/>
+      <c r="B208" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C208" s="8" t="n"/>
+      <c r="D208" s="8" t="n"/>
+      <c r="E208" s="8" t="n"/>
+      <c r="F208" s="9" t="n">
+        <v>6676.95</v>
+      </c>
+      <c r="G208" s="10" t="n">
+        <v>0.0172</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="4" t="n"/>
+      <c r="B210" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C210" s="4" t="n"/>
+      <c r="D210" s="4" t="n"/>
+      <c r="E210" s="4" t="n"/>
+      <c r="F210" s="12" t="n">
+        <v>385569.55</v>
+      </c>
+      <c r="G210" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="61" t="n">
+        <v>2</v>
+      </c>
+      <c r="B213" s="61" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A11" s="2" t="n">
+      <c r="B214" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" ht="76" customHeight="1" s="45">
+      <c r="A215" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
-[...5857 lines deleted...]
-          <t>Cash &amp; Cash Equivalent</t>
+      <c r="B215" s="60" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
     <row r="216">
-      <c r="B216" s="2" t="inlineStr">
-[...120 lines deleted...]
-      <c r="B229" s="54" t="inlineStr">
+      <c r="A216" s="15" t="n"/>
+      <c r="B216" s="15" t="n"/>
+    </row>
+    <row r="218" ht="14.5" customHeight="1" s="45">
+      <c r="B218" s="42" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="241" ht="14.5" customHeight="1" s="41">
-      <c r="B241" s="54" t="inlineStr">
+    <row r="232" ht="14.5" customHeight="1" s="45">
+      <c r="B232" s="42" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: NIFTY Equity Savings Index</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
+    <mergeCell ref="B215:E215"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B226:G226"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>