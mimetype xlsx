--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -1,1721 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FA1F6750-B3CA-4D16-B60E-49D2E637CA43}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="DAAF" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...1008 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...9 lines deleted...]
-    <numFmt numFmtId="172" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="10"/>
-      <name val="Trebuchet MS"/>
-      <family val="2"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="8">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="94">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="171" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="172" fontId="13" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="172" fontId="13" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...76 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="8">
-[...1 lines deleted...]
-    <cellStyle name="Comma 4 2" xfId="5" xr:uid="{57A989AB-DE47-46B3-84D4-37B5743B1921}"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{A3A97AFF-1A94-4F65-AD60-487EAFD13894}"/>
-[...3 lines deleted...]
-    <cellStyle name="Percent 2 3" xfId="7" xr:uid="{E24AD5B7-D200-4476-8D0F-0BA173EC4573}"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="4">
-[...12 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>162</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>171</row>
+      <rowOff>31751</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="25285700"/>
+          <a:off x="457200" y="28028900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>156883</colOff>
+      <row>176</row>
+      <rowOff>168088</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2531783</colOff>
+      <row>186</row>
+      <rowOff>9337</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="4" name="Picture 3"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="547687" y="31384876"/>
-          <a:ext cx="2381250" cy="1749425"/>
+          <a:off x="593912" y="36071735"/>
+          <a:ext cx="2374900" cy="1746250"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1935,7794 +998,4322 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L157"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L175"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="17.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14.54296875" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP Dynamic Asset Allocation Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>2479276</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>24477.89</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.0673</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>551314</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>11589.72</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.0319</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.1973</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>282830</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>11400.59</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0314</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.1407</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>432300</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>10725.36</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.0295</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.0978</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>1093768</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>10248.61</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0282</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.0395</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>510607</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>7568.73</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0208</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.0374</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>1842950</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>7462.1</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0205</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.0369</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>195906</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>6831.63</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0188</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0369</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>145350</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>6802.09</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0187</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0314</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>325952</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>6696.68</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.0295</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>495128</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>6660.96</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0183</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.029</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>532860</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>6569.1</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>0.0235</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1">
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>3578802</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>6540.62</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.018</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>0.0223</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>435500</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>6473.27</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0178</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>0.0188</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>3895200</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>6098.33</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>0.0187</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>1752735</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>5905.84</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0162</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>0.0184</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>1172007</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>4926.53</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0136</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>0.018</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>125825</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>4714.29</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>0.0165</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>1160109</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>4678.14</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>0.0146</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>231569</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>4528.79</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L27" s="8" t="n">
+        <v>0.0142</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>LG Electronics India Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE324D01010</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>268320</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>4463.77</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L28" s="8" t="n">
+        <v>0.0137</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>1137947</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>4060.19</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L29" s="8" t="n">
+        <v>0.0111</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>818800</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>4041.19</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0111</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L30" s="8" t="n">
+        <v>0.0104</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>220243</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>3916.14</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.0108</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L31" s="8" t="n">
+        <v>0.0103</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>3592163</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>3785.78</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L32" s="8" t="n">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>441000</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>3739.02</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L33" s="8" t="n">
+        <v>0.0092</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>1330875</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>3705.16</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L34" s="8" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>937409</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>3643.24</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L35" s="8" t="n">
+        <v>0.0083</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>146449</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>3610.7</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L36" s="8" t="n">
+        <v>0.0078</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>450812</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>3401.15</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.0094</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L37" s="8" t="n">
+        <v>0.0068</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>225539</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>3386.02</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L38" s="8" t="n">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>512938</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>3334.61</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+      <c r="K39" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L39" s="8" t="n">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E40" s="6" t="n">
+        <v>198818</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>3074.72</v>
+      </c>
+      <c r="G40" s="8" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J40" s="7" t="n"/>
+      <c r="K40" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L40" s="8" t="n">
+        <v>0.0061</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E41" s="6" t="n">
+        <v>90678</v>
+      </c>
+      <c r="F41" s="7" t="n">
+        <v>2839.58</v>
+      </c>
+      <c r="G41" s="8" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J41" s="7" t="n"/>
+      <c r="K41" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L41" s="8" t="n">
+        <v>0.0048</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE634S01028</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E42" s="6" t="n">
+        <v>109467</v>
+      </c>
+      <c r="F42" s="7" t="n">
+        <v>2609.69</v>
+      </c>
+      <c r="G42" s="8" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J42" s="7" t="n"/>
+      <c r="K42" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L42" s="8" t="n">
+        <v>0.0043</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE0J1Y01017</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E43" s="6" t="n">
+        <v>290352</v>
+      </c>
+      <c r="F43" s="7" t="n">
+        <v>2597.78</v>
+      </c>
+      <c r="G43" s="8" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J43" s="7" t="n"/>
+      <c r="K43" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="L43" s="8" t="n">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Navin Fluorine International Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE048G01026</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E44" s="6" t="n">
+        <v>43575</v>
+      </c>
+      <c r="F44" s="7" t="n">
+        <v>2478.28</v>
+      </c>
+      <c r="G44" s="8" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J44" s="7" t="n"/>
+      <c r="K44" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L44" s="8" t="n">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E45" s="6" t="n">
+        <v>1920000</v>
+      </c>
+      <c r="F45" s="7" t="n">
+        <v>2359.49</v>
+      </c>
+      <c r="G45" s="8" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J45" s="7" t="n"/>
+      <c r="K45" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L45" s="8" t="n">
+        <v>0.002</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E46" s="6" t="n">
+        <v>155800</v>
+      </c>
+      <c r="F46" s="7" t="n">
+        <v>2261.44</v>
+      </c>
+      <c r="G46" s="8" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J46" s="7" t="n"/>
+      <c r="K46" s="2" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="L46" s="8" t="n">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E47" s="6" t="n">
+        <v>225226</v>
+      </c>
+      <c r="F47" s="7" t="n">
+        <v>2252.03</v>
+      </c>
+      <c r="G47" s="8" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J47" s="7" t="n"/>
+      <c r="K47" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L47" s="8" t="n">
+        <v>-0.2787</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E48" s="6" t="n">
+        <v>1215500</v>
+      </c>
+      <c r="F48" s="7" t="n">
+        <v>2222.42</v>
+      </c>
+      <c r="G48" s="8" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J48" s="7" t="n"/>
+      <c r="K48" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L48" s="8" t="n">
+        <v>0.0272</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE976I01016</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E49" s="6" t="n">
+        <v>605728</v>
+      </c>
+      <c r="F49" s="7" t="n">
+        <v>1982.55</v>
+      </c>
+      <c r="G49" s="8" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J49" s="7" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Niva Bupa Health Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE995S01015</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E50" s="6" t="n">
+        <v>2564794</v>
+      </c>
+      <c r="F50" s="7" t="n">
+        <v>1925.13</v>
+      </c>
+      <c r="G50" s="8" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J50" s="7" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E51" s="6" t="n">
+        <v>62825</v>
+      </c>
+      <c r="F51" s="7" t="n">
+        <v>1921.19</v>
+      </c>
+      <c r="G51" s="8" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J51" s="7" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E52" s="6" t="n">
+        <v>327386</v>
+      </c>
+      <c r="F52" s="7" t="n">
+        <v>1749.55</v>
+      </c>
+      <c r="G52" s="8" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J52" s="7" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Mrs. Bectors Food Specialities Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE495P01012</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E53" s="6" t="n">
+        <v>117377</v>
+      </c>
+      <c r="F53" s="7" t="n">
+        <v>1572.26</v>
+      </c>
+      <c r="G53" s="8" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J53" s="7" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E54" s="6" t="n">
+        <v>1250447</v>
+      </c>
+      <c r="F54" s="7" t="n">
+        <v>1455.02</v>
+      </c>
+      <c r="G54" s="8" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J54" s="7" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E55" s="6" t="n">
+        <v>67264</v>
+      </c>
+      <c r="F55" s="7" t="n">
+        <v>1404.67</v>
+      </c>
+      <c r="G55" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J55" s="7" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>La Opala RG Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE059D01020</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E56" s="6" t="n">
+        <v>503843</v>
+      </c>
+      <c r="F56" s="7" t="n">
+        <v>1159.8</v>
+      </c>
+      <c r="G56" s="8" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J56" s="7" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Welspun Living Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE192B01031</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Textiles &amp; Apparels</t>
+        </is>
+      </c>
+      <c r="E57" s="6" t="n">
+        <v>796751</v>
+      </c>
+      <c r="F57" s="7" t="n">
+        <v>1032.99</v>
+      </c>
+      <c r="G57" s="8" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J57" s="7" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited^</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E58" s="6" t="n">
+        <v>316198</v>
+      </c>
+      <c r="F58" s="7" t="n">
+        <v>824.49</v>
+      </c>
+      <c r="G58" s="8" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J58" s="7" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>JNK India Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE0OAF01028</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E59" s="6" t="n">
+        <v>251962</v>
+      </c>
+      <c r="F59" s="7" t="n">
+        <v>736.99</v>
+      </c>
+      <c r="G59" s="8" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J59" s="7" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E60" s="6" t="n">
+        <v>57316</v>
+      </c>
+      <c r="F60" s="7" t="n">
+        <v>573.1</v>
+      </c>
+      <c r="G60" s="8" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J60" s="7" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E61" s="6" t="n">
+        <v>20900</v>
+      </c>
+      <c r="F61" s="7" t="n">
+        <v>60.22</v>
+      </c>
+      <c r="G61" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J61" s="7" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="9" t="n"/>
+      <c r="B62" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C62" s="9" t="n"/>
+      <c r="D62" s="9" t="n"/>
+      <c r="E62" s="9" t="n"/>
+      <c r="F62" s="10" t="n">
+        <v>245079.63</v>
+      </c>
+      <c r="G62" s="11" t="n">
+        <v>0.6744</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="B64" s="4" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>NIFTY 25500 Put Dec25</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="E65" s="6" t="n">
+        <v>114000</v>
+      </c>
+      <c r="F65" s="7" t="n">
+        <v>268.93</v>
+      </c>
+      <c r="G65" s="8" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="H65" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J65" s="7" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="9" t="n"/>
+      <c r="B66" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C66" s="9" t="n"/>
+      <c r="D66" s="9" t="n"/>
+      <c r="E66" s="9" t="n"/>
+      <c r="F66" s="10" t="n">
+        <v>268.93</v>
+      </c>
+      <c r="G66" s="11" t="n">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="4" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E69" s="6" t="n">
+        <v>-1400</v>
+      </c>
+      <c r="F69" s="7" t="n">
+        <v>-12.02</v>
+      </c>
+      <c r="G69" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H69" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J69" s="7" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E70" s="6" t="n">
+        <v>-350</v>
+      </c>
+      <c r="F70" s="7" t="n">
+        <v>-13.28</v>
+      </c>
+      <c r="G70" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H70" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J70" s="7" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E71" s="6" t="n">
+        <v>-20900</v>
+      </c>
+      <c r="F71" s="7" t="n">
+        <v>-60.18</v>
+      </c>
+      <c r="G71" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H71" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J71" s="7" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E72" s="6" t="n">
+        <v>-36250</v>
+      </c>
+      <c r="F72" s="7" t="n">
+        <v>-148.34</v>
+      </c>
+      <c r="G72" s="8" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H72" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J72" s="7" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E73" s="6" t="n">
+        <v>-165000</v>
+      </c>
+      <c r="F73" s="7" t="n">
+        <v>-305.5</v>
+      </c>
+      <c r="G73" s="8" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H73" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J73" s="7" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E74" s="6" t="n">
+        <v>-12075</v>
+      </c>
+      <c r="F74" s="7" t="n">
+        <v>-373.84</v>
+      </c>
+      <c r="G74" s="8" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H74" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J74" s="7" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E75" s="6" t="n">
+        <v>-20800</v>
+      </c>
+      <c r="F75" s="7" t="n">
+        <v>-442.92</v>
+      </c>
+      <c r="G75" s="8" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H75" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J75" s="7" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E76" s="6" t="n">
+        <v>-73700</v>
+      </c>
+      <c r="F76" s="7" t="n">
+        <v>-737.22</v>
+      </c>
+      <c r="G76" s="8" t="n">
+        <v>-0.002</v>
+      </c>
+      <c r="H76" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J76" s="7" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E77" s="6" t="n">
+        <v>-21000</v>
+      </c>
+      <c r="F77" s="7" t="n">
+        <v>-995.53</v>
+      </c>
+      <c r="G77" s="8" t="n">
+        <v>-0.0027</v>
+      </c>
+      <c r="H77" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J77" s="7" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E78" s="6" t="n">
+        <v>-112000</v>
+      </c>
+      <c r="F78" s="7" t="n">
+        <v>-1526.9</v>
+      </c>
+      <c r="G78" s="8" t="n">
+        <v>-0.0042</v>
+      </c>
+      <c r="H78" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J78" s="7" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E79" s="6" t="n">
+        <v>-50750</v>
+      </c>
+      <c r="F79" s="7" t="n">
+        <v>-1560.87</v>
+      </c>
+      <c r="G79" s="8" t="n">
+        <v>-0.0043</v>
+      </c>
+      <c r="H79" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J79" s="7" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E80" s="6" t="n">
+        <v>-1050500</v>
+      </c>
+      <c r="F80" s="7" t="n">
+        <v>-1931.76</v>
+      </c>
+      <c r="G80" s="8" t="n">
+        <v>-0.0053</v>
+      </c>
+      <c r="H80" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J80" s="7" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E81" s="6" t="n">
+        <v>-155800</v>
+      </c>
+      <c r="F81" s="7" t="n">
+        <v>-2274.68</v>
+      </c>
+      <c r="G81" s="8" t="n">
+        <v>-0.0063</v>
+      </c>
+      <c r="H81" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J81" s="7" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Nov25</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E82" s="6" t="n">
+        <v>-1920000</v>
+      </c>
+      <c r="F82" s="7" t="n">
+        <v>-2368.32</v>
+      </c>
+      <c r="G82" s="8" t="n">
+        <v>-0.0065</v>
+      </c>
+      <c r="H82" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J82" s="7" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Nov25</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E83" s="6" t="n">
+        <v>-1330875</v>
+      </c>
+      <c r="F83" s="7" t="n">
+        <v>-3722.46</v>
+      </c>
+      <c r="G83" s="8" t="n">
+        <v>-0.0102</v>
+      </c>
+      <c r="H83" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J83" s="7" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E84" s="6" t="n">
+        <v>-439600</v>
+      </c>
+      <c r="F84" s="7" t="n">
+        <v>-3751.55</v>
+      </c>
+      <c r="G84" s="8" t="n">
+        <v>-0.0103</v>
+      </c>
+      <c r="H84" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J84" s="7" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E85" s="6" t="n">
+        <v>-818800</v>
+      </c>
+      <c r="F85" s="7" t="n">
+        <v>-4066.16</v>
+      </c>
+      <c r="G85" s="8" t="n">
+        <v>-0.0112</v>
+      </c>
+      <c r="H85" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J85" s="7" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India Nov25</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E86" s="6" t="n">
+        <v>-471000</v>
+      </c>
+      <c r="F86" s="7" t="n">
+        <v>-4440.82</v>
+      </c>
+      <c r="G86" s="8" t="n">
+        <v>-0.0122</v>
+      </c>
+      <c r="H86" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J86" s="7" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E87" s="6" t="n">
+        <v>-125475</v>
+      </c>
+      <c r="F87" s="7" t="n">
+        <v>-4729.03</v>
+      </c>
+      <c r="G87" s="8" t="n">
+        <v>-0.013</v>
+      </c>
+      <c r="H87" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J87" s="7" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E88" s="6" t="n">
+        <v>-124350</v>
+      </c>
+      <c r="F88" s="7" t="n">
+        <v>-5859.37</v>
+      </c>
+      <c r="G88" s="8" t="n">
+        <v>-0.0161</v>
+      </c>
+      <c r="H88" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J88" s="7" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E89" s="6" t="n">
+        <v>-279200</v>
+      </c>
+      <c r="F89" s="7" t="n">
+        <v>-5908.43</v>
+      </c>
+      <c r="G89" s="8" t="n">
+        <v>-0.0163</v>
+      </c>
+      <c r="H89" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J89" s="7" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E90" s="6" t="n">
+        <v>-146300</v>
+      </c>
+      <c r="F90" s="7" t="n">
+        <v>-5931.15</v>
+      </c>
+      <c r="G90" s="8" t="n">
+        <v>-0.0163</v>
+      </c>
+      <c r="H90" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J90" s="7" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E91" s="6" t="n">
+        <v>-3895200</v>
+      </c>
+      <c r="F91" s="7" t="n">
+        <v>-6119.75</v>
+      </c>
+      <c r="G91" s="8" t="n">
+        <v>-0.0168</v>
+      </c>
+      <c r="H91" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J91" s="7" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E92" s="6" t="n">
+        <v>-435500</v>
+      </c>
+      <c r="F92" s="7" t="n">
+        <v>-6515.08</v>
+      </c>
+      <c r="G92" s="8" t="n">
+        <v>-0.0179</v>
+      </c>
+      <c r="H92" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J92" s="7" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E93" s="6" t="n">
+        <v>-1806700</v>
+      </c>
+      <c r="F93" s="7" t="n">
+        <v>-7344.24</v>
+      </c>
+      <c r="G93" s="8" t="n">
+        <v>-0.0202</v>
+      </c>
+      <c r="H93" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J93" s="7" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E94" s="6" t="n">
+        <v>-432300</v>
+      </c>
+      <c r="F94" s="7" t="n">
+        <v>-10772.92</v>
+      </c>
+      <c r="G94" s="8" t="n">
+        <v>-0.0296</v>
+      </c>
+      <c r="H94" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J94" s="7" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E95" s="6" t="n">
+        <v>-1963500</v>
+      </c>
+      <c r="F95" s="7" t="n">
+        <v>-19515.23</v>
+      </c>
+      <c r="G95" s="8" t="n">
+        <v>-0.0537</v>
+      </c>
+      <c r="H95" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J95" s="7" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="9" t="n"/>
+      <c r="B96" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C96" s="9" t="n"/>
+      <c r="D96" s="9" t="n"/>
+      <c r="E96" s="9" t="n"/>
+      <c r="F96" s="10" t="n">
+        <v>-101427.55</v>
+      </c>
+      <c r="G96" s="11" t="n">
+        <v>-0.2787</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="B98" s="4" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="B100" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C101" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08NM4</t>
+        </is>
+      </c>
+      <c r="D101" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E101" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F101" s="7" t="n">
+        <v>5356.62</v>
+      </c>
+      <c r="G101" s="8" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="H101" s="12" t="n">
+        <v>48228</v>
+      </c>
+      <c r="J101" s="7" t="n">
+        <v>6.965</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="B102" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C102" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E102" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F102" s="7" t="n">
+        <v>5345.78</v>
+      </c>
+      <c r="G102" s="8" t="n">
+        <v>0.0147</v>
+      </c>
+      <c r="H102" s="12" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J102" s="7" t="n">
+        <v>6.66</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C103" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07SI8</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E103" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F103" s="7" t="n">
+        <v>5300.63</v>
+      </c>
+      <c r="G103" s="8" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H103" s="12" t="n">
+        <v>46856</v>
+      </c>
+      <c r="J103" s="7" t="n">
+        <v>7.115</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C104" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07RG6</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E104" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F104" s="7" t="n">
+        <v>5188.37</v>
+      </c>
+      <c r="G104" s="8" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="H104" s="12" t="n">
+        <v>47602</v>
+      </c>
+      <c r="J104" s="7" t="n">
+        <v>7.01</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C105" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E105" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F105" s="7" t="n">
+        <v>5140.15</v>
+      </c>
+      <c r="G105" s="8" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="H105" s="12" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J105" s="7" t="n">
+        <v>6.7432</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="B106" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C106" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E106" s="6" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F106" s="7" t="n">
+        <v>3580.79</v>
+      </c>
+      <c r="G106" s="8" t="n">
+        <v>0.0098</v>
+      </c>
+      <c r="H106" s="12" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J106" s="7" t="n">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="B107" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C107" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08207</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E107" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F107" s="7" t="n">
+        <v>2748.15</v>
+      </c>
+      <c r="G107" s="8" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H107" s="12" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J107" s="7" t="n">
+        <v>7.165</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="B108" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C108" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E108" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F108" s="7" t="n">
+        <v>2708.55</v>
+      </c>
+      <c r="G108" s="8" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H108" s="12" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J108" s="7" t="n">
+        <v>6.645</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="B109" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C109" s="2" t="inlineStr">
+        <is>
+          <t>INE121A07QT9</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E109" s="6" t="n">
+        <v>250</v>
+      </c>
+      <c r="F109" s="7" t="n">
+        <v>2700.85</v>
+      </c>
+      <c r="G109" s="8" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H109" s="12" t="n">
+        <v>45982</v>
+      </c>
+      <c r="J109" s="7" t="n">
+        <v>7.0251</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="B110" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C110" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07SV1</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E110" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F110" s="7" t="n">
+        <v>2700.12</v>
+      </c>
+      <c r="G110" s="8" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H110" s="12" t="n">
+        <v>48975</v>
+      </c>
+      <c r="I110" s="2" t="inlineStr">
+        <is>
+          <t>PU - 08-Feb-2027</t>
+        </is>
+      </c>
+      <c r="J110" s="7" t="n">
+        <v>7.4275</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="B111" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C111" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08NP7</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E111" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F111" s="7" t="n">
+        <v>2661.28</v>
+      </c>
+      <c r="G111" s="8" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H111" s="12" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J111" s="7" t="n">
+        <v>6.7041</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C112" s="2" t="inlineStr">
+        <is>
+          <t>INE557F08FY4</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E112" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F112" s="7" t="n">
+        <v>2619.15</v>
+      </c>
+      <c r="G112" s="8" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H112" s="12" t="n">
+        <v>46582</v>
+      </c>
+      <c r="J112" s="7" t="n">
+        <v>6.5775</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="B113" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C113" s="2" t="inlineStr">
+        <is>
+          <t>INE0KUG08035</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E113" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F113" s="7" t="n">
+        <v>2615.09</v>
+      </c>
+      <c r="G113" s="8" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H113" s="12" t="n">
+        <v>49129</v>
+      </c>
+      <c r="J113" s="7" t="n">
+        <v>7.0792</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="B114" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C114" s="2" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E114" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F114" s="7" t="n">
+        <v>2608.42</v>
+      </c>
+      <c r="G114" s="8" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H114" s="12" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J114" s="7" t="n">
+        <v>7.0199</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="B115" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C115" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08AX5</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E115" s="6" t="n">
+        <v>250</v>
+      </c>
+      <c r="F115" s="7" t="n">
+        <v>2606.58</v>
+      </c>
+      <c r="G115" s="8" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H115" s="12" t="n">
+        <v>46833</v>
+      </c>
+      <c r="J115" s="7" t="n">
+        <v>6.65</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="B116" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C116" s="2" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D116" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E116" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F116" s="7" t="n">
+        <v>2591.75</v>
+      </c>
+      <c r="G116" s="8" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H116" s="12" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I116" s="2" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J116" s="7" t="n">
+        <v>7.0793</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="B117" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C117" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07IH7</t>
+        </is>
+      </c>
+      <c r="D117" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E117" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F117" s="7" t="n">
+        <v>2588.48</v>
+      </c>
+      <c r="G117" s="8" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H117" s="12" t="n">
+        <v>46961</v>
+      </c>
+      <c r="I117" s="2" t="inlineStr">
+        <is>
+          <t>PU - 27-Oct-2026</t>
+        </is>
+      </c>
+      <c r="J117" s="7" t="n">
+        <v>7.825</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="B118" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C118" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07IG9</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E118" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F118" s="7" t="n">
+        <v>2568.63</v>
+      </c>
+      <c r="G118" s="8" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H118" s="12" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J118" s="7" t="n">
+        <v>7.425</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="B119" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C119" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EP4</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E119" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F119" s="7" t="n">
+        <v>2503.66</v>
+      </c>
+      <c r="G119" s="8" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H119" s="12" t="n">
+        <v>47038</v>
+      </c>
+      <c r="J119" s="7" t="n">
+        <v>6.74</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="B120" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C120" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KF5</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E120" s="6" t="n">
+        <v>50</v>
+      </c>
+      <c r="F120" s="7" t="n">
+        <v>535.75</v>
+      </c>
+      <c r="G120" s="8" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="H120" s="12" t="n">
+        <v>46034</v>
+      </c>
+      <c r="J120" s="7" t="n">
+        <v>6.2499</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="9" t="n"/>
+      <c r="B121" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C121" s="9" t="n"/>
+      <c r="D121" s="9" t="n"/>
+      <c r="E121" s="9" t="n"/>
+      <c r="F121" s="10" t="n">
+        <v>64668.8</v>
+      </c>
+      <c r="G121" s="11" t="n">
+        <v>0.1779</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="B123" s="4" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="B124" s="2" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C124" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E124" s="6" t="n">
+        <v>10500000</v>
+      </c>
+      <c r="F124" s="7" t="n">
+        <v>11353.64</v>
+      </c>
+      <c r="G124" s="8" t="n">
+        <v>0.0312</v>
+      </c>
+      <c r="H124" s="12" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J124" s="7" t="n">
+        <v>6.2142</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="B125" s="2" t="inlineStr">
+        <is>
+          <t>7.06% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C125" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230010</t>
+        </is>
+      </c>
+      <c r="D125" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E125" s="6" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F125" s="7" t="n">
+        <v>6196.74</v>
+      </c>
+      <c r="G125" s="8" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="H125" s="12" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J125" s="7" t="n">
+        <v>5.7817</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="B126" s="2" t="inlineStr">
+        <is>
+          <t>7.17% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C126" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230036</t>
+        </is>
+      </c>
+      <c r="D126" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E126" s="6" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F126" s="7" t="n">
+        <v>5194.16</v>
+      </c>
+      <c r="G126" s="8" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="H126" s="12" t="n">
+        <v>47590</v>
+      </c>
+      <c r="J126" s="7" t="n">
+        <v>6.2311</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="B127" s="2" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C127" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E127" s="6" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F127" s="7" t="n">
+        <v>5083.65</v>
+      </c>
+      <c r="G127" s="8" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="H127" s="12" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J127" s="7" t="n">
+        <v>6.5329</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="2" t="n">
+        <v>107</v>
+      </c>
+      <c r="B128" s="2" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C128" s="2" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E128" s="6" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F128" s="7" t="n">
+        <v>2607.01</v>
+      </c>
+      <c r="G128" s="8" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H128" s="12" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J128" s="7" t="n">
+        <v>6.2048</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="B129" s="2" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C129" s="2" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E129" s="6" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F129" s="7" t="n">
+        <v>2590.18</v>
+      </c>
+      <c r="G129" s="8" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H129" s="12" t="n">
+        <v>47226</v>
+      </c>
+      <c r="J129" s="7" t="n">
+        <v>6.0129</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="2" t="n">
+        <v>109</v>
+      </c>
+      <c r="B130" s="2" t="inlineStr">
+        <is>
+          <t>6.79% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C130" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240126</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E130" s="6" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F130" s="7" t="n">
+        <v>2545.25</v>
+      </c>
+      <c r="G130" s="8" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H130" s="12" t="n">
+        <v>49224</v>
+      </c>
+      <c r="J130" s="7" t="n">
+        <v>6.5856</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="9" t="n"/>
+      <c r="B131" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C131" s="9" t="n"/>
+      <c r="D131" s="9" t="n"/>
+      <c r="E131" s="9" t="n"/>
+      <c r="F131" s="10" t="n">
+        <v>35570.63</v>
+      </c>
+      <c r="G131" s="11" t="n">
+        <v>0.0978</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="B133" s="4" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="B134" s="2" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C134" s="2" t="inlineStr">
+        <is>
+          <t>INE16J715035</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E134" s="6" t="n">
+        <v>32</v>
+      </c>
+      <c r="F134" s="7" t="n">
+        <v>3005.21</v>
+      </c>
+      <c r="G134" s="8" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="H134" s="12" t="n">
+        <v>47746</v>
+      </c>
+      <c r="J134" s="7" t="n">
+        <v>7.8599</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="9" t="n"/>
+      <c r="B135" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C135" s="9" t="n"/>
+      <c r="D135" s="9" t="n"/>
+      <c r="E135" s="9" t="n"/>
+      <c r="F135" s="10" t="n">
+        <v>3005.21</v>
+      </c>
+      <c r="G135" s="11" t="n">
+        <v>0.0083</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="B138" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="B139" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="2" t="n">
+        <v>111</v>
+      </c>
+      <c r="B140" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C140" s="2" t="inlineStr">
+        <is>
+          <t>INE296A14C22</t>
+        </is>
+      </c>
+      <c r="D140" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E140" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F140" s="7" t="n">
+        <v>4967.29</v>
+      </c>
+      <c r="G140" s="8" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="H140" s="12" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J140" s="7" t="n">
+        <v>6.3251</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="9" t="n"/>
+      <c r="B141" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C141" s="9" t="n"/>
+      <c r="D141" s="9" t="n"/>
+      <c r="E141" s="9" t="n"/>
+      <c r="F141" s="10" t="n">
+        <v>4967.29</v>
+      </c>
+      <c r="G141" s="11" t="n">
+        <v>0.0137</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="2" t="n">
+        <v>112</v>
+      </c>
+      <c r="B143" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F143" s="7" t="n">
+        <v>9579.75</v>
+      </c>
+      <c r="G143" s="8" t="n">
+        <v>0.0264</v>
+      </c>
+      <c r="H143" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="9" t="n"/>
+      <c r="B144" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C144" s="9" t="n"/>
+      <c r="D144" s="9" t="n"/>
+      <c r="E144" s="9" t="n"/>
+      <c r="F144" s="10" t="n">
+        <v>9579.75</v>
+      </c>
+      <c r="G144" s="11" t="n">
+        <v>0.0264</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="B146" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="B147" s="2" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E147" s="6" t="n"/>
+      <c r="F147" s="7" t="n">
+        <v>1150</v>
+      </c>
+      <c r="G147" s="8" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J147" s="7" t="n"/>
+    </row>
+    <row r="148">
+      <c r="B148" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E148" s="6" t="n"/>
+      <c r="F148" s="7" t="n">
+        <v>-729.5700000000001</v>
+      </c>
+      <c r="G148" s="8" t="n">
+        <v>-0.0024</v>
+      </c>
+      <c r="J148" s="7" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="9" t="n"/>
+      <c r="B149" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C149" s="9" t="n"/>
+      <c r="D149" s="9" t="n"/>
+      <c r="E149" s="9" t="n"/>
+      <c r="F149" s="10" t="n">
+        <v>420.43</v>
+      </c>
+      <c r="G149" s="11" t="n">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="5" t="n"/>
+      <c r="B151" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C151" s="5" t="n"/>
+      <c r="D151" s="5" t="n"/>
+      <c r="E151" s="5" t="n"/>
+      <c r="F151" s="13" t="n">
+        <v>363560.67</v>
+      </c>
+      <c r="G151" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A9" s="1">
+    </row>
+    <row r="152">
+      <c r="A152" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B153" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A10" s="1">
+      <c r="B154" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="93" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A11" s="1">
+      <c r="B155" s="93" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="16" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A12" s="1">
+      <c r="B156" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="157" ht="27" customHeight="1" s="77">
+      <c r="A157" s="16" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A13" s="1">
+      <c r="B157" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="158" ht="69.5" customHeight="1" s="77">
+      <c r="A158" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="s">
-[...2912 lines deleted...]
-        <v>248</v>
+      <c r="B158" s="90" t="inlineStr">
+        <is>
+          <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
+        </is>
+      </c>
+    </row>
+    <row r="161" ht="14.5" customHeight="1" s="77">
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="175" ht="14.5" customHeight="1" s="77">
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: CRISIL Hybrid 50+50 - Moderate Index</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B142:D142"/>
+    <mergeCell ref="B158:F158"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BE3868BB-2C78-4FEA-A5E8-082446FF286A}">
-  <dimension ref="A1:L157"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...3161 lines deleted...]
-      <selection activeCell="A4" sqref="A4"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...1357 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>