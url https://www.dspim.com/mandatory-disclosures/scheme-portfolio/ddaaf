--- v1 (2025-11-08)
+++ v2 (2025-12-24)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="DAAF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +103,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...60 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...9 lines deleted...]
-    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,117 +521,117 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>162</row>
+      <row>153</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-[...1 lines deleted...]
-      <rowOff>31751</rowOff>
+      <colOff>2378075</colOff>
+      <row>162</row>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="28028900"/>
+          <a:off x="457200" y="26657300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
-      <colOff>156883</colOff>
-[...1 lines deleted...]
-      <rowOff>168088</rowOff>
+      <colOff>0</colOff>
+      <row>167</row>
+      <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2531783</colOff>
-[...1 lines deleted...]
-      <rowOff>9337</rowOff>
+      <colOff>2378075</colOff>
+      <row>176</row>
+      <rowOff>34925</rowOff>
     </to>
     <pic>
       <nvPicPr>
-        <cNvPr id="4" name="Picture 3"/>
+        <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="593912" y="36071735"/>
-          <a:ext cx="2374900" cy="1746250"/>
+          <a:off x="457200" y="29070300"/>
+          <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1002,4318 +867,4130 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L175"/>
+  <dimension ref="A1:L166"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="17.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.54296875" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Dynamic Asset Allocation Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="E8" s="5" t="n">
+        <v>2571216</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>25907.57</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0702</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE237A01028</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E9" s="5" t="n">
+        <v>560514</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>11907.56</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0323</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-        <v>0.1973</v>
+      <c r="L9" s="7" t="n">
+        <v>0.2159</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE018A01030</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+      <c r="E10" s="5" t="n">
+        <v>275587</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>11215.29</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0304</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>CRISIL AAA</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-        <v>0.1407</v>
+      <c r="L10" s="7" t="n">
+        <v>0.1465</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>825247</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>10560.69</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0286</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0887</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Adani Enterprises Limited</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>INE423A01024</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Metals &amp; Minerals Trading</t>
         </is>
       </c>
-      <c r="E11" s="6" t="n">
-[...9 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="E12" s="5" t="n">
+        <v>445269</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>10153.02</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0275</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0452</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>997587</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9766.379999999999</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0265</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0401</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>676013</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>9388.469999999999</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0254</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0369</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>1842950</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>7189.35</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0335</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>435500</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>6826.46</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0185</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0304</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>181025</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>6801.65</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0286</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>145350</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>6602.38</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0179</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0277</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>203823</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>6394.95</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0275</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>389780</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>6080.96</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0202</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>280545</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>5895.93</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.016</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0201</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>3895200</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>5856.82</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0184</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>3279058</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>5774.09</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0179</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>4380449</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>5094.9</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.016</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>1560584</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>5094.53</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0156</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>125825</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>4916.86</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0155</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>231569</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>4552.65</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0123</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>LG Electronics India Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE324D01010</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>268320</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>4452.23</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0135</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>818800</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>4306.89</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>220243</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>4203.78</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>1036306</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>4189.27</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>1330875</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>3856.88</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0083</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>469000</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>3791.4</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>1036115</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>3720.69</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>1012472</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>3672.24</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>447077</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>3580.19</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>512938</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>3325.38</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>131419</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>3241.58</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>211275</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>3235.25</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>177588</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>3022.73</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE976I01016</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>826026</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2708.54</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE0J1Y01017</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>290352</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2597.05</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Other Consumer Services</t>
+        </is>
+      </c>
+      <c r="L42" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>1485000</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2494.21</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L43" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>219514</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2469.2</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L44" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE634S01028</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>109467</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>2464.1</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>1920000</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2390.4</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="L46" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>155800</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2363.33</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L47" s="7" t="n">
+        <v>-0.2842</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>72678</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2331.58</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L48" s="7" t="n">
+        <v>0.0202</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>567351</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>1997.08</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>370713</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>1966.63</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Niva Bupa Health Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE995S01015</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>2564794</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>1906.67</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>456624</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>1717.59</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Physicswallah Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE0LP301011</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Other Consumer Services</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>1333421</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>1665.31</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>1250447</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>1538.55</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Mrs. Bectors Food Specialities Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE495P01012</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>117377</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>1526.25</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>La Opala RG Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE059D01020</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>503843</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>1106.64</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>49728</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>1041.3</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>57548</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>738.71</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>JNK India Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE0OAF01028</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>251962</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>623.86</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Navin Fluorine International Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE048G01026</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>6919</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>396.84</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>20900</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>56.42</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="8" t="n"/>
+      <c r="B62" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C62" s="8" t="n"/>
+      <c r="D62" s="8" t="n"/>
+      <c r="E62" s="8" t="n"/>
+      <c r="F62" s="9" t="n">
+        <v>250679.28</v>
+      </c>
+      <c r="G62" s="10" t="n">
+        <v>0.6796</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="B64" s="3" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>NIFTY 25500 Put Dec25</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="n">
+        <v>181500</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>121.7</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="H65" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="8" t="n"/>
+      <c r="B66" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C66" s="8" t="n"/>
+      <c r="D66" s="8" t="n"/>
+      <c r="E66" s="8" t="n"/>
+      <c r="F66" s="9" t="n">
+        <v>121.7</v>
+      </c>
+      <c r="G66" s="10" t="n">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="B68" s="3" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="n">
+        <v>-20900</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>-56.83</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H69" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>-62825</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>-1982.44</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>-0.0054</v>
+      </c>
+      <c r="H70" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="n">
+        <v>-155800</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>-2380</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>-0.0065</v>
+      </c>
+      <c r="H71" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Dec25</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>-1920000</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>-2407.87</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>-0.0065</v>
+      </c>
+      <c r="H72" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="n">
+        <v>-1485000</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>-2511.73</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>-0.0068</v>
+      </c>
+      <c r="H73" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>-225400</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>-3145.01</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>-0.008500000000000001</v>
+      </c>
+      <c r="H74" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>-469000</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>-3818.36</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>-0.0103</v>
+      </c>
+      <c r="H75" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Dec25</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="n">
+        <v>-1330875</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>-3884.16</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>-0.0105</v>
+      </c>
+      <c r="H76" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="n">
+        <v>-818800</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>-4338</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>-0.0118</v>
+      </c>
+      <c r="H77" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India Dec25</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="n">
+        <v>-471000</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>-4640.06</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>-0.0126</v>
+      </c>
+      <c r="H78" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="n">
+        <v>-125825</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>-4944.42</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>-0.0134</v>
+      </c>
+      <c r="H79" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="n">
+        <v>-3895200</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>-5893.05</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>-0.016</v>
+      </c>
+      <c r="H80" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="n">
+        <v>-309200</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>-6609.46</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>-0.0179</v>
+      </c>
+      <c r="H81" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J81" s="6" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="n">
+        <v>-161875</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>-6632.34</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>-0.018</v>
+      </c>
+      <c r="H82" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="n">
+        <v>-145350</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>-6648.75</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>-0.018</v>
+      </c>
+      <c r="H83" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="n">
+        <v>-435500</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>-6865.66</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>-0.0186</v>
+      </c>
+      <c r="H84" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="n">
+        <v>-1842950</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>-7237.26</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>-0.0196</v>
+      </c>
+      <c r="H85" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="n">
+        <v>-445269</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>-10201.56</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>-0.0276</v>
+      </c>
+      <c r="H86" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="n">
+        <v>-2037200</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>-20648.04</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>-0.056</v>
+      </c>
+      <c r="H87" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="8" t="n"/>
+      <c r="B88" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C88" s="8" t="n"/>
+      <c r="D88" s="8" t="n"/>
+      <c r="E88" s="8" t="n"/>
+      <c r="F88" s="9" t="n">
+        <v>-104845</v>
+      </c>
+      <c r="G88" s="10" t="n">
+        <v>-0.2842</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="B90" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="B91" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="B92" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NM4</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>5388.81</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H93" s="11" t="n">
+        <v>48228</v>
+      </c>
+      <c r="J93" s="6" t="n">
+        <v>6.955</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>5380.6</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H94" s="11" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J94" s="6" t="n">
+        <v>6.6</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07SI8</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>5337.36</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="H95" s="11" t="n">
+        <v>46856</v>
+      </c>
+      <c r="J95" s="6" t="n">
+        <v>7.0525</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RG6</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>5228.45</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H96" s="11" t="n">
+        <v>47602</v>
+      </c>
+      <c r="J96" s="6" t="n">
+        <v>6.95</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>5173.83</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="H97" s="11" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J97" s="6" t="n">
+        <v>6.695</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>3608.91</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0098</v>
+      </c>
+      <c r="H98" s="11" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J98" s="6" t="n">
+        <v>6.7128</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08207</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>2766.09</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H99" s="11" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>7.07</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>2724.1</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H100" s="11" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>6.61</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07SV1</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>2716.45</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H101" s="11" t="n">
+        <v>48975</v>
+      </c>
+      <c r="I101" s="1" t="inlineStr">
+        <is>
+          <t>PU - 08-Feb-2027</t>
+        </is>
+      </c>
+      <c r="J101" s="6" t="n">
+        <v>7.425</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NP7</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>2678.47</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H102" s="11" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J102" s="6" t="n">
+        <v>6.654</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank**</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08FY4</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>2633.56</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H103" s="11" t="n">
+        <v>46582</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>6.56</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08035</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>2624.94</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H104" s="11" t="n">
+        <v>49129</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>7.11</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08AX5</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="n">
+        <v>250</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>2623.54</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H105" s="11" t="n">
+        <v>46833</v>
+      </c>
+      <c r="J105" s="6" t="n">
+        <v>6.59</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>2621.78</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H106" s="11" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J106" s="6" t="n">
+        <v>7.1275</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IH7</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>2607.19</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H107" s="11" t="n">
+        <v>46961</v>
+      </c>
+      <c r="I107" s="1" t="inlineStr">
+        <is>
+          <t>PU - 27-Oct-2026</t>
+        </is>
+      </c>
+      <c r="J107" s="6" t="n">
+        <v>7.78</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>2599.58</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H108" s="11" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I108" s="1" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J108" s="6" t="n">
+        <v>7.12</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IG9</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>2584.22</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H109" s="11" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J109" s="6" t="n">
+        <v>7.385</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NU7</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>2552.94</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H110" s="11" t="n">
+        <v>47771</v>
+      </c>
+      <c r="J110" s="6" t="n">
+        <v>6.835</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EP4</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>2519.65</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H111" s="11" t="n">
+        <v>47038</v>
+      </c>
+      <c r="J111" s="6" t="n">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JS2</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>2508.53</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H112" s="11" t="n">
+        <v>47079</v>
+      </c>
+      <c r="J112" s="6" t="n">
+        <v>7.82</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JU8</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>2502.17</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H113" s="11" t="n">
+        <v>47171</v>
+      </c>
+      <c r="J113" s="6" t="n">
+        <v>7.86</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KF5</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="n">
+        <v>50</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>538.48</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="H114" s="11" t="n">
+        <v>46034</v>
+      </c>
+      <c r="J114" s="6" t="n">
+        <v>6.1498</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="8" t="n"/>
+      <c r="B115" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C115" s="8" t="n"/>
+      <c r="D115" s="8" t="n"/>
+      <c r="E115" s="8" t="n"/>
+      <c r="F115" s="9" t="n">
+        <v>69919.64999999999</v>
+      </c>
+      <c r="G115" s="10" t="n">
+        <v>0.1896</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="B117" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L11" s="8" t="n">
-[...607 lines deleted...]
-      <c r="L27" s="8" t="n">
+      <c r="E118" s="5" t="n">
+        <v>10500000</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>11000.41</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.0298</v>
+      </c>
+      <c r="H118" s="11" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J118" s="6" t="n">
+        <v>6.2711</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>7.06% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230010</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>6226.44</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="H119" s="11" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J119" s="6" t="n">
+        <v>5.7803</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>7.17% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230036</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>5229.92</v>
+      </c>
+      <c r="G120" s="7" t="n">
         <v>0.0142</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K28" s="2" t="inlineStr">
+      <c r="H120" s="11" t="n">
+        <v>47590</v>
+      </c>
+      <c r="J120" s="6" t="n">
+        <v>6.1839</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>2616.46</v>
+      </c>
+      <c r="G121" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H121" s="11" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J121" s="6" t="n">
+        <v>6.2439</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>2610.25</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H122" s="11" t="n">
+        <v>47226</v>
+      </c>
+      <c r="J122" s="6" t="n">
+        <v>5.9189</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>6.79% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240126</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>2559.02</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H123" s="11" t="n">
+        <v>49224</v>
+      </c>
+      <c r="J123" s="6" t="n">
+        <v>6.5857</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>6.33% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250026</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>2474.14</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H124" s="11" t="n">
+        <v>49434</v>
+      </c>
+      <c r="J124" s="6" t="n">
+        <v>6.5436</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="8" t="n"/>
+      <c r="B125" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C125" s="8" t="n"/>
+      <c r="D125" s="8" t="n"/>
+      <c r="E125" s="8" t="n"/>
+      <c r="F125" s="9" t="n">
+        <v>32716.64</v>
+      </c>
+      <c r="G125" s="10" t="n">
+        <v>0.0887</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="B127" s="3" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>INE16J715035</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="n">
+        <v>32</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>2984.09</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H128" s="11" t="n">
+        <v>47746</v>
+      </c>
+      <c r="J128" s="6" t="n">
+        <v>7.8749</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="8" t="n"/>
+      <c r="B129" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C129" s="8" t="n"/>
+      <c r="D129" s="8" t="n"/>
+      <c r="E129" s="8" t="n"/>
+      <c r="F129" s="9" t="n">
+        <v>2984.09</v>
+      </c>
+      <c r="G129" s="10" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="B131" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="B132" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="B133" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>INE296A14C22</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
         <is>
           <t>CRISIL A1+</t>
         </is>
       </c>
-      <c r="L28" s="8" t="n">
-[...1155 lines deleted...]
-      <c r="B62" s="9" t="inlineStr">
+      <c r="E134" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>4993.26</v>
+      </c>
+      <c r="G134" s="7" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="H134" s="11" t="n">
+        <v>46000</v>
+      </c>
+      <c r="J134" s="6" t="n">
+        <v>6.1586</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="8" t="n"/>
+      <c r="B135" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C62" s="9" t="n"/>
-[...46 lines deleted...]
-      <c r="B66" s="9" t="inlineStr">
+      <c r="C135" s="8" t="n"/>
+      <c r="D135" s="8" t="n"/>
+      <c r="E135" s="8" t="n"/>
+      <c r="F135" s="9" t="n">
+        <v>4993.26</v>
+      </c>
+      <c r="G135" s="10" t="n">
+        <v>0.0135</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B137" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F137" s="6" t="n">
+        <v>932.1799999999999</v>
+      </c>
+      <c r="G137" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="H137" s="11" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="8" t="n"/>
+      <c r="B138" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C66" s="9" t="n"/>
-[...774 lines deleted...]
-      <c r="B96" s="9" t="inlineStr">
+      <c r="C138" s="8" t="n"/>
+      <c r="D138" s="8" t="n"/>
+      <c r="E138" s="8" t="n"/>
+      <c r="F138" s="9" t="n">
+        <v>932.1799999999999</v>
+      </c>
+      <c r="G138" s="10" t="n">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="B140" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="n"/>
+      <c r="F141" s="6" t="n">
+        <v>1150</v>
+      </c>
+      <c r="G141" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J141" s="6" t="n"/>
+    </row>
+    <row r="142">
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="n"/>
+      <c r="F142" s="6" t="n">
+        <v>5475.19</v>
+      </c>
+      <c r="G142" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="J142" s="6" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="8" t="n"/>
+      <c r="B143" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C96" s="9" t="n"/>
-[...1196 lines deleted...]
-        <v>0.0264</v>
+      <c r="C143" s="8" t="n"/>
+      <c r="D143" s="8" t="n"/>
+      <c r="E143" s="8" t="n"/>
+      <c r="F143" s="9" t="n">
+        <v>6625.19</v>
+      </c>
+      <c r="G143" s="10" t="n">
+        <v>0.0176</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="4" t="n"/>
+      <c r="B145" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C145" s="4" t="n"/>
+      <c r="D145" s="4" t="n"/>
+      <c r="E145" s="4" t="n"/>
+      <c r="F145" s="12" t="n">
+        <v>368971.99</v>
+      </c>
+      <c r="G145" s="13" t="n">
+        <v>1</v>
       </c>
     </row>
     <row r="146">
-      <c r="B146" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Cash &amp; Cash Equivalent</t>
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="147">
-      <c r="B147" s="2" t="inlineStr">
-[...11 lines deleted...]
-      <c r="J147" s="7" t="n"/>
+      <c r="A147" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
     </row>
     <row r="148">
-      <c r="B148" s="2" t="inlineStr">
-[...65 lines deleted...]
-      <c r="A154" s="2" t="n">
+      <c r="A148" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B154" s="2" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A155" s="93" t="n">
+      <c r="B148" s="15" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="149" ht="101.25" customHeight="1" s="49">
+      <c r="A149" s="44" t="n">
         <v>3</v>
       </c>
-      <c r="B155" s="93" t="inlineStr">
-[...29 lines deleted...]
-      <c r="B158" s="90" t="inlineStr">
+      <c r="B149" s="54" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="161" ht="14.5" customHeight="1" s="77">
-      <c r="B161" s="1" t="inlineStr">
+    <row r="152" ht="14.5" customHeight="1" s="49">
+      <c r="B152" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="175" ht="14.5" customHeight="1" s="77">
-      <c r="B175" s="1" t="inlineStr">
+    <row r="166" ht="14.5" customHeight="1" s="49">
+      <c r="B166" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 50+50 - Moderate Index</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B158:F158"/>
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B149:D149"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>