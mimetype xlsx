--- v2 (2025-12-24)
+++ v3 (2026-01-14)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="DAAF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -103,93 +108,102 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Trebuchet MS"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
+      <b val="1"/>
+      <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...1 lines deleted...]
-      <b val="1"/>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
-      <u val="single"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -274,207 +288,198 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -521,116 +526,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>153</row>
+      <row>160</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>169</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="26657300"/>
+          <a:off x="457200" y="27686000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>167</row>
+      <row>172</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2378075</colOff>
-[...1 lines deleted...]
-      <rowOff>34925</rowOff>
+      <colOff>2374900</colOff>
+      <row>181</row>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="29070300"/>
+          <a:off x="457200" y="30099000"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -872,4111 +877,4350 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L166"/>
+  <dimension ref="A1:L171"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="17.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="11.26953125" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14.54296875" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP Dynamic Asset Allocation Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on November 30, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
-        <v>2571216</v>
+      <c r="E8" s="10" t="n">
+        <v>2730870</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>25907.57</v>
-[...2 lines deleted...]
-        <v>0.0702</v>
+        <v>27068.38</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.073</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E9" s="10" t="n">
+        <v>298566</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>12191.94</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.0329</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="66" t="n">
+        <v>0.218</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE237A01028</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="E10" s="10" t="n">
+        <v>517197</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>11384.02</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.0307</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L10" s="66" t="n">
+        <v>0.1466</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-[...4 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="E11" s="10" t="n">
+        <v>832905</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>11185.08</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.0302</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L11" s="66" t="n">
+        <v>0.0886</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="10" t="n">
+        <v>825247</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>10475.69</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0282</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L12" s="66" t="n">
+        <v>0.0423</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E13" s="10" t="n">
+        <v>445269</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>9972.690000000001</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0269</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L13" s="66" t="n">
+        <v>0.0417</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E14" s="10" t="n">
+        <v>280524</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>8994.16</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0243</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L14" s="66" t="n">
+        <v>0.0392</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>873351</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>8578.049999999999</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.0231</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L15" s="66" t="n">
+        <v>0.0329</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E16" s="10" t="n">
+        <v>1842950</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>6995.84</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.0189</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L16" s="66" t="n">
+        <v>0.0329</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>435500</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>6839.09</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0184</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L17" s="66" t="n">
+        <v>0.0291</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E18" s="10" t="n">
+        <v>319944</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>6736.74</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.0182</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L18" s="66" t="n">
+        <v>0.0277</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>145350</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>6378.98</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L19" s="66" t="n">
+        <v>0.0269</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E20" s="10" t="n">
+        <v>155892</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>5782.35</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L20" s="66" t="n">
+        <v>0.0242</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E21" s="10" t="n">
+        <v>3895200</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>5679.98</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.0153</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L21" s="66" t="n">
+        <v>0.0218</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E22" s="10" t="n">
+        <v>3279058</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>5645.23</v>
+      </c>
+      <c r="G22" s="66" t="n">
+        <v>0.0152</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L22" s="66" t="n">
+        <v>0.0195</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E23" s="10" t="n">
+        <v>1560584</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>5142.9</v>
+      </c>
+      <c r="G23" s="66" t="n">
+        <v>0.0139</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L23" s="66" t="n">
+        <v>0.0182</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E24" s="10" t="n">
+        <v>125825</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>5097.8</v>
+      </c>
+      <c r="G24" s="66" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L24" s="66" t="n">
+        <v>0.0181</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E25" s="10" t="n">
+        <v>818800</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>4948.83</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L25" s="66" t="n">
+        <v>0.0156</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E26" s="10" t="n">
+        <v>231569</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>4712.2</v>
+      </c>
+      <c r="G26" s="66" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L26" s="66" t="n">
+        <v>0.0152</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>3923003</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>4705.25</v>
+      </c>
+      <c r="G27" s="66" t="n">
+        <v>0.0127</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L27" s="66" t="n">
+        <v>0.0133</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>1036306</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>4176.31</v>
+      </c>
+      <c r="G28" s="66" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L28" s="66" t="n">
+        <v>0.0127</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E29" s="10" t="n">
+        <v>469000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>4158.62</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L29" s="66" t="n">
+        <v>0.0112</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E30" s="10" t="n">
+        <v>1395225</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>4128.47</v>
+      </c>
+      <c r="G30" s="66" t="n">
+        <v>0.0111</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L30" s="66" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>LG Electronics India Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE324D01010</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E31" s="10" t="n">
+        <v>268320</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>4082.22</v>
+      </c>
+      <c r="G31" s="66" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L31" s="66" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E32" s="10" t="n">
+        <v>1036115</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>3978.68</v>
+      </c>
+      <c r="G32" s="66" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L32" s="66" t="n">
+        <v>0.008</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E33" s="10" t="n">
+        <v>230416</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>3722.14</v>
+      </c>
+      <c r="G33" s="66" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L33" s="66" t="n">
+        <v>0.0078</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E34" s="10" t="n">
+        <v>447077</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>3705.37</v>
+      </c>
+      <c r="G34" s="66" t="n">
+        <v>0.01</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L34" s="66" t="n">
+        <v>0.0071</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E35" s="10" t="n">
+        <v>2436130</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>3609.61</v>
+      </c>
+      <c r="G35" s="66" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L35" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E36" s="10" t="n">
+        <v>1012472</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>3598.33</v>
+      </c>
+      <c r="G36" s="66" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L36" s="66" t="n">
+        <v>0.0064</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE634S01028</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E37" s="10" t="n">
+        <v>159764</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>3509.22</v>
+      </c>
+      <c r="G37" s="66" t="n">
+        <v>0.0095</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L37" s="66" t="n">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>512938</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>3339.23</v>
+      </c>
+      <c r="G38" s="66" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L38" s="66" t="n">
+        <v>0.0053</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E39" s="10" t="n">
+        <v>211275</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>3193</v>
+      </c>
+      <c r="G39" s="66" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="2" t="inlineStr">
+        <is>
+          <t>Other Consumer Services</t>
+        </is>
+      </c>
+      <c r="L39" s="66" t="n">
+        <v>0.0048</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E40" s="10" t="n">
+        <v>131419</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>3043.53</v>
+      </c>
+      <c r="G40" s="66" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L40" s="66" t="n">
+        <v>0.0042</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E41" s="10" t="n">
+        <v>177588</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2968.92</v>
+      </c>
+      <c r="G41" s="66" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L41" s="66" t="n">
+        <v>0.0037</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E42" s="10" t="n">
+        <v>1611500</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2901.99</v>
+      </c>
+      <c r="G42" s="66" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L42" s="66" t="n">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE976I01016</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E43" s="10" t="n">
+        <v>826026</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2823.77</v>
+      </c>
+      <c r="G43" s="66" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="L43" s="66" t="n">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E44" s="10" t="n">
+        <v>165254</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2748.17</v>
+      </c>
+      <c r="G44" s="66" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L44" s="66" t="n">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE0J1Y01017</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E45" s="10" t="n">
+        <v>290352</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>2482.22</v>
+      </c>
+      <c r="G45" s="66" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="2" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="L45" s="66" t="n">
+        <v>0.0009</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E46" s="10" t="n">
+        <v>72678</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2397.21</v>
+      </c>
+      <c r="G46" s="66" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L46" s="66" t="n">
+        <v>-0.2971</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E47" s="10" t="n">
+        <v>1920000</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2372.74</v>
+      </c>
+      <c r="G47" s="66" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L47" s="66" t="n">
+        <v>0.0193</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E48" s="10" t="n">
+        <v>567351</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2357.34</v>
+      </c>
+      <c r="G48" s="66" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E49" s="10" t="n">
+        <v>155800</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>2289.95</v>
+      </c>
+      <c r="G49" s="66" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E50" s="10" t="n">
+        <v>370713</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>1959.59</v>
+      </c>
+      <c r="G50" s="66" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Niva Bupa Health Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE995S01015</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E51" s="10" t="n">
+        <v>2564794</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>1933.85</v>
+      </c>
+      <c r="G51" s="66" t="n">
+        <v>0.0052</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Physicswallah Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE0LP301011</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Other Consumer Services</t>
+        </is>
+      </c>
+      <c r="E52" s="10" t="n">
+        <v>1333421</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>1770.92</v>
+      </c>
+      <c r="G52" s="66" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Aequs Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE947N01017</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E53" s="10" t="n">
+        <v>1251703</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>1720.97</v>
+      </c>
+      <c r="G53" s="66" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E54" s="10" t="n">
+        <v>126732</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>1544.61</v>
+      </c>
+      <c r="G54" s="66" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E55" s="10" t="n">
+        <v>156000</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>1539.41</v>
+      </c>
+      <c r="G55" s="66" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Mrs. Bectors Food Specialities Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE495P01020</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E56" s="10" t="n">
+        <v>586885</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>1352.18</v>
+      </c>
+      <c r="G56" s="66" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E57" s="10" t="n">
+        <v>388426</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>1080.02</v>
+      </c>
+      <c r="G57" s="66" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>La Opala RG Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE059D01020</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E58" s="10" t="n">
+        <v>503843</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>1017.51</v>
+      </c>
+      <c r="G58" s="66" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E59" s="10" t="n">
+        <v>49728</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>1014.4</v>
+      </c>
+      <c r="G59" s="66" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E60" s="10" t="n">
+        <v>210688</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>840.65</v>
+      </c>
+      <c r="G60" s="66" t="n">
+        <v>0.0023</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E61" s="10" t="n">
+        <v>57548</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>658.23</v>
+      </c>
+      <c r="G61" s="66" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>JNK India Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE0OAF01028</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E62" s="10" t="n">
+        <v>251962</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>627.64</v>
+      </c>
+      <c r="G62" s="66" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E63" s="10" t="n">
+        <v>20900</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>55.3</v>
+      </c>
+      <c r="G63" s="66" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Kwality Wall's India Limited^</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE2KCE01013</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E64" s="10" t="n">
+        <v>131419</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>52.83</v>
+      </c>
+      <c r="G64" s="66" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="11" t="n"/>
+      <c r="B65" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C65" s="11" t="n"/>
+      <c r="D65" s="11" t="n"/>
+      <c r="E65" s="11" t="n"/>
+      <c r="F65" s="12" t="n">
+        <v>257270.35</v>
+      </c>
+      <c r="G65" s="13" t="n">
+        <v>0.6936</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="65" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>NIFTY 26000 Put Feb26</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="E68" s="10" t="n">
+        <v>118625</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>285.47</v>
+      </c>
+      <c r="G68" s="66" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="H68" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>NIFTY 25500 Put Feb26</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="E69" s="10" t="n">
+        <v>18980</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>23.2</v>
+      </c>
+      <c r="G69" s="66" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="H69" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="11" t="n"/>
+      <c r="B70" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C70" s="11" t="n"/>
+      <c r="D70" s="11" t="n"/>
+      <c r="E70" s="11" t="n"/>
+      <c r="F70" s="12" t="n">
+        <v>308.67</v>
+      </c>
+      <c r="G70" s="13" t="n">
+        <v>0.0009</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="65" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E73" s="10" t="n">
+        <v>-20900</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>-55.51</v>
+      </c>
+      <c r="G73" s="66" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H73" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Feb26</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E74" s="10" t="n">
+        <v>-64350</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>-192.79</v>
+      </c>
+      <c r="G74" s="66" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H74" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E75" s="10" t="n">
+        <v>-126500</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>-230.39</v>
+      </c>
+      <c r="G75" s="66" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H75" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E76" s="10" t="n">
+        <v>-25200</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>-1040.91</v>
+      </c>
+      <c r="G76" s="66" t="n">
+        <v>-0.0028</v>
+      </c>
+      <c r="H76" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E77" s="10" t="n">
+        <v>-156000</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>-1557.97</v>
+      </c>
+      <c r="G77" s="66" t="n">
+        <v>-0.0042</v>
+      </c>
+      <c r="H77" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E78" s="10" t="n">
+        <v>-146300</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>-1987.19</v>
+      </c>
+      <c r="G78" s="66" t="n">
+        <v>-0.0054</v>
+      </c>
+      <c r="H78" s="14" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E79" s="10" t="n">
+        <v>-62825</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>-2023.28</v>
+      </c>
+      <c r="G79" s="66" t="n">
+        <v>-0.0055</v>
+      </c>
+      <c r="H79" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E80" s="10" t="n">
+        <v>-155800</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>-2303.66</v>
+      </c>
+      <c r="G80" s="66" t="n">
+        <v>-0.0062</v>
+      </c>
+      <c r="H80" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Jan26</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E81" s="10" t="n">
+        <v>-1920000</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>-2388.67</v>
+      </c>
+      <c r="G81" s="66" t="n">
+        <v>-0.0064</v>
+      </c>
+      <c r="H81" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J81" s="6" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E82" s="10" t="n">
+        <v>-1485000</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>-2688.74</v>
+      </c>
+      <c r="G82" s="66" t="n">
+        <v>-0.0072</v>
+      </c>
+      <c r="H82" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E83" s="10" t="n">
+        <v>-225400</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>-3044.25</v>
+      </c>
+      <c r="G83" s="66" t="n">
+        <v>-0.008200000000000001</v>
+      </c>
+      <c r="H83" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Jan26</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E84" s="10" t="n">
+        <v>-1330875</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>-3964.01</v>
+      </c>
+      <c r="G84" s="66" t="n">
+        <v>-0.0107</v>
+      </c>
+      <c r="H84" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E85" s="10" t="n">
+        <v>-469000</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>-4175.04</v>
+      </c>
+      <c r="G85" s="66" t="n">
+        <v>-0.0113</v>
+      </c>
+      <c r="H85" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India Jan26</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E86" s="10" t="n">
+        <v>-471000</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>-4645.71</v>
+      </c>
+      <c r="G86" s="66" t="n">
+        <v>-0.0125</v>
+      </c>
+      <c r="H86" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E87" s="10" t="n">
+        <v>-818800</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>-4961.11</v>
+      </c>
+      <c r="G87" s="66" t="n">
+        <v>-0.0134</v>
+      </c>
+      <c r="H87" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E88" s="10" t="n">
+        <v>-125825</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>-5115.04</v>
+      </c>
+      <c r="G88" s="66" t="n">
+        <v>-0.0138</v>
+      </c>
+      <c r="H88" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E89" s="10" t="n">
+        <v>-3895200</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>-5715.43</v>
+      </c>
+      <c r="G89" s="66" t="n">
+        <v>-0.0154</v>
+      </c>
+      <c r="H89" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E90" s="10" t="n">
+        <v>-145350</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>-6412.41</v>
+      </c>
+      <c r="G90" s="66" t="n">
+        <v>-0.0173</v>
+      </c>
+      <c r="H90" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E91" s="10" t="n">
+        <v>-161875</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>-6649.02</v>
+      </c>
+      <c r="G91" s="66" t="n">
+        <v>-0.0179</v>
+      </c>
+      <c r="H91" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E92" s="10" t="n">
+        <v>-309200</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>-6830.85</v>
+      </c>
+      <c r="G92" s="66" t="n">
+        <v>-0.0184</v>
+      </c>
+      <c r="H92" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J92" s="6" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E93" s="10" t="n">
+        <v>-435500</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>-6872.19</v>
+      </c>
+      <c r="G93" s="66" t="n">
+        <v>-0.0185</v>
+      </c>
+      <c r="H93" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J93" s="6" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E94" s="10" t="n">
+        <v>-1842950</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>-7040.99</v>
+      </c>
+      <c r="G94" s="66" t="n">
+        <v>-0.019</v>
+      </c>
+      <c r="H94" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J94" s="6" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E95" s="10" t="n">
+        <v>-445269</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>-10015.44</v>
+      </c>
+      <c r="G95" s="66" t="n">
+        <v>-0.027</v>
+      </c>
+      <c r="H95" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E96" s="10" t="n">
+        <v>-2037200</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>-20319.03</v>
+      </c>
+      <c r="G96" s="66" t="n">
+        <v>-0.0548</v>
+      </c>
+      <c r="H96" s="14" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="11" t="n"/>
+      <c r="B97" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C97" s="11" t="n"/>
+      <c r="D97" s="11" t="n"/>
+      <c r="E97" s="11" t="n"/>
+      <c r="F97" s="12" t="n">
+        <v>-110229.63</v>
+      </c>
+      <c r="G97" s="13" t="n">
+        <v>-0.2971</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="B99" s="65" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="B100" s="65" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="B101" s="65" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="B102" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C102" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E102" s="10" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>5391.04</v>
+      </c>
+      <c r="G102" s="66" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="H102" s="14" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J102" s="6" t="n">
+        <v>6.7829</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C103" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08NM4</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E103" s="10" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>5377.34</v>
+      </c>
+      <c r="G103" s="66" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="H103" s="14" t="n">
+        <v>48228</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>7.13</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C104" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07SI8</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E104" s="10" t="n">
+        <v>500</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>5346.9</v>
+      </c>
+      <c r="G104" s="66" t="n">
+        <v>0.0144</v>
+      </c>
+      <c r="H104" s="14" t="n">
+        <v>46856</v>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>7.26</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C105" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07RG6</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E105" s="10" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>5216.69</v>
+      </c>
+      <c r="G105" s="66" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="H105" s="14" t="n">
+        <v>47602</v>
+      </c>
+      <c r="J105" s="6" t="n">
+        <v>7.18</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="B106" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C106" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E106" s="10" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>5176.02</v>
+      </c>
+      <c r="G106" s="66" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="H106" s="14" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J106" s="6" t="n">
+        <v>6.9119</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="B107" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C107" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E107" s="10" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>3602.41</v>
+      </c>
+      <c r="G107" s="66" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="H107" s="14" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J107" s="6" t="n">
+        <v>6.985</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="B108" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C108" s="2" t="inlineStr">
+        <is>
+          <t>INE296A07SV1</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E108" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>2708.38</v>
+      </c>
+      <c r="G108" s="66" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H108" s="14" t="n">
+        <v>48975</v>
+      </c>
+      <c r="I108" s="2" t="inlineStr">
+        <is>
+          <t>PU - 08-Feb-2027</t>
+        </is>
+      </c>
+      <c r="J108" s="6" t="n">
+        <v>7.59</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="B109" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C109" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08NP7</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E109" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>2679.97</v>
+      </c>
+      <c r="G109" s="66" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H109" s="14" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J109" s="6" t="n">
+        <v>6.885</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="B110" s="2" t="inlineStr">
+        <is>
+          <t>National Housing Bank</t>
+        </is>
+      </c>
+      <c r="C110" s="2" t="inlineStr">
+        <is>
+          <t>INE557F08FY4</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E110" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>2640.77</v>
+      </c>
+      <c r="G110" s="66" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H110" s="14" t="n">
+        <v>46582</v>
+      </c>
+      <c r="J110" s="6" t="n">
+        <v>6.7567</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="B111" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C111" s="2" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E111" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>2637.15</v>
+      </c>
+      <c r="G111" s="66" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H111" s="14" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J111" s="6" t="n">
+        <v>7.1374</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C112" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08AX5</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E112" s="10" t="n">
+        <v>250</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>2628.11</v>
+      </c>
+      <c r="G112" s="66" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H112" s="14" t="n">
+        <v>46833</v>
+      </c>
+      <c r="J112" s="6" t="n">
+        <v>6.7829</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="B113" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C113" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07IH7</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E113" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>2624.41</v>
+      </c>
+      <c r="G113" s="66" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H113" s="14" t="n">
+        <v>46961</v>
+      </c>
+      <c r="I113" s="2" t="inlineStr">
+        <is>
+          <t>PU - 27-Oct-2026</t>
+        </is>
+      </c>
+      <c r="J113" s="6" t="n">
+        <v>7.77</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="B114" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C114" s="2" t="inlineStr">
+        <is>
+          <t>INE0KUG08035</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E114" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>2615.99</v>
+      </c>
+      <c r="G114" s="66" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H114" s="14" t="n">
+        <v>49129</v>
+      </c>
+      <c r="J114" s="6" t="n">
+        <v>7.265</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="B115" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C115" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07IG9</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E115" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>2598.18</v>
+      </c>
+      <c r="G115" s="66" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H115" s="14" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J115" s="6" t="n">
+        <v>7.495</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="B116" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C116" s="2" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D116" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E116" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>2589.41</v>
+      </c>
+      <c r="G116" s="66" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H116" s="14" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I116" s="2" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J116" s="6" t="n">
+        <v>7.275</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="B117" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C117" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08207</t>
+        </is>
+      </c>
+      <c r="D117" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E117" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>2552.09</v>
+      </c>
+      <c r="G117" s="66" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H117" s="14" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J117" s="6" t="n">
+        <v>7.285</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="B118" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited**</t>
+        </is>
+      </c>
+      <c r="C118" s="2" t="inlineStr">
+        <is>
+          <t>INE134E08NU7</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E118" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>2549.76</v>
+      </c>
+      <c r="G118" s="66" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H118" s="14" t="n">
+        <v>47771</v>
+      </c>
+      <c r="J118" s="6" t="n">
+        <v>7.0137</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="B119" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C119" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E119" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>2537.53</v>
+      </c>
+      <c r="G119" s="66" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H119" s="14" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J119" s="6" t="n">
+        <v>6.8087</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="B120" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C120" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07JS2</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E120" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>2527.13</v>
+      </c>
+      <c r="G120" s="66" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H120" s="14" t="n">
+        <v>47079</v>
+      </c>
+      <c r="J120" s="6" t="n">
+        <v>7.78</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="B121" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C121" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EP4</t>
+        </is>
+      </c>
+      <c r="D121" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E121" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>2520.56</v>
+      </c>
+      <c r="G121" s="66" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H121" s="14" t="n">
+        <v>47038</v>
+      </c>
+      <c r="J121" s="6" t="n">
+        <v>6.9119</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="B122" s="2" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C122" s="2" t="inlineStr">
+        <is>
+          <t>INE414G07JU8</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E122" s="10" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>2515.62</v>
+      </c>
+      <c r="G122" s="66" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H122" s="14" t="n">
+        <v>47171</v>
+      </c>
+      <c r="J122" s="6" t="n">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="B123" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C123" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08298</t>
+        </is>
+      </c>
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E123" s="10" t="n">
+        <v>750</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>751.17</v>
+      </c>
+      <c r="G123" s="66" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="H123" s="14" t="n">
+        <v>47150</v>
+      </c>
+      <c r="J123" s="6" t="n">
+        <v>7.5838</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="B124" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C124" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KF5</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E124" s="10" t="n">
+        <v>50</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>503.3</v>
+      </c>
+      <c r="G124" s="66" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H124" s="14" t="n">
+        <v>46034</v>
+      </c>
+      <c r="J124" s="6" t="n">
+        <v>6.139</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="11" t="n"/>
+      <c r="B125" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C125" s="11" t="n"/>
+      <c r="D125" s="11" t="n"/>
+      <c r="E125" s="11" t="n"/>
+      <c r="F125" s="12" t="n">
+        <v>70289.92999999999</v>
+      </c>
+      <c r="G125" s="13" t="n">
+        <v>0.1896</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="B127" s="65" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="2" t="n">
+        <v>107</v>
+      </c>
+      <c r="B128" s="2" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C128" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E128" s="10" t="n">
+        <v>10500000</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>11006.45</v>
+      </c>
+      <c r="G128" s="66" t="n">
+        <v>0.0297</v>
+      </c>
+      <c r="H128" s="14" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J128" s="6" t="n">
+        <v>6.3851</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="B129" s="2" t="inlineStr">
+        <is>
+          <t>7.06% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C129" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230010</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E129" s="10" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>6258.64</v>
+      </c>
+      <c r="G129" s="66" t="n">
+        <v>0.0169</v>
+      </c>
+      <c r="H129" s="14" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J129" s="6" t="n">
+        <v>5.7603</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="2" t="n">
+        <v>109</v>
+      </c>
+      <c r="B130" s="2" t="inlineStr">
+        <is>
+          <t>7.17% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C130" s="2" t="inlineStr">
+        <is>
+          <t>IN0020230036</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E130" s="10" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>5230.68</v>
+      </c>
+      <c r="G130" s="66" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="H130" s="14" t="n">
+        <v>47590</v>
+      </c>
+      <c r="J130" s="6" t="n">
+        <v>6.3201</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="B131" s="2" t="inlineStr">
+        <is>
+          <t>8.51% GOI FRB 2033</t>
+        </is>
+      </c>
+      <c r="C131" s="2" t="inlineStr">
+        <is>
+          <t>IN0020200120</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E131" s="10" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>2628.22</v>
+      </c>
+      <c r="G131" s="66" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H131" s="14" t="n">
+        <v>48844</v>
+      </c>
+      <c r="J131" s="6" t="n">
+        <v>6.1534</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="2" t="n">
+        <v>111</v>
+      </c>
+      <c r="B132" s="2" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C132" s="2" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D132" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E132" s="10" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>2614.88</v>
+      </c>
+      <c r="G132" s="66" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H132" s="14" t="n">
+        <v>47226</v>
+      </c>
+      <c r="J132" s="6" t="n">
+        <v>6.0262</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="2" t="n">
+        <v>112</v>
+      </c>
+      <c r="B133" s="2" t="inlineStr">
+        <is>
+          <t>6.79% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C133" s="2" t="inlineStr">
+        <is>
+          <t>IN0020240126</t>
+        </is>
+      </c>
+      <c r="D133" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E133" s="10" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>2562.02</v>
+      </c>
+      <c r="G133" s="66" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H133" s="14" t="n">
+        <v>49224</v>
+      </c>
+      <c r="J133" s="6" t="n">
+        <v>6.6513</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="2" t="n">
+        <v>113</v>
+      </c>
+      <c r="B134" s="2" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C134" s="2" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E134" s="10" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>2516.65</v>
+      </c>
+      <c r="G134" s="66" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H134" s="14" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J134" s="6" t="n">
+        <v>6.5996</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="11" t="n"/>
+      <c r="B135" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C135" s="11" t="n"/>
+      <c r="D135" s="11" t="n"/>
+      <c r="E135" s="11" t="n"/>
+      <c r="F135" s="12" t="n">
+        <v>32817.54</v>
+      </c>
+      <c r="G135" s="13" t="n">
+        <v>0.0886</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="B137" s="65" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="2" t="n">
+        <v>114</v>
+      </c>
+      <c r="B138" s="2" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C138" s="2" t="inlineStr">
+        <is>
+          <t>INE16J715035</t>
+        </is>
+      </c>
+      <c r="D138" s="2" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E138" s="10" t="n">
+        <v>32</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>2960.77</v>
+      </c>
+      <c r="G138" s="66" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H138" s="14" t="n">
+        <v>47746</v>
+      </c>
+      <c r="J138" s="6" t="n">
+        <v>7.9599</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="11" t="n"/>
+      <c r="B139" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C139" s="11" t="n"/>
+      <c r="D139" s="11" t="n"/>
+      <c r="E139" s="11" t="n"/>
+      <c r="F139" s="12" t="n">
+        <v>2960.77</v>
+      </c>
+      <c r="G139" s="13" t="n">
+        <v>0.008</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="B141" s="65" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="2" t="n">
+        <v>115</v>
+      </c>
+      <c r="B142" s="65" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>7489.44</v>
+      </c>
+      <c r="G142" s="66" t="n">
+        <v>0.0202</v>
+      </c>
+      <c r="H142" s="14" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="11" t="n"/>
+      <c r="B143" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C143" s="11" t="n"/>
+      <c r="D143" s="11" t="n"/>
+      <c r="E143" s="11" t="n"/>
+      <c r="F143" s="12" t="n">
+        <v>7489.44</v>
+      </c>
+      <c r="G143" s="13" t="n">
+        <v>0.0202</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="B145" s="65" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="B146" s="2" t="inlineStr">
+        <is>
+          <t>Cash Margin</t>
+        </is>
+      </c>
+      <c r="E146" s="10" t="n"/>
+      <c r="F146" s="6" t="n">
+        <v>1150</v>
+      </c>
+      <c r="G146" s="66" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J146" s="6" t="n"/>
+    </row>
+    <row r="147">
+      <c r="B147" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E147" s="10" t="n"/>
+      <c r="F147" s="6" t="n">
+        <v>-1414.84</v>
+      </c>
+      <c r="G147" s="66" t="n">
+        <v>-0.004</v>
+      </c>
+      <c r="J147" s="6" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="11" t="n"/>
+      <c r="B148" s="11" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C148" s="11" t="n"/>
+      <c r="D148" s="11" t="n"/>
+      <c r="E148" s="11" t="n"/>
+      <c r="F148" s="12" t="n">
+        <v>-264.84</v>
+      </c>
+      <c r="G148" s="13" t="n">
+        <v>-0.0009</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="5" t="n"/>
+      <c r="B150" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C150" s="5" t="n"/>
+      <c r="D150" s="5" t="n"/>
+      <c r="E150" s="5" t="n"/>
+      <c r="F150" s="8" t="n">
+        <v>370871.86</v>
+      </c>
+      <c r="G150" s="9" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B152" s="2" t="inlineStr">
+        <is>
+          <t>^ Pending Listing</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="B153" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="B154" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="155" ht="27" customHeight="1" s="41">
+      <c r="A155" s="16" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A12" s="1" t="n">
+      <c r="B155" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="156" ht="62.25" customHeight="1" s="41">
+      <c r="A156" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...3774 lines deleted...]
-      <c r="B149" s="54" t="inlineStr">
+      <c r="B156" s="46" t="inlineStr">
         <is>
           <t xml:space="preserve"> This scheme has exposure to floating rate instruments and / or interest rate derivatives. The duration of these instruments is linked to the interest rate reset period. The interest rate risk in a floating rate instrument or in a fixed rate instrument hedged with derivatives is likely to be lesser than that in an equivalent maturity fixed rate instrument. Under some market circumstances the volatility may be of an order greater than what may ordinarily be expected considering only its duration. Hence investors are recommended to consider the unadjusted portfolio maturity of the scheme as well and exercise adequate due diligence when deciding to make their investments.</t>
         </is>
       </c>
     </row>
-    <row r="152" ht="14.5" customHeight="1" s="49">
-      <c r="B152" s="38" t="inlineStr">
+    <row r="159" ht="14.5" customHeight="1" s="41">
+      <c r="B159" s="54" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="166" ht="14.5" customHeight="1" s="49">
-      <c r="B166" s="38" t="inlineStr">
+    <row r="171" ht="14.5" customHeight="1" s="41">
+      <c r="B171" s="54" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 50+50 - Moderate Index</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
+    <mergeCell ref="B156:G156"/>
     <mergeCell ref="B1:F1"/>
-    <mergeCell ref="B149:D149"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>