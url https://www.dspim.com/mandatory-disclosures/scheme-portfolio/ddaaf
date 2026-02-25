--- v3 (2026-01-14)
+++ v4 (2026-02-25)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="DAAF" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...5 lines deleted...]
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>160</row>
+      <row>159</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>169</row>
+      <row>168</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="27686000"/>
+          <a:off x="457200" y="27343100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>172</row>
+      <row>173</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>181</row>
-      <rowOff>31749</rowOff>
+      <row>182</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="30099000"/>
+          <a:off x="457200" y="29756100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -877,4349 +858,4275 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L171"/>
+  <dimension ref="A1:L172"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="52.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="20.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="46.54296875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="13.453125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14.54296875" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="42.54296875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Dynamic Asset Allocation Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
-        <v>2730870</v>
+      <c r="E8" s="5" t="n">
+        <v>3126629</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>27068.38</v>
-[...2 lines deleted...]
-        <v>0.073</v>
+        <v>29054.2</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0785</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E9" s="5" t="n">
+        <v>996362</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>13500.71</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.0365</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.22</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE018A01030</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+      <c r="E10" s="5" t="n">
+        <v>289333</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>11377.44</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0307</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.1394</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01036</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D10" s="2" t="inlineStr">
+      <c r="E11" s="5" t="n">
+        <v>2585985</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>10550.82</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0285</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0819</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
-[...5 lines deleted...]
-      <c r="G10" s="66" t="n">
+      <c r="E12" s="5" t="n">
+        <v>873351</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>9407.299999999999</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0254</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0411</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>380379</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>7685.18</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0208</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0392</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>239985</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>7496.89</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0203</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.038</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>1842950</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>6750.73</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0182</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0379</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>145350</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>6714.3</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0181</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0333</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>460426</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>6309.68</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
         <v>0.0307</v>
       </c>
-      <c r="J10" s="6" t="n"/>
-[...23 lines deleted...]
-      <c r="D11" s="2" t="inlineStr">
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>319944</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>6298.74</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.0277</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>435500</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>6076.97</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0164</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E11" s="10" t="n">
-[...32 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="E20" s="5" t="n">
+        <v>3895200</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>6023.93</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0163</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0229</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>817650</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>5572.69</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0208</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>1560584</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>5555.68</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.015</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0196</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>155892</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>5349.9</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0185</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>125825</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>5004.56</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0135</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0175</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>231569</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>4627.91</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>469000</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>4514.59</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>3923003</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>4429.07</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0151</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE634S01028</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>201443</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>4278.65</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0116</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E29" s="5" t="n">
+        <v>1395225</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>4177.3</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0122</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>LG Electronics India Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE324D01010</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>268320</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>3924.45</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>1012472</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>3840.81</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>230416</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>3781.13</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE976I01016</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>1058235</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>3620.22</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0098</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Century Plyboards (India) Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE348B01021</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>447077</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>3593.6</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>1036306</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>3338.46</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.007</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="L12" s="66" t="n">
-[...32 lines deleted...]
-      <c r="K13" s="2" t="inlineStr">
+      <c r="E36" s="5" t="n">
+        <v>2240738</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>3301.28</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>1931984</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>3232.02</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.008699999999999999</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.006</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>1165496</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>3188.8</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>131419</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>3118.57</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>1611500</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>3112.29</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>177588</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>2865.56</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Other Consumer Services</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
-      <c r="L13" s="66" t="n">
-[...32 lines deleted...]
-      <c r="K14" s="2" t="inlineStr">
+      <c r="E42" s="5" t="n">
+        <v>165254</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>2732.97</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L42" s="7" t="n">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>287250</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>2670.99</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L43" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>547991</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>2594.46</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L44" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>192196</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>2544.68</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Index Options</t>
+        </is>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>243350</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>2482.17</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L46" s="7" t="n">
+        <v>-0.2917</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE029A01011</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>659582</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>2404.18</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L47" s="7" t="n">
+        <v>0.0152</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>1920000</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>2403.65</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE0J1Y01017</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>290352</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>2393.95</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>155800</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>2212.05</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.006</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Aequs Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE947N01017</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>1573512</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>2130.22</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Radico Khaitan Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE944F01028</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>72678</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>2055.41</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Niva Bupa Health Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE995S01015</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>2564794</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>2022.85</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE1TAE01010</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural, Commercial &amp; Construction Vehicles</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>430288</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>1972.87</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>97247</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>1898.84</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Emami Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE548C01032</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>370713</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>1793.51</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Physicswallah Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE0LP301011</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Other Consumer Services</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>1333421</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>1592.77</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Kirloskar Oil Engines Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE146L01010</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>126732</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>1487.83</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Mrs. Bectors Food Specialities Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE495P01020</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>586885</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>1307.46</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>La Opala RG Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE059D01020</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
         <is>
           <t>Consumer Durables</t>
         </is>
       </c>
-      <c r="L14" s="66" t="n">
-[...55 lines deleted...]
-      <c r="D16" s="2" t="inlineStr">
+      <c r="E60" s="5" t="n">
+        <v>503843</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>976.35</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Indigo Paints Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE09VQ01012</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>57548</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>601.03</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>JNK India Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE0OAF01028</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="n">
+        <v>251962</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>575.25</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
         <is>
           <t>Power</t>
         </is>
       </c>
-      <c r="E16" s="10" t="n">
-[...959 lines deleted...]
-      <c r="K41" s="2" t="inlineStr">
+      <c r="E63" s="5" t="n">
+        <v>20900</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>53.61</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Kwality Wall's India Limited^</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE2KCE01013</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
         <is>
           <t>Food Products</t>
         </is>
       </c>
-      <c r="L41" s="66" t="n">
-[...730 lines deleted...]
-      <c r="E64" s="10" t="n">
+      <c r="E64" s="5" t="n">
         <v>131419</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>52.83</v>
       </c>
-      <c r="G64" s="66" t="n">
+      <c r="G64" s="7" t="n">
         <v>0.0001</v>
       </c>
       <c r="J64" s="6" t="n"/>
     </row>
     <row r="65">
-      <c r="A65" s="11" t="n"/>
-      <c r="B65" s="11" t="inlineStr">
+      <c r="A65" s="8" t="n"/>
+      <c r="B65" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C65" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.6936</v>
+      <c r="C65" s="8" t="n"/>
+      <c r="D65" s="8" t="n"/>
+      <c r="E65" s="8" t="n"/>
+      <c r="F65" s="9" t="n">
+        <v>252634.36</v>
+      </c>
+      <c r="G65" s="10" t="n">
+        <v>0.6824</v>
       </c>
     </row>
     <row r="67">
-      <c r="B67" s="65" t="inlineStr">
+      <c r="B67" s="3" t="inlineStr">
         <is>
           <t>DERIVATIVES</t>
         </is>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="2" t="n">
+      <c r="A68" s="1" t="n">
         <v>58</v>
       </c>
-      <c r="B68" s="2" t="inlineStr">
+      <c r="B68" s="1" t="inlineStr">
         <is>
           <t>NIFTY 26000 Put Feb26</t>
         </is>
       </c>
-      <c r="D68" s="2" t="inlineStr">
+      <c r="D68" s="1" t="inlineStr">
         <is>
           <t>Index Options</t>
         </is>
       </c>
-      <c r="E68" s="10" t="n">
-        <v>118625</v>
+      <c r="E68" s="5" t="n">
+        <v>73125</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>285.47</v>
-[...4 lines deleted...]
-      <c r="H68" s="14" t="n">
+        <v>505.92</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="H68" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J68" s="6" t="n"/>
     </row>
     <row r="69">
-      <c r="A69" s="2" t="n">
+      <c r="A69" s="1" t="n">
         <v>59</v>
       </c>
-      <c r="B69" s="2" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>NIFTY 25500 Put Feb26</t>
         </is>
       </c>
-      <c r="D69" s="2" t="inlineStr">
+      <c r="D69" s="1" t="inlineStr">
         <is>
           <t>Index Options</t>
         </is>
       </c>
-      <c r="E69" s="10" t="n">
+      <c r="E69" s="5" t="n">
         <v>18980</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>23.2</v>
-[...4 lines deleted...]
-      <c r="H69" s="14" t="n">
+        <v>72.18000000000001</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="H69" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J69" s="6" t="n"/>
     </row>
     <row r="70">
-      <c r="A70" s="11" t="n"/>
-      <c r="B70" s="11" t="inlineStr">
+      <c r="A70" s="8" t="n"/>
+      <c r="B70" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C70" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.0009</v>
+      <c r="C70" s="8" t="n"/>
+      <c r="D70" s="8" t="n"/>
+      <c r="E70" s="8" t="n"/>
+      <c r="F70" s="9" t="n">
+        <v>578.1</v>
+      </c>
+      <c r="G70" s="10" t="n">
+        <v>0.0016</v>
       </c>
     </row>
     <row r="72">
-      <c r="B72" s="65" t="n"/>
+      <c r="B72" s="3" t="n"/>
     </row>
     <row r="73">
-      <c r="A73" s="2" t="n">
+      <c r="A73" s="1" t="n">
         <v>60</v>
       </c>
-      <c r="B73" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D73" s="2" t="inlineStr">
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
-      <c r="E73" s="10" t="n">
+      <c r="E73" s="5" t="n">
         <v>-20900</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>-55.51</v>
-[...1 lines deleted...]
-      <c r="G73" s="66" t="n">
+        <v>-53.2</v>
+      </c>
+      <c r="G73" s="7" t="n">
         <v>-0.0001</v>
       </c>
-      <c r="H73" s="14" t="n">
-        <v>46049</v>
+      <c r="H73" s="11" t="n">
+        <v>46077</v>
       </c>
       <c r="J73" s="6" t="n"/>
     </row>
     <row r="74">
-      <c r="A74" s="2" t="n">
+      <c r="A74" s="1" t="n">
         <v>61</v>
       </c>
-      <c r="B74" s="2" t="inlineStr">
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>-62825</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>-1972.27</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>-0.0053</v>
+      </c>
+      <c r="H74" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>-155800</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>-2216.72</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>-0.006</v>
+      </c>
+      <c r="H75" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Feb26</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="n">
+        <v>-1920000</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>-2414.59</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>-0.0065</v>
+      </c>
+      <c r="H76" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="n">
+        <v>-287250</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>-2679.61</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>-0.0072</v>
+      </c>
+      <c r="H77" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="n">
+        <v>-1611500</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>-3119.22</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>-0.008399999999999999</v>
+      </c>
+      <c r="H78" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Bank of Baroda Feb26</t>
         </is>
       </c>
-      <c r="D74" s="2" t="inlineStr">
+      <c r="D79" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
-      <c r="E74" s="10" t="n">
-[...8 lines deleted...]
-      <c r="H74" s="14" t="n">
+      <c r="E79" s="5" t="n">
+        <v>-1395225</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>-4191.95</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>-0.0113</v>
+      </c>
+      <c r="H79" s="11" t="n">
         <v>46077</v>
       </c>
-      <c r="J74" s="6" t="n"/>
-[...10 lines deleted...]
-      <c r="D75" s="2" t="inlineStr">
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
-      <c r="E75" s="10" t="n">
-[...8 lines deleted...]
-      <c r="H75" s="14" t="n">
+      <c r="E80" s="5" t="n">
+        <v>-469000</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>-4506.86</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>-0.0122</v>
+      </c>
+      <c r="H80" s="11" t="n">
         <v>46077</v>
       </c>
-      <c r="J75" s="6" t="n"/>
-[...5 lines deleted...]
-      <c r="B76" s="2" t="inlineStr">
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="n">
+        <v>-125825</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>-5015.76</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>-0.0136</v>
+      </c>
+      <c r="H81" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J81" s="6" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="n">
+        <v>-371700</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>-5061.44</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>-0.0137</v>
+      </c>
+      <c r="H82" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India Feb26</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="n">
+        <v>-471000</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>-5098.1</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>-0.0138</v>
+      </c>
+      <c r="H83" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="n">
+        <v>-817650</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>-5596.81</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>-0.0151</v>
+      </c>
+      <c r="H84" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="n">
+        <v>-3895200</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>-6041.84</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>-0.0163</v>
+      </c>
+      <c r="H85" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="n">
+        <v>-435500</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>-6094.82</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>-0.0165</v>
+      </c>
+      <c r="H86" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="n">
+        <v>-1546000</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>-6338.6</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>-0.0171</v>
+      </c>
+      <c r="H87" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="n">
+        <v>-145350</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>-6723.31</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>-0.0182</v>
+      </c>
+      <c r="H88" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="n">
+        <v>-1842950</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>-6763.63</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>-0.0183</v>
+      </c>
+      <c r="H89" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited Feb26</t>
         </is>
       </c>
-      <c r="D76" s="2" t="inlineStr">
+      <c r="D90" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
-      <c r="E76" s="10" t="n">
-[...8 lines deleted...]
-      <c r="H76" s="14" t="n">
+      <c r="E90" s="5" t="n">
+        <v>-187075</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>-7374.68</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>-0.0199</v>
+      </c>
+      <c r="H90" s="11" t="n">
         <v>46077</v>
       </c>
-      <c r="J76" s="6" t="n"/>
-[...10 lines deleted...]
-      <c r="D77" s="2" t="inlineStr">
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
-      <c r="E77" s="10" t="n">
-[...8 lines deleted...]
-      <c r="H77" s="14" t="n">
+      <c r="E91" s="5" t="n">
+        <v>-380379</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>-7694.69</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>-0.0208</v>
+      </c>
+      <c r="H91" s="11" t="n">
         <v>46077</v>
       </c>
-      <c r="J77" s="6" t="n"/>
-[...10 lines deleted...]
-      <c r="D78" s="2" t="inlineStr">
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
-      <c r="E78" s="10" t="n">
-[...8 lines deleted...]
-      <c r="H78" s="14" t="n">
+      <c r="E92" s="5" t="n">
+        <v>-2037200</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>-19024.39</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>-0.0514</v>
+      </c>
+      <c r="H92" s="11" t="n">
         <v>46077</v>
       </c>
-      <c r="J78" s="6" t="n"/>
-[...390 lines deleted...]
-      </c>
       <c r="J92" s="6" t="n"/>
     </row>
     <row r="93">
-      <c r="A93" s="2" t="n">
+      <c r="A93" s="8" t="n"/>
+      <c r="B93" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C93" s="8" t="n"/>
+      <c r="D93" s="8" t="n"/>
+      <c r="E93" s="8" t="n"/>
+      <c r="F93" s="9" t="n">
+        <v>-107982.49</v>
+      </c>
+      <c r="G93" s="10" t="n">
+        <v>-0.2917</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="B95" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="B96" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="B97" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
         <v>80</v>
       </c>
-      <c r="B93" s="2" t="inlineStr">
-[...24 lines deleted...]
-      <c r="A94" s="2" t="n">
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08EH0</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>5394.99</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.0146</v>
+      </c>
+      <c r="H98" s="11" t="n">
+        <v>46843</v>
+      </c>
+      <c r="J98" s="6" t="n">
+        <v>7.0483</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
         <v>81</v>
       </c>
-      <c r="B94" s="2" t="inlineStr">
-[...24 lines deleted...]
-      <c r="A95" s="2" t="n">
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07SI8</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>5353.07</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="H99" s="11" t="n">
+        <v>46856</v>
+      </c>
+      <c r="J99" s="6" t="n">
+        <v>7.52</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
         <v>82</v>
       </c>
-      <c r="B95" s="2" t="inlineStr">
-[...24 lines deleted...]
-      <c r="A96" s="2" t="n">
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RG6</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>5207.85</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="H100" s="11" t="n">
+        <v>47602</v>
+      </c>
+      <c r="J100" s="6" t="n">
+        <v>7.405</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
         <v>83</v>
       </c>
-      <c r="B96" s="2" t="inlineStr">
-[...25 lines deleted...]
-      <c r="B97" s="11" t="inlineStr">
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EO7</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>5174.12</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.014</v>
+      </c>
+      <c r="H101" s="11" t="n">
+        <v>47011</v>
+      </c>
+      <c r="J101" s="6" t="n">
+        <v>7.1796</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited**</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>INE685A07157</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="n">
+        <v>3795</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>3807.46</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="H102" s="11" t="n">
+        <v>47137</v>
+      </c>
+      <c r="J102" s="6" t="n">
+        <v>7.5739</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KS8</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="n">
+        <v>3500</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>3594.86</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="H103" s="11" t="n">
+        <v>47175</v>
+      </c>
+      <c r="J103" s="6" t="n">
+        <v>7.2858</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>INE296A07SV1</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>2709.13</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H104" s="11" t="n">
+        <v>48975</v>
+      </c>
+      <c r="I104" s="1" t="inlineStr">
+        <is>
+          <t>PU - 08-Feb-2027</t>
+        </is>
+      </c>
+      <c r="J104" s="6" t="n">
+        <v>7.7</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NP7</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>2683.91</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H105" s="11" t="n">
+        <v>46949</v>
+      </c>
+      <c r="J105" s="6" t="n">
+        <v>7.09</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NM4</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>2677.39</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H106" s="11" t="n">
+        <v>48228</v>
+      </c>
+      <c r="J106" s="6" t="n">
+        <v>7.3549</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>2647.97</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H107" s="11" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J107" s="6" t="n">
+        <v>7.8</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>National Housing Bank</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>INE557F08FY4</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>2646.34</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H108" s="11" t="n">
+        <v>46582</v>
+      </c>
+      <c r="J108" s="6" t="n">
+        <v>7.0274</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08AX5</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="n">
+        <v>250</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>2630.04</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H109" s="11" t="n">
+        <v>46833</v>
+      </c>
+      <c r="J109" s="6" t="n">
+        <v>7.0483</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IH7</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>2629.22</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H110" s="11" t="n">
+        <v>46961</v>
+      </c>
+      <c r="I110" s="1" t="inlineStr">
+        <is>
+          <t>PU - 27-Oct-2026</t>
+        </is>
+      </c>
+      <c r="J110" s="6" t="n">
+        <v>7.9862</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07IG9</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>2607.15</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H111" s="11" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J111" s="6" t="n">
+        <v>8.057499999999999</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08035</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>2606.27</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="H112" s="11" t="n">
+        <v>49129</v>
+      </c>
+      <c r="J112" s="6" t="n">
+        <v>7.43</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Financing Infrastructure and Development**</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>INE0KUG08084</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>2571.04</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H113" s="11" t="n">
+        <v>49406</v>
+      </c>
+      <c r="I113" s="1" t="inlineStr">
+        <is>
+          <t>PU - 08-Apr-2026</t>
+        </is>
+      </c>
+      <c r="J113" s="6" t="n">
+        <v>7.4862</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08207</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>2556.18</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H114" s="11" t="n">
+        <v>46360</v>
+      </c>
+      <c r="J114" s="6" t="n">
+        <v>7.8197</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KM1</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>2538.93</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H115" s="11" t="n">
+        <v>46521</v>
+      </c>
+      <c r="J115" s="6" t="n">
+        <v>7.24</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>INE134E08NU7</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>2535.18</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H116" s="11" t="n">
+        <v>47771</v>
+      </c>
+      <c r="J116" s="6" t="n">
+        <v>7.3204</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JS2</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>2530.4</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H117" s="11" t="n">
+        <v>47079</v>
+      </c>
+      <c r="J117" s="6" t="n">
+        <v>7.9912</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Muthoot Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>INE414G07JU8</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AA+</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>2524.64</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H118" s="11" t="n">
+        <v>47171</v>
+      </c>
+      <c r="J118" s="6" t="n">
+        <v>8.011200000000001</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EP4</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>2516.08</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H119" s="11" t="n">
+        <v>47038</v>
+      </c>
+      <c r="J119" s="6" t="n">
+        <v>7.23</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08298</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="n">
+        <v>750</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>753.5</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="H120" s="11" t="n">
+        <v>47150</v>
+      </c>
+      <c r="J120" s="6" t="n">
+        <v>7.705</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="8" t="n"/>
+      <c r="B121" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C97" s="11" t="n"/>
-[...119 lines deleted...]
-      <c r="E104" s="10" t="n">
+      <c r="C121" s="8" t="n"/>
+      <c r="D121" s="8" t="n"/>
+      <c r="E121" s="8" t="n"/>
+      <c r="F121" s="9" t="n">
+        <v>70895.72</v>
+      </c>
+      <c r="G121" s="10" t="n">
+        <v>0.1914</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="B123" s="3" t="inlineStr">
+        <is>
+          <t>Government Securities (Central/State)</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>7.32% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230135</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="n">
+        <v>10500000</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>11051.79</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>0.0299</v>
+      </c>
+      <c r="H124" s="11" t="n">
+        <v>47800</v>
+      </c>
+      <c r="J124" s="6" t="n">
+        <v>6.4136</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>7.06% GOI 2028</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230010</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="n">
+        <v>6000000</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>6280.78</v>
+      </c>
+      <c r="G125" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="H125" s="11" t="n">
+        <v>46853</v>
+      </c>
+      <c r="J125" s="6" t="n">
+        <v>5.8212</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>7.17% GOI 2030</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>IN0020230036</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="n">
+        <v>5000000</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>5247.09</v>
+      </c>
+      <c r="G126" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H126" s="11" t="n">
+        <v>47590</v>
+      </c>
+      <c r="J126" s="6" t="n">
+        <v>6.3782</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>7.10% GOI 2029</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>IN0020220011</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>2625.91</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H127" s="11" t="n">
+        <v>47226</v>
+      </c>
+      <c r="J127" s="6" t="n">
+        <v>6.0526</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="1" t="n">
+        <v>107</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>6.79% GOI 2034</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>IN0020240126</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>2562.5</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="H128" s="11" t="n">
+        <v>49224</v>
+      </c>
+      <c r="J128" s="6" t="n">
+        <v>6.7341</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="1" t="n">
+        <v>108</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>6.48% GOI 2035</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>IN0020250091</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>2514.02</v>
+      </c>
+      <c r="G129" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="H129" s="11" t="n">
+        <v>49588</v>
+      </c>
+      <c r="J129" s="6" t="n">
+        <v>6.6952</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="8" t="n"/>
+      <c r="B130" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C130" s="8" t="n"/>
+      <c r="D130" s="8" t="n"/>
+      <c r="E130" s="8" t="n"/>
+      <c r="F130" s="9" t="n">
+        <v>30282.09</v>
+      </c>
+      <c r="G130" s="10" t="n">
+        <v>0.0819</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="B132" s="3" t="inlineStr">
+        <is>
+          <t>Securitised Debt</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="n">
+        <v>109</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>India Universal Trust**</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>INE16J715035</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>IND AAA(SO)</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="n">
+        <v>32</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>2927.19</v>
+      </c>
+      <c r="G133" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H133" s="11" t="n">
+        <v>47746</v>
+      </c>
+      <c r="J133" s="6" t="n">
+        <v>8.2149</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="8" t="n"/>
+      <c r="B134" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C134" s="8" t="n"/>
+      <c r="D134" s="8" t="n"/>
+      <c r="E134" s="8" t="n"/>
+      <c r="F134" s="9" t="n">
+        <v>2927.19</v>
+      </c>
+      <c r="G134" s="10" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="B136" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="B137" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="1" t="n">
+        <v>110</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HR5</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>4784.02</v>
+      </c>
+      <c r="G138" s="7" t="n">
+        <v>0.0129</v>
+      </c>
+      <c r="H138" s="11" t="n">
+        <v>46286</v>
+      </c>
+      <c r="J138" s="6" t="n">
+        <v>7.1026</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="1" t="n">
+        <v>111</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6BS7</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="n">
         <v>500</v>
       </c>
-      <c r="F104" s="6" t="n">
-[...729 lines deleted...]
-      <c r="B125" s="11" t="inlineStr">
+      <c r="F139" s="6" t="n">
+        <v>2480.42</v>
+      </c>
+      <c r="G139" s="7" t="n">
+        <v>0.0067</v>
+      </c>
+      <c r="H139" s="11" t="n">
+        <v>46097</v>
+      </c>
+      <c r="J139" s="6" t="n">
+        <v>6.6997</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="8" t="n"/>
+      <c r="B140" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C125" s="11" t="n"/>
-[...192 lines deleted...]
-      <c r="A133" s="2" t="n">
+      <c r="C140" s="8" t="n"/>
+      <c r="D140" s="8" t="n"/>
+      <c r="E140" s="8" t="n"/>
+      <c r="F140" s="9" t="n">
+        <v>7264.44</v>
+      </c>
+      <c r="G140" s="10" t="n">
+        <v>0.0196</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="1" t="n">
         <v>112</v>
       </c>
-      <c r="B133" s="2" t="inlineStr">
-[...67 lines deleted...]
-      <c r="B135" s="11" t="inlineStr">
+      <c r="B142" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>2943.57</v>
+      </c>
+      <c r="G142" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H142" s="11" t="n">
+        <v>46055</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="8" t="n"/>
+      <c r="B143" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C135" s="11" t="n"/>
-[...108 lines deleted...]
-        <v>0.0202</v>
+      <c r="C143" s="8" t="n"/>
+      <c r="D143" s="8" t="n"/>
+      <c r="E143" s="8" t="n"/>
+      <c r="F143" s="9" t="n">
+        <v>2943.57</v>
+      </c>
+      <c r="G143" s="10" t="n">
+        <v>0.007900000000000001</v>
       </c>
     </row>
     <row r="145">
-      <c r="B145" s="65" t="inlineStr">
+      <c r="B145" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="146">
-      <c r="B146" s="2" t="inlineStr">
+      <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Cash Margin</t>
         </is>
       </c>
-      <c r="E146" s="10" t="n"/>
+      <c r="E146" s="5" t="n"/>
       <c r="F146" s="6" t="n">
         <v>1150</v>
       </c>
-      <c r="G146" s="66" t="n">
+      <c r="G146" s="7" t="n">
         <v>0.0031</v>
       </c>
       <c r="J146" s="6" t="n"/>
     </row>
     <row r="147">
-      <c r="B147" s="2" t="inlineStr">
+      <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E147" s="10" t="n"/>
+      <c r="E147" s="5" t="n"/>
       <c r="F147" s="6" t="n">
-        <v>-1414.84</v>
-[...2 lines deleted...]
-        <v>-0.004</v>
+        <v>1484.03</v>
+      </c>
+      <c r="G147" s="7" t="n">
+        <v>0.0042</v>
       </c>
       <c r="J147" s="6" t="n"/>
     </row>
     <row r="148">
-      <c r="A148" s="11" t="n"/>
-      <c r="B148" s="11" t="inlineStr">
+      <c r="A148" s="8" t="n"/>
+      <c r="B148" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C148" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>-0.0009</v>
+      <c r="C148" s="8" t="n"/>
+      <c r="D148" s="8" t="n"/>
+      <c r="E148" s="8" t="n"/>
+      <c r="F148" s="9" t="n">
+        <v>2634.03</v>
+      </c>
+      <c r="G148" s="10" t="n">
+        <v>0.0073</v>
       </c>
     </row>
     <row r="150">
-      <c r="A150" s="5" t="n"/>
-      <c r="B150" s="5" t="inlineStr">
+      <c r="A150" s="4" t="n"/>
+      <c r="B150" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C150" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G150" s="9" t="n">
+      <c r="C150" s="4" t="n"/>
+      <c r="D150" s="4" t="n"/>
+      <c r="E150" s="4" t="n"/>
+      <c r="F150" s="12" t="n">
+        <v>370159.5</v>
+      </c>
+      <c r="G150" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="151">
-      <c r="A151" s="2" t="inlineStr">
+      <c r="A151" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="152">
-      <c r="A152" s="2" t="n">
+      <c r="A152" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B152" s="2" t="inlineStr">
+      <c r="B152" s="1" t="inlineStr">
         <is>
           <t>^ Pending Listing</t>
         </is>
       </c>
     </row>
     <row r="153">
-      <c r="A153" s="2" t="n">
+      <c r="A153" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B153" s="2" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>** Non Traded in accordance with SEBI Regulations.</t>
         </is>
       </c>
     </row>
     <row r="154">
-      <c r="A154" s="16" t="n">
+      <c r="A154" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B154" s="16" t="inlineStr">
+      <c r="B154" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="155" ht="27" customHeight="1" s="41">
-[...20 lines deleted...]
-      <c r="B159" s="54" t="inlineStr">
+    <row r="158" ht="14.5" customHeight="1" s="45">
+      <c r="B158" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="171" ht="14.5" customHeight="1" s="41">
-      <c r="B171" s="54" t="inlineStr">
+    <row r="172" ht="14.5" customHeight="1" s="45">
+      <c r="B172" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL Hybrid 50+50 - Moderate Index</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="2">
-    <mergeCell ref="B156:G156"/>
+  <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 