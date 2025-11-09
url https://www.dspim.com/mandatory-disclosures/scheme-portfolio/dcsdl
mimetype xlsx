--- v0 (2025-10-18)
+++ v1 (2025-11-09)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="997" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="CRISIL SDL GSec 2033" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="22">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -157,50 +157,57 @@
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
@@ -334,66 +341,67 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="107">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -449,212 +457,195 @@
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="10" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...25 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -708,92 +699,92 @@
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>43</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2298700</colOff>
+      <colOff>2374900</colOff>
       <row>52</row>
-      <rowOff>31750</rowOff>
+      <rowOff>31749</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="6940550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>57</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2298700</colOff>
+      <colOff>2374900</colOff>
       <row>66</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="9353550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
@@ -1049,90 +1040,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L78"/>
+  <dimension ref="A1:L81"/>
   <sheetViews>
-    <sheetView zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-    <col width="34.453125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
-    <col width="21.26953125" customWidth="1" style="2" min="3" max="3"/>
+    <col width="41" customWidth="1" style="2" min="2" max="2"/>
+    <col width="19.90625" customWidth="1" style="2" min="3" max="3"/>
     <col width="14.1796875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
-    <col width="14.54296875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="15.7265625" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="15.81640625" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
     <row r="1" ht="19" customHeight="1" s="74">
       <c r="A1" s="73" t="n"/>
       <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP CRISIL-IBX 50:50 Gilt Plus SDL - April 2033 Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 15, 2025</t>
+          <t>Portfolio as on October 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1181,795 +1172,798 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>7.26% GOI 2032</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>IN0020220060</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
         <v>10270000</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>10857.35</v>
+        <v>10815.84</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.3345</v>
+        <v>0.3357</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>48448</v>
       </c>
       <c r="J8" s="6" t="n">
-        <v>6.412</v>
+        <v>6.5343</v>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>7.26% GOI 2033</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>IN0020220151</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>3500000</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>3701.75</v>
+        <v>3694.83</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.114</v>
+        <v>0.1147</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>48616</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>6.4998</v>
+        <v>6.5817</v>
       </c>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.9728</v>
+        <v>0.9794</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>7.74% Maharashtra SDL 2033</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>IN2220220189</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>3305300</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>3457.86</v>
+        <v>3465.92</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.1065</v>
+        <v>0.1076</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>48639</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>7.0939</v>
+        <v>7.1044</v>
       </c>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.0272</v>
+        <v>0.0206</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>7.64% Maharashtra SDL 2033</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>IN2220220163</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>3287900</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>3444.55</v>
+        <v>3448.07</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.1061</v>
+        <v>0.107</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>48604</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>7.0939</v>
+        <v>7.1287</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>7.70% Maharashtra SDL 2033</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>IN2220220205</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
         <v>3240900</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>3378.4</v>
+        <v>3386.55</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.1041</v>
+        <v>0.1051</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>48646</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>7.0939</v>
+        <v>7.1029</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>8.32% GOI 2032</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>IN0020070044</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
         <v>1070000</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>1198.62</v>
+        <v>1196.5</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0369</v>
+        <v>0.0371</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>48428</v>
       </c>
       <c r="J13" s="6" t="n">
-        <v>6.4208</v>
+        <v>6.5069</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>7.65% Gujarat SDL 2033</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>IN1520220212</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>1047.01</v>
+        <v>1048.07</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0323</v>
+        <v>0.0325</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>48611</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>7.0939</v>
+        <v>7.1287</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>7.68% Gujarat SDL 2033</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>IN1520220287</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>1039.86</v>
+        <v>1040.87</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.032</v>
+        <v>0.0323</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>48653</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>7.0939</v>
+        <v>7.1288</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>7.71% Gujarat SDL 2033</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>IN1520220253</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>903300</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>943.4299999999999</v>
+        <v>944.36</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0291</v>
+        <v>0.0293</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>48639</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>7.0939</v>
+        <v>7.1287</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>7.64% Telangana SDL 2033</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>IN4520220380</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>800000</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>833.5</v>
+        <v>834.36</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0257</v>
+        <v>0.0259</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>48618</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>7.1487</v>
+        <v>7.1835</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>7.60% Karnataka SDL 2032</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>IN1920220135</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>690000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>728.14</v>
+        <v>729.84</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0224</v>
+        <v>0.0227</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>48576</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>7.015</v>
+        <v>7.025</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>7.48% Karnataka SDL 2033</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>IN1920230258</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>650000</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>672.08</v>
+        <v>672.74</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0207</v>
+        <v>0.0209</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>48631</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>7.079</v>
+        <v>7.1137</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>7.60% Karnataka SDL 2033</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>IN1920220168</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>263900</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>276.98</v>
+        <v>277.27</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.008500000000000001</v>
+        <v>0.0086</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>48583</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>7.0939</v>
+        <v>7.1287</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="9" t="n"/>
       <c r="B21" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C21" s="9" t="n"/>
       <c r="D21" s="9" t="n"/>
       <c r="E21" s="9" t="n"/>
       <c r="F21" s="10" t="n">
-        <v>31579.53</v>
+        <v>31555.22</v>
       </c>
       <c r="G21" s="11" t="n">
-        <v>0.9728</v>
+        <v>0.9794</v>
       </c>
     </row>
     <row r="23">
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F24" s="6" t="n">
-        <v>838.55</v>
+        <v>619.85</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0258</v>
+        <v>0.0193</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>45946</v>
+        <v>45964</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="9" t="n"/>
       <c r="B25" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C25" s="9" t="n"/>
       <c r="D25" s="9" t="n"/>
       <c r="E25" s="9" t="n"/>
       <c r="F25" s="10" t="n">
-        <v>838.55</v>
+        <v>619.85</v>
       </c>
       <c r="G25" s="11" t="n">
-        <v>0.0258</v>
+        <v>0.0193</v>
       </c>
     </row>
     <row r="27">
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="B28" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E28" s="12" t="n"/>
       <c r="F28" s="6" t="n">
-        <v>43.74</v>
+        <v>41.44</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0014</v>
+        <v>0.0013</v>
       </c>
       <c r="J28" s="6" t="n"/>
     </row>
     <row r="29">
       <c r="A29" s="9" t="n"/>
       <c r="B29" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C29" s="9" t="n"/>
       <c r="D29" s="9" t="n"/>
       <c r="E29" s="9" t="n"/>
       <c r="F29" s="10" t="n">
-        <v>43.74</v>
+        <v>41.44</v>
       </c>
       <c r="G29" s="11" t="n">
-        <v>0.0014</v>
+        <v>0.0013</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="n"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C31" s="5" t="n"/>
       <c r="D31" s="5" t="n"/>
       <c r="E31" s="5" t="n"/>
       <c r="F31" s="13" t="n">
-        <v>32461.82</v>
+        <v>32216.51</v>
       </c>
       <c r="G31" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="15" t="n">
+      <c r="A33" s="16" t="n">
         <v>1</v>
       </c>
-      <c r="B33" s="15" t="inlineStr">
+      <c r="B33" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
     <row r="34" ht="27" customHeight="1" s="74">
-      <c r="A34" s="15" t="n">
+      <c r="A34" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B34" s="15" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A35" s="72" t="n">
+      <c r="B34" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" ht="57" customHeight="1" s="74">
+      <c r="A35" s="68" t="n">
         <v>3</v>
       </c>
-      <c r="B35" s="102" t="inlineStr">
+      <c r="B35" s="99" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
     </row>
     <row r="36" ht="14.5" customHeight="1" s="74">
-      <c r="B36" s="70" t="n"/>
-      <c r="C36" s="71" t="n"/>
+      <c r="B36" s="66" t="n"/>
+      <c r="C36" s="67" t="n"/>
     </row>
     <row r="37" ht="14.5" customHeight="1" s="74">
-      <c r="B37" s="67" t="inlineStr">
+      <c r="B37" s="63" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
-      <c r="C37" s="67" t="inlineStr">
+      <c r="C37" s="63" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
-    <row r="38" ht="29" customHeight="1" s="74">
-      <c r="B38" s="103" t="inlineStr">
+    <row r="38" ht="14.5" customHeight="1" s="74">
+      <c r="B38" s="64" t="inlineStr">
         <is>
           <t>CRISIL-IBX 50:50 SDL Plus Gilt Index - April 2033</t>
         </is>
       </c>
-      <c r="C38" s="69" t="n">
-        <v>0.9728</v>
+      <c r="C38" s="65" t="n">
+        <v>0.9794</v>
       </c>
     </row>
     <row r="42" ht="14.5" customHeight="1" s="74">
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
     <row r="56" ht="14.5" customHeight="1" s="74">
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL SDL Plus G-Sec Apr 2033 50:50 Index Fund</t>
         </is>
       </c>
     </row>
     <row r="71">
-      <c r="B71" s="16" t="n"/>
-      <c r="C71" s="18" t="inlineStr">
+      <c r="B71" s="17" t="n"/>
+      <c r="C71" s="19" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
     <row r="72" ht="40.5" customHeight="1" s="74">
-      <c r="B72" s="16" t="inlineStr">
+      <c r="B72" s="17" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C72" s="101" t="inlineStr">
+      <c r="C72" s="97" t="inlineStr">
         <is>
           <t>DSP CRISIL-IBX 50:50 Gilt Plus SDL - April 2033 Index Fund</t>
         </is>
       </c>
     </row>
     <row r="73">
-      <c r="B73" s="16" t="inlineStr">
+      <c r="B73" s="17" t="inlineStr">
         <is>
           <t>Description (if any)</t>
         </is>
       </c>
-      <c r="C73" s="19" t="n"/>
+      <c r="C73" s="20" t="n"/>
     </row>
     <row r="74">
-      <c r="B74" s="16" t="inlineStr">
+      <c r="B74" s="17" t="inlineStr">
         <is>
           <t>Annualised Portfolio YTM*:</t>
         </is>
       </c>
-      <c r="C74" s="20" t="n">
-        <v>0.0684</v>
+      <c r="C74" s="21" t="n">
+        <v>0.0692</v>
       </c>
     </row>
     <row r="75">
-      <c r="B75" s="16" t="inlineStr">
+      <c r="B75" s="17" t="inlineStr">
         <is>
           <t>Macaulay Duration</t>
         </is>
       </c>
-      <c r="C75" s="19" t="n">
-        <v>5.48</v>
+      <c r="C75" s="20" t="n">
+        <v>5.47</v>
       </c>
     </row>
     <row r="76">
-      <c r="B76" s="16" t="inlineStr">
+      <c r="B76" s="17" t="inlineStr">
         <is>
           <t>Residual Maturity</t>
         </is>
       </c>
-      <c r="C76" s="19" t="n">
-        <v>6.96</v>
+      <c r="C76" s="20" t="n">
+        <v>6.97</v>
       </c>
     </row>
     <row r="77">
-      <c r="B77" s="16" t="inlineStr">
+      <c r="B77" s="17" t="inlineStr">
         <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C77" s="21" t="n">
-        <v>45945</v>
+      <c r="C77" s="22" t="n">
+        <v>45961</v>
       </c>
     </row>
     <row r="78">
-      <c r="B78" s="17" t="inlineStr">
+      <c r="B78" s="18" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C78" s="18" t="n"/>
+      <c r="C78" s="19" t="n"/>
+    </row>
+    <row r="81">
+      <c r="B81" s="4" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B35:C35"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ICRON Research</dc:creator>
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>