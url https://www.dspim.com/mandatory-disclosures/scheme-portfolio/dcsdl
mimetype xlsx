--- v1 (2025-11-09)
+++ v2 (2025-12-24)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="945" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="CRISIL SDL GSec 2033" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="22">
+  <fonts count="23">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -82,57 +82,57 @@
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
@@ -149,50 +149,56 @@
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -341,127 +347,123 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="102">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...31 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
@@ -469,183 +471,190 @@
     </xf>
     <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...79 lines deleted...]
-    </xf>
     <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -694,98 +703,98 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>43</row>
+      <row>41</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>52</row>
-      <rowOff>31749</rowOff>
+      <row>50</row>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="6940550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>57</row>
+      <row>53</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>66</row>
+      <row>62</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="9353550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1045,85 +1054,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L81"/>
+  <dimension ref="A1:L72"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
+    <col width="40.81640625" customWidth="1" style="92" min="2" max="2"/>
+    <col width="19.08984375" customWidth="1" style="92" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="92" min="4" max="4"/>
+    <col width="12.36328125" customWidth="1" style="92" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="92" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="92" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="92" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="92" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="92" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="68">
+      <c r="A1" s="67" t="n"/>
+      <c r="B1" s="67" t="inlineStr">
         <is>
           <t>DSP CRISIL-IBX 50:50 Gilt Plus SDL - April 2033 Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>Portfolio as on October 31, 2025</t>
+          <t>Portfolio as on December 15, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1150,820 +1159,822 @@
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="92" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="92" t="inlineStr">
         <is>
           <t>7.26% GOI 2032</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="92" t="inlineStr">
         <is>
           <t>IN0020220060</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E8" s="12" t="n">
         <v>10270000</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>10815.84</v>
+        <v>10860.3</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.3357</v>
+        <v>0.3375</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>48448</v>
       </c>
       <c r="J8" s="6" t="n">
-        <v>6.5343</v>
+        <v>6.6107</v>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="92" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="92" t="inlineStr">
         <is>
           <t>7.26% GOI 2033</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="92" t="inlineStr">
         <is>
           <t>IN0020220151</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E9" s="12" t="n">
         <v>3500000</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>3694.83</v>
+        <v>3714.02</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.1147</v>
+        <v>0.1154</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>48616</v>
       </c>
       <c r="J9" s="6" t="n">
-        <v>6.5817</v>
-[...1 lines deleted...]
-      <c r="K9" s="2" t="inlineStr">
+        <v>6.6356</v>
+      </c>
+      <c r="K9" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.9794</v>
+        <v>0.9854000000000001</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="92" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="92" t="inlineStr">
         <is>
           <t>7.74% Maharashtra SDL 2033</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="92" t="inlineStr">
         <is>
           <t>IN2220220189</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E10" s="12" t="n">
         <v>3305300</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>3465.92</v>
+        <v>3483.07</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.1076</v>
+        <v>0.1082</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>48639</v>
       </c>
       <c r="J10" s="6" t="n">
-        <v>7.1044</v>
-[...1 lines deleted...]
-      <c r="K10" s="2" t="inlineStr">
+        <v>7.1749</v>
+      </c>
+      <c r="K10" s="92" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.0206</v>
+        <v>0.0146</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="92" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="92" t="inlineStr">
         <is>
           <t>7.64% Maharashtra SDL 2033</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C11" s="92" t="inlineStr">
         <is>
           <t>IN2220220163</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D11" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E11" s="12" t="n">
         <v>3287900</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>3448.07</v>
+        <v>3469.9</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.107</v>
+        <v>0.1078</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>48604</v>
       </c>
       <c r="J11" s="6" t="n">
-        <v>7.1287</v>
+        <v>7.1749</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="n">
+      <c r="A12" s="92" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="2" t="inlineStr">
+      <c r="B12" s="92" t="inlineStr">
         <is>
           <t>7.70% Maharashtra SDL 2033</t>
         </is>
       </c>
-      <c r="C12" s="2" t="inlineStr">
+      <c r="C12" s="92" t="inlineStr">
         <is>
           <t>IN2220220205</t>
         </is>
       </c>
-      <c r="D12" s="2" t="inlineStr">
+      <c r="D12" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E12" s="12" t="n">
         <v>3240900</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>3386.55</v>
+        <v>3402.96</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.1051</v>
+        <v>0.1057</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>48646</v>
       </c>
       <c r="J12" s="6" t="n">
-        <v>7.1029</v>
+        <v>7.1749</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="n">
+      <c r="A13" s="92" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="2" t="inlineStr">
+      <c r="B13" s="92" t="inlineStr">
         <is>
           <t>8.32% GOI 2032</t>
         </is>
       </c>
-      <c r="C13" s="2" t="inlineStr">
+      <c r="C13" s="92" t="inlineStr">
         <is>
           <t>IN0020070044</t>
         </is>
       </c>
-      <c r="D13" s="2" t="inlineStr">
+      <c r="D13" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E13" s="12" t="n">
         <v>1070000</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>1196.5</v>
+        <v>1202.61</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0371</v>
+        <v>0.0374</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>48428</v>
       </c>
       <c r="J13" s="6" t="n">
-        <v>6.5069</v>
+        <v>6.5651</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="n">
+      <c r="A14" s="92" t="n">
         <v>7</v>
       </c>
-      <c r="B14" s="2" t="inlineStr">
+      <c r="B14" s="92" t="inlineStr">
         <is>
           <t>7.65% Gujarat SDL 2033</t>
         </is>
       </c>
-      <c r="C14" s="2" t="inlineStr">
+      <c r="C14" s="92" t="inlineStr">
         <is>
           <t>IN1520220212</t>
         </is>
       </c>
-      <c r="D14" s="2" t="inlineStr">
+      <c r="D14" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E14" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>1048.07</v>
+        <v>1054.7</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.0325</v>
+        <v>0.0328</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>48611</v>
       </c>
       <c r="J14" s="6" t="n">
-        <v>7.1287</v>
+        <v>7.1749</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="n">
+      <c r="A15" s="92" t="n">
         <v>8</v>
       </c>
-      <c r="B15" s="2" t="inlineStr">
+      <c r="B15" s="92" t="inlineStr">
         <is>
           <t>7.68% Gujarat SDL 2033</t>
         </is>
       </c>
-      <c r="C15" s="2" t="inlineStr">
+      <c r="C15" s="92" t="inlineStr">
         <is>
           <t>IN1520220287</t>
         </is>
       </c>
-      <c r="D15" s="2" t="inlineStr">
+      <c r="D15" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E15" s="12" t="n">
         <v>1000000</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>1040.87</v>
+        <v>1047.4</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0323</v>
+        <v>0.0325</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>48653</v>
       </c>
       <c r="J15" s="6" t="n">
-        <v>7.1288</v>
+        <v>7.1749</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="n">
+      <c r="A16" s="92" t="n">
         <v>9</v>
       </c>
-      <c r="B16" s="2" t="inlineStr">
+      <c r="B16" s="92" t="inlineStr">
         <is>
           <t>7.71% Gujarat SDL 2033</t>
         </is>
       </c>
-      <c r="C16" s="2" t="inlineStr">
+      <c r="C16" s="92" t="inlineStr">
         <is>
           <t>IN1520220253</t>
         </is>
       </c>
-      <c r="D16" s="2" t="inlineStr">
+      <c r="D16" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E16" s="12" t="n">
         <v>903300</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>944.36</v>
+        <v>950.3</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0293</v>
+        <v>0.0295</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>48639</v>
       </c>
       <c r="J16" s="6" t="n">
-        <v>7.1287</v>
+        <v>7.1749</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="n">
+      <c r="A17" s="92" t="n">
         <v>10</v>
       </c>
-      <c r="B17" s="2" t="inlineStr">
+      <c r="B17" s="92" t="inlineStr">
         <is>
           <t>7.64% Telangana SDL 2033</t>
         </is>
       </c>
-      <c r="C17" s="2" t="inlineStr">
+      <c r="C17" s="92" t="inlineStr">
         <is>
           <t>IN4520220380</t>
         </is>
       </c>
-      <c r="D17" s="2" t="inlineStr">
+      <c r="D17" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E17" s="12" t="n">
         <v>800000</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>834.36</v>
+        <v>841.15</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0259</v>
+        <v>0.0261</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>48618</v>
       </c>
       <c r="J17" s="6" t="n">
-        <v>7.1835</v>
+        <v>7.1969</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="n">
+      <c r="A18" s="92" t="n">
         <v>11</v>
       </c>
-      <c r="B18" s="2" t="inlineStr">
+      <c r="B18" s="92" t="inlineStr">
         <is>
           <t>7.60% Karnataka SDL 2032</t>
         </is>
       </c>
-      <c r="C18" s="2" t="inlineStr">
+      <c r="C18" s="92" t="inlineStr">
         <is>
           <t>IN1920220135</t>
         </is>
       </c>
-      <c r="D18" s="2" t="inlineStr">
+      <c r="D18" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E18" s="12" t="n">
         <v>690000</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>729.84</v>
+        <v>733.47</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0227</v>
+        <v>0.0228</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>48576</v>
       </c>
       <c r="J18" s="6" t="n">
-        <v>7.025</v>
+        <v>7.0952</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="n">
+      <c r="A19" s="92" t="n">
         <v>12</v>
       </c>
-      <c r="B19" s="2" t="inlineStr">
+      <c r="B19" s="92" t="inlineStr">
         <is>
           <t>7.48% Karnataka SDL 2033</t>
         </is>
       </c>
-      <c r="C19" s="2" t="inlineStr">
+      <c r="C19" s="92" t="inlineStr">
         <is>
           <t>IN1920230258</t>
         </is>
       </c>
-      <c r="D19" s="2" t="inlineStr">
+      <c r="D19" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E19" s="12" t="n">
         <v>650000</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>672.74</v>
+        <v>676.41</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0209</v>
+        <v>0.021</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>48631</v>
       </c>
       <c r="J19" s="6" t="n">
-        <v>7.1137</v>
+        <v>7.1749</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="n">
+      <c r="A20" s="92" t="n">
         <v>13</v>
       </c>
-      <c r="B20" s="2" t="inlineStr">
+      <c r="B20" s="92" t="inlineStr">
         <is>
           <t>7.60% Karnataka SDL 2033</t>
         </is>
       </c>
-      <c r="C20" s="2" t="inlineStr">
+      <c r="C20" s="92" t="inlineStr">
         <is>
           <t>IN1920220168</t>
         </is>
       </c>
-      <c r="D20" s="2" t="inlineStr">
+      <c r="D20" s="92" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
       <c r="E20" s="12" t="n">
         <v>263900</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>277.27</v>
+        <v>279.03</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.0086</v>
+        <v>0.008699999999999999</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>48583</v>
       </c>
       <c r="J20" s="6" t="n">
-        <v>7.1287</v>
+        <v>7.1749</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="9" t="n"/>
       <c r="B21" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C21" s="9" t="n"/>
       <c r="D21" s="9" t="n"/>
       <c r="E21" s="9" t="n"/>
       <c r="F21" s="10" t="n">
-        <v>31555.22</v>
+        <v>31715.32</v>
       </c>
       <c r="G21" s="11" t="n">
-        <v>0.9794</v>
+        <v>0.9854000000000001</v>
       </c>
     </row>
     <row r="23">
       <c r="B23" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="2" t="n">
+      <c r="A24" s="92" t="n">
         <v>14</v>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F24" s="6" t="n">
-        <v>619.85</v>
+        <v>442.63</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0193</v>
+        <v>0.0138</v>
       </c>
       <c r="H24" s="8" t="n">
-        <v>45964</v>
+        <v>46007</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="9" t="n"/>
       <c r="B25" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C25" s="9" t="n"/>
       <c r="D25" s="9" t="n"/>
       <c r="E25" s="9" t="n"/>
       <c r="F25" s="10" t="n">
-        <v>619.85</v>
+        <v>442.63</v>
       </c>
       <c r="G25" s="11" t="n">
-        <v>0.0193</v>
+        <v>0.0138</v>
       </c>
     </row>
     <row r="27">
       <c r="B27" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="28">
-      <c r="B28" s="2" t="inlineStr">
+      <c r="B28" s="92" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
       <c r="E28" s="12" t="n"/>
       <c r="F28" s="6" t="n">
-        <v>41.44</v>
+        <v>22.29</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.0013</v>
+        <v>0.0008</v>
       </c>
       <c r="J28" s="6" t="n"/>
     </row>
     <row r="29">
       <c r="A29" s="9" t="n"/>
       <c r="B29" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
       <c r="C29" s="9" t="n"/>
       <c r="D29" s="9" t="n"/>
       <c r="E29" s="9" t="n"/>
       <c r="F29" s="10" t="n">
-        <v>41.44</v>
+        <v>22.29</v>
       </c>
       <c r="G29" s="11" t="n">
-        <v>0.0013</v>
+        <v>0.0008</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="n"/>
       <c r="B31" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
       <c r="C31" s="5" t="n"/>
       <c r="D31" s="5" t="n"/>
       <c r="E31" s="5" t="n"/>
       <c r="F31" s="13" t="n">
-        <v>32216.51</v>
+        <v>32180.24</v>
       </c>
       <c r="G31" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="2" t="inlineStr">
+      <c r="A32" s="92" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="16" t="n">
+      <c r="A33" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B33" s="16" t="inlineStr">
+      <c r="B33" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="34" ht="27" customHeight="1" s="74">
-      <c r="A34" s="16" t="n">
+    <row r="34" ht="42" customHeight="1" s="68">
+      <c r="A34" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B34" s="16" t="inlineStr">
+      <c r="B34" s="95" t="inlineStr">
+        <is>
+          <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" ht="14.5" customHeight="1" s="68">
+      <c r="B35" s="59" t="inlineStr">
+        <is>
+          <t>Scheme</t>
+        </is>
+      </c>
+      <c r="C35" s="59" t="inlineStr">
+        <is>
+          <t>DIRF</t>
+        </is>
+      </c>
+    </row>
+    <row r="36" ht="14.5" customHeight="1" s="68">
+      <c r="B36" s="60" t="inlineStr">
+        <is>
+          <t>CRISIL-IBX 50:50 SDL Plus Gilt Index - April 2033</t>
+        </is>
+      </c>
+      <c r="C36" s="61" t="n">
+        <v>0.9854000000000001</v>
+      </c>
+    </row>
+    <row r="37" ht="27" customHeight="1" s="68">
+      <c r="A37" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B37" s="15" t="inlineStr">
         <is>
           <t>Net Assets does not include unit activity for the last day of the month</t>
         </is>
       </c>
-    </row>
-[...37 lines deleted...]
-      <c r="B42" s="1" t="inlineStr">
+      <c r="C37" s="65" t="n"/>
+    </row>
+    <row r="38" ht="14.5" customHeight="1" s="68">
+      <c r="B38" s="64" t="n"/>
+      <c r="C38" s="65" t="n"/>
+    </row>
+    <row r="39" ht="14.5" customHeight="1" s="68">
+      <c r="B39" s="64" t="n"/>
+      <c r="C39" s="65" t="n"/>
+    </row>
+    <row r="40" ht="14.5" customHeight="1" s="68">
+      <c r="B40" s="91" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="56" ht="14.5" customHeight="1" s="74">
-      <c r="B56" s="1" t="inlineStr">
+    <row r="52" ht="14.5" customHeight="1" s="68">
+      <c r="B52" s="91" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL SDL Plus G-Sec Apr 2033 50:50 Index Fund</t>
         </is>
       </c>
     </row>
+    <row r="65">
+      <c r="B65" s="16" t="n"/>
+      <c r="C65" s="18" t="inlineStr">
+        <is>
+          <t>Portfolio Information</t>
+        </is>
+      </c>
+    </row>
+    <row r="66" ht="67.5" customHeight="1" s="68">
+      <c r="B66" s="16" t="inlineStr">
+        <is>
+          <t>Scheme Name:</t>
+        </is>
+      </c>
+      <c r="C66" s="97" t="inlineStr">
+        <is>
+          <t>DSP CRISIL-IBX 50:50 Gilt Plus SDL - April 2033 Index Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="B67" s="16" t="inlineStr">
+        <is>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C67" s="19" t="n"/>
+    </row>
+    <row r="68">
+      <c r="B68" s="16" t="inlineStr">
+        <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C68" s="20" t="n">
+        <v>0.0699</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="B69" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C69" s="19" t="n">
+        <v>5.38</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="B70" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C70" s="19" t="n">
+        <v>6.89</v>
+      </c>
+    </row>
     <row r="71">
-      <c r="B71" s="17" t="n"/>
-[...6 lines deleted...]
-    <row r="72" ht="40.5" customHeight="1" s="74">
+      <c r="B71" s="16" t="inlineStr">
+        <is>
+          <t>As on (Date)</t>
+        </is>
+      </c>
+      <c r="C71" s="21" t="n">
+        <v>46006</v>
+      </c>
+    </row>
+    <row r="72">
       <c r="B72" s="17" t="inlineStr">
         <is>
-          <t>Scheme Name:</t>
-[...58 lines deleted...]
-        <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C78" s="19" t="n"/>
-[...2 lines deleted...]
-      <c r="B81" s="4" t="n"/>
+      <c r="C72" s="18" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="B34:C34"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>