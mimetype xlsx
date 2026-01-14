--- v2 (2025-12-24)
+++ v3 (2026-01-14)
@@ -1,79 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="993" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="CRISIL SDL GSec 2033" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="23">
+  <fonts count="21">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -110,56 +104,50 @@
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
-      <sz val="10"/>
-[...4 lines deleted...]
-      <b val="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -342,319 +330,320 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="102">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...93 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...29 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment vertical="center" wrapText="1"/>
-[...25 lines deleted...]
-    <xf numFmtId="2" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -703,98 +692,98 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>41</row>
+      <row>42</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>50</row>
-      <rowOff>31751</rowOff>
+      <row>51</row>
+      <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="6940550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>53</row>
+      <row>54</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>62</row>
+      <row>63</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
           <a:off x="457200" y="9353550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
@@ -1050,916 +1039,916 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet19">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L72"/>
+  <dimension ref="A1:L78"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="92" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="92" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="43.54296875" customWidth="1" style="1" min="2" max="2"/>
+    <col width="20" customWidth="1" style="1" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="68">
-[...1 lines deleted...]
-      <c r="B1" s="67" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="74">
+      <c r="A1" s="73" t="n"/>
+      <c r="B1" s="73" t="inlineStr">
         <is>
           <t>DSP CRISIL-IBX 50:50 Gilt Plus SDL - April 2033 Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 15, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="92" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="92" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>7.26% GOI 2032</t>
         </is>
       </c>
-      <c r="C8" s="92" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>IN0020220060</t>
         </is>
       </c>
-      <c r="D8" s="92" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E8" s="12" t="n">
+      <c r="E8" s="11" t="n">
         <v>10270000</v>
       </c>
-      <c r="F8" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H8" s="8" t="n">
+      <c r="F8" s="5" t="n">
+        <v>10891.04</v>
+      </c>
+      <c r="G8" s="6" t="n">
+        <v>0.337</v>
+      </c>
+      <c r="H8" s="7" t="n">
         <v>48448</v>
       </c>
-      <c r="J8" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="J8" s="5" t="n">
+        <v>6.6084</v>
+      </c>
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="92" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="92" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>7.26% GOI 2033</t>
         </is>
       </c>
-      <c r="C9" s="92" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>IN0020220151</t>
         </is>
       </c>
-      <c r="D9" s="92" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E9" s="12" t="n">
+      <c r="E9" s="11" t="n">
         <v>3500000</v>
       </c>
-      <c r="F9" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="8" t="n">
+      <c r="F9" s="5" t="n">
+        <v>3725.98</v>
+      </c>
+      <c r="G9" s="6" t="n">
+        <v>0.1153</v>
+      </c>
+      <c r="H9" s="7" t="n">
         <v>48616</v>
       </c>
-      <c r="J9" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="92" t="inlineStr">
+      <c r="J9" s="5" t="n">
+        <v>6.6264</v>
+      </c>
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="7" t="n">
-        <v>0.9854000000000001</v>
+      <c r="L9" s="6" t="n">
+        <v>0.9804</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="92" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="92" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>7.74% Maharashtra SDL 2033</t>
         </is>
       </c>
-      <c r="C10" s="92" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>IN2220220189</t>
         </is>
       </c>
-      <c r="D10" s="92" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E10" s="12" t="n">
+      <c r="E10" s="11" t="n">
         <v>3305300</v>
       </c>
-      <c r="F10" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="8" t="n">
+      <c r="F10" s="5" t="n">
+        <v>3471.77</v>
+      </c>
+      <c r="G10" s="6" t="n">
+        <v>0.1074</v>
+      </c>
+      <c r="H10" s="7" t="n">
         <v>48639</v>
       </c>
-      <c r="J10" s="6" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="92" t="inlineStr">
+      <c r="J10" s="5" t="n">
+        <v>7.2911</v>
+      </c>
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="7" t="n">
-        <v>0.0146</v>
+      <c r="L10" s="6" t="n">
+        <v>0.0196</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="92" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="92" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
         <is>
           <t>7.64% Maharashtra SDL 2033</t>
         </is>
       </c>
-      <c r="C11" s="92" t="inlineStr">
+      <c r="C11" s="1" t="inlineStr">
         <is>
           <t>IN2220220163</t>
         </is>
       </c>
-      <c r="D11" s="92" t="inlineStr">
+      <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E11" s="12" t="n">
+      <c r="E11" s="11" t="n">
         <v>3287900</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="8" t="n">
+      <c r="F11" s="5" t="n">
+        <v>3458.98</v>
+      </c>
+      <c r="G11" s="6" t="n">
+        <v>0.107</v>
+      </c>
+      <c r="H11" s="7" t="n">
         <v>48604</v>
       </c>
-      <c r="J11" s="6" t="n">
-        <v>7.1749</v>
+      <c r="J11" s="5" t="n">
+        <v>7.2911</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="92" t="n">
+      <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="92" t="inlineStr">
+      <c r="B12" s="1" t="inlineStr">
         <is>
           <t>7.70% Maharashtra SDL 2033</t>
         </is>
       </c>
-      <c r="C12" s="92" t="inlineStr">
+      <c r="C12" s="1" t="inlineStr">
         <is>
           <t>IN2220220205</t>
         </is>
       </c>
-      <c r="D12" s="92" t="inlineStr">
+      <c r="D12" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E12" s="12" t="n">
+      <c r="E12" s="11" t="n">
         <v>3240900</v>
       </c>
-      <c r="F12" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H12" s="8" t="n">
+      <c r="F12" s="5" t="n">
+        <v>3391.84</v>
+      </c>
+      <c r="G12" s="6" t="n">
+        <v>0.105</v>
+      </c>
+      <c r="H12" s="7" t="n">
         <v>48646</v>
       </c>
-      <c r="J12" s="6" t="n">
-        <v>7.1749</v>
+      <c r="J12" s="5" t="n">
+        <v>7.291</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="92" t="n">
+      <c r="A13" s="1" t="n">
         <v>6</v>
       </c>
-      <c r="B13" s="92" t="inlineStr">
+      <c r="B13" s="1" t="inlineStr">
         <is>
           <t>8.32% GOI 2032</t>
         </is>
       </c>
-      <c r="C13" s="92" t="inlineStr">
+      <c r="C13" s="1" t="inlineStr">
         <is>
           <t>IN0020070044</t>
         </is>
       </c>
-      <c r="D13" s="92" t="inlineStr">
+      <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E13" s="12" t="n">
+      <c r="E13" s="11" t="n">
         <v>1070000</v>
       </c>
-      <c r="F13" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H13" s="8" t="n">
+      <c r="F13" s="5" t="n">
+        <v>1205.45</v>
+      </c>
+      <c r="G13" s="6" t="n">
+        <v>0.0373</v>
+      </c>
+      <c r="H13" s="7" t="n">
         <v>48428</v>
       </c>
-      <c r="J13" s="6" t="n">
-        <v>6.5651</v>
+      <c r="J13" s="5" t="n">
+        <v>6.5719</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="92" t="n">
+      <c r="A14" s="1" t="n">
         <v>7</v>
       </c>
-      <c r="B14" s="92" t="inlineStr">
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>7.65% Gujarat SDL 2033</t>
         </is>
       </c>
-      <c r="C14" s="92" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>IN1520220212</t>
         </is>
       </c>
-      <c r="D14" s="92" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E14" s="12" t="n">
+      <c r="E14" s="11" t="n">
         <v>1000000</v>
       </c>
-      <c r="F14" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H14" s="8" t="n">
+      <c r="F14" s="5" t="n">
+        <v>1051.45</v>
+      </c>
+      <c r="G14" s="6" t="n">
+        <v>0.0325</v>
+      </c>
+      <c r="H14" s="7" t="n">
         <v>48611</v>
       </c>
-      <c r="J14" s="6" t="n">
-        <v>7.1749</v>
+      <c r="J14" s="5" t="n">
+        <v>7.2896</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="92" t="n">
+      <c r="A15" s="1" t="n">
         <v>8</v>
       </c>
-      <c r="B15" s="92" t="inlineStr">
+      <c r="B15" s="1" t="inlineStr">
         <is>
           <t>7.68% Gujarat SDL 2033</t>
         </is>
       </c>
-      <c r="C15" s="92" t="inlineStr">
+      <c r="C15" s="1" t="inlineStr">
         <is>
           <t>IN1520220287</t>
         </is>
       </c>
-      <c r="D15" s="92" t="inlineStr">
+      <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E15" s="12" t="n">
+      <c r="E15" s="11" t="n">
         <v>1000000</v>
       </c>
-      <c r="F15" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H15" s="8" t="n">
+      <c r="F15" s="5" t="n">
+        <v>1044.03</v>
+      </c>
+      <c r="G15" s="6" t="n">
+        <v>0.0323</v>
+      </c>
+      <c r="H15" s="7" t="n">
         <v>48653</v>
       </c>
-      <c r="J15" s="6" t="n">
-        <v>7.1749</v>
+      <c r="J15" s="5" t="n">
+        <v>7.2896</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="92" t="n">
+      <c r="A16" s="1" t="n">
         <v>9</v>
       </c>
-      <c r="B16" s="92" t="inlineStr">
+      <c r="B16" s="1" t="inlineStr">
         <is>
           <t>7.71% Gujarat SDL 2033</t>
         </is>
       </c>
-      <c r="C16" s="92" t="inlineStr">
+      <c r="C16" s="1" t="inlineStr">
         <is>
           <t>IN1520220253</t>
         </is>
       </c>
-      <c r="D16" s="92" t="inlineStr">
+      <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E16" s="12" t="n">
+      <c r="E16" s="11" t="n">
         <v>903300</v>
       </c>
-      <c r="F16" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H16" s="8" t="n">
+      <c r="F16" s="5" t="n">
+        <v>947.28</v>
+      </c>
+      <c r="G16" s="6" t="n">
+        <v>0.0293</v>
+      </c>
+      <c r="H16" s="7" t="n">
         <v>48639</v>
       </c>
-      <c r="J16" s="6" t="n">
-        <v>7.1749</v>
+      <c r="J16" s="5" t="n">
+        <v>7.2896</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="92" t="n">
+      <c r="A17" s="1" t="n">
         <v>10</v>
       </c>
-      <c r="B17" s="92" t="inlineStr">
+      <c r="B17" s="1" t="inlineStr">
         <is>
           <t>7.64% Telangana SDL 2033</t>
         </is>
       </c>
-      <c r="C17" s="92" t="inlineStr">
+      <c r="C17" s="1" t="inlineStr">
         <is>
           <t>IN4520220380</t>
         </is>
       </c>
-      <c r="D17" s="92" t="inlineStr">
+      <c r="D17" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E17" s="12" t="n">
+      <c r="E17" s="11" t="n">
         <v>800000</v>
       </c>
-      <c r="F17" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H17" s="8" t="n">
+      <c r="F17" s="5" t="n">
+        <v>837.66</v>
+      </c>
+      <c r="G17" s="6" t="n">
+        <v>0.0259</v>
+      </c>
+      <c r="H17" s="7" t="n">
         <v>48618</v>
       </c>
-      <c r="J17" s="6" t="n">
-        <v>7.1969</v>
+      <c r="J17" s="5" t="n">
+        <v>7.3316</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="92" t="n">
+      <c r="A18" s="1" t="n">
         <v>11</v>
       </c>
-      <c r="B18" s="92" t="inlineStr">
+      <c r="B18" s="1" t="inlineStr">
         <is>
           <t>7.60% Karnataka SDL 2032</t>
         </is>
       </c>
-      <c r="C18" s="92" t="inlineStr">
+      <c r="C18" s="1" t="inlineStr">
         <is>
           <t>IN1920220135</t>
         </is>
       </c>
-      <c r="D18" s="92" t="inlineStr">
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E18" s="12" t="n">
+      <c r="E18" s="11" t="n">
         <v>690000</v>
       </c>
-      <c r="F18" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H18" s="8" t="n">
+      <c r="F18" s="5" t="n">
+        <v>706.13</v>
+      </c>
+      <c r="G18" s="6" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="H18" s="7" t="n">
         <v>48576</v>
       </c>
-      <c r="J18" s="6" t="n">
-        <v>7.0952</v>
+      <c r="J18" s="5" t="n">
+        <v>7.1804</v>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="92" t="n">
+      <c r="A19" s="1" t="n">
         <v>12</v>
       </c>
-      <c r="B19" s="92" t="inlineStr">
+      <c r="B19" s="1" t="inlineStr">
         <is>
           <t>7.48% Karnataka SDL 2033</t>
         </is>
       </c>
-      <c r="C19" s="92" t="inlineStr">
+      <c r="C19" s="1" t="inlineStr">
         <is>
           <t>IN1920230258</t>
         </is>
       </c>
-      <c r="D19" s="92" t="inlineStr">
+      <c r="D19" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E19" s="12" t="n">
+      <c r="E19" s="11" t="n">
         <v>650000</v>
       </c>
-      <c r="F19" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H19" s="8" t="n">
+      <c r="F19" s="5" t="n">
+        <v>674.26</v>
+      </c>
+      <c r="G19" s="6" t="n">
+        <v>0.0209</v>
+      </c>
+      <c r="H19" s="7" t="n">
         <v>48631</v>
       </c>
-      <c r="J19" s="6" t="n">
-        <v>7.1749</v>
+      <c r="J19" s="5" t="n">
+        <v>7.2896</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="92" t="n">
+      <c r="A20" s="1" t="n">
         <v>13</v>
       </c>
-      <c r="B20" s="92" t="inlineStr">
+      <c r="B20" s="1" t="inlineStr">
         <is>
           <t>7.60% Karnataka SDL 2033</t>
         </is>
       </c>
-      <c r="C20" s="92" t="inlineStr">
+      <c r="C20" s="1" t="inlineStr">
         <is>
           <t>IN1920220168</t>
         </is>
       </c>
-      <c r="D20" s="92" t="inlineStr">
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E20" s="12" t="n">
+      <c r="E20" s="11" t="n">
         <v>263900</v>
       </c>
-      <c r="F20" s="6" t="n">
-[...5 lines deleted...]
-      <c r="H20" s="8" t="n">
+      <c r="F20" s="5" t="n">
+        <v>278.19</v>
+      </c>
+      <c r="G20" s="6" t="n">
+        <v>0.0086</v>
+      </c>
+      <c r="H20" s="7" t="n">
         <v>48583</v>
       </c>
-      <c r="J20" s="6" t="n">
-        <v>7.1749</v>
+      <c r="J20" s="5" t="n">
+        <v>7.2896</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="9" t="n"/>
-      <c r="B21" s="9" t="inlineStr">
+      <c r="A21" s="8" t="n"/>
+      <c r="B21" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C21" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.9854000000000001</v>
+      <c r="C21" s="8" t="n"/>
+      <c r="D21" s="8" t="n"/>
+      <c r="E21" s="8" t="n"/>
+      <c r="F21" s="9" t="n">
+        <v>31684.06</v>
+      </c>
+      <c r="G21" s="10" t="n">
+        <v>0.9804</v>
       </c>
     </row>
     <row r="23">
-      <c r="B23" s="4" t="inlineStr">
+      <c r="B23" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="92" t="n">
+      <c r="A24" s="1" t="n">
         <v>14</v>
       </c>
-      <c r="B24" s="4" t="inlineStr">
+      <c r="B24" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F24" s="6" t="n">
-[...6 lines deleted...]
-        <v>46007</v>
+      <c r="F24" s="5" t="n">
+        <v>622.9299999999999</v>
+      </c>
+      <c r="G24" s="6" t="n">
+        <v>0.0193</v>
+      </c>
+      <c r="H24" s="7" t="n">
+        <v>46023</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="9" t="n"/>
-      <c r="B25" s="9" t="inlineStr">
+      <c r="A25" s="8" t="n"/>
+      <c r="B25" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C25" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0138</v>
+      <c r="C25" s="8" t="n"/>
+      <c r="D25" s="8" t="n"/>
+      <c r="E25" s="8" t="n"/>
+      <c r="F25" s="9" t="n">
+        <v>622.9299999999999</v>
+      </c>
+      <c r="G25" s="10" t="n">
+        <v>0.0193</v>
       </c>
     </row>
     <row r="27">
-      <c r="B27" s="4" t="inlineStr">
+      <c r="B27" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="28">
-      <c r="B28" s="92" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E28" s="12" t="n"/>
-[...6 lines deleted...]
-      <c r="J28" s="6" t="n"/>
+      <c r="E28" s="11" t="n"/>
+      <c r="F28" s="5" t="n">
+        <v>9.66</v>
+      </c>
+      <c r="G28" s="6" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J28" s="5" t="n"/>
     </row>
     <row r="29">
-      <c r="A29" s="9" t="n"/>
-      <c r="B29" s="9" t="inlineStr">
+      <c r="A29" s="8" t="n"/>
+      <c r="B29" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C29" s="9" t="n"/>
-[...6 lines deleted...]
-        <v>0.0008</v>
+      <c r="C29" s="8" t="n"/>
+      <c r="D29" s="8" t="n"/>
+      <c r="E29" s="8" t="n"/>
+      <c r="F29" s="9" t="n">
+        <v>9.66</v>
+      </c>
+      <c r="G29" s="10" t="n">
+        <v>0.0003</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="5" t="n"/>
-      <c r="B31" s="5" t="inlineStr">
+      <c r="A31" s="4" t="n"/>
+      <c r="B31" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C31" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G31" s="14" t="n">
+      <c r="C31" s="4" t="n"/>
+      <c r="D31" s="4" t="n"/>
+      <c r="E31" s="4" t="n"/>
+      <c r="F31" s="12" t="n">
+        <v>32316.65</v>
+      </c>
+      <c r="G31" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="92" t="inlineStr">
+      <c r="A32" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="15" t="n">
         <v>1</v>
       </c>
       <c r="B33" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="34" ht="42" customHeight="1" s="68">
+    <row r="34" ht="27" customHeight="1" s="74">
       <c r="A34" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B34" s="95" t="inlineStr">
+      <c r="B34" s="15" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="35" ht="49" customHeight="1" s="74">
+      <c r="A35" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B35" s="97" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
     </row>
-    <row r="35" ht="14.5" customHeight="1" s="68">
-      <c r="B35" s="59" t="inlineStr">
+    <row r="36" ht="14.5" customHeight="1" s="74">
+      <c r="A36" s="15" t="n"/>
+      <c r="B36" s="70" t="n"/>
+      <c r="C36" s="71" t="n"/>
+    </row>
+    <row r="37" ht="14.5" customHeight="1" s="74">
+      <c r="A37" s="15" t="n"/>
+      <c r="B37" s="67" t="inlineStr">
         <is>
           <t>Scheme</t>
         </is>
       </c>
-      <c r="C35" s="59" t="inlineStr">
+      <c r="C37" s="67" t="inlineStr">
         <is>
           <t>DIRF</t>
         </is>
       </c>
     </row>
-    <row r="36" ht="14.5" customHeight="1" s="68">
-      <c r="B36" s="60" t="inlineStr">
+    <row r="38" ht="14.5" customHeight="1" s="74">
+      <c r="B38" s="68" t="inlineStr">
         <is>
           <t>CRISIL-IBX 50:50 SDL Plus Gilt Index - April 2033</t>
         </is>
       </c>
-      <c r="C36" s="61" t="n">
-[...23 lines deleted...]
-      <c r="B40" s="91" t="inlineStr">
+      <c r="C38" s="69" t="n">
+        <v>0.9804252272442535</v>
+      </c>
+    </row>
+    <row r="41" ht="14.5" customHeight="1" s="74">
+      <c r="B41" s="95" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="52" ht="14.5" customHeight="1" s="68">
-      <c r="B52" s="91" t="inlineStr">
+    <row r="53" ht="14.5" customHeight="1" s="74">
+      <c r="B53" s="95" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: CRISIL SDL Plus G-Sec Apr 2033 50:50 Index Fund</t>
         </is>
       </c>
     </row>
-    <row r="65">
-[...1 lines deleted...]
-      <c r="C65" s="18" t="inlineStr">
+    <row r="68">
+      <c r="B68" s="16" t="n"/>
+      <c r="C68" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="66" ht="67.5" customHeight="1" s="68">
-      <c r="B66" s="16" t="inlineStr">
+    <row r="69" ht="54" customHeight="1" s="74">
+      <c r="B69" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C66" s="97" t="inlineStr">
+      <c r="C69" s="98" t="inlineStr">
         <is>
           <t>DSP CRISIL-IBX 50:50 Gilt Plus SDL - April 2033 Index Fund</t>
         </is>
-      </c>
-[...26 lines deleted...]
-        <v>5.38</v>
       </c>
     </row>
     <row r="70">
       <c r="B70" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C70" s="19" t="n"/>
     </row>
     <row r="71">
       <c r="B71" s="16" t="inlineStr">
         <is>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C71" s="20" t="n">
+        <v>0.0704</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="B72" s="16" t="inlineStr">
+        <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C72" s="19" t="n">
+        <v>5.31</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="B73" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C73" s="19" t="n">
+        <v>6.81</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="B74" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C71" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B72" s="17" t="inlineStr">
+      <c r="C74" s="21" t="n">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C72" s="18" t="n"/>
+      <c r="C75" s="18" t="n"/>
+    </row>
+    <row r="78" ht="17.15" customHeight="1" s="74">
+      <c r="B78" s="72" t="n"/>
     </row>
   </sheetData>
   <mergeCells count="2">
-    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="B35:C35"/>
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 