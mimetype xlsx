--- v3 (2026-01-14)
+++ v4 (2026-02-24)
@@ -1,73 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr codeName="ThisWorkbook"/>
+  <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="883" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="990" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="CRISIL SDL GSec 2033" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="21">
+  <fonts count="24">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -107,95 +114,109 @@
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
       <name val="Times New Roman"/>
       <family val="1"/>
       <color rgb="FF000000"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
@@ -330,320 +351,284 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="101">
+  <cellXfs count="91">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="15" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...58 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="15" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="4" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
-    <xf numFmtId="0" fontId="17" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="3"/>
+    <xf numFmtId="0" fontId="19" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="18" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="21" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="11" fillId="0" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="3">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="center" wrapText="1"/>
-    </xf>
-[...17 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Normal 3 4 2 2 4" xfId="2"/>
     <cellStyle name="Hyperlink" xfId="3" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -697,111 +682,111 @@
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
       <row>42</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
+      <colOff>2300381</colOff>
       <row>51</row>
-      <rowOff>31750</rowOff>
+      <rowOff>31751</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="6940550"/>
+          <a:off x="457200" y="6597650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>54</row>
+      <row>56</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
-      <colOff>2374900</colOff>
-      <row>63</row>
+      <colOff>2300381</colOff>
+      <row>65</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9353550"/>
+          <a:off x="457200" y="9010650"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1039,917 +1024,906 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr codeName="Sheet19">
+  <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L78"/>
+  <dimension ref="A1:L77"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="84" min="1" max="1"/>
+    <col width="36.54296875" customWidth="1" style="84" min="2" max="2"/>
+    <col width="23.90625" customWidth="1" style="84" min="3" max="3"/>
+    <col width="14.1796875" bestFit="1" customWidth="1" style="84" min="4" max="4"/>
+    <col width="14.7265625" customWidth="1" style="84" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="84" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="84" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="84" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="10" max="10"/>
+    <col width="15.81640625" bestFit="1" customWidth="1" style="84" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="84" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="84" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="74">
-[...1 lines deleted...]
-      <c r="B1" s="73" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="62">
+      <c r="A1" s="61" t="n"/>
+      <c r="B1" s="61" t="inlineStr">
         <is>
           <t>DSP CRISIL-IBX 50:50 Gilt Plus SDL - April 2033 Index Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 15, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>DEBT INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Government Securities (Central/State)</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="84" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="84" t="inlineStr">
         <is>
           <t>7.26% GOI 2032</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="84" t="inlineStr">
         <is>
           <t>IN0020220060</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E8" s="11" t="n">
+      <c r="E8" s="12" t="n">
         <v>10270000</v>
       </c>
-      <c r="F8" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H8" s="7" t="n">
+      <c r="F8" s="6" t="n">
+        <v>10984.68</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.3413</v>
+      </c>
+      <c r="H8" s="8" t="n">
         <v>48448</v>
       </c>
-      <c r="J8" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K8" s="3" t="inlineStr">
+      <c r="J8" s="6" t="n">
+        <v>6.5997</v>
+      </c>
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="84" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="84" t="inlineStr">
         <is>
           <t>7.26% GOI 2033</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="84" t="inlineStr">
         <is>
           <t>IN0020220151</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E9" s="11" t="n">
+      <c r="E9" s="12" t="n">
         <v>3500000</v>
       </c>
-      <c r="F9" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H9" s="7" t="n">
+      <c r="F9" s="6" t="n">
+        <v>3623.26</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.1126</v>
+      </c>
+      <c r="H9" s="8" t="n">
         <v>48616</v>
       </c>
-      <c r="J9" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K9" s="1" t="inlineStr">
+      <c r="J9" s="6" t="n">
+        <v>6.6565</v>
+      </c>
+      <c r="K9" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="L9" s="6" t="n">
-        <v>0.9804</v>
+      <c r="L9" s="7" t="n">
+        <v>0.9825</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="84" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="84" t="inlineStr">
         <is>
           <t>7.74% Maharashtra SDL 2033</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="84" t="inlineStr">
         <is>
           <t>IN2220220189</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E10" s="11" t="n">
+      <c r="E10" s="12" t="n">
         <v>3305300</v>
       </c>
-      <c r="F10" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H10" s="7" t="n">
+      <c r="F10" s="6" t="n">
+        <v>3512.96</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.1092</v>
+      </c>
+      <c r="H10" s="8" t="n">
         <v>48639</v>
       </c>
-      <c r="J10" s="5" t="n">
-[...2 lines deleted...]
-      <c r="K10" s="1" t="inlineStr">
+      <c r="J10" s="6" t="n">
+        <v>7.2364</v>
+      </c>
+      <c r="K10" s="84" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L10" s="6" t="n">
-        <v>0.0196</v>
+      <c r="L10" s="7" t="n">
+        <v>0.0175</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="84" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="84" t="inlineStr">
+        <is>
+          <t>7.70% Maharashtra SDL 2033</t>
+        </is>
+      </c>
+      <c r="C11" s="84" t="inlineStr">
+        <is>
+          <t>IN2220220205</t>
+        </is>
+      </c>
+      <c r="D11" s="84" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E11" s="12" t="n">
+        <v>3240900</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>3432.12</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.1066</v>
+      </c>
+      <c r="H11" s="8" t="n">
+        <v>48646</v>
+      </c>
+      <c r="J11" s="6" t="n">
+        <v>7.2364</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="84" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="84" t="inlineStr">
         <is>
           <t>7.64% Maharashtra SDL 2033</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C12" s="84" t="inlineStr">
         <is>
           <t>IN2220220163</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D12" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E11" s="11" t="n">
+      <c r="E12" s="12" t="n">
         <v>3287900</v>
       </c>
-      <c r="F11" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H11" s="7" t="n">
+      <c r="F12" s="6" t="n">
+        <v>3373.74</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.1048</v>
+      </c>
+      <c r="H12" s="8" t="n">
         <v>48604</v>
       </c>
-      <c r="J11" s="5" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="1" t="inlineStr">
+      <c r="J12" s="6" t="n">
+        <v>7.2364</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="84" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="84" t="inlineStr">
+        <is>
+          <t>8.32% GOI 2032</t>
+        </is>
+      </c>
+      <c r="C13" s="84" t="inlineStr">
+        <is>
+          <t>IN0020070044</t>
+        </is>
+      </c>
+      <c r="D13" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E12" s="11" t="n">
-[...29 lines deleted...]
-      <c r="D13" s="1" t="inlineStr">
+      <c r="E13" s="12" t="n">
+        <v>1070000</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>1167.19</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0363</v>
+      </c>
+      <c r="H13" s="8" t="n">
+        <v>48428</v>
+      </c>
+      <c r="J13" s="6" t="n">
+        <v>6.6303</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="84" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="84" t="inlineStr">
+        <is>
+          <t>7.68% Gujarat SDL 2033</t>
+        </is>
+      </c>
+      <c r="C14" s="84" t="inlineStr">
+        <is>
+          <t>IN1520220287</t>
+        </is>
+      </c>
+      <c r="D14" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E13" s="11" t="n">
-[...19 lines deleted...]
-      <c r="B14" s="1" t="inlineStr">
+      <c r="E14" s="12" t="n">
+        <v>1000000</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>1056.36</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0328</v>
+      </c>
+      <c r="H14" s="8" t="n">
+        <v>48653</v>
+      </c>
+      <c r="J14" s="6" t="n">
+        <v>7.2364</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="84" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="84" t="inlineStr">
         <is>
           <t>7.65% Gujarat SDL 2033</t>
         </is>
       </c>
-      <c r="C14" s="1" t="inlineStr">
+      <c r="C15" s="84" t="inlineStr">
         <is>
           <t>IN1520220212</t>
         </is>
       </c>
-      <c r="D14" s="1" t="inlineStr">
+      <c r="D15" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E14" s="11" t="n">
+      <c r="E15" s="12" t="n">
         <v>1000000</v>
       </c>
-      <c r="F14" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H14" s="7" t="n">
+      <c r="F15" s="6" t="n">
+        <v>1025.44</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0319</v>
+      </c>
+      <c r="H15" s="8" t="n">
         <v>48611</v>
       </c>
-      <c r="J14" s="5" t="n">
-[...17 lines deleted...]
-      <c r="D15" s="1" t="inlineStr">
+      <c r="J15" s="6" t="n">
+        <v>7.2364</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="84" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="84" t="inlineStr">
+        <is>
+          <t>7.71% Gujarat SDL 2033</t>
+        </is>
+      </c>
+      <c r="C16" s="84" t="inlineStr">
+        <is>
+          <t>IN1520220253</t>
+        </is>
+      </c>
+      <c r="D16" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E15" s="11" t="n">
-[...29 lines deleted...]
-      <c r="D16" s="1" t="inlineStr">
+      <c r="E16" s="12" t="n">
+        <v>903300</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>958.45</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0298</v>
+      </c>
+      <c r="H16" s="8" t="n">
+        <v>48639</v>
+      </c>
+      <c r="J16" s="6" t="n">
+        <v>7.2364</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="84" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="84" t="inlineStr">
+        <is>
+          <t>7.64% Telangana SDL 2033</t>
+        </is>
+      </c>
+      <c r="C17" s="84" t="inlineStr">
+        <is>
+          <t>IN4520220380</t>
+        </is>
+      </c>
+      <c r="D17" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E16" s="11" t="n">
-[...29 lines deleted...]
-      <c r="D17" s="1" t="inlineStr">
+      <c r="E17" s="12" t="n">
+        <v>800000</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>817.16</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0254</v>
+      </c>
+      <c r="H17" s="8" t="n">
+        <v>48618</v>
+      </c>
+      <c r="J17" s="6" t="n">
+        <v>7.2734</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="84" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="84" t="inlineStr">
+        <is>
+          <t>7.60% Karnataka SDL 2032</t>
+        </is>
+      </c>
+      <c r="C18" s="84" t="inlineStr">
+        <is>
+          <t>IN1920220135</t>
+        </is>
+      </c>
+      <c r="D18" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E17" s="11" t="n">
-[...29 lines deleted...]
-      <c r="D18" s="1" t="inlineStr">
+      <c r="E18" s="12" t="n">
+        <v>690000</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>713.52</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0222</v>
+      </c>
+      <c r="H18" s="8" t="n">
+        <v>48576</v>
+      </c>
+      <c r="J18" s="6" t="n">
+        <v>7.15</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="84" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="84" t="inlineStr">
+        <is>
+          <t>7.48% Karnataka SDL 2033</t>
+        </is>
+      </c>
+      <c r="C19" s="84" t="inlineStr">
+        <is>
+          <t>IN1920230258</t>
+        </is>
+      </c>
+      <c r="D19" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E18" s="11" t="n">
-[...29 lines deleted...]
-      <c r="D19" s="1" t="inlineStr">
+      <c r="E19" s="12" t="n">
+        <v>650000</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>682.21</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="H19" s="8" t="n">
+        <v>48631</v>
+      </c>
+      <c r="J19" s="6" t="n">
+        <v>7.2364</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="84" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="84" t="inlineStr">
+        <is>
+          <t>7.60% Karnataka SDL 2033</t>
+        </is>
+      </c>
+      <c r="C20" s="84" t="inlineStr">
+        <is>
+          <t>IN1920220168</t>
+        </is>
+      </c>
+      <c r="D20" s="84" t="inlineStr">
         <is>
           <t>Sovereign</t>
         </is>
       </c>
-      <c r="E19" s="11" t="n">
-[...34 lines deleted...]
-      <c r="E20" s="11" t="n">
+      <c r="E20" s="12" t="n">
         <v>263900</v>
       </c>
-      <c r="F20" s="5" t="n">
-[...5 lines deleted...]
-      <c r="H20" s="7" t="n">
+      <c r="F20" s="6" t="n">
+        <v>271.34</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.008399999999999999</v>
+      </c>
+      <c r="H20" s="8" t="n">
         <v>48583</v>
       </c>
-      <c r="J20" s="5" t="n">
-        <v>7.2896</v>
+      <c r="J20" s="6" t="n">
+        <v>7.2364</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="8" t="n"/>
-      <c r="B21" s="8" t="inlineStr">
+      <c r="A21" s="9" t="n"/>
+      <c r="B21" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C21" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.9804</v>
+      <c r="C21" s="9" t="n"/>
+      <c r="D21" s="9" t="n"/>
+      <c r="E21" s="9" t="n"/>
+      <c r="F21" s="10" t="n">
+        <v>31618.43</v>
+      </c>
+      <c r="G21" s="11" t="n">
+        <v>0.9825</v>
       </c>
     </row>
     <row r="23">
-      <c r="B23" s="3" t="inlineStr">
+      <c r="B23" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="1" t="n">
+      <c r="A24" s="84" t="n">
         <v>14</v>
       </c>
-      <c r="B24" s="3" t="inlineStr">
+      <c r="B24" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F24" s="5" t="n">
-[...6 lines deleted...]
-        <v>46023</v>
+      <c r="F24" s="6" t="n">
+        <v>545.6799999999999</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="H24" s="8" t="n">
+        <v>46069</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="8" t="n"/>
-      <c r="B25" s="8" t="inlineStr">
+      <c r="A25" s="9" t="n"/>
+      <c r="B25" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C25" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0193</v>
+      <c r="C25" s="9" t="n"/>
+      <c r="D25" s="9" t="n"/>
+      <c r="E25" s="9" t="n"/>
+      <c r="F25" s="10" t="n">
+        <v>545.6799999999999</v>
+      </c>
+      <c r="G25" s="11" t="n">
+        <v>0.017</v>
       </c>
     </row>
     <row r="27">
-      <c r="B27" s="3" t="inlineStr">
+      <c r="B27" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="28">
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B28" s="84" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E28" s="11" t="n"/>
-[...6 lines deleted...]
-      <c r="J28" s="5" t="n"/>
+      <c r="E28" s="12" t="n"/>
+      <c r="F28" s="6" t="n">
+        <v>18.47</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
     </row>
     <row r="29">
-      <c r="A29" s="8" t="n"/>
-      <c r="B29" s="8" t="inlineStr">
+      <c r="A29" s="9" t="n"/>
+      <c r="B29" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C29" s="8" t="n"/>
-[...6 lines deleted...]
-        <v>0.0003</v>
+      <c r="C29" s="9" t="n"/>
+      <c r="D29" s="9" t="n"/>
+      <c r="E29" s="9" t="n"/>
+      <c r="F29" s="10" t="n">
+        <v>18.47</v>
+      </c>
+      <c r="G29" s="11" t="n">
+        <v>0.0005</v>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="4" t="n"/>
-      <c r="B31" s="4" t="inlineStr">
+      <c r="A31" s="5" t="n"/>
+      <c r="B31" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C31" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G31" s="13" t="n">
+      <c r="C31" s="5" t="n"/>
+      <c r="D31" s="5" t="n"/>
+      <c r="E31" s="5" t="n"/>
+      <c r="F31" s="13" t="n">
+        <v>32182.58</v>
+      </c>
+      <c r="G31" s="14" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="1" t="inlineStr">
+      <c r="A32" s="81" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="33">
+    <row r="33" ht="14.5" customHeight="1" s="62">
       <c r="A33" s="15" t="n">
         <v>1</v>
       </c>
-      <c r="B33" s="15" t="inlineStr">
+      <c r="B33" s="87" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="34" ht="27" customHeight="1" s="74">
+    <row r="34" ht="30.5" customHeight="1" s="62">
       <c r="A34" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B34" s="15" t="inlineStr">
-[...9 lines deleted...]
-      <c r="B35" s="97" t="inlineStr">
+      <c r="B34" s="87" t="inlineStr">
         <is>
           <t>As per SEBI circular dated 31st December, 2024  SEBI/HO/IMD/PoD2/P/CIR/2024/183 details of disclosure of "Debt Index Replication Factor (DIRF)"</t>
         </is>
       </c>
     </row>
-    <row r="36" ht="14.5" customHeight="1" s="74">
+    <row r="35" ht="14.5" customHeight="1" s="62">
+      <c r="A35" s="15" t="n"/>
+      <c r="B35" s="59" t="n"/>
+      <c r="C35" s="60" t="n"/>
+    </row>
+    <row r="36" ht="14.5" customHeight="1" s="62">
       <c r="A36" s="15" t="n"/>
-      <c r="B36" s="70" t="n"/>
-[...2 lines deleted...]
-    <row r="37" ht="14.5" customHeight="1" s="74">
+      <c r="B36" s="56" t="inlineStr">
+        <is>
+          <t>Scheme</t>
+        </is>
+      </c>
+      <c r="C36" s="56" t="inlineStr">
+        <is>
+          <t>DIRF</t>
+        </is>
+      </c>
+    </row>
+    <row r="37" ht="29" customHeight="1" s="62">
       <c r="A37" s="15" t="n"/>
-      <c r="B37" s="67" t="inlineStr">
-[...11 lines deleted...]
-      <c r="B38" s="68" t="inlineStr">
+      <c r="B37" s="90" t="inlineStr">
         <is>
           <t>CRISIL-IBX 50:50 SDL Plus Gilt Index - April 2033</t>
         </is>
       </c>
-      <c r="C38" s="69" t="n">
-[...4 lines deleted...]
-      <c r="B41" s="95" t="inlineStr">
+      <c r="C37" s="58" t="n">
+        <v>0.9826</v>
+      </c>
+    </row>
+    <row r="41" ht="14.5" customHeight="1" s="62">
+      <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="53" ht="14.5" customHeight="1" s="74">
-[...8 lines deleted...]
-      <c r="C68" s="18" t="inlineStr">
+    <row r="55" ht="14.5" customHeight="1" s="62">
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: CRISIL-IBX 50:50 Gilt Plus SDL Index – April 2033</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="B70" s="16" t="n"/>
+      <c r="C70" s="18" t="inlineStr">
         <is>
           <t>Portfolio Information</t>
         </is>
       </c>
     </row>
-    <row r="69" ht="54" customHeight="1" s="74">
-      <c r="B69" s="16" t="inlineStr">
+    <row r="71" ht="40.5" customHeight="1" s="62">
+      <c r="B71" s="16" t="inlineStr">
         <is>
           <t>Scheme Name:</t>
         </is>
       </c>
-      <c r="C69" s="98" t="inlineStr">
+      <c r="C71" s="89" t="inlineStr">
         <is>
           <t>DSP CRISIL-IBX 50:50 Gilt Plus SDL - April 2033 Index Fund</t>
         </is>
-      </c>
-[...16 lines deleted...]
-        <v>0.0704</v>
       </c>
     </row>
     <row r="72">
       <c r="B72" s="16" t="inlineStr">
         <is>
-          <t>Macaulay Duration</t>
-[...4 lines deleted...]
-      </c>
+          <t>Description (if any)</t>
+        </is>
+      </c>
+      <c r="C72" s="19" t="n"/>
     </row>
     <row r="73">
       <c r="B73" s="16" t="inlineStr">
         <is>
-          <t>Residual Maturity</t>
-[...3 lines deleted...]
-        <v>6.81</v>
+          <t>Annualised Portfolio YTM*:</t>
+        </is>
+      </c>
+      <c r="C73" s="20" t="n">
+        <v>0.0701</v>
       </c>
     </row>
     <row r="74">
       <c r="B74" s="16" t="inlineStr">
         <is>
+          <t>Macaulay Duration</t>
+        </is>
+      </c>
+      <c r="C74" s="19" t="n">
+        <v>5.26</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="B75" s="16" t="inlineStr">
+        <is>
+          <t>Residual Maturity</t>
+        </is>
+      </c>
+      <c r="C75" s="19" t="n">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="B76" s="16" t="inlineStr">
+        <is>
           <t>As on (Date)</t>
         </is>
       </c>
-      <c r="C74" s="21" t="n">
-[...4 lines deleted...]
-      <c r="B75" s="17" t="inlineStr">
+      <c r="C76" s="21" t="n">
+        <v>46068</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="B77" s="17" t="inlineStr">
         <is>
           <t>* In case of semi-annual YTM, it will be annualised</t>
         </is>
       </c>
-      <c r="C75" s="18" t="n"/>
-[...2 lines deleted...]
-      <c r="B78" s="72" t="n"/>
+      <c r="C77" s="18" t="n"/>
     </row>
   </sheetData>
-  <mergeCells count="2">
-    <mergeCell ref="B35:C35"/>
+  <mergeCells count="3">
+    <mergeCell ref="B34:C34"/>
     <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B33:C33"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>