--- v0 (2025-10-18)
+++ v1 (2025-11-28)
@@ -1,1209 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC4F26FD-BED6-46DE-8A24-D0FD612F1935}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="Banking and Financial Services" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...510 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...9 lines deleted...]
-    <numFmt numFmtId="172" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
       <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...7 lines deleted...]
-      </top>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="8">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="90">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...45 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="171" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="172" fontId="9" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="172" fontId="9" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...66 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="8">
-[...1 lines deleted...]
-    <cellStyle name="Comma 4 2" xfId="5" xr:uid="{AFEBBEF9-2164-4283-8EB5-0F02804A7328}"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{94388D35-EE0B-4390-AB8B-06F91F020507}"/>
-[...3 lines deleted...]
-    <cellStyle name="Percent 2 3" xfId="7" xr:uid="{F0BEDD15-446E-4F84-B106-9C10DF9B46BD}"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="4">
-[...12 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>59</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>68</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="9340850"/>
+          <a:off x="457200" y="10369550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>73</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>82</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="11753850"/>
+          <a:off x="457200" y="12782550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1423,2951 +998,1393 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L62"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L72"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="50.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="13.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="26.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="10.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="26.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP Banking &amp; Financial Services Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>1582123</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>21284.3</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.1401</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>941867</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>11611.34</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.0765</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.448</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>1125000</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>10541.25</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0694</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.2409</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>810000</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>8446.68</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.0556</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.123</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>383897</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>7507.87</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0494</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.1032</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>730689</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>7214.09</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0475</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.0147</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>302492</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>6358.99</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0419</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>66400</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>6137.68</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0404</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0614</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>240769</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>5027.98</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0331</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>531189</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>4646.84</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0306</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>1532045</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>4265.21</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0281</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE121A01024</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>242335</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>4111.94</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0271</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1">
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>990246</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>3993.17</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0263</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE498L01015</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>1381488</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>3736.79</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0246</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Canara Robeco Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE218I01013</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>1128792</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>3576.58</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0235</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>PNB Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE572E01012</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>340401</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>3161.3</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0208</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>CSB Bank Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE679A01013</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>750747</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>3103.21</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0204</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>2584696</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>3007.55</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0198</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE674K01013</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>840000</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>2723.28</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0179</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE0J1Y01017</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>260881</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>2334.1</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.0154</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>90000</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>2243.16</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0148</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Ujjivan Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE551W01018</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>4250380</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>2203.4</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.0145</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>PRUDENT CORPORATE ADVISORY SERVICES Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE00F201020</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>81576</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>2084.67</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE976I01016</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>496375</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>1624.64</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE756I01012</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>215214</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>1573.86</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.0104</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Niva Bupa Health Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE995S01015</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>2080890</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>1561.92</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Karur Vysya Bank Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE036D01028</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>602302</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>1464.5</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Seshaasai Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE04VU01023</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>378829</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>1415.87</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Zaggle Prepaid Ocean Services Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE07K301024</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>360616</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>1343.84</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>63250</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>1261.02</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.0083</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Manappuram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE522D01027</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>437913</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>1180.18</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE774D01024</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>315454</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>995.42</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>PB Fintech Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE417T01026</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E40" s="6" t="n">
+        <v>46240</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>825.5700000000001</v>
+      </c>
+      <c r="G40" s="8" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J40" s="7" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="9" t="n"/>
+      <c r="B41" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C41" s="9" t="n"/>
+      <c r="D41" s="9" t="n"/>
+      <c r="E41" s="9" t="n"/>
+      <c r="F41" s="10" t="n">
+        <v>142568.2</v>
+      </c>
+      <c r="G41" s="11" t="n">
+        <v>0.9386</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="B43" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B44" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F44" s="7" t="n">
+        <v>7378.97</v>
+      </c>
+      <c r="G44" s="8" t="n">
+        <v>0.0486</v>
+      </c>
+      <c r="H44" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="9" t="n"/>
+      <c r="B45" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C45" s="9" t="n"/>
+      <c r="D45" s="9" t="n"/>
+      <c r="E45" s="9" t="n"/>
+      <c r="F45" s="10" t="n">
+        <v>7378.97</v>
+      </c>
+      <c r="G45" s="11" t="n">
+        <v>0.0486</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="B47" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E48" s="6" t="n"/>
+      <c r="F48" s="7" t="n">
+        <v>1925.87</v>
+      </c>
+      <c r="G48" s="8" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="J48" s="7" t="n"/>
+    </row>
+    <row r="49">
+      <c r="A49" s="9" t="n"/>
+      <c r="B49" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C49" s="9" t="n"/>
+      <c r="D49" s="9" t="n"/>
+      <c r="E49" s="9" t="n"/>
+      <c r="F49" s="10" t="n">
+        <v>1925.87</v>
+      </c>
+      <c r="G49" s="11" t="n">
+        <v>0.0128</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="5" t="n"/>
+      <c r="B51" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C51" s="5" t="n"/>
+      <c r="D51" s="5" t="n"/>
+      <c r="E51" s="5" t="n"/>
+      <c r="F51" s="13" t="n">
+        <v>151873.04</v>
+      </c>
+      <c r="G51" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A9" s="1">
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="16" t="n">
+        <v>1</v>
+      </c>
+      <c r="B53" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="54" ht="27" customHeight="1" s="77">
+      <c r="A54" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...778 lines deleted...]
-        <v>86</v>
+      <c r="B54" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="58" ht="14.5" customHeight="1" s="77">
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="72" ht="14.5" customHeight="1" s="77">
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: Nifty Financial Services TRI</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A37F5514-7463-45FE-BFE8-19A16974FB8F}">
-  <dimension ref="A1:L62"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...906 lines deleted...]
-      <selection activeCell="A5" sqref="A5"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.08984375" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...1024 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>