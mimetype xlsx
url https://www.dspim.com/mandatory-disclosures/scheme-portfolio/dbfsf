--- v1 (2025-11-28)
+++ v2 (2026-01-27)
@@ -1,68 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Banking and Financial Services" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="17">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
@@ -109,507 +108,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...23 lines deleted...]
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="0"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Libre Franklin"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...21 lines deleted...]
-      <color theme="1"/>
+      <name val="Libre Franklin"/>
+      <color rgb="FF000000"/>
       <sz val="11"/>
     </font>
-    <font>
-[...6 lines deleted...]
-    </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="1"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="73">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...99 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="43" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="4" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,116 +526,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>59</row>
+      <row>63</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>68</row>
+      <row>72</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10369550"/>
+          <a:off x="457200" y="11055350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>73</row>
+      <row>75</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>82</row>
+      <row>84</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="12782550"/>
+          <a:off x="457200" y="13468350"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1002,90 +872,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L72"/>
+  <dimension ref="A1:L74"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
     <col width="50.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
-    <col width="13.81640625" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
-[...1 lines deleted...]
-    <col width="10.81640625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="16.1796875" customWidth="1" style="2" min="3" max="3"/>
+    <col width="30.453125" customWidth="1" style="2" min="4" max="4"/>
+    <col width="15.26953125" customWidth="1" style="2" min="5" max="5"/>
     <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
     <col width="26.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="41">
+      <c r="A1" s="40" t="n"/>
+      <c r="B1" s="40" t="inlineStr">
         <is>
           <t>DSP Banking &amp; Financial Services Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="65" t="inlineStr">
+        <is>
+          <t>Portfolio as on December 31, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
@@ -1098,1293 +968,1395 @@
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="65" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="65" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
+      <c r="E8" s="10" t="n">
         <v>1582123</v>
       </c>
-      <c r="F8" s="7" t="n">
-[...6 lines deleted...]
-      <c r="K8" s="4" t="inlineStr">
+      <c r="F8" s="6" t="n">
+        <v>21246.33</v>
+      </c>
+      <c r="G8" s="66" t="n">
+        <v>0.1308</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="65" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="4" t="inlineStr">
+      <c r="L8" s="65" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J9" s="7" t="n"/>
+      <c r="E9" s="10" t="n">
+        <v>972742</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>12347.99</v>
+      </c>
+      <c r="G9" s="66" t="n">
+        <v>0.076</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
       <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="8" t="n">
-        <v>0.448</v>
+      <c r="L9" s="66" t="n">
+        <v>0.4627</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>State Bank of India</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE062A01020</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="6" t="n">
+      <c r="E10" s="10" t="n">
         <v>1125000</v>
       </c>
-      <c r="F10" s="7" t="n">
-[...5 lines deleted...]
-      <c r="J10" s="7" t="n"/>
+      <c r="F10" s="6" t="n">
+        <v>11049.75</v>
+      </c>
+      <c r="G10" s="66" t="n">
+        <v>0.068</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
       <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L10" s="8" t="n">
-        <v>0.2409</v>
+      <c r="L10" s="66" t="n">
+        <v>0.2157</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE296A01032</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E11" s="6" t="n">
+      <c r="E11" s="10" t="n">
         <v>810000</v>
       </c>
-      <c r="F11" s="7" t="n">
-[...5 lines deleted...]
-      <c r="J11" s="7" t="n"/>
+      <c r="F11" s="6" t="n">
+        <v>7993.08</v>
+      </c>
+      <c r="G11" s="66" t="n">
+        <v>0.0492</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
       <c r="K11" s="2" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
-[...3 lines deleted...]
-        <v>0.123</v>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L11" s="66" t="n">
+        <v>0.1314</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>SBI Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>INE123W01016</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="E12" s="6" t="n">
+      <c r="E12" s="10" t="n">
         <v>383897</v>
       </c>
-      <c r="F12" s="7" t="n">
-[...5 lines deleted...]
-      <c r="J12" s="7" t="n"/>
+      <c r="F12" s="6" t="n">
+        <v>7811.92</v>
+      </c>
+      <c r="G12" s="66" t="n">
+        <v>0.0481</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
       <c r="K12" s="2" t="inlineStr">
         <is>
-          <t>Insurance</t>
-[...3 lines deleted...]
-        <v>0.1032</v>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L12" s="66" t="n">
+        <v>0.1255</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>HDFC Bank Limited</t>
+          <t>Multi Commodity Exchange of India Limited</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>INE040A01034</t>
+          <t>INE745G01035</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...11 lines deleted...]
-      <c r="J13" s="7" t="n"/>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E13" s="10" t="n">
+        <v>66400</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>7394.3</v>
+      </c>
+      <c r="G13" s="66" t="n">
+        <v>0.0455</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
       <c r="K13" s="2" t="inlineStr">
         <is>
           <t>Financial Technology (Fintech)</t>
         </is>
       </c>
-      <c r="L13" s="8" t="n">
-        <v>0.0147</v>
+      <c r="L13" s="66" t="n">
+        <v>0.0341</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>INE237A01028</t>
+          <t>INE040A01034</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E14" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J14" s="7" t="n"/>
+      <c r="E14" s="10" t="n">
+        <v>730689</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>7242.59</v>
+      </c>
+      <c r="G14" s="66" t="n">
+        <v>0.0446</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
       <c r="K14" s="2" t="inlineStr">
         <is>
           <t>IT - Services</t>
         </is>
       </c>
-      <c r="L14" s="8" t="n">
-        <v>0.008800000000000001</v>
+      <c r="L14" s="66" t="n">
+        <v>0.0077</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Multi Commodity Exchange of India Limited</t>
+          <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>INE745G01035</t>
+          <t>INE237A01028</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
-[...11 lines deleted...]
-      <c r="J15" s="7" t="n"/>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E15" s="10" t="n">
+        <v>302492</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>6658.15</v>
+      </c>
+      <c r="G15" s="66" t="n">
+        <v>0.041</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
       <c r="K15" s="2" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
-      <c r="L15" s="8" t="n">
-        <v>0.0614</v>
+      <c r="L15" s="66" t="n">
+        <v>0.0229</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Bajaj Finserv Limited</t>
+          <t>Aditya Birla Capital Limited</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>INE918I01026</t>
+          <t>INE674K01013</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E16" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J16" s="7" t="n"/>
+      <c r="E16" s="10" t="n">
+        <v>1756928</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>6284.53</v>
+      </c>
+      <c r="G16" s="66" t="n">
+        <v>0.0387</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Nippon Life India Asset Management Limited</t>
+          <t>Canara HSBC Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>INE298J01013</t>
+          <t>INE01TY01017</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
-[...11 lines deleted...]
-      <c r="J17" s="7" t="n"/>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E17" s="10" t="n">
+        <v>3684358</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>5459.11</v>
+      </c>
+      <c r="G17" s="66" t="n">
+        <v>0.0336</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Bank of Baroda</t>
+          <t>Ujjivan Small Finance Bank Limited</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>INE028A01039</t>
+          <t>INE551W01018</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E18" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J18" s="7" t="n"/>
+      <c r="E18" s="10" t="n">
+        <v>9440651</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>5002.6</v>
+      </c>
+      <c r="G18" s="66" t="n">
+        <v>0.0308</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Cholamandalam Investment and Finance Company Limited</t>
+          <t>Nippon Life India Asset Management Limited</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>INE121A01024</t>
+          <t>INE298J01013</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>Finance</t>
-[...11 lines deleted...]
-      <c r="J19" s="7" t="n"/>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E19" s="10" t="n">
+        <v>531189</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>4672.6</v>
+      </c>
+      <c r="G19" s="66" t="n">
+        <v>0.0288</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited</t>
+          <t>Max Financial Services Limited</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>INE134E01011</t>
+          <t>INE180A01020</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>Finance</t>
-[...11 lines deleted...]
-      <c r="J20" s="7" t="n"/>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E20" s="10" t="n">
+        <v>271837</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>4544.57</v>
+      </c>
+      <c r="G20" s="66" t="n">
+        <v>0.028</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
         <v>14</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>L&amp;T Finance Limited</t>
+          <t>Bank of Baroda</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>INE498L01015</t>
+          <t>INE028A01039</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>Finance</t>
-[...11 lines deleted...]
-      <c r="J21" s="7" t="n"/>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E21" s="10" t="n">
+        <v>1532045</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>4533.32</v>
+      </c>
+      <c r="G21" s="66" t="n">
+        <v>0.0279</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
         <v>15</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Canara Robeco Asset Management Company Limited</t>
+          <t>PB Fintech Limited</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>INE218I01013</t>
+          <t>INE417T01026</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
-[...11 lines deleted...]
-      <c r="J22" s="7" t="n"/>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E22" s="10" t="n">
+        <v>247108</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>4511.2</v>
+      </c>
+      <c r="G22" s="66" t="n">
+        <v>0.0278</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
         <v>16</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>PNB Housing Finance Limited</t>
+          <t>L&amp;T Finance Limited</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>INE572E01012</t>
+          <t>INE498L01015</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E23" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J23" s="7" t="n"/>
+      <c r="E23" s="10" t="n">
+        <v>1381488</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>4364.81</v>
+      </c>
+      <c r="G23" s="66" t="n">
+        <v>0.0269</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
         <v>17</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>CSB Bank Limited</t>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>INE679A01013</t>
+          <t>INE121A01024</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...11 lines deleted...]
-      <c r="J24" s="7" t="n"/>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E24" s="10" t="n">
+        <v>242335</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>4125.03</v>
+      </c>
+      <c r="G24" s="66" t="n">
+        <v>0.0254</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
         <v>18</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Canara HSBC Life Insurance Company Limited</t>
+          <t>Bank of Maharashtra</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>INE01TY01017</t>
+          <t>INE457A01014</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>Insurance</t>
-[...11 lines deleted...]
-      <c r="J25" s="7" t="n"/>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E25" s="10" t="n">
+        <v>6340482</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>3934.27</v>
+      </c>
+      <c r="G25" s="66" t="n">
+        <v>0.0242</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
         <v>19</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Aditya Birla Capital Limited</t>
+          <t>Canara Robeco Asset Management Company Limited</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>INE674K01013</t>
+          <t>INE218I01013</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>Finance</t>
-[...11 lines deleted...]
-      <c r="J26" s="7" t="n"/>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E26" s="10" t="n">
+        <v>1128792</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>3553.44</v>
+      </c>
+      <c r="G26" s="66" t="n">
+        <v>0.0219</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
         <v>20</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Life Insurance Corporation of India</t>
+          <t>PNB Housing Finance Limited</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>INE0J1Y01017</t>
+          <t>INE572E01012</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>Insurance</t>
-[...11 lines deleted...]
-      <c r="J27" s="7" t="n"/>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E27" s="10" t="n">
+        <v>340401</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>3238.92</v>
+      </c>
+      <c r="G27" s="66" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
         <v>21</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Angel One Limited</t>
+          <t>Bajaj Finserv Limited</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>INE732I01013</t>
+          <t>INE918I01026</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
-[...11 lines deleted...]
-      <c r="J28" s="7" t="n"/>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E28" s="10" t="n">
+        <v>126098</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>2572.27</v>
+      </c>
+      <c r="G28" s="66" t="n">
+        <v>0.0158</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
         <v>22</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Ujjivan Small Finance Bank Limited</t>
+          <t>Angel One Limited</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>INE551W01018</t>
+          <t>INE732I01013</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>Banks</t>
-[...11 lines deleted...]
-      <c r="J29" s="7" t="n"/>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E29" s="10" t="n">
+        <v>90000</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>2109.6</v>
+      </c>
+      <c r="G29" s="66" t="n">
+        <v>0.013</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
         <v>23</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
           <t>PRUDENT CORPORATE ADVISORY SERVICES Limited</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
           <t>INE00F201020</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E30" s="6" t="n">
+      <c r="E30" s="10" t="n">
         <v>81576</v>
       </c>
-      <c r="F30" s="7" t="n">
-[...5 lines deleted...]
-      <c r="J30" s="7" t="n"/>
+      <c r="F30" s="6" t="n">
+        <v>2078.88</v>
+      </c>
+      <c r="G30" s="66" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
         <v>24</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Tata Capital Limited</t>
+          <t>Shriram Finance Limited</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>INE976I01016</t>
+          <t>INE721A01047</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E31" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J31" s="7" t="n"/>
+      <c r="E31" s="10" t="n">
+        <v>187136</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>1864.25</v>
+      </c>
+      <c r="G31" s="66" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
         <v>25</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>HDB Financial Services Limited</t>
+          <t>Tata Capital Limited</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>INE756I01012</t>
+          <t>INE976I01016</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E32" s="6" t="n">
-[...5 lines deleted...]
-      <c r="G32" s="8" t="n">
+      <c r="E32" s="10" t="n">
+        <v>496375</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>1696.86</v>
+      </c>
+      <c r="G32" s="66" t="n">
         <v>0.0104</v>
       </c>
-      <c r="J32" s="7" t="n"/>
+      <c r="J32" s="6" t="n"/>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
         <v>26</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Niva Bupa Health Insurance Company Limited</t>
+          <t>HDB Financial Services Limited</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>INE995S01015</t>
+          <t>INE756I01012</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>Insurance</t>
-[...11 lines deleted...]
-      <c r="J33" s="7" t="n"/>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E33" s="10" t="n">
+        <v>215214</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>1647.57</v>
+      </c>
+      <c r="G33" s="66" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
         <v>27</v>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
           <t>Karur Vysya Bank Limited</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
           <t>INE036D01028</t>
         </is>
       </c>
       <c r="D34" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E34" s="6" t="n">
+      <c r="E34" s="10" t="n">
         <v>602302</v>
       </c>
-      <c r="F34" s="7" t="n">
-[...5 lines deleted...]
-      <c r="J34" s="7" t="n"/>
+      <c r="F34" s="6" t="n">
+        <v>1589.05</v>
+      </c>
+      <c r="G34" s="66" t="n">
+        <v>0.0098</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
         <v>28</v>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>Seshaasai Technologies Limited</t>
+          <t>Niva Bupa Health Insurance Company Limited</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>INE04VU01023</t>
+          <t>INE995S01015</t>
         </is>
       </c>
       <c r="D35" s="2" t="inlineStr">
         <is>
-          <t>Financial Technology (Fintech)</t>
-[...11 lines deleted...]
-      <c r="J35" s="7" t="n"/>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E35" s="10" t="n">
+        <v>2080890</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>1568.99</v>
+      </c>
+      <c r="G35" s="66" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
         <v>29</v>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>Zaggle Prepaid Ocean Services Limited</t>
+          <t>CSB Bank Limited</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>INE07K301024</t>
+          <t>INE679A01013</t>
         </is>
       </c>
       <c r="D36" s="2" t="inlineStr">
         <is>
-          <t>IT - Services</t>
-[...11 lines deleted...]
-      <c r="J36" s="7" t="n"/>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E36" s="10" t="n">
+        <v>339510</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>1558.69</v>
+      </c>
+      <c r="G36" s="66" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
         <v>30</v>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
-          <t>ICICI Lombard General Insurance Company Limited</t>
+          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
-          <t>INE765G01017</t>
+          <t>INE774D01024</t>
         </is>
       </c>
       <c r="D37" s="2" t="inlineStr">
         <is>
-          <t>Insurance</t>
-[...11 lines deleted...]
-      <c r="J37" s="7" t="n"/>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E37" s="10" t="n">
+        <v>315454</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>1271.28</v>
+      </c>
+      <c r="G37" s="66" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
         <v>31</v>
       </c>
       <c r="B38" s="2" t="inlineStr">
         <is>
-          <t>Manappuram Finance Limited</t>
+          <t>Zaggle Prepaid Ocean Services Limited</t>
         </is>
       </c>
       <c r="C38" s="2" t="inlineStr">
         <is>
-          <t>INE522D01027</t>
+          <t>INE07K301024</t>
         </is>
       </c>
       <c r="D38" s="2" t="inlineStr">
         <is>
-          <t>Finance</t>
-[...11 lines deleted...]
-      <c r="J38" s="7" t="n"/>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E38" s="10" t="n">
+        <v>360616</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>1254.22</v>
+      </c>
+      <c r="G38" s="66" t="n">
+        <v>0.0077</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
         <v>32</v>
       </c>
       <c r="B39" s="2" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+          <t>ICICI Lombard General Insurance Company Limited</t>
         </is>
       </c>
       <c r="C39" s="2" t="inlineStr">
         <is>
-          <t>INE774D01024</t>
+          <t>INE765G01017</t>
         </is>
       </c>
       <c r="D39" s="2" t="inlineStr">
         <is>
-          <t>Finance</t>
-[...11 lines deleted...]
-      <c r="J39" s="7" t="n"/>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E39" s="10" t="n">
+        <v>63250</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>1241.03</v>
+      </c>
+      <c r="G39" s="66" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
         <v>33</v>
       </c>
       <c r="B40" s="2" t="inlineStr">
         <is>
-          <t>PB Fintech Limited</t>
+          <t>Seshaasai Technologies Limited</t>
         </is>
       </c>
       <c r="C40" s="2" t="inlineStr">
         <is>
-          <t>INE417T01026</t>
+          <t>INE04VU01023</t>
         </is>
       </c>
       <c r="D40" s="2" t="inlineStr">
         <is>
           <t>Financial Technology (Fintech)</t>
         </is>
       </c>
-      <c r="E40" s="6" t="n">
-[...8 lines deleted...]
-      <c r="J40" s="7" t="n"/>
+      <c r="E40" s="10" t="n">
+        <v>378829</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>1020.38</v>
+      </c>
+      <c r="G40" s="66" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
     </row>
     <row r="41">
-      <c r="A41" s="9" t="n"/>
-      <c r="B41" s="9" t="inlineStr">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE0J1Y01017</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E41" s="10" t="n">
+        <v>84067</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>718.6900000000001</v>
+      </c>
+      <c r="G41" s="66" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Asset Management Co Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE346A01027</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E42" s="10" t="n">
+        <v>21192</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>563.9400000000001</v>
+      </c>
+      <c r="G42" s="66" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E43" s="10" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>3.55</v>
+      </c>
+      <c r="G43" s="66" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="11" t="n"/>
+      <c r="B44" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C41" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B43" s="4" t="inlineStr">
+      <c r="C44" s="11" t="n"/>
+      <c r="D44" s="11" t="n"/>
+      <c r="E44" s="11" t="n"/>
+      <c r="F44" s="12" t="n">
+        <v>158727.76</v>
+      </c>
+      <c r="G44" s="13" t="n">
+        <v>0.9771</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="B46" s="65" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="44">
-[...3 lines deleted...]
-      <c r="B44" s="4" t="inlineStr">
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B47" s="65" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F44" s="7" t="n">
-[...11 lines deleted...]
-      <c r="B45" s="9" t="inlineStr">
+      <c r="F47" s="6" t="n">
+        <v>3939.61</v>
+      </c>
+      <c r="G47" s="66" t="n">
+        <v>0.0243</v>
+      </c>
+      <c r="H47" s="14" t="n">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="11" t="n"/>
+      <c r="B48" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C45" s="9" t="n"/>
-[...10 lines deleted...]
-      <c r="B47" s="4" t="inlineStr">
+      <c r="C48" s="11" t="n"/>
+      <c r="D48" s="11" t="n"/>
+      <c r="E48" s="11" t="n"/>
+      <c r="F48" s="12" t="n">
+        <v>3939.61</v>
+      </c>
+      <c r="G48" s="13" t="n">
+        <v>0.0243</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="B50" s="65" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="48">
-      <c r="B48" s="2" t="inlineStr">
+    <row r="51">
+      <c r="B51" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E48" s="6" t="n"/>
-[...10 lines deleted...]
-      <c r="B49" s="9" t="inlineStr">
+      <c r="E51" s="10" t="n"/>
+      <c r="F51" s="6" t="n">
+        <v>-282.02</v>
+      </c>
+      <c r="G51" s="66" t="n">
+        <v>-0.0014</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+    </row>
+    <row r="52">
+      <c r="A52" s="11" t="n"/>
+      <c r="B52" s="11" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C49" s="9" t="n"/>
-[...11 lines deleted...]
-      <c r="B51" s="5" t="inlineStr">
+      <c r="C52" s="11" t="n"/>
+      <c r="D52" s="11" t="n"/>
+      <c r="E52" s="11" t="n"/>
+      <c r="F52" s="12" t="n">
+        <v>-282.02</v>
+      </c>
+      <c r="G52" s="13" t="n">
+        <v>-0.0014</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="5" t="n"/>
+      <c r="B54" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C51" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G51" s="14" t="n">
+      <c r="C54" s="5" t="n"/>
+      <c r="D54" s="5" t="n"/>
+      <c r="E54" s="5" t="n"/>
+      <c r="F54" s="8" t="n">
+        <v>162385.35</v>
+      </c>
+      <c r="G54" s="9" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="52">
-      <c r="A52" s="2" t="inlineStr">
+    <row r="55">
+      <c r="A55" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="53">
-      <c r="A53" s="16" t="n">
+    <row r="56">
+      <c r="A56" s="57" t="n">
         <v>1</v>
       </c>
-      <c r="B53" s="16" t="inlineStr">
+      <c r="B56" s="57" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="16" t="n">
+        <v>2</v>
+      </c>
+      <c r="B57" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="54" ht="27" customHeight="1" s="77">
-[...3 lines deleted...]
-      <c r="B54" s="16" t="inlineStr">
+    <row r="58" ht="27" customHeight="1" s="41">
+      <c r="A58" s="16" t="n">
+        <v>3</v>
+      </c>
+      <c r="B58" s="16" t="inlineStr">
         <is>
           <t>Net Assets does not include unit activity for the last day of the month</t>
         </is>
       </c>
     </row>
-    <row r="58" ht="14.5" customHeight="1" s="77">
-      <c r="B58" s="1" t="inlineStr">
+    <row r="62" ht="14.5" customHeight="1" s="41">
+      <c r="B62" s="59" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="72" ht="14.5" customHeight="1" s="77">
-      <c r="B72" s="1" t="inlineStr">
+    <row r="74" ht="14.5" customHeight="1" s="41">
+      <c r="B74" s="59" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Financial Services TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>