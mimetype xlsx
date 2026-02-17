--- v2 (2026-01-27)
+++ v3 (2026-02-17)
@@ -1,79 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="920" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Banking and Financial Services" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
-[...1 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -92,118 +87,114 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color theme="0"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
-    <font>
-[...8 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -288,198 +279,188 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="5" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -526,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>63</row>
+      <row>60</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>72</row>
+      <row>69</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="11055350"/>
+          <a:off x="457200" y="10712450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>75</row>
+      <row>73</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>84</row>
+      <row>82</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="13468350"/>
+          <a:off x="457200" y="13125450"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -877,1464 +858,1454 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L74"/>
+  <dimension ref="A1:L72"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="50.26953125" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="14.81640625" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="29.1796875" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="11.54296875" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="26.54296875" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="41">
-[...1 lines deleted...]
-      <c r="B1" s="40" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Banking &amp; Financial Services Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="65" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on December 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="65" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="65" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="10" t="n">
+      <c r="E8" s="5" t="n">
         <v>1582123</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>21246.33</v>
-[...2 lines deleted...]
-        <v>0.1308</v>
+        <v>21437.77</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.1286</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="65" t="inlineStr">
+      <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="65" t="inlineStr">
+      <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="n">
+      <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
-      <c r="D9" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="10" t="n">
+      <c r="E9" s="5" t="n">
         <v>972742</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>12347.99</v>
-[...2 lines deleted...]
-        <v>0.076</v>
+        <v>13330.46</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.08</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="2" t="inlineStr">
+      <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="L9" s="66" t="n">
-        <v>0.4627</v>
+      <c r="L9" s="7" t="n">
+        <v>0.4883</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="n">
+      <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
+      <c r="B10" s="1" t="inlineStr">
         <is>
           <t>State Bank of India</t>
         </is>
       </c>
-      <c r="C10" s="2" t="inlineStr">
+      <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE062A01020</t>
         </is>
       </c>
-      <c r="D10" s="2" t="inlineStr">
+      <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="10" t="n">
+      <c r="E10" s="5" t="n">
         <v>1125000</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>11049.75</v>
-[...2 lines deleted...]
-        <v>0.068</v>
+        <v>12117.94</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.0727</v>
       </c>
       <c r="J10" s="6" t="n"/>
-      <c r="K10" s="2" t="inlineStr">
+      <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="L10" s="66" t="n">
-        <v>0.2157</v>
+      <c r="L10" s="7" t="n">
+        <v>0.1832</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="n">
+      <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01036</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>2259340</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>9218.110000000001</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.0553</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.1257</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE745G01043</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>332000</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>8392.959999999999</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0504</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.1236</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>383897</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>7672.18</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.046</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0341</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Bajaj Finance Limited</t>
         </is>
       </c>
-      <c r="C11" s="2" t="inlineStr">
+      <c r="C14" s="1" t="inlineStr">
         <is>
           <t>INE296A01032</t>
         </is>
       </c>
-      <c r="D11" s="2" t="inlineStr">
+      <c r="D14" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E11" s="10" t="n">
+      <c r="E14" s="5" t="n">
         <v>810000</v>
       </c>
-      <c r="F11" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K11" s="2" t="inlineStr">
+      <c r="F14" s="6" t="n">
+        <v>7531.78</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0452</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>730689</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>6789.93</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0407</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.039</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Ujjivan Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE551W01018</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>9440651</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>6171.35</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.037</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE674K01013</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>1756928</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>5970.04</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0358</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="L11" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D12" s="2" t="inlineStr">
+      <c r="E18" s="5" t="n">
+        <v>3684358</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>5428.16</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0326</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>PB Fintech Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE417T01026</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>286436</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>4739.08</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0284</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="E12" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K12" s="2" t="inlineStr">
+      <c r="E20" s="5" t="n">
+        <v>291336</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>4701</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0282</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="L12" s="66" t="n">
-[...17 lines deleted...]
-      <c r="D13" s="2" t="inlineStr">
+      <c r="E21" s="5" t="n">
+        <v>531189</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>4664.37</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.028</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>1532045</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>4586.94</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0275</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Maharashtra</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE457A01014</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>6812483</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>4446.51</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0267</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE498L01015</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>1381488</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>3955.89</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0237</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE121A01024</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>242335</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>3953.94</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0237</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Canara Robeco Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE218I01013</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E13" s="10" t="n">
-[...9 lines deleted...]
-      <c r="K13" s="2" t="inlineStr">
+      <c r="E26" s="5" t="n">
+        <v>1128792</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>2828.19</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.017</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>PNB Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE572E01012</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>340401</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>2799.46</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>90000</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>2286.81</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>PRUDENT CORPORATE ADVISORY SERVICES Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE00F201020</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>88982</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>2132.81</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0128</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>187136</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>1908.79</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0115</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Karur Vysya Bank Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE036D01028</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>602302</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>1815.34</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0109</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE976I01016</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>496375</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>1698.1</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0102</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Niva Bupa Health Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE995S01015</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>2080890</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>1641.2</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0098</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>HDB Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE756I01012</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>215214</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>1522.42</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.0091</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>CSB Bank Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE679A01013</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>339510</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>1487.22</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE774D01024</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>315454</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>1184.69</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>63250</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>1147.42</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Zaggle Prepaid Ocean Services Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE07K301024</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>360616</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>1021.99</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Seshaasai Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE04VU01023</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
         <is>
           <t>Financial Technology (Fintech)</t>
         </is>
       </c>
-      <c r="L13" s="66" t="n">
-[...93 lines deleted...]
-      <c r="D16" s="2" t="inlineStr">
+      <c r="E39" s="5" t="n">
+        <v>378829</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>944.04</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Asset Management Co Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE346A01027</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>21192</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>629.95</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E16" s="10" t="n">
-[...24 lines deleted...]
-      <c r="D17" s="2" t="inlineStr">
+      <c r="E41" s="5" t="n">
+        <v>1098</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>21.44</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE0J1Y01017</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="E17" s="10" t="n">
-[...174 lines deleted...]
-      <c r="D23" s="2" t="inlineStr">
+      <c r="E42" s="5" t="n">
+        <v>1067</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>8.800000000000001</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E23" s="10" t="n">
-[...599 lines deleted...]
-      <c r="E43" s="10" t="n">
+      <c r="E43" s="5" t="n">
         <v>1000</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>3.55</v>
-[...1 lines deleted...]
-      <c r="G43" s="66" t="inlineStr">
+        <v>3.79</v>
+      </c>
+      <c r="G43" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
       </c>
       <c r="J43" s="6" t="n"/>
     </row>
     <row r="44">
-      <c r="A44" s="11" t="n"/>
-      <c r="B44" s="11" t="inlineStr">
+      <c r="A44" s="8" t="n"/>
+      <c r="B44" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C44" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.9771</v>
+      <c r="C44" s="8" t="n"/>
+      <c r="D44" s="8" t="n"/>
+      <c r="E44" s="8" t="n"/>
+      <c r="F44" s="9" t="n">
+        <v>160190.87</v>
+      </c>
+      <c r="G44" s="10" t="n">
+        <v>0.961</v>
       </c>
     </row>
     <row r="46">
-      <c r="B46" s="65" t="inlineStr">
+      <c r="B46" s="3" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="2" t="n">
+      <c r="A47" s="1" t="n">
         <v>37</v>
       </c>
-      <c r="B47" s="65" t="inlineStr">
+      <c r="B47" s="3" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
       <c r="F47" s="6" t="n">
-        <v>3939.61</v>
-[...5 lines deleted...]
-        <v>46023</v>
+        <v>6511.33</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0391</v>
+      </c>
+      <c r="H47" s="11" t="n">
+        <v>46055</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="11" t="n"/>
-      <c r="B48" s="11" t="inlineStr">
+      <c r="A48" s="8" t="n"/>
+      <c r="B48" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C48" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>0.0243</v>
+      <c r="C48" s="8" t="n"/>
+      <c r="D48" s="8" t="n"/>
+      <c r="E48" s="8" t="n"/>
+      <c r="F48" s="9" t="n">
+        <v>6511.33</v>
+      </c>
+      <c r="G48" s="10" t="n">
+        <v>0.0391</v>
       </c>
     </row>
     <row r="50">
-      <c r="B50" s="65" t="inlineStr">
+      <c r="B50" s="3" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
     <row r="51">
-      <c r="B51" s="2" t="inlineStr">
+      <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E51" s="10" t="n"/>
+      <c r="E51" s="5" t="n"/>
       <c r="F51" s="6" t="n">
-        <v>-282.02</v>
-[...2 lines deleted...]
-        <v>-0.0014</v>
+        <v>-21.19</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="J51" s="6" t="n"/>
     </row>
     <row r="52">
-      <c r="A52" s="11" t="n"/>
-      <c r="B52" s="11" t="inlineStr">
+      <c r="A52" s="8" t="n"/>
+      <c r="B52" s="8" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C52" s="11" t="n"/>
-[...6 lines deleted...]
-        <v>-0.0014</v>
+      <c r="C52" s="8" t="n"/>
+      <c r="D52" s="8" t="n"/>
+      <c r="E52" s="8" t="n"/>
+      <c r="F52" s="9" t="n">
+        <v>-21.19</v>
+      </c>
+      <c r="G52" s="10" t="n">
+        <v>-0.0001</v>
       </c>
     </row>
     <row r="54">
-      <c r="A54" s="5" t="n"/>
-      <c r="B54" s="5" t="inlineStr">
+      <c r="A54" s="4" t="n"/>
+      <c r="B54" s="4" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C54" s="5" t="n"/>
-[...5 lines deleted...]
-      <c r="G54" s="9" t="n">
+      <c r="C54" s="4" t="n"/>
+      <c r="D54" s="4" t="n"/>
+      <c r="E54" s="4" t="n"/>
+      <c r="F54" s="12" t="n">
+        <v>166681.01</v>
+      </c>
+      <c r="G54" s="13" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="55">
-      <c r="A55" s="2" t="inlineStr">
+      <c r="A55" s="1" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="57" t="n">
+      <c r="A56" s="61" t="n">
         <v>1</v>
       </c>
-      <c r="B56" s="57" t="inlineStr">
+      <c r="B56" s="61" t="inlineStr">
         <is>
           <t>* Less than 0.01%</t>
         </is>
       </c>
     </row>
     <row r="57">
-      <c r="A57" s="16" t="n">
+      <c r="A57" s="15" t="n">
         <v>2</v>
       </c>
-      <c r="B57" s="16" t="inlineStr">
+      <c r="B57" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="58" ht="27" customHeight="1" s="41">
-[...10 lines deleted...]
-      <c r="B62" s="59" t="inlineStr">
+    <row r="59" ht="14.5" customHeight="1" s="45">
+      <c r="B59" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="74" ht="14.5" customHeight="1" s="41">
-      <c r="B74" s="59" t="inlineStr">
+    <row r="72" ht="14.5" customHeight="1" s="45">
+      <c r="B72" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Financial Services TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>