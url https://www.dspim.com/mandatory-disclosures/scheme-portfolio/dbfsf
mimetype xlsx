--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -1,74 +1,79 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <workbookPr/>
+  <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="915" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="Banking and Financial Services" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
-[...2 lines deleted...]
-    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
   </numFmts>
-  <fonts count="16">
+  <fonts count="18">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -94,107 +99,119 @@
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FF000000"/>
       <sz val="9"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
-[...5 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -224,242 +241,250 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...9 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...12 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="5" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...5 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -507,116 +532,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>60</row>
+      <row>63</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>69</row>
+      <row>72</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="10712450"/>
+          <a:off x="457200" y="10883900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>73</row>
+      <row>77</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>82</row>
+      <row>86</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="13125450"/>
+          <a:off x="457200" y="13296900"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -854,1458 +879,1488 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <sheetPr>
+  <sheetPr codeName="Sheet36">
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L72"/>
+  <dimension ref="A1:L76"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="50.26953125" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="12.453125" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="26.54296875" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="11.7265625" bestFit="1" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="26.54296875" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="45">
-[...1 lines deleted...]
-      <c r="B1" s="44" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Banking &amp; Financial Services Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="3" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on January 31, 2026</t>
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on February 28, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="4" t="inlineStr">
+      <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B4" s="5" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C4" s="5" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="4" t="inlineStr">
+      <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="4" t="inlineStr">
+      <c r="F4" s="5" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="4" t="inlineStr">
+      <c r="G4" s="5" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="4" t="inlineStr">
+      <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="4" t="inlineStr">
+      <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="4" t="inlineStr">
+      <c r="J4" s="5" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="3" t="inlineStr">
+      <c r="B6" s="4" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="3" t="inlineStr">
+      <c r="B7" s="4" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="1" t="n">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
+      <c r="B8" s="2" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
-      <c r="C8" s="1" t="inlineStr">
+      <c r="C8" s="2" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
-      <c r="D8" s="1" t="inlineStr">
+      <c r="D8" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E8" s="5" t="n">
-        <v>1582123</v>
+      <c r="E8" s="12" t="n">
+        <v>1450513</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>21437.77</v>
+        <v>20001.12</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.1286</v>
+        <v>0.1157</v>
       </c>
       <c r="J8" s="6" t="n"/>
-      <c r="K8" s="3" t="inlineStr">
+      <c r="K8" s="4" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
-      <c r="L8" s="3" t="inlineStr">
+      <c r="L8" s="4" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="n">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
+      <c r="B9" s="2" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
-      <c r="C9" s="1" t="inlineStr">
+      <c r="C9" s="2" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
-      <c r="D9" s="1" t="inlineStr">
+      <c r="D9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E9" s="5" t="n">
+      <c r="E9" s="12" t="n">
         <v>972742</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>13330.46</v>
+        <v>13461.78</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.08</v>
+        <v>0.07779999999999999</v>
       </c>
       <c r="J9" s="6" t="n"/>
-      <c r="K9" s="1" t="inlineStr">
+      <c r="K9" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.4883</v>
+        <v>0.4961</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="1" t="n">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
+      <c r="B10" s="2" t="inlineStr">
         <is>
           <t>State Bank of India</t>
         </is>
       </c>
-      <c r="C10" s="1" t="inlineStr">
+      <c r="C10" s="2" t="inlineStr">
         <is>
           <t>INE062A01020</t>
         </is>
       </c>
-      <c r="D10" s="1" t="inlineStr">
+      <c r="D10" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E10" s="5" t="n">
-        <v>1125000</v>
+      <c r="E10" s="12" t="n">
+        <v>922777</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>12117.94</v>
+        <v>11089.01</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.0727</v>
+        <v>0.0641</v>
       </c>
       <c r="J10" s="6" t="n"/>
-      <c r="K10" s="1" t="inlineStr">
+      <c r="K10" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.1832</v>
+        <v>0.2014</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="n">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
+      <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
-      <c r="C11" s="1" t="inlineStr">
+      <c r="C11" s="2" t="inlineStr">
         <is>
           <t>INE237A01036</t>
         </is>
       </c>
-      <c r="D11" s="1" t="inlineStr">
+      <c r="D11" s="2" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
-      <c r="E11" s="5" t="n">
+      <c r="E11" s="12" t="n">
         <v>2259340</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>9218.110000000001</v>
+        <v>9380.780000000001</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.0553</v>
+        <v>0.0542</v>
       </c>
       <c r="J11" s="6" t="n"/>
-      <c r="K11" s="1" t="inlineStr">
+      <c r="K11" s="2" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.1257</v>
+        <v>0.123</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="1" t="n">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="12" t="n">
+        <v>915315</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>8125.71</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.047</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.1202</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Multi Commodity Exchange of India Limited</t>
         </is>
       </c>
-      <c r="C12" s="1" t="inlineStr">
+      <c r="C13" s="2" t="inlineStr">
         <is>
           <t>INE745G01043</t>
         </is>
       </c>
-      <c r="D12" s="1" t="inlineStr">
+      <c r="D13" s="2" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
-      <c r="E12" s="5" t="n">
+      <c r="E13" s="12" t="n">
         <v>332000</v>
       </c>
-      <c r="F12" s="6" t="n">
-[...6 lines deleted...]
-      <c r="K12" s="1" t="inlineStr">
+      <c r="F13" s="6" t="n">
+        <v>8111.76</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0469</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.0351</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E14" s="12" t="n">
+        <v>810000</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>8066.79</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.0466</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.001</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="L12" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D13" s="1" t="inlineStr">
+      <c r="E15" s="12" t="n">
+        <v>383897</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>7820.75</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0452</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0232</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Ujjivan Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE551W01018</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="12" t="n">
+        <v>12064265</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>7004.51</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0405</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE674K01013</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E17" s="12" t="n">
+        <v>1831375</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>6308.17</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0365</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Canara HSBC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE01TY01017</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="E13" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K13" s="1" t="inlineStr">
+      <c r="E18" s="12" t="n">
+        <v>4264626</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>6104.39</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0353</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E19" s="12" t="n">
+        <v>291336</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>5283.09</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0305</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>PB Fintech Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE417T01026</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
         <is>
           <t>Financial Technology (Fintech)</t>
         </is>
       </c>
-      <c r="L13" s="7" t="n">
-[...17 lines deleted...]
-      <c r="D14" s="1" t="inlineStr">
+      <c r="E20" s="12" t="n">
+        <v>347763</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>5152.46</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.0298</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Maharashtra</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE457A01014</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E21" s="12" t="n">
+        <v>6812483</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>5093.01</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0295</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E22" s="12" t="n">
+        <v>1568038</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>5048.3</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0292</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>Nippon Life India Asset Management Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE298J01013</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E23" s="12" t="n">
+        <v>531189</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>4946.43</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0286</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE121A01024</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E14" s="5" t="n">
-[...9 lines deleted...]
-      <c r="K14" s="1" t="inlineStr">
+      <c r="E24" s="12" t="n">
+        <v>242335</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>4194.33</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0243</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>Aadhar Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE883F01010</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E25" s="12" t="n">
+        <v>906560</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>4160.66</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0241</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE498L01015</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E26" s="12" t="n">
+        <v>1381488</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>3922.74</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.0227</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>City Union Bank Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE491A01021</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E27" s="12" t="n">
+        <v>1331299</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>3768.24</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.0218</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>PNB Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE572E01012</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E28" s="12" t="n">
+        <v>398961</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>3290.43</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.019</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE732I01021</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E29" s="12" t="n">
+        <v>1288840</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>3005.57</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0174</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Canara Robeco Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE218I01013</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E30" s="12" t="n">
+        <v>974190</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>2452.04</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>PRUDENT CORPORATE ADVISORY SERVICES Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE00F201020</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E31" s="12" t="n">
+        <v>88982</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>2090.99</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E32" s="12" t="n">
+        <v>187136</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>2019.95</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.0117</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Karur Vysya Bank Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE036D01028</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E33" s="12" t="n">
+        <v>602302</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>1964.71</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0114</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Tata Capital Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE976I01016</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E34" s="12" t="n">
+        <v>496375</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>1655.91</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Niva Bupa Health Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE995S01015</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E35" s="12" t="n">
+        <v>2080890</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>1562.54</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.008999999999999999</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE774D01024</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E36" s="12" t="n">
+        <v>315454</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>1180.74</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0068</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Seshaasai Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE04VU01023</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E37" s="12" t="n">
+        <v>378829</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>919.61</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>CSB Bank Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE679A01013</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E38" s="12" t="n">
+        <v>212128</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>843</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Asset Management Co Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE346A01027</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E39" s="12" t="n">
+        <v>21192</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>659.52</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Zaggle Prepaid Ocean Services Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE07K301024</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
         <is>
           <t>IT - Services</t>
         </is>
       </c>
-      <c r="L14" s="7" t="n">
-[...85 lines deleted...]
-      <c r="D17" s="1" t="inlineStr">
+      <c r="E40" s="12" t="n">
+        <v>75565</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>171.95</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E17" s="5" t="n">
-[...719 lines deleted...]
-      <c r="E41" s="5" t="n">
+      <c r="E41" s="12" t="n">
         <v>1098</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>21.44</v>
+        <v>21.89</v>
       </c>
       <c r="G41" s="7" t="n">
         <v>0.0001</v>
       </c>
       <c r="J41" s="6" t="n"/>
     </row>
     <row r="42">
-      <c r="A42" s="1" t="n">
+      <c r="A42" s="2" t="n">
         <v>35</v>
       </c>
-      <c r="B42" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D42" s="1" t="inlineStr">
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Lombard General Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE765G01017</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
         <is>
           <t>Insurance</t>
         </is>
       </c>
-      <c r="E42" s="5" t="n">
-        <v>1067</v>
+      <c r="E42" s="12" t="n">
+        <v>500</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>8.800000000000001</v>
+        <v>9.51</v>
       </c>
       <c r="G42" s="7" t="n">
         <v>0.0001</v>
       </c>
       <c r="J42" s="6" t="n"/>
     </row>
     <row r="43">
-      <c r="A43" s="1" t="n">
+      <c r="A43" s="2" t="n">
         <v>36</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE0J1Y01017</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E43" s="12" t="n">
+        <v>1067</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>9.06</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
         <is>
           <t>Power Finance Corporation Limited</t>
         </is>
       </c>
-      <c r="C43" s="1" t="inlineStr">
+      <c r="C44" s="2" t="inlineStr">
         <is>
           <t>INE134E01011</t>
         </is>
       </c>
-      <c r="D43" s="1" t="inlineStr">
+      <c r="D44" s="2" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
-      <c r="E43" s="5" t="n">
+      <c r="E44" s="12" t="n">
         <v>1000</v>
       </c>
-      <c r="F43" s="6" t="n">
-[...2 lines deleted...]
-      <c r="G43" s="7" t="inlineStr">
+      <c r="F44" s="6" t="n">
+        <v>4.14</v>
+      </c>
+      <c r="G44" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
       </c>
-      <c r="J43" s="6" t="n"/>
-[...3 lines deleted...]
-      <c r="B44" s="8" t="inlineStr">
+      <c r="J44" s="6" t="n"/>
+    </row>
+    <row r="45">
+      <c r="A45" s="9" t="n"/>
+      <c r="B45" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C44" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B46" s="3" t="inlineStr">
+      <c r="C45" s="9" t="n"/>
+      <c r="D45" s="9" t="n"/>
+      <c r="E45" s="9" t="n"/>
+      <c r="F45" s="10" t="n">
+        <v>168905.59</v>
+      </c>
+      <c r="G45" s="11" t="n">
+        <v>0.9768</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="B47" s="4" t="inlineStr">
         <is>
           <t>MONEY MARKET INSTRUMENTS</t>
         </is>
       </c>
     </row>
-    <row r="47">
-[...3 lines deleted...]
-      <c r="B47" s="3" t="inlineStr">
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B48" s="4" t="inlineStr">
         <is>
           <t>TREPS / Reverse Repo Investments</t>
         </is>
       </c>
-      <c r="F47" s="6" t="n">
-[...11 lines deleted...]
-      <c r="B48" s="8" t="inlineStr">
+      <c r="F48" s="6" t="n">
+        <v>3718.52</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0215</v>
+      </c>
+      <c r="H48" s="8" t="n">
+        <v>46083</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="9" t="n"/>
+      <c r="B49" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C48" s="8" t="n"/>
-[...10 lines deleted...]
-      <c r="B50" s="3" t="inlineStr">
+      <c r="C49" s="9" t="n"/>
+      <c r="D49" s="9" t="n"/>
+      <c r="E49" s="9" t="n"/>
+      <c r="F49" s="10" t="n">
+        <v>3718.52</v>
+      </c>
+      <c r="G49" s="11" t="n">
+        <v>0.0215</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="B51" s="4" t="inlineStr">
         <is>
           <t>Cash &amp; Cash Equivalent</t>
         </is>
       </c>
     </row>
-    <row r="51">
-      <c r="B51" s="1" t="inlineStr">
+    <row r="52">
+      <c r="B52" s="2" t="inlineStr">
         <is>
           <t>Net Receivables/Payables</t>
         </is>
       </c>
-      <c r="E51" s="5" t="n"/>
-[...10 lines deleted...]
-      <c r="B52" s="8" t="inlineStr">
+      <c r="E52" s="12" t="n"/>
+      <c r="F52" s="6" t="n">
+        <v>311.69</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+    </row>
+    <row r="53">
+      <c r="A53" s="9" t="n"/>
+      <c r="B53" s="9" t="inlineStr">
         <is>
           <t>Total</t>
         </is>
       </c>
-      <c r="C52" s="8" t="n"/>
-[...11 lines deleted...]
-      <c r="B54" s="4" t="inlineStr">
+      <c r="C53" s="9" t="n"/>
+      <c r="D53" s="9" t="n"/>
+      <c r="E53" s="9" t="n"/>
+      <c r="F53" s="10" t="n">
+        <v>311.69</v>
+      </c>
+      <c r="G53" s="11" t="n">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="5" t="n"/>
+      <c r="B55" s="5" t="inlineStr">
         <is>
           <t>GRAND TOTAL</t>
         </is>
       </c>
-      <c r="C54" s="4" t="n"/>
-[...5 lines deleted...]
-      <c r="G54" s="13" t="n">
+      <c r="C55" s="5" t="n"/>
+      <c r="D55" s="5" t="n"/>
+      <c r="E55" s="5" t="n"/>
+      <c r="F55" s="13" t="n">
+        <v>172935.8</v>
+      </c>
+      <c r="G55" s="14" t="n">
         <v>1</v>
       </c>
     </row>
-    <row r="55">
-      <c r="A55" s="1" t="inlineStr">
+    <row r="56">
+      <c r="A56" s="2" t="inlineStr">
         <is>
           <t>Notes:</t>
         </is>
       </c>
     </row>
-    <row r="56">
-      <c r="A56" s="61" t="n">
+    <row r="57">
+      <c r="A57" s="63" t="n">
         <v>1</v>
       </c>
-      <c r="B56" s="61" t="inlineStr">
+      <c r="B57" s="63" t="inlineStr">
         <is>
           <t>* Less than 0.01%</t>
         </is>
       </c>
     </row>
-    <row r="57">
-      <c r="A57" s="15" t="n">
+    <row r="58">
+      <c r="A58" s="16" t="n">
         <v>2</v>
       </c>
-      <c r="B57" s="15" t="inlineStr">
+      <c r="B58" s="16" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="59" ht="14.5" customHeight="1" s="45">
-      <c r="B59" s="39" t="inlineStr">
+    <row r="62" ht="14.5" customHeight="1" s="49">
+      <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="72" ht="14.5" customHeight="1" s="45">
-      <c r="B72" s="39" t="inlineStr">
+    <row r="76" ht="14.5" customHeight="1" s="49">
+      <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty Financial Services TRI</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>