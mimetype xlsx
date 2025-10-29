--- v0 (2025-10-06)
+++ v1 (2025-10-29)
@@ -1,610 +1,2979 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\Accounts\REPORTS\Monthend portfolio\2025-2026\06. September 2025\Half Yearly Portfolio\Portfolio\Derivative Disclosure\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D1D88F3C-DA05-4544-B445-301399D42FE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="968" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="ARBITRAGE" sheetId="1" state="visible" r:id="rId1"/>
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
+    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
+    <sheet name="Half Yearly Portfolio" sheetId="5" r:id="rId2"/>
+    <sheet name="Notes to Half Yearly Portfolio" sheetId="3" r:id="rId3"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
   </sheets>
-  <definedNames/>
-  <calcPr calcId="191029" fullCalcOnLoad="1"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
+<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2996" uniqueCount="754">
+  <si>
+    <t>DSP Arbitrage Fund</t>
+  </si>
+  <si>
+    <t>Portfolio as on September 30, 2025</t>
+  </si>
+  <si>
+    <t>Sr. No.</t>
+  </si>
+  <si>
+    <t>Name of Instrument</t>
+  </si>
+  <si>
+    <t>ISIN</t>
+  </si>
+  <si>
+    <t>Rating/Industry</t>
+  </si>
+  <si>
+    <t>Quantity</t>
+  </si>
+  <si>
+    <t>Market value (Rs. In lakhs)</t>
+  </si>
+  <si>
+    <t>% to Net Assets</t>
+  </si>
+  <si>
+    <t>Maturity Date</t>
+  </si>
+  <si>
+    <t>Put/Call Option</t>
+  </si>
+  <si>
+    <t>YTM (%)</t>
+  </si>
+  <si>
+    <t>EQUITY &amp; EQUITY RELATED</t>
+  </si>
+  <si>
+    <t>Listed / awaiting listing on the stock exchanges</t>
+  </si>
+  <si>
+    <t>Reliance Industries Limited</t>
+  </si>
+  <si>
+    <t>INE002A01018</t>
+  </si>
+  <si>
+    <t>Petroleum Products</t>
+  </si>
+  <si>
+    <t>Sector/Rating</t>
+  </si>
+  <si>
+    <t>Percent</t>
+  </si>
+  <si>
+    <t>Tata Consultancy Services Limited</t>
+  </si>
+  <si>
+    <t>INE467B01029</t>
+  </si>
+  <si>
+    <t>IT - Software</t>
+  </si>
+  <si>
+    <t>Banks</t>
+  </si>
+  <si>
+    <t>HDFC Bank Limited</t>
+  </si>
+  <si>
+    <t>INE040A01034</t>
+  </si>
+  <si>
+    <t>Mutual Funds</t>
+  </si>
+  <si>
+    <t>Kotak Mahindra Bank Limited</t>
+  </si>
+  <si>
+    <t>INE237A01028</t>
+  </si>
+  <si>
+    <t>CRISIL AAA</t>
+  </si>
+  <si>
+    <t>ICICI Bank Limited</t>
+  </si>
+  <si>
+    <t>INE090A01021</t>
+  </si>
+  <si>
+    <t>Finance</t>
+  </si>
+  <si>
+    <t>Sammaan Capital Limited</t>
+  </si>
+  <si>
+    <t>INE148I01020</t>
+  </si>
+  <si>
+    <t>CRISIL A1+</t>
+  </si>
+  <si>
+    <t>Axis Bank Limited</t>
+  </si>
+  <si>
+    <t>INE238A01034</t>
+  </si>
+  <si>
+    <t>Bank of Baroda</t>
+  </si>
+  <si>
+    <t>INE028A01039</t>
+  </si>
+  <si>
+    <t>ITC Limited</t>
+  </si>
+  <si>
+    <t>INE154A01025</t>
+  </si>
+  <si>
+    <t>Diversified FMCG</t>
+  </si>
+  <si>
+    <t>Pharmaceuticals &amp; Biotechnology</t>
+  </si>
+  <si>
+    <t>Larsen &amp; Toubro Limited</t>
+  </si>
+  <si>
+    <t>INE018A01030</t>
+  </si>
+  <si>
+    <t>Construction</t>
+  </si>
+  <si>
+    <t>ICRA A1+</t>
+  </si>
+  <si>
+    <t>Canara Bank</t>
+  </si>
+  <si>
+    <t>INE476A01022</t>
+  </si>
+  <si>
+    <t>Power</t>
+  </si>
+  <si>
+    <t>Vodafone Idea Limited</t>
+  </si>
+  <si>
+    <t>INE669E01016</t>
+  </si>
+  <si>
+    <t>Telecom - Services</t>
+  </si>
+  <si>
+    <t>LIC Housing Finance Limited</t>
+  </si>
+  <si>
+    <t>INE115A01026</t>
+  </si>
+  <si>
+    <t>Tata Power Company Limited</t>
+  </si>
+  <si>
+    <t>INE245A01021</t>
+  </si>
+  <si>
+    <t>Aerospace &amp; Defense</t>
+  </si>
+  <si>
+    <t>Hindustan Aeronautics Limited</t>
+  </si>
+  <si>
+    <t>INE066F01020</t>
+  </si>
+  <si>
+    <t>Agricultural Food &amp; other Products</t>
+  </si>
+  <si>
+    <t>GMR Airports Limited</t>
+  </si>
+  <si>
+    <t>INE776C01039</t>
+  </si>
+  <si>
+    <t>Transport Infrastructure</t>
+  </si>
+  <si>
+    <t>Ferrous Metals</t>
+  </si>
+  <si>
+    <t>Adani Enterprises Limited</t>
+  </si>
+  <si>
+    <t>INE423A01024</t>
+  </si>
+  <si>
+    <t>Metals &amp; Minerals Trading</t>
+  </si>
+  <si>
+    <t>Automobiles</t>
+  </si>
+  <si>
+    <t>JSW Steel Limited</t>
+  </si>
+  <si>
+    <t>INE019A01038</t>
+  </si>
+  <si>
+    <t>Tata Motors Limited</t>
+  </si>
+  <si>
+    <t>INE155A01022</t>
+  </si>
+  <si>
+    <t>Vedanta Limited</t>
+  </si>
+  <si>
+    <t>INE205A01025</t>
+  </si>
+  <si>
+    <t>Diversified Metals</t>
+  </si>
+  <si>
+    <t>ICRA AA+</t>
+  </si>
+  <si>
+    <t>REC Limited</t>
+  </si>
+  <si>
+    <t>INE020B01018</t>
+  </si>
+  <si>
+    <t>Cement &amp; Cement Products</t>
+  </si>
+  <si>
+    <t>IDFC First Bank Limited</t>
+  </si>
+  <si>
+    <t>INE092T01019</t>
+  </si>
+  <si>
+    <t>Non - Ferrous Metals</t>
+  </si>
+  <si>
+    <t>Punjab National Bank</t>
+  </si>
+  <si>
+    <t>INE160A01022</t>
+  </si>
+  <si>
+    <t>Consumer Durables</t>
+  </si>
+  <si>
+    <t>Marico Limited</t>
+  </si>
+  <si>
+    <t>INE196A01026</t>
+  </si>
+  <si>
+    <t>Bharti Airtel Limited</t>
+  </si>
+  <si>
+    <t>INE397D01024</t>
+  </si>
+  <si>
+    <t>Capital Markets</t>
+  </si>
+  <si>
+    <t>State Bank of India</t>
+  </si>
+  <si>
+    <t>INE062A01020</t>
+  </si>
+  <si>
+    <t>Power Finance Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE134E01011</t>
+  </si>
+  <si>
+    <t>Healthcare Services</t>
+  </si>
+  <si>
+    <t>Bharat Electronics Limited</t>
+  </si>
+  <si>
+    <t>INE263A01024</t>
+  </si>
+  <si>
+    <t>Realty</t>
+  </si>
+  <si>
+    <t>One 97 Communications Limited</t>
+  </si>
+  <si>
+    <t>INE982J01020</t>
+  </si>
+  <si>
+    <t>Financial Technology (Fintech)</t>
+  </si>
+  <si>
+    <t>Retailing</t>
+  </si>
+  <si>
+    <t>Shriram Finance Limited</t>
+  </si>
+  <si>
+    <t>INE721A01047</t>
+  </si>
+  <si>
+    <t>ICRA AAA</t>
+  </si>
+  <si>
+    <t>Aurobindo Pharma Limited</t>
+  </si>
+  <si>
+    <t>INE406A01037</t>
+  </si>
+  <si>
+    <t>Eternal Limited</t>
+  </si>
+  <si>
+    <t>INE758T01015</t>
+  </si>
+  <si>
+    <t>Food Products</t>
+  </si>
+  <si>
+    <t>Hindalco Industries Limited</t>
+  </si>
+  <si>
+    <t>INE038A01020</t>
+  </si>
+  <si>
+    <t>Leisure Services</t>
+  </si>
+  <si>
+    <t>TATA CONSUMER PRODUCTS LIMITED</t>
+  </si>
+  <si>
+    <t>INE192A01025</t>
+  </si>
+  <si>
+    <t>Insurance</t>
+  </si>
+  <si>
+    <t>UltraTech Cement Limited</t>
+  </si>
+  <si>
+    <t>INE481G01011</t>
+  </si>
+  <si>
+    <t>Electrical Equipment</t>
+  </si>
+  <si>
+    <t>Jio Financial Services Limited</t>
+  </si>
+  <si>
+    <t>INE758E01017</t>
+  </si>
+  <si>
+    <t>Auto Components</t>
+  </si>
+  <si>
+    <t>Max Healthcare Institute Limited</t>
+  </si>
+  <si>
+    <t>INE027H01010</t>
+  </si>
+  <si>
+    <t>Industrial Products</t>
+  </si>
+  <si>
+    <t>Bharat Heavy Electricals Limited</t>
+  </si>
+  <si>
+    <t>INE257A01026</t>
+  </si>
+  <si>
+    <t>Sovereign</t>
+  </si>
+  <si>
+    <t>Titan Company Limited</t>
+  </si>
+  <si>
+    <t>INE280A01028</t>
+  </si>
+  <si>
+    <t>Chemicals &amp; Petrochemicals</t>
+  </si>
+  <si>
+    <t>Sun Pharmaceutical Industries Limited</t>
+  </si>
+  <si>
+    <t>INE044A01036</t>
+  </si>
+  <si>
+    <t>Minerals &amp; Mining</t>
+  </si>
+  <si>
+    <t>Bajaj Finance Limited</t>
+  </si>
+  <si>
+    <t>INE296A01032</t>
+  </si>
+  <si>
+    <t>Transport Services</t>
+  </si>
+  <si>
+    <t>Steel Authority of India Limited</t>
+  </si>
+  <si>
+    <t>INE114A01011</t>
+  </si>
+  <si>
+    <t>Consumable Fuels</t>
+  </si>
+  <si>
+    <t>AU Small Finance Bank Limited</t>
+  </si>
+  <si>
+    <t>INE949L01017</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>Indian Railway Catering And Tourism Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE335Y01020</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>APL Apollo Tubes Limited</t>
+  </si>
+  <si>
+    <t>INE702C01027</t>
+  </si>
+  <si>
+    <t>IT - Services</t>
+  </si>
+  <si>
+    <t>Adani Ports and Special Economic Zone Limited</t>
+  </si>
+  <si>
+    <t>INE742F01042</t>
+  </si>
+  <si>
+    <t>Beverages</t>
+  </si>
+  <si>
+    <t>Lupin Limited</t>
+  </si>
+  <si>
+    <t>INE326A01037</t>
+  </si>
+  <si>
+    <t>Fertilizers &amp; Agrochemicals</t>
+  </si>
+  <si>
+    <t>Adani Energy Solutions Limited</t>
+  </si>
+  <si>
+    <t>INE931S01010</t>
+  </si>
+  <si>
+    <t>Personal Products</t>
+  </si>
+  <si>
+    <t>Hindustan Unilever Limited</t>
+  </si>
+  <si>
+    <t>INE030A01027</t>
+  </si>
+  <si>
+    <t>Industrial Manufacturing</t>
+  </si>
+  <si>
+    <t>PNB Housing Finance Limited</t>
+  </si>
+  <si>
+    <t>INE572E01012</t>
+  </si>
+  <si>
+    <t>Stock Futures</t>
+  </si>
+  <si>
+    <t>Grasim Industries Limited</t>
+  </si>
+  <si>
+    <t>INE047A01021</t>
+  </si>
+  <si>
+    <t>Cash &amp; Equivalent</t>
+  </si>
+  <si>
+    <t>Divi's Laboratories Limited</t>
+  </si>
+  <si>
+    <t>INE361B01024</t>
+  </si>
+  <si>
+    <t>Nestle India Limited</t>
+  </si>
+  <si>
+    <t>INE239A01024</t>
+  </si>
+  <si>
+    <t>IndusInd Bank Limited</t>
+  </si>
+  <si>
+    <t>INE095A01012</t>
+  </si>
+  <si>
+    <t>DLF Limited</t>
+  </si>
+  <si>
+    <t>INE271C01023</t>
+  </si>
+  <si>
+    <t>RBL Bank Limited</t>
+  </si>
+  <si>
+    <t>INE976G01028</t>
+  </si>
+  <si>
+    <t>Mahindra &amp; Mahindra Limited</t>
+  </si>
+  <si>
+    <t>INE101A01026</t>
+  </si>
+  <si>
+    <t>Yes Bank Limited</t>
+  </si>
+  <si>
+    <t>INE528G01035</t>
+  </si>
+  <si>
+    <t>NTPC Limited</t>
+  </si>
+  <si>
+    <t>INE733E01010</t>
+  </si>
+  <si>
+    <t>Coforge Limited</t>
+  </si>
+  <si>
+    <t>INE591G01025</t>
+  </si>
+  <si>
+    <t>Patanjali Foods Limited</t>
+  </si>
+  <si>
+    <t>INE619A01035</t>
+  </si>
+  <si>
+    <t>National Aluminium Company Limited</t>
+  </si>
+  <si>
+    <t>INE139A01034</t>
+  </si>
+  <si>
+    <t>Aditya Birla Capital Limited</t>
+  </si>
+  <si>
+    <t>INE674K01013</t>
+  </si>
+  <si>
+    <t>Multi Commodity Exchange of India Limited</t>
+  </si>
+  <si>
+    <t>INE745G01035</t>
+  </si>
+  <si>
+    <t>Britannia Industries Limited</t>
+  </si>
+  <si>
+    <t>INE216A01030</t>
+  </si>
+  <si>
+    <t>Bandhan Bank Limited</t>
+  </si>
+  <si>
+    <t>INE545U01014</t>
+  </si>
+  <si>
+    <t>Crompton Greaves Consumer Electricals Limited</t>
+  </si>
+  <si>
+    <t>INE299U01018</t>
+  </si>
+  <si>
+    <t>NMDC Limited</t>
+  </si>
+  <si>
+    <t>INE584A01023</t>
+  </si>
+  <si>
+    <t>Coal India Limited</t>
+  </si>
+  <si>
+    <t>INE522F01014</t>
+  </si>
+  <si>
+    <t>Syngene International Limited</t>
+  </si>
+  <si>
+    <t>INE398R01022</t>
+  </si>
+  <si>
+    <t>Exide Industries Limited</t>
+  </si>
+  <si>
+    <t>INE302A01020</t>
+  </si>
+  <si>
+    <t>JSW Energy Limited</t>
+  </si>
+  <si>
+    <t>INE121E01018</t>
+  </si>
+  <si>
+    <t>Hindustan Petroleum Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE094A01015</t>
+  </si>
+  <si>
+    <t>Life Insurance Corporation of India</t>
+  </si>
+  <si>
+    <t>INE0J1Y01017</t>
+  </si>
+  <si>
+    <t>Computer Age Management Services Limited</t>
+  </si>
+  <si>
+    <t>INE596I01012</t>
+  </si>
+  <si>
+    <t>Tata Steel Limited</t>
+  </si>
+  <si>
+    <t>INE081A01020</t>
+  </si>
+  <si>
+    <t>HCL Technologies Limited</t>
+  </si>
+  <si>
+    <t>INE860A01027</t>
+  </si>
+  <si>
+    <t>Container Corporation of India Limited</t>
+  </si>
+  <si>
+    <t>INE111A01025</t>
+  </si>
+  <si>
+    <t>Biocon Limited</t>
+  </si>
+  <si>
+    <t>INE376G01013</t>
+  </si>
+  <si>
+    <t>Bank of India</t>
+  </si>
+  <si>
+    <t>INE084A01016</t>
+  </si>
+  <si>
+    <t>IIFL Finance Limited</t>
+  </si>
+  <si>
+    <t>INE530B01024</t>
+  </si>
+  <si>
+    <t>Maruti Suzuki India Limited</t>
+  </si>
+  <si>
+    <t>INE585B01010</t>
+  </si>
+  <si>
+    <t>Kalyan Jewellers India Limited</t>
+  </si>
+  <si>
+    <t>INE303R01014</t>
+  </si>
+  <si>
+    <t>SBI Life Insurance Company Limited</t>
+  </si>
+  <si>
+    <t>INE123W01016</t>
+  </si>
+  <si>
+    <t>The Federal Bank Limited</t>
+  </si>
+  <si>
+    <t>INE171A01029</t>
+  </si>
+  <si>
+    <t>Lodha Developers Limited</t>
+  </si>
+  <si>
+    <t>INE670K01029</t>
+  </si>
+  <si>
+    <t>Bajaj Finserv Limited</t>
+  </si>
+  <si>
+    <t>INE918I01026</t>
+  </si>
+  <si>
+    <t>The Phoenix Mills Limited</t>
+  </si>
+  <si>
+    <t>INE211B01039</t>
+  </si>
+  <si>
+    <t>Oil &amp; Natural Gas Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE213A01029</t>
+  </si>
+  <si>
+    <t>Info Edge (India) Limited</t>
+  </si>
+  <si>
+    <t>INE663F01032</t>
+  </si>
+  <si>
+    <t>BSE Limited</t>
+  </si>
+  <si>
+    <t>INE118H01025</t>
+  </si>
+  <si>
+    <t>Pidilite Industries Limited</t>
+  </si>
+  <si>
+    <t>INE318A01026</t>
+  </si>
+  <si>
+    <t>Bharat Petroleum Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE029A01011</t>
+  </si>
+  <si>
+    <t>Mankind Pharma Limited</t>
+  </si>
+  <si>
+    <t>INE634S01028</t>
+  </si>
+  <si>
+    <t>Indus Towers Limited</t>
+  </si>
+  <si>
+    <t>INE121J01017</t>
+  </si>
+  <si>
+    <t>SRF Limited</t>
+  </si>
+  <si>
+    <t>INE647A01010</t>
+  </si>
+  <si>
+    <t>Sona BLW Precision Forgings Limited</t>
+  </si>
+  <si>
+    <t>INE073K01018</t>
+  </si>
+  <si>
+    <t>Ambuja Cements Limited</t>
+  </si>
+  <si>
+    <t>INE079A01024</t>
+  </si>
+  <si>
+    <t>ICICI Prudential Life Insurance Company Limited</t>
+  </si>
+  <si>
+    <t>INE726G01019</t>
+  </si>
+  <si>
+    <t>Manappuram Finance Limited</t>
+  </si>
+  <si>
+    <t>INE522D01027</t>
+  </si>
+  <si>
+    <t>Samvardhana Motherson International Limited</t>
+  </si>
+  <si>
+    <t>INE775A01035</t>
+  </si>
+  <si>
+    <t>GAIL (India) Limited</t>
+  </si>
+  <si>
+    <t>INE129A01019</t>
+  </si>
+  <si>
+    <t>Godrej Properties Limited</t>
+  </si>
+  <si>
+    <t>INE484J01027</t>
+  </si>
+  <si>
+    <t>HFCL Limited</t>
+  </si>
+  <si>
+    <t>INE548A01028</t>
+  </si>
+  <si>
+    <t>Cyient Limited</t>
+  </si>
+  <si>
+    <t>INE136B01020</t>
+  </si>
+  <si>
+    <t>Petronet LNG Limited</t>
+  </si>
+  <si>
+    <t>INE347G01014</t>
+  </si>
+  <si>
+    <t>The Indian Hotels Company Limited</t>
+  </si>
+  <si>
+    <t>INE053A01029</t>
+  </si>
+  <si>
+    <t>Adani Green Energy Limited</t>
+  </si>
+  <si>
+    <t>INE364U01010</t>
+  </si>
+  <si>
+    <t>Power Grid Corporation of India Limited</t>
+  </si>
+  <si>
+    <t>INE752E01010</t>
+  </si>
+  <si>
+    <t>Hindustan Zinc Limited</t>
+  </si>
+  <si>
+    <t>INE267A01025</t>
+  </si>
+  <si>
+    <t>MphasiS Limited</t>
+  </si>
+  <si>
+    <t>INE356A01018</t>
+  </si>
+  <si>
+    <t>L&amp;T Finance Limited</t>
+  </si>
+  <si>
+    <t>INE498L01015</t>
+  </si>
+  <si>
+    <t>Laurus Labs Limited</t>
+  </si>
+  <si>
+    <t>INE947Q01028</t>
+  </si>
+  <si>
+    <t>Eicher Motors Limited</t>
+  </si>
+  <si>
+    <t>INE066A01021</t>
+  </si>
+  <si>
+    <t>Jubilant Foodworks Limited</t>
+  </si>
+  <si>
+    <t>INE797F01020</t>
+  </si>
+  <si>
+    <t>Trent Limited</t>
+  </si>
+  <si>
+    <t>INE849A01020</t>
+  </si>
+  <si>
+    <t>Angel One Limited</t>
+  </si>
+  <si>
+    <t>INE732I01013</t>
+  </si>
+  <si>
+    <t>Cipla Limited</t>
+  </si>
+  <si>
+    <t>INE059A01026</t>
+  </si>
+  <si>
+    <t>Glenmark Pharmaceuticals Limited</t>
+  </si>
+  <si>
+    <t>INE935A01035</t>
+  </si>
+  <si>
+    <t>Apollo Hospitals Enterprise Limited</t>
+  </si>
+  <si>
+    <t>INE437A01024</t>
+  </si>
+  <si>
+    <t>Bharat Dynamics Limited</t>
+  </si>
+  <si>
+    <t>INE171Z01026</t>
+  </si>
+  <si>
+    <t>Torrent Power Limited</t>
+  </si>
+  <si>
+    <t>INE813H01021</t>
+  </si>
+  <si>
+    <t>Torrent Pharmaceuticals Limited</t>
+  </si>
+  <si>
+    <t>INE685A01028</t>
+  </si>
+  <si>
+    <t>Varun Beverages Limited</t>
+  </si>
+  <si>
+    <t>INE200M01039</t>
+  </si>
+  <si>
+    <t>KEI Industries Limited</t>
+  </si>
+  <si>
+    <t>INE878B01027</t>
+  </si>
+  <si>
+    <t>Delhivery Limited</t>
+  </si>
+  <si>
+    <t>INE148O01028</t>
+  </si>
+  <si>
+    <t>Tech Mahindra Limited</t>
+  </si>
+  <si>
+    <t>INE669C01036</t>
+  </si>
+  <si>
+    <t>360 ONE WAM LIMITED</t>
+  </si>
+  <si>
+    <t>INE466L01038</t>
+  </si>
+  <si>
+    <t>HDFC Asset Management Company Limited</t>
+  </si>
+  <si>
+    <t>INE127D01025</t>
+  </si>
+  <si>
+    <t>UPL Limited</t>
+  </si>
+  <si>
+    <t>INE628A01036</t>
+  </si>
+  <si>
+    <t>HDFC Life Insurance Company Limited</t>
+  </si>
+  <si>
+    <t>INE795G01014</t>
+  </si>
+  <si>
+    <t>NBCC (India) Limited</t>
+  </si>
+  <si>
+    <t>INE095N01031</t>
+  </si>
+  <si>
+    <t>PB Fintech Limited</t>
+  </si>
+  <si>
+    <t>INE417T01026</t>
+  </si>
+  <si>
+    <t>CG Power and Industrial Solutions Limited</t>
+  </si>
+  <si>
+    <t>INE067A01029</t>
+  </si>
+  <si>
+    <t>Suzlon Energy Limited</t>
+  </si>
+  <si>
+    <t>INE040H01021</t>
+  </si>
+  <si>
+    <t>ABB India Limited</t>
+  </si>
+  <si>
+    <t>INE117A01022</t>
+  </si>
+  <si>
+    <t>Nuvama Wealth Management Limited</t>
+  </si>
+  <si>
+    <t>INE531F01015</t>
+  </si>
+  <si>
+    <t>Indian Oil Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE242A01010</t>
+  </si>
+  <si>
+    <t>Solar Industries India Limited</t>
+  </si>
+  <si>
+    <t>INE343H01029</t>
+  </si>
+  <si>
+    <t>Polycab India Limited</t>
+  </si>
+  <si>
+    <t>INE455K01017</t>
+  </si>
+  <si>
+    <t>Indian Railway Finance Corporation Limited</t>
+  </si>
+  <si>
+    <t>INE053F01010</t>
+  </si>
+  <si>
+    <t>Union Bank of India</t>
+  </si>
+  <si>
+    <t>INE692A01016</t>
+  </si>
+  <si>
+    <t>Astral Limited</t>
+  </si>
+  <si>
+    <t>INE006I01046</t>
+  </si>
+  <si>
+    <t>Zydus Lifesciences Limited</t>
+  </si>
+  <si>
+    <t>INE010B01027</t>
+  </si>
+  <si>
+    <t>Prestige Estates Projects Limited</t>
+  </si>
+  <si>
+    <t>INE811K01011</t>
+  </si>
+  <si>
+    <t>United Spirits Limited</t>
+  </si>
+  <si>
+    <t>INE854D01024</t>
+  </si>
+  <si>
+    <t>Kaynes Technology India Limited</t>
+  </si>
+  <si>
+    <t>INE918Z01012</t>
+  </si>
+  <si>
+    <t>Dabur India Limited</t>
+  </si>
+  <si>
+    <t>INE016A01026</t>
+  </si>
+  <si>
+    <t>Jindal Steel Limited</t>
+  </si>
+  <si>
+    <t>INE749A01030</t>
+  </si>
+  <si>
+    <t>Persistent Systems Limited</t>
+  </si>
+  <si>
+    <t>INE262H01021</t>
+  </si>
+  <si>
+    <t>Colgate Palmolive (India) Limited</t>
+  </si>
+  <si>
+    <t>INE259A01022</t>
+  </si>
+  <si>
+    <t>NCC Limited</t>
+  </si>
+  <si>
+    <t>INE868B01028</t>
+  </si>
+  <si>
+    <t>Max Financial Services Limited</t>
+  </si>
+  <si>
+    <t>INE180A01020</t>
+  </si>
+  <si>
+    <t>*</t>
+  </si>
+  <si>
+    <t>Inox Wind Limited</t>
+  </si>
+  <si>
+    <t>INE066P01011</t>
+  </si>
+  <si>
+    <t>Oberoi Realty Limited</t>
+  </si>
+  <si>
+    <t>INE093I01010</t>
+  </si>
+  <si>
+    <t>Tata Technologies Limited</t>
+  </si>
+  <si>
+    <t>INE142M01025</t>
+  </si>
+  <si>
+    <t>Oracle Financial Services Software Limited</t>
+  </si>
+  <si>
+    <t>INE881D01027</t>
+  </si>
+  <si>
+    <t>Havells India Limited</t>
+  </si>
+  <si>
+    <t>INE176B01034</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>DERIVATIVES</t>
+  </si>
+  <si>
+    <t>Samvardhana Motherson International Limited Nov25</t>
+  </si>
+  <si>
+    <t>Havells India Limited Oct25</t>
+  </si>
+  <si>
+    <t>Aurobindo Pharma Limited Nov25</t>
+  </si>
+  <si>
+    <t>Syngene International Limited Nov25</t>
+  </si>
+  <si>
+    <t>Oracle Financial Services Software Limited Oct25</t>
+  </si>
+  <si>
+    <t>Jindal Steel Limited Oct25</t>
+  </si>
+  <si>
+    <t>United Spirits Limited Oct25</t>
+  </si>
+  <si>
+    <t>Tata Technologies Limited Nov25</t>
+  </si>
+  <si>
+    <t>Oberoi Realty Limited Oct25</t>
+  </si>
+  <si>
+    <t>Ambuja Cements Limited Nov25</t>
+  </si>
+  <si>
+    <t>Inox Wind Limited Oct25</t>
+  </si>
+  <si>
+    <t>Apollo Hospitals Enterprise Limited Nov25</t>
+  </si>
+  <si>
+    <t>One 97 Communications Limited Nov25</t>
+  </si>
+  <si>
+    <t>Max Financial Services Limited Oct25</t>
+  </si>
+  <si>
+    <t>The Indian Hotels Company Limited Nov25</t>
+  </si>
+  <si>
+    <t>JSW Steel Limited Nov25</t>
+  </si>
+  <si>
+    <t>Steel Authority of India Limited Nov25</t>
+  </si>
+  <si>
+    <t>Jindal Steel Limited Nov25</t>
+  </si>
+  <si>
+    <t>DLF Limited Nov25</t>
+  </si>
+  <si>
+    <t>Oil &amp; Natural Gas Corporation Limited Nov25</t>
+  </si>
+  <si>
+    <t>NCC Limited Oct25</t>
+  </si>
+  <si>
+    <t>Colgate Palmolive (India) Limited Oct25</t>
+  </si>
+  <si>
+    <t>Varun Beverages Limited Nov25</t>
+  </si>
+  <si>
+    <t>Persistent Systems Limited Oct25</t>
+  </si>
+  <si>
+    <t>United Spirits Limited Nov25</t>
+  </si>
+  <si>
+    <t>Hindustan Aeronautics Limited Nov25</t>
+  </si>
+  <si>
+    <t>Divi's Laboratories Limited Nov25</t>
+  </si>
+  <si>
+    <t>Dabur India Limited Oct25</t>
+  </si>
+  <si>
+    <t>Adani Green Energy Limited Nov25</t>
+  </si>
+  <si>
+    <t>Kaynes Technology India Limited Oct25</t>
+  </si>
+  <si>
+    <t>Prestige Estates Projects Limited Oct25</t>
+  </si>
+  <si>
+    <t>Zydus Lifesciences Limited Oct25</t>
+  </si>
+  <si>
+    <t>Astral Limited Oct25</t>
+  </si>
+  <si>
+    <t>NMDC Limited Nov25</t>
+  </si>
+  <si>
+    <t>Union Bank of India Oct25</t>
+  </si>
+  <si>
+    <t>Adani Energy Solutions Limited Nov25</t>
+  </si>
+  <si>
+    <t>Indian Railway Finance Corporation Limited Oct25</t>
+  </si>
+  <si>
+    <t>Polycab India Limited Oct25</t>
+  </si>
+  <si>
+    <t>Solar Industries India Limited Oct25</t>
+  </si>
+  <si>
+    <t>Larsen &amp; Toubro Limited Nov25</t>
+  </si>
+  <si>
+    <t>Bank of Baroda Nov25</t>
+  </si>
+  <si>
+    <t>Tata Steel Limited Nov25</t>
+  </si>
+  <si>
+    <t>Indian Oil Corporation Limited Oct25</t>
+  </si>
+  <si>
+    <t>ETERNAL LIMITED Nov25</t>
+  </si>
+  <si>
+    <t>The Federal Bank Limited Nov25</t>
+  </si>
+  <si>
+    <t>Nuvama Wealth Management Limited Oct25</t>
+  </si>
+  <si>
+    <t>TATA CONSUMER PRODUCTS LIMITED Nov25</t>
+  </si>
+  <si>
+    <t>ABB India Limited Nov25</t>
+  </si>
+  <si>
+    <t>Suzlon Energy Limited Nov25</t>
+  </si>
+  <si>
+    <t>Godrej Properties Limited Nov25</t>
+  </si>
+  <si>
+    <t>HFCL Limited Nov25</t>
+  </si>
+  <si>
+    <t>CG Power and Industrial Solutions Limited Oct25</t>
+  </si>
+  <si>
+    <t>Indus Towers Limited Nov25</t>
+  </si>
+  <si>
+    <t>PB Fintech Limited Oct25</t>
+  </si>
+  <si>
+    <t>Biocon Limited Nov25</t>
+  </si>
+  <si>
+    <t>NBCC (India) Limited Oct25</t>
+  </si>
+  <si>
+    <t>GMR AIRPORTS LIMITED Nov25</t>
+  </si>
+  <si>
+    <t>Bajaj Finance Limited Nov25</t>
+  </si>
+  <si>
+    <t>Adani Enterprises Limited Nov25</t>
+  </si>
+  <si>
+    <t>UltraTech Cement Limited Nov25</t>
+  </si>
+  <si>
+    <t>HDFC Life Insurance Company Limited Nov25</t>
+  </si>
+  <si>
+    <t>LIC Housing Finance Limited Nov25</t>
+  </si>
+  <si>
+    <t>UPL Limited Oct25</t>
+  </si>
+  <si>
+    <t>Bharti Airtel Limited Nov25</t>
+  </si>
+  <si>
+    <t>Adani Ports and Special Economic Zone Limited Nov25</t>
+  </si>
+  <si>
+    <t>Bharat Heavy Electricals Limited Nov25</t>
+  </si>
+  <si>
+    <t>HDFC Asset Management Company Limited Oct25</t>
+  </si>
+  <si>
+    <t>360 ONE WAM LIMITED Oct25</t>
+  </si>
+  <si>
+    <t>Bandhan Bank Limited Nov25</t>
+  </si>
+  <si>
+    <t>Tech Mahindra Limited Nov25</t>
+  </si>
+  <si>
+    <t>Canara Bank Nov25</t>
+  </si>
+  <si>
+    <t>Delhivery Limited Oct25</t>
+  </si>
+  <si>
+    <t>Exide Industries Limited Nov25</t>
+  </si>
+  <si>
+    <t>IDFC First Bank Limited Nov25</t>
+  </si>
+  <si>
+    <t>Varun Beverages Limited Oct25</t>
+  </si>
+  <si>
+    <t>KEI Industries Limited Oct25</t>
+  </si>
+  <si>
+    <t>Torrent Pharmaceuticals Limited Oct25</t>
+  </si>
+  <si>
+    <t>Torrent Power Limited Oct25</t>
+  </si>
+  <si>
+    <t>Tata Power Company Limited Nov25</t>
+  </si>
+  <si>
+    <t>Apollo Hospitals Enterprise Limited Oct25</t>
+  </si>
+  <si>
+    <t>Bharat Dynamics Limited Oct25</t>
+  </si>
+  <si>
+    <t>Glenmark Pharmaceuticals Limited Oct25</t>
+  </si>
+  <si>
+    <t>Titan Company Limited Nov25</t>
+  </si>
+  <si>
+    <t>Cipla Limited Oct25</t>
+  </si>
+  <si>
+    <t>Angel One Limited Oct25</t>
+  </si>
+  <si>
+    <t>Trent Limited Oct25</t>
+  </si>
+  <si>
+    <t>Jubilant Foodworks Limited Oct25</t>
+  </si>
+  <si>
+    <t>HFCL Limited Oct25</t>
+  </si>
+  <si>
+    <t>Adani Green Energy Limited Oct25</t>
+  </si>
+  <si>
+    <t>Eicher Motors Limited Oct25</t>
+  </si>
+  <si>
+    <t>Laurus Labs Limited Oct25</t>
+  </si>
+  <si>
+    <t>L&amp;T Finance Limited Oct25</t>
+  </si>
+  <si>
+    <t>Hindustan Zinc Limited Oct25</t>
+  </si>
+  <si>
+    <t>MphasiS Limited Oct25</t>
+  </si>
+  <si>
+    <t>Power Grid Corporation of India Limited Oct25</t>
+  </si>
+  <si>
+    <t>Godrej Properties Limited Oct25</t>
+  </si>
+  <si>
+    <t>The Indian Hotels Company Limited Oct25</t>
+  </si>
+  <si>
+    <t>Petronet LNG Limited Oct25</t>
+  </si>
+  <si>
+    <t>Cyient Limited Oct25</t>
+  </si>
+  <si>
+    <t>Jio Financial Services Limited Nov25</t>
+  </si>
+  <si>
+    <t>GAIL (India) Limited Oct25</t>
+  </si>
+  <si>
+    <t>Indus Towers Limited Oct25</t>
+  </si>
+  <si>
+    <t>Kotak Mahindra Bank Limited Nov25</t>
+  </si>
+  <si>
+    <t>Samvardhana Motherson International Limited Oct25</t>
+  </si>
+  <si>
+    <t>ICICI Bank Limited Nov25</t>
+  </si>
+  <si>
+    <t>Yes Bank Limited Nov25</t>
+  </si>
+  <si>
+    <t>Manappuram Finance Limited Oct25</t>
+  </si>
+  <si>
+    <t>Ambuja Cements Limited Oct25</t>
+  </si>
+  <si>
+    <t>State Bank of India Nov25</t>
+  </si>
+  <si>
+    <t>ICICI Prudential Life Insurance Company Limited Oct25</t>
+  </si>
+  <si>
+    <t>Bharat Electronics Limited Nov25</t>
+  </si>
+  <si>
+    <t>Sona BLW Precision Forgings Limited Oct25</t>
+  </si>
+  <si>
+    <t>SRF Limited Oct25</t>
+  </si>
+  <si>
+    <t>Mankind Pharma Limited Oct25</t>
+  </si>
+  <si>
+    <t>Bharat Petroleum Corporation Limited Oct25</t>
+  </si>
+  <si>
+    <t>The Federal Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>Pidilite Industries Limited Oct25</t>
+  </si>
+  <si>
+    <t>Oil &amp; Natural Gas Corporation Limited Oct25</t>
+  </si>
+  <si>
+    <t>BSE Limited Oct25</t>
+  </si>
+  <si>
+    <t>Info Edge (India) Limited Oct25</t>
+  </si>
+  <si>
+    <t>The Phoenix Mills Limited Oct25</t>
+  </si>
+  <si>
+    <t>Bajaj Finserv Limited Oct25</t>
+  </si>
+  <si>
+    <t>Indian Railway Catering And Tourism Corporation Limited Nov25</t>
+  </si>
+  <si>
+    <t>Lodha Developers Limited Oct25</t>
+  </si>
+  <si>
+    <t>SBI Life Insurance Company Limited Oct25</t>
+  </si>
+  <si>
+    <t>Biocon Limited Oct25</t>
+  </si>
+  <si>
+    <t>Maruti Suzuki India Limited Oct25</t>
+  </si>
+  <si>
+    <t>Kalyan Jewellers India Limited Oct25</t>
+  </si>
+  <si>
+    <t>IIFL Finance Limited Oct25</t>
+  </si>
+  <si>
+    <t>Yes Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>Bank of India Oct25</t>
+  </si>
+  <si>
+    <t>Exide Industries Limited Oct25</t>
+  </si>
+  <si>
+    <t>Tata Steel Limited Oct25</t>
+  </si>
+  <si>
+    <t>Container Corporation of India Limited Oct25</t>
+  </si>
+  <si>
+    <t>HCL Technologies Limited Oct25</t>
+  </si>
+  <si>
+    <t>Computer Age Management Services Limited Oct25</t>
+  </si>
+  <si>
+    <t>Life Insurance Corporation Of India Oct25</t>
+  </si>
+  <si>
+    <t>Hindustan Petroleum Corporation Limited Oct25</t>
+  </si>
+  <si>
+    <t>Bandhan Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>JSW Energy Limited Oct25</t>
+  </si>
+  <si>
+    <t>Punjab National Bank Nov25</t>
+  </si>
+  <si>
+    <t>Syngene International Limited Oct25</t>
+  </si>
+  <si>
+    <t>Indian Railway Catering And Tourism Corporation Limited Oct25</t>
+  </si>
+  <si>
+    <t>NMDC Limited Oct25</t>
+  </si>
+  <si>
+    <t>Coal India Limited Oct25</t>
+  </si>
+  <si>
+    <t>Crompton Greaves Consumer Electricals Limited Oct25</t>
+  </si>
+  <si>
+    <t>Britannia Industries Limited Oct25</t>
+  </si>
+  <si>
+    <t>Multi Commodity Exchange of India Limited Oct25</t>
+  </si>
+  <si>
+    <t>Aditya Birla Capital Limited Oct25</t>
+  </si>
+  <si>
+    <t>National Aluminium Company Limited Oct25</t>
+  </si>
+  <si>
+    <t>Patanjali Foods Limited Oct25</t>
+  </si>
+  <si>
+    <t>Coforge Limited Oct25</t>
+  </si>
+  <si>
+    <t>NTPC Limited Oct25</t>
+  </si>
+  <si>
+    <t>ITC Limited Nov25</t>
+  </si>
+  <si>
+    <t>Mahindra &amp; Mahindra Limited Oct25</t>
+  </si>
+  <si>
+    <t>RBL Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>DLF Limited Oct25</t>
+  </si>
+  <si>
+    <t>IndusInd Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>Divi's Laboratories Limited Oct25</t>
+  </si>
+  <si>
+    <t>Nestle India Limited Oct25</t>
+  </si>
+  <si>
+    <t>HDFC Bank Limited Nov25</t>
+  </si>
+  <si>
+    <t>Adani Ports and Special Economic Zone Limited Oct25</t>
+  </si>
+  <si>
+    <t>Axis Bank Limited Nov25</t>
+  </si>
+  <si>
+    <t>Adani Energy Solutions Limited Oct25</t>
+  </si>
+  <si>
+    <t>Jio Financial Services Limited Oct25</t>
+  </si>
+  <si>
+    <t>Grasim Industries Limited Oct25</t>
+  </si>
+  <si>
+    <t>PNB Housing Finance Limited Oct25</t>
+  </si>
+  <si>
+    <t>Hindustan Unilever Limited Oct25</t>
+  </si>
+  <si>
+    <t>Lupin Limited Oct25</t>
+  </si>
+  <si>
+    <t>Reliance Industries Limited Nov25</t>
+  </si>
+  <si>
+    <t>Titan Company Limited Oct25</t>
+  </si>
+  <si>
+    <t>Tata Motors Limited Oct25</t>
+  </si>
+  <si>
+    <t>APL Apollo Tubes Limited Oct25</t>
+  </si>
+  <si>
+    <t>Tata Motors Limited Nov25</t>
+  </si>
+  <si>
+    <t>Bajaj Finance Limited Oct25</t>
+  </si>
+  <si>
+    <t>Bharat Heavy Electricals Limited Oct25</t>
+  </si>
+  <si>
+    <t>AU Small Finance Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>Steel Authority of India Limited Oct25</t>
+  </si>
+  <si>
+    <t>UltraTech Cement Limited Oct25</t>
+  </si>
+  <si>
+    <t>Sun Pharmaceutical Industries Limited Oct25</t>
+  </si>
+  <si>
+    <t>Max Healthcare Institute Limited Oct25</t>
+  </si>
+  <si>
+    <t>TATA CONSUMER PRODUCTS LIMITED Oct25</t>
+  </si>
+  <si>
+    <t>Punjab National Bank Oct25</t>
+  </si>
+  <si>
+    <t>ETERNAL LIMITED Oct25</t>
+  </si>
+  <si>
+    <t>Hindalco Industries Limited Oct25</t>
+  </si>
+  <si>
+    <t>Bharat Electronics Limited Oct25</t>
+  </si>
+  <si>
+    <t>Aurobindo Pharma Limited Oct25</t>
+  </si>
+  <si>
+    <t>State Bank of India Oct25</t>
+  </si>
+  <si>
+    <t>Shriram Finance Limited Oct25</t>
+  </si>
+  <si>
+    <t>One 97 Communications Limited Oct25</t>
+  </si>
+  <si>
+    <t>Power Finance Corporation Limited Oct25</t>
+  </si>
+  <si>
+    <t>Bharti Airtel Limited Oct25</t>
+  </si>
+  <si>
+    <t>IDFC First Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>Marico Limited Oct25</t>
+  </si>
+  <si>
+    <t>Tata Power Company Limited Oct25</t>
+  </si>
+  <si>
+    <t>Adani Enterprises Limited Oct25</t>
+  </si>
+  <si>
+    <t>REC Limited Oct25</t>
+  </si>
+  <si>
+    <t>Vedanta Limited Oct25</t>
+  </si>
+  <si>
+    <t>GMR AIRPORTS LIMITED Oct25</t>
+  </si>
+  <si>
+    <t>Tata Consultancy Services Limited Oct25</t>
+  </si>
+  <si>
+    <t>JSW Steel Limited Oct25</t>
+  </si>
+  <si>
+    <t>LIC Housing Finance Limited Oct25</t>
+  </si>
+  <si>
+    <t>Hindustan Aeronautics Limited Oct25</t>
+  </si>
+  <si>
+    <t>Axis Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>ITC Limited Oct25</t>
+  </si>
+  <si>
+    <t>Vodafone Idea Limited Oct25</t>
+  </si>
+  <si>
+    <t>Canara Bank Oct25</t>
+  </si>
+  <si>
+    <t>Larsen &amp; Toubro Limited Oct25</t>
+  </si>
+  <si>
+    <t>Tata Consultancy Services Limited Nov25</t>
+  </si>
+  <si>
+    <t>Bank of Baroda Oct25</t>
+  </si>
+  <si>
+    <t>Sammaan Capital Limited Oct25</t>
+  </si>
+  <si>
+    <t>ICICI Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>HDFC Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>Kotak Mahindra Bank Limited Oct25</t>
+  </si>
+  <si>
+    <t>Reliance Industries Limited Oct25</t>
+  </si>
+  <si>
+    <t>DEBT INSTRUMENTS</t>
+  </si>
+  <si>
+    <t>BOND &amp; NCD's</t>
+  </si>
+  <si>
+    <t>National Bank for Agriculture and Rural Development</t>
+  </si>
+  <si>
+    <t>INE261F08DX0</t>
+  </si>
+  <si>
+    <t>Bajaj Housing Finance Limited**</t>
+  </si>
+  <si>
+    <t>INE377Y07557</t>
+  </si>
+  <si>
+    <t>INE261F08EF5</t>
+  </si>
+  <si>
+    <t>LIC Housing Finance Limited**</t>
+  </si>
+  <si>
+    <t>INE115A07QB9</t>
+  </si>
+  <si>
+    <t>INE115A07PN6</t>
+  </si>
+  <si>
+    <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+  </si>
+  <si>
+    <t>INE774D07UT1</t>
+  </si>
+  <si>
+    <t>Cholamandalam Investment and Finance Company Limited**</t>
+  </si>
+  <si>
+    <t>INE121A07RC3</t>
+  </si>
+  <si>
+    <t>REC Limited**</t>
+  </si>
+  <si>
+    <t>INE020B08ED9</t>
+  </si>
+  <si>
+    <t>INE121A07QT9</t>
+  </si>
+  <si>
+    <t>INE115A07RA9</t>
+  </si>
+  <si>
+    <t>Kotak Mahindra Prime Limited**</t>
+  </si>
+  <si>
+    <t>INE916DA7RW2</t>
+  </si>
+  <si>
+    <t>Small Industries Development Bank of India</t>
+  </si>
+  <si>
+    <t>INE556F08KH1</t>
+  </si>
+  <si>
+    <t>INE556F08KI9</t>
+  </si>
+  <si>
+    <t>MONEY MARKET INSTRUMENTS</t>
+  </si>
+  <si>
+    <t>Certificate of Deposit</t>
+  </si>
+  <si>
+    <t>Union Bank of India**</t>
+  </si>
+  <si>
+    <t>INE692A16JY5</t>
+  </si>
+  <si>
+    <t>HDFC Bank Limited**</t>
+  </si>
+  <si>
+    <t>INE040A16HC7</t>
+  </si>
+  <si>
+    <t>Small Industries Development Bank of India**</t>
+  </si>
+  <si>
+    <t>INE556F16BH3</t>
+  </si>
+  <si>
+    <t>INE692A16JQ1</t>
+  </si>
+  <si>
+    <t>INE040A16HF0</t>
+  </si>
+  <si>
+    <t>Axis Bank Limited**</t>
+  </si>
+  <si>
+    <t>INE238AD6991</t>
+  </si>
+  <si>
+    <t>Canara Bank**</t>
+  </si>
+  <si>
+    <t>INE476A16ZP7</t>
+  </si>
+  <si>
+    <t>INE160A16QL5</t>
+  </si>
+  <si>
+    <t>Export-Import Bank of India**</t>
+  </si>
+  <si>
+    <t>INE514E16CI1</t>
+  </si>
+  <si>
+    <t>Indian Bank</t>
+  </si>
+  <si>
+    <t>INE562A16NV8</t>
+  </si>
+  <si>
+    <t>INE692A16IP5</t>
+  </si>
+  <si>
+    <t>INE514E16CK7</t>
+  </si>
+  <si>
+    <t>INE238AD6AT7</t>
+  </si>
+  <si>
+    <t>Commercial Papers</t>
+  </si>
+  <si>
+    <t>Bharti Telecom Limited**</t>
+  </si>
+  <si>
+    <t>INE403D14585</t>
+  </si>
+  <si>
+    <t>Treasury Bill</t>
+  </si>
+  <si>
+    <t>364 DAYS T-BILL 2026</t>
+  </si>
+  <si>
+    <t>IN002024Z420</t>
+  </si>
+  <si>
+    <t>TREPS / Reverse Repo Investments</t>
+  </si>
+  <si>
+    <t>DSP Savings Fund - Direct Plan - Growth</t>
+  </si>
+  <si>
+    <t>INF740K01NU2</t>
+  </si>
+  <si>
+    <t>Cash &amp; Cash Equivalent</t>
+  </si>
+  <si>
+    <t>Net Receivables/Payables</t>
+  </si>
+  <si>
+    <t>GRAND TOTAL</t>
+  </si>
+  <si>
+    <t>Notes:</t>
+  </si>
+  <si>
+    <t>** Non Traded in accordance with SEBI Regulations.</t>
+  </si>
+  <si>
+    <t>* Less than 0.01%</t>
+  </si>
+  <si>
+    <t>Market value includes accrued interest</t>
+  </si>
+  <si>
+    <t>Net Assets does not include unit activity for the last day of the month</t>
+  </si>
+  <si>
+    <t>Scheme Riskometer</t>
+  </si>
+  <si>
+    <t>Benchmark Riskometer: Nifty 50 Arbitrage Index</t>
+  </si>
+  <si>
+    <t xml:space="preserve">  </t>
+  </si>
+  <si>
+    <t>YDT5Regular</t>
+  </si>
+  <si>
+    <t>YDT5Direct</t>
+  </si>
+  <si>
+    <t>YDT5</t>
+  </si>
+  <si>
+    <t>Regular</t>
+  </si>
+  <si>
+    <t>Direct</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio ^^</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Purchase</t>
+  </si>
+  <si>
+    <t>N.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> - For Sale</t>
+  </si>
+  <si>
+    <t>Average Maturity (in years)@@</t>
+  </si>
+  <si>
+    <t>Modified Duration (in years)@@</t>
+  </si>
+  <si>
+    <t>Portfolio YTM (Annualised)@@</t>
+  </si>
+  <si>
+    <t>Total outstanding exposure to derivatives at the end of  September 30, 2025</t>
+  </si>
+  <si>
+    <t>- Value (In Rs. Lakh)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>- in percentage term (%)</t>
+  </si>
+  <si>
+    <t>Total of securities below investment grade and default provided for the Half Year of September 30, 2025 (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in foreign securities/ADR/GDR (Rs. lakh)</t>
+  </si>
+  <si>
+    <t>Total investment in illiquid shares/securities</t>
+  </si>
+  <si>
+    <t>- in percentage terms (%)</t>
+  </si>
+  <si>
+    <t>Net Asset Vaue (NAV) (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>- As on March 31, 2025</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>Growth</t>
+  </si>
+  <si>
+    <t>14.715</t>
+  </si>
+  <si>
+    <t>15.381</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>11.695</t>
+  </si>
+  <si>
+    <t>12.176</t>
+  </si>
+  <si>
+    <t>QD</t>
+  </si>
+  <si>
+    <t>Quarterly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>DD</t>
+  </si>
+  <si>
+    <t>Daily Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>WD</t>
+  </si>
+  <si>
+    <t>Weekly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Monthly Payout/Reinvestment of Income Distribution cum Capital Withdrawal option (IDCW)</t>
+  </si>
+  <si>
+    <t>11.755</t>
+  </si>
+  <si>
+    <t>12.939</t>
+  </si>
+  <si>
+    <t>UD</t>
+  </si>
+  <si>
+    <t>UD3</t>
+  </si>
+  <si>
+    <t>UR</t>
+  </si>
+  <si>
+    <t>UR3</t>
+  </si>
+  <si>
+    <t>- As on September 30, 2025</t>
+  </si>
+  <si>
+    <t>15.124</t>
+  </si>
+  <si>
+    <t>15.859</t>
+  </si>
+  <si>
+    <t>12.020</t>
+  </si>
+  <si>
+    <t>12.554</t>
+  </si>
+  <si>
+    <t>11.768</t>
+  </si>
+  <si>
+    <t>13.027</t>
+  </si>
+  <si>
+    <t>Aggregate distributions during the half year (Rs. per Unit)</t>
+  </si>
+  <si>
+    <t>Computed NAV</t>
+  </si>
+  <si>
+    <t>**</t>
+  </si>
+  <si>
+    <t>NAV as on Maturity date</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Not Applicable.</t>
+  </si>
+  <si>
+    <t>^^</t>
+  </si>
+  <si>
+    <t>Portfolio Turn Over Ratio is for Equity Schemes.</t>
+  </si>
+  <si>
+    <t>@@</t>
+  </si>
+  <si>
+    <t>Pursuant to payment of IDCW, the NAV of the IDCW Option(s) of aforesaid Scheme of the Fund would fall to the extent of payout and statutory levy, if any. For complete distribution history of the Schemes, please visit www.dspim.com</t>
+  </si>
+  <si>
+    <t>Sr No.</t>
+  </si>
+  <si>
+    <t>Particular</t>
+  </si>
+  <si>
+    <t>Hedging Positions through Futures as on 30th September 2025 :</t>
+  </si>
+  <si>
+    <t>Amount in Rupees</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scheme </t>
+  </si>
+  <si>
+    <t>Underlying</t>
+  </si>
+  <si>
+    <t>Long / Short</t>
+  </si>
+  <si>
+    <t>Futures Price when purchased</t>
+  </si>
+  <si>
+    <t>Current price of the contract</t>
+  </si>
+  <si>
+    <t>Margin maintained in Rupees Lakhs</t>
+  </si>
+  <si>
+    <t>Total % of existing assets hedged through futures</t>
+  </si>
+  <si>
+    <t>Short</t>
+  </si>
+  <si>
+    <t>GMR AIRPORTS LIMITED</t>
+  </si>
+  <si>
+    <t>The Federal Bank  Limited</t>
+  </si>
+  <si>
+    <t>ETERNAL LIMITED</t>
+  </si>
+  <si>
+    <t>JINDAL STEEL LIMITED</t>
+  </si>
+  <si>
+    <t>Life Insurance Corporation Of India</t>
+  </si>
+  <si>
+    <t>For the period 01st April, 2025 to 30th September 2025, hedging transactions through futures have been squared off/expired :</t>
+  </si>
+  <si>
+    <t>Scheme</t>
+  </si>
+  <si>
+    <t>Total Number of contracts where futures were bought (Opening Balance)</t>
+  </si>
+  <si>
+    <t>Total Number of contracts where futures were bought</t>
+  </si>
+  <si>
+    <t>Total Number of contracts where futures were sold (Opening Balance)</t>
+  </si>
+  <si>
+    <t>Total Number of contracts where futures were sold</t>
+  </si>
+  <si>
+    <t>Gross Notional Value of contracts where futures were bought</t>
+  </si>
+  <si>
+    <t>Gross Notional Value of contracts where futures were sold</t>
+  </si>
+  <si>
+    <t>Net Profit/Loss value on all contracts combined</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Note : In case of derivative transactions, end of the day position on the date of such transaction is considered as the basis to assess the nature of transaction as hedge / non-hedge </t>
+  </si>
+  <si>
+    <t>As on September 30, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Arbitrage Fund is  ₹ 62,712.44 Lakhs.</t>
+  </si>
+  <si>
+    <t>Average Maturity, Modified Duration and Portfolio YTM (Annualised) is for Debt Schemes and for Debt portion of DSP Arbitrage Fund</t>
+  </si>
+</sst>
+</file>
+
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2 lines deleted...]
-    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="9">
+    <numFmt numFmtId="164" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="167" formatCode="#,##0.00_);\(#,##0.00\)%"/>
+    <numFmt numFmtId="168" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;_);_(* @_)"/>
+    <numFmt numFmtId="169" formatCode="0.000"/>
+    <numFmt numFmtId="170" formatCode="0.0000"/>
+    <numFmt numFmtId="171" formatCode="#,##0.000000"/>
+    <numFmt numFmtId="172" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="14">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="14"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="14"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <color rgb="FF000000"/>
-      <sz val="10"/>
     </font>
     <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
-      <color theme="1"/>
-      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color indexed="8"/>
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...1 lines deleted...]
-      <sz val="10"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <sz val="10"/>
     </font>
     <font>
-      <name val="Calibri"/>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
-      <color theme="10"/>
-[...2 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
       <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...2 lines deleted...]
-      <u val="single"/>
     </font>
     <font>
-      <name val="trebuchet MS"/>
+      <b/>
+      <sz val="10"/>
+      <name val="Trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
-[...9 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill/>
+      <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFDBDBDB"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="11">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right style="thin">
-[...22 lines deleted...]
-      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...4 lines deleted...]
-      <right style="thin">
+      <bottom style="thin">
         <color indexed="64"/>
-      </right>
-[...3 lines deleted...]
-      <bottom/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...29 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="3">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+  <cellStyleXfs count="7">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
-[...15 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+  <cellXfs count="89">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="166" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="166" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="169" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="169" fontId="8" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="171" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="170" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="4" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="2" fontId="13" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="172" fontId="13" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="172" fontId="13" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="13" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="172" fontId="13" fillId="4" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="172" fontId="13" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="172" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...1 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="4" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="167" fontId="8" fillId="0" borderId="2" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="167" fontId="8" fillId="0" borderId="3" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="39" fontId="8" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="39" fontId="8" fillId="0" borderId="3" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="2" fontId="8" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...38 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="7">
+    <cellStyle name="Comma" xfId="1" builtinId="3"/>
+    <cellStyle name="Comma 4 2" xfId="5" xr:uid="{E4CDC333-52D2-4514-A02C-C7B73C1A7289}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Percent" xfId="1" builtinId="5"/>
-    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
+    <cellStyle name="Normal 2" xfId="3" xr:uid="{5245ED7C-0C63-4D13-9376-B9D6EF24D8ED}"/>
+    <cellStyle name="Normal 3 2" xfId="4" xr:uid="{7596F4D3-3C07-4C22-B1C9-BF8E6FA7790B}"/>
+    <cellStyle name="Percent" xfId="2" builtinId="5"/>
+    <cellStyle name="Percent 2 3" xfId="6" xr:uid="{C54CA7FF-B9E2-4139-8BFA-DC5D0A44FF07}"/>
   </cellStyles>
+  <dxfs count="4">
+    <dxf>
+      <numFmt numFmtId="173" formatCode="#,##0.000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="174" formatCode="#,##0.0000"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="4" formatCode="#,##0.00"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="175" formatCode="&quot;-&quot;"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <colors>
-[...66 lines deleted...]
-  </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
-[...16 lines deleted...]
-        <cNvPicPr>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>450</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>459</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="82378550"/>
+          <a:off x="457200" y="78092300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...19 lines deleted...]
-        <cNvPicPr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>463</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>472</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
           <a:picLocks/>
-        </cNvPicPr>
-[...2 lines deleted...]
-        <a:blip r:embed="rId2"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </blipFill>
-      <spPr>
+      </xdr:blipFill>
+      <xdr:spPr>
         <a:xfrm>
-          <a:off x="457200" y="84791550"/>
+          <a:off x="457200" y="80505300"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <avLst/>
+          <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </spPr>
-[...3 lines deleted...]
-</wsDr>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>450</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>459</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A54D6A22-E575-46D6-924A-6A302808AB9E}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="77863700"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>463</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2378075</xdr:colOff>
+      <xdr:row>472</xdr:row>
+      <xdr:rowOff>34925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Picture 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA17B154-8ECF-44DF-8146-D591698D5DC9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="457200" y="80130650"/>
+          <a:ext cx="2378075" cy="1577975"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:ln>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -824,13636 +3193,27097 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:L489"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:L462"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="55" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.7265625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="40">
-[...81 lines deleted...]
-      <c r="A8" s="1" t="n">
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="16"/>
+      <c r="B1" s="68" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="inlineStr">
-[...36 lines deleted...]
-      <c r="A9" s="1" t="n">
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A10" s="1" t="n">
+      <c r="B4" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A11" s="1" t="n">
+      <c r="C4" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A12" s="1" t="n">
+      <c r="D4" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A13" s="1" t="n">
+      <c r="E4" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="B13" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A14" s="1" t="n">
+      <c r="F4" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B14" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A15" s="1" t="n">
+      <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B15" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A16" s="1" t="n">
+      <c r="H4" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B16" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A17" s="1" t="n">
+      <c r="I4" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A18" s="1" t="n">
+      <c r="J4" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A19" s="1" t="n">
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B19" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A20" s="1" t="n">
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A21" s="1" t="n">
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A22" s="1" t="n">
+      <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B22" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A23" s="1" t="n">
+      <c r="D8" s="1" t="s">
         <v>16</v>
       </c>
-      <c r="B23" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A24" s="1" t="n">
+      <c r="E8" s="4">
+        <v>1276000</v>
+      </c>
+      <c r="F8" s="5">
+        <v>17404.64</v>
+      </c>
+      <c r="G8" s="6">
+        <v>2.9100000000000001E-2</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="B24" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A25" s="1" t="n">
+      <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="B25" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A26" s="1" t="n">
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="B26" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A27" s="1" t="n">
+      <c r="C9" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="B27" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A28" s="1" t="n">
+      <c r="D9" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="B28" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A29" s="1" t="n">
+      <c r="E9" s="4">
+        <v>526925</v>
+      </c>
+      <c r="F9" s="5">
+        <v>15219.7</v>
+      </c>
+      <c r="G9" s="6">
+        <v>2.5399999999999999E-2</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B29" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A30" s="1" t="n">
+      <c r="L9" s="6">
+        <v>0.1648</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="B30" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A31" s="1" t="n">
+      <c r="C10" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B31" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A32" s="1" t="n">
+      <c r="D10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="4">
+        <v>1450900</v>
+      </c>
+      <c r="F10" s="5">
+        <v>13798.06</v>
+      </c>
+      <c r="G10" s="6">
+        <v>2.3E-2</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="B32" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A33" s="1" t="n">
+      <c r="L10" s="6">
+        <v>9.98E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="B33" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A34" s="1" t="n">
+      <c r="C11" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="B34" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A35" s="1" t="n">
+      <c r="D11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E11" s="4">
+        <v>608800</v>
+      </c>
+      <c r="F11" s="5">
+        <v>12131.56</v>
+      </c>
+      <c r="G11" s="6">
+        <v>2.0299999999999999E-2</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="1" t="s">
         <v>28</v>
       </c>
-      <c r="B35" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A36" s="1" t="n">
+      <c r="L11" s="6">
+        <v>8.2299999999999998E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>29</v>
       </c>
-      <c r="B36" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A37" s="1" t="n">
+      <c r="C12" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="B37" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A38" s="1" t="n">
+      <c r="D12" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" s="4">
+        <v>851900</v>
+      </c>
+      <c r="F12" s="5">
+        <v>11483.61</v>
+      </c>
+      <c r="G12" s="6">
+        <v>1.9199999999999998E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+      <c r="K12" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B38" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E38" s="5" t="n">
+      <c r="L12" s="6">
+        <v>8.1600000000000006E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" s="4">
+        <v>6372600</v>
+      </c>
+      <c r="F13" s="5">
+        <v>10250.959999999999</v>
+      </c>
+      <c r="G13" s="6">
+        <v>1.7100000000000001E-2</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" s="6">
+        <v>6.0499999999999998E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E14" s="4">
+        <v>899375</v>
+      </c>
+      <c r="F14" s="5">
+        <v>10177.33</v>
+      </c>
+      <c r="G14" s="6">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="L14" s="6">
+        <v>3.4099999999999998E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="4">
+        <v>3858075</v>
+      </c>
+      <c r="F15" s="5">
+        <v>9974.67</v>
+      </c>
+      <c r="G15" s="6">
+        <v>1.67E-2</v>
+      </c>
+      <c r="J15" s="5"/>
+      <c r="K15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L15" s="6">
+        <v>3.3799999999999997E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" s="4">
+        <v>2470400</v>
+      </c>
+      <c r="F16" s="5">
+        <v>9919.89</v>
+      </c>
+      <c r="G16" s="6">
+        <v>1.66E-2</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L16" s="6">
+        <v>3.0499999999999999E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" s="4">
+        <v>244825</v>
+      </c>
+      <c r="F17" s="5">
+        <v>8958.15</v>
+      </c>
+      <c r="G17" s="6">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" s="6">
+        <v>2.86E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E18" s="4">
+        <v>6844500</v>
+      </c>
+      <c r="F18" s="5">
+        <v>8467.33</v>
+      </c>
+      <c r="G18" s="6">
+        <v>1.41E-2</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="L18" s="6">
+        <v>2.53E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" s="4">
+        <v>93203400</v>
+      </c>
+      <c r="F19" s="5">
+        <v>7577.44</v>
+      </c>
+      <c r="G19" s="6">
+        <v>1.2699999999999999E-2</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="L19" s="6">
+        <v>2.5000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" s="4">
+        <v>1155000</v>
+      </c>
+      <c r="F20" s="5">
+        <v>6525.75</v>
+      </c>
+      <c r="G20" s="6">
+        <v>1.09E-2</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="L20" s="6">
+        <v>2.1299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" s="4">
+        <v>1650100</v>
+      </c>
+      <c r="F21" s="5">
+        <v>6413.11</v>
+      </c>
+      <c r="G21" s="6">
+        <v>1.0699999999999999E-2</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L21" s="6">
+        <v>1.9800000000000002E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" s="4">
+        <v>134100</v>
+      </c>
+      <c r="F22" s="5">
+        <v>6365.06</v>
+      </c>
+      <c r="G22" s="6">
+        <v>1.06E-2</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="L22" s="6">
+        <v>1.9699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E23" s="4">
+        <v>7281900</v>
+      </c>
+      <c r="F23" s="5">
+        <v>6349.82</v>
+      </c>
+      <c r="G23" s="6">
+        <v>1.06E-2</v>
+      </c>
+      <c r="J23" s="5"/>
+      <c r="K23" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="L23" s="6">
+        <v>1.9099999999999999E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" s="4">
+        <v>250200</v>
+      </c>
+      <c r="F24" s="5">
+        <v>6269.76</v>
+      </c>
+      <c r="G24" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="L24" s="6">
+        <v>1.77E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E25" s="4">
+        <v>548100</v>
+      </c>
+      <c r="F25" s="5">
+        <v>6263.14</v>
+      </c>
+      <c r="G25" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="L25" s="6">
+        <v>1.55E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E26" s="4">
+        <v>900800</v>
+      </c>
+      <c r="F26" s="5">
+        <v>6127.24</v>
+      </c>
+      <c r="G26" s="6">
+        <v>1.0200000000000001E-2</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="L26" s="6">
+        <v>1.54E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E27" s="4">
+        <v>1302950</v>
+      </c>
+      <c r="F27" s="5">
+        <v>6069.14</v>
+      </c>
+      <c r="G27" s="6">
+        <v>1.01E-2</v>
+      </c>
+      <c r="J27" s="5"/>
+      <c r="K27" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="L27" s="6">
+        <v>1.41E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E28" s="4">
+        <v>1626900</v>
+      </c>
+      <c r="F28" s="5">
+        <v>6065.9</v>
+      </c>
+      <c r="G28" s="6">
+        <v>1.01E-2</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="L28" s="6">
+        <v>1.26E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E29" s="4">
+        <v>8301125</v>
+      </c>
+      <c r="F29" s="5">
+        <v>5791.69</v>
+      </c>
+      <c r="G29" s="6">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="J29" s="5"/>
+      <c r="K29" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="L29" s="6">
+        <v>1.1599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E30" s="4">
+        <v>5040000</v>
+      </c>
+      <c r="F30" s="5">
+        <v>5686.63</v>
+      </c>
+      <c r="G30" s="6">
+        <v>9.4999999999999998E-3</v>
+      </c>
+      <c r="J30" s="5"/>
+      <c r="K30" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="L30" s="6">
+        <v>1.1599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E31" s="4">
+        <v>792000</v>
+      </c>
+      <c r="F31" s="5">
+        <v>5523.41</v>
+      </c>
+      <c r="G31" s="6">
+        <v>9.1999999999999998E-3</v>
+      </c>
+      <c r="J31" s="5"/>
+      <c r="K31" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="L31" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" s="4">
+        <v>289750</v>
+      </c>
+      <c r="F32" s="5">
+        <v>5442.66</v>
+      </c>
+      <c r="G32" s="6">
+        <v>9.1000000000000004E-3</v>
+      </c>
+      <c r="J32" s="5"/>
+      <c r="K32" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="L32" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E33" s="4">
+        <v>611250</v>
+      </c>
+      <c r="F33" s="5">
+        <v>5332.85</v>
+      </c>
+      <c r="G33" s="6">
+        <v>8.8999999999999999E-3</v>
+      </c>
+      <c r="J33" s="5"/>
+      <c r="K33" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="L33" s="6">
+        <v>1.01E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E34" s="4">
+        <v>1258400</v>
+      </c>
+      <c r="F34" s="5">
+        <v>5162.59</v>
+      </c>
+      <c r="G34" s="6">
+        <v>8.6E-3</v>
+      </c>
+      <c r="J34" s="5"/>
+      <c r="K34" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="L34" s="6">
+        <v>9.9000000000000008E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E35" s="4">
+        <v>1239750</v>
+      </c>
+      <c r="F35" s="5">
+        <v>5007.97</v>
+      </c>
+      <c r="G35" s="6">
+        <v>8.3999999999999995E-3</v>
+      </c>
+      <c r="J35" s="5"/>
+      <c r="K35" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="L35" s="6">
+        <v>9.9000000000000008E-3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E36" s="4">
+        <v>415425</v>
+      </c>
+      <c r="F36" s="5">
+        <v>4668.55</v>
+      </c>
+      <c r="G36" s="6">
+        <v>7.7999999999999996E-3</v>
+      </c>
+      <c r="J36" s="5"/>
+      <c r="K36" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="L36" s="6">
+        <v>9.7999999999999997E-3</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="4">
+        <v>723525</v>
+      </c>
+      <c r="F37" s="5">
+        <v>4457.6400000000003</v>
+      </c>
+      <c r="G37" s="6">
+        <v>7.4000000000000003E-3</v>
+      </c>
+      <c r="J37" s="5"/>
+      <c r="K37" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="L37" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" s="4">
         <v>399300</v>
       </c>
-      <c r="F38" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A39" s="1" t="n">
+      <c r="F38" s="5">
+        <v>4328.01</v>
+      </c>
+      <c r="G38" s="6">
+        <v>7.1999999999999998E-3</v>
+      </c>
+      <c r="J38" s="5"/>
+      <c r="K38" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="L38" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
         <v>32</v>
       </c>
-      <c r="B39" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A40" s="1" t="n">
+      <c r="B39" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E39" s="4">
+        <v>1258575</v>
+      </c>
+      <c r="F39" s="5">
+        <v>4096.66</v>
+      </c>
+      <c r="G39" s="6">
+        <v>6.7999999999999996E-3</v>
+      </c>
+      <c r="J39" s="5"/>
+      <c r="K39" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="L39" s="6">
+        <v>7.7999999999999996E-3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
         <v>33</v>
       </c>
-      <c r="B40" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A41" s="1" t="n">
+      <c r="B40" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E40" s="4">
+        <v>523600</v>
+      </c>
+      <c r="F40" s="5">
+        <v>3989.57</v>
+      </c>
+      <c r="G40" s="6">
+        <v>6.7000000000000002E-3</v>
+      </c>
+      <c r="J40" s="5"/>
+      <c r="K40" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="L40" s="6">
+        <v>7.4000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
         <v>34</v>
       </c>
-      <c r="B41" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E41" s="5" t="n">
+      <c r="B41" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E41" s="4">
+        <v>350350</v>
+      </c>
+      <c r="F41" s="5">
+        <v>3956.5</v>
+      </c>
+      <c r="G41" s="6">
+        <v>6.6E-3</v>
+      </c>
+      <c r="J41" s="5"/>
+      <c r="K41" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L41" s="6">
+        <v>7.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E42" s="4">
         <v>30700</v>
       </c>
-      <c r="F41" s="6" t="n">
-[...54 lines deleted...]
-      <c r="A43" s="1" t="n">
+      <c r="F42" s="5">
+        <v>3752.15</v>
+      </c>
+      <c r="G42" s="6">
+        <v>6.3E-3</v>
+      </c>
+      <c r="J42" s="5"/>
+      <c r="K42" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="L42" s="6">
+        <v>6.7999999999999996E-3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
         <v>36</v>
       </c>
-      <c r="B43" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A44" s="1" t="n">
+      <c r="B43" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E43" s="4">
+        <v>1214950</v>
+      </c>
+      <c r="F43" s="5">
+        <v>3562.23</v>
+      </c>
+      <c r="G43" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J43" s="5"/>
+      <c r="K43" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L43" s="6">
+        <v>6.4999999999999997E-3</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
         <v>37</v>
       </c>
-      <c r="B44" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A45" s="1" t="n">
+      <c r="B44" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E44" s="4">
+        <v>319200</v>
+      </c>
+      <c r="F44" s="5">
+        <v>3558.12</v>
+      </c>
+      <c r="G44" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="J44" s="5"/>
+      <c r="K44" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="L44" s="6">
+        <v>6.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
         <v>38</v>
       </c>
-      <c r="B45" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A46" s="1" t="n">
+      <c r="B45" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E45" s="4">
+        <v>1488375</v>
+      </c>
+      <c r="F45" s="5">
+        <v>3549.03</v>
+      </c>
+      <c r="G45" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="J45" s="5"/>
+      <c r="K45" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="L45" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
         <v>39</v>
       </c>
-      <c r="B46" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A47" s="1" t="n">
+      <c r="B46" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E46" s="4">
+        <v>104475</v>
+      </c>
+      <c r="F46" s="5">
+        <v>3517.67</v>
+      </c>
+      <c r="G46" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="J46" s="5"/>
+      <c r="K46" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="L46" s="6">
+        <v>3.8999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
         <v>40</v>
       </c>
-      <c r="B47" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A48" s="1" t="n">
+      <c r="B47" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E47" s="4">
+        <v>219800</v>
+      </c>
+      <c r="F47" s="5">
+        <v>3504.27</v>
+      </c>
+      <c r="G47" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="J47" s="5"/>
+      <c r="K47" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="L47" s="6">
+        <v>3.3E-3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
         <v>41</v>
       </c>
-      <c r="B48" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A49" s="1" t="n">
+      <c r="B48" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E48" s="4">
+        <v>340500</v>
+      </c>
+      <c r="F48" s="5">
+        <v>3401.25</v>
+      </c>
+      <c r="G48" s="6">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="J48" s="5"/>
+      <c r="K48" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="L48" s="6">
+        <v>3.3E-3</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A49" s="1">
         <v>42</v>
       </c>
-      <c r="B49" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A50" s="1" t="n">
+      <c r="B49" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E49" s="4">
+        <v>2519200</v>
+      </c>
+      <c r="F49" s="5">
+        <v>3387.82</v>
+      </c>
+      <c r="G49" s="6">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="J49" s="5"/>
+      <c r="K49" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="L49" s="6">
+        <v>3.2000000000000002E-3</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
         <v>43</v>
       </c>
-      <c r="B50" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A51" s="1" t="n">
+      <c r="B50" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E50" s="4">
+        <v>458000</v>
+      </c>
+      <c r="F50" s="5">
+        <v>3349.81</v>
+      </c>
+      <c r="G50" s="6">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="J50" s="5"/>
+      <c r="K50" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="L50" s="6">
+        <v>2.8E-3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A51" s="1">
         <v>44</v>
       </c>
-      <c r="B51" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A52" s="1" t="n">
+      <c r="B51" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E51" s="4">
+        <v>445375</v>
+      </c>
+      <c r="F51" s="5">
+        <v>3119.41</v>
+      </c>
+      <c r="G51" s="6">
+        <v>5.1999999999999998E-3</v>
+      </c>
+      <c r="J51" s="5"/>
+      <c r="K51" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="L51" s="6">
+        <v>2E-3</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A52" s="1">
         <v>45</v>
       </c>
-      <c r="B52" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A53" s="1" t="n">
+      <c r="B52" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E52" s="4">
+        <v>182000</v>
+      </c>
+      <c r="F52" s="5">
+        <v>3068.7</v>
+      </c>
+      <c r="G52" s="6">
+        <v>5.1000000000000004E-3</v>
+      </c>
+      <c r="J52" s="5"/>
+      <c r="K52" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="L52" s="6">
+        <v>1.2999999999999999E-3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
         <v>46</v>
       </c>
-      <c r="B53" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A54" s="1" t="n">
+      <c r="B53" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E53" s="4">
+        <v>205675</v>
+      </c>
+      <c r="F53" s="5">
+        <v>2886.65</v>
+      </c>
+      <c r="G53" s="6">
+        <v>4.7999999999999996E-3</v>
+      </c>
+      <c r="J53" s="5"/>
+      <c r="K53" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="L53" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A54" s="1">
         <v>47</v>
       </c>
-      <c r="B54" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A55" s="1" t="n">
+      <c r="B54" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E54" s="4">
+        <v>148750</v>
+      </c>
+      <c r="F54" s="5">
+        <v>2843.06</v>
+      </c>
+      <c r="G54" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="J54" s="5"/>
+      <c r="K54" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="L54" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
         <v>48</v>
       </c>
-      <c r="B55" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A56" s="1" t="n">
+      <c r="B55" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B56" s="1" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E56" s="5" t="n">
+      <c r="E55" s="4">
+        <v>325350</v>
+      </c>
+      <c r="F55" s="5">
+        <v>2837.87</v>
+      </c>
+      <c r="G55" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="J55" s="5"/>
+      <c r="K55" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="L55" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A56" s="1">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E56" s="4">
+        <v>112800</v>
+      </c>
+      <c r="F56" s="5">
+        <v>2836.24</v>
+      </c>
+      <c r="G56" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="J56" s="5"/>
+      <c r="K56" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="L56" s="6">
+        <v>1E-4</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E57" s="4">
+        <v>326950</v>
+      </c>
+      <c r="F57" s="5">
+        <v>2823.54</v>
+      </c>
+      <c r="G57" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="J57" s="5"/>
+      <c r="K57" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="L57" s="6">
+        <v>-0.6956</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A58" s="1">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E58" s="4">
+        <v>101250</v>
+      </c>
+      <c r="F58" s="5">
+        <v>2791.36</v>
+      </c>
+      <c r="G58" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="J58" s="5"/>
+      <c r="K58" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="L58" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A59" s="1">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E59" s="4">
+        <v>46200</v>
+      </c>
+      <c r="F59" s="5">
+        <v>2628.55</v>
+      </c>
+      <c r="G59" s="6">
+        <v>4.4000000000000003E-3</v>
+      </c>
+      <c r="J59" s="5"/>
+    </row>
+    <row r="60" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A60" s="1">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E60" s="4">
+        <v>224000</v>
+      </c>
+      <c r="F60" s="5">
+        <v>2582.5</v>
+      </c>
+      <c r="G60" s="6">
+        <v>4.3E-3</v>
+      </c>
+      <c r="J60" s="5"/>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E61" s="4">
         <v>347900</v>
       </c>
-      <c r="F56" s="6" t="n">
-[...92 lines deleted...]
-      <c r="A59" s="1" t="n">
+      <c r="F61" s="5">
+        <v>2558.98</v>
+      </c>
+      <c r="G61" s="6">
+        <v>4.3E-3</v>
+      </c>
+      <c r="J61" s="5"/>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A62" s="1">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E62" s="4">
+        <v>353100</v>
+      </c>
+      <c r="F62" s="5">
+        <v>2517.6</v>
+      </c>
+      <c r="G62" s="6">
+        <v>4.1999999999999997E-3</v>
+      </c>
+      <c r="J62" s="5"/>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A63" s="1">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E63" s="4">
+        <v>882650</v>
+      </c>
+      <c r="F63" s="5">
+        <v>2447.15</v>
+      </c>
+      <c r="G63" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="J63" s="5"/>
+    </row>
+    <row r="64" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A64" s="1">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E64" s="4">
+        <v>71000</v>
+      </c>
+      <c r="F64" s="5">
+        <v>2433.17</v>
+      </c>
+      <c r="G64" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="J64" s="5"/>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A65" s="1">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E65" s="4">
+        <v>11164900</v>
+      </c>
+      <c r="F65" s="5">
+        <v>2372.54</v>
+      </c>
+      <c r="G65" s="6">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="J65" s="5"/>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A66" s="1">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E66" s="4">
+        <v>691500</v>
+      </c>
+      <c r="F66" s="5">
+        <v>2354.21</v>
+      </c>
+      <c r="G66" s="6">
+        <v>3.8999999999999998E-3</v>
+      </c>
+      <c r="J66" s="5"/>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A67" s="1">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E67" s="4">
+        <v>147750</v>
+      </c>
+      <c r="F67" s="5">
+        <v>2350.6999999999998</v>
+      </c>
+      <c r="G67" s="6">
+        <v>3.8999999999999998E-3</v>
+      </c>
+      <c r="J67" s="5"/>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A68" s="1">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E68" s="4">
+        <v>405000</v>
+      </c>
+      <c r="F68" s="5">
+        <v>2331.9899999999998</v>
+      </c>
+      <c r="G68" s="6">
+        <v>3.8999999999999998E-3</v>
+      </c>
+      <c r="J68" s="5"/>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A69" s="1">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E69" s="4">
+        <v>1076250</v>
+      </c>
+      <c r="F69" s="5">
+        <v>2301.7800000000002</v>
+      </c>
+      <c r="G69" s="6">
+        <v>3.8E-3</v>
+      </c>
+      <c r="J69" s="5"/>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A70" s="1">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E70" s="4">
+        <v>771900</v>
+      </c>
+      <c r="F70" s="5">
+        <v>2256.65</v>
+      </c>
+      <c r="G70" s="6">
+        <v>3.8E-3</v>
+      </c>
+      <c r="J70" s="5"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A71" s="1">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E71" s="4">
+        <v>27250</v>
+      </c>
+      <c r="F71" s="5">
+        <v>2124.41</v>
+      </c>
+      <c r="G71" s="6">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="J71" s="5"/>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A72" s="1">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E72" s="4">
+        <v>34750</v>
+      </c>
+      <c r="F72" s="5">
+        <v>2081.87</v>
+      </c>
+      <c r="G72" s="6">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="J72" s="5"/>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A73" s="1">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E73" s="4">
+        <v>1281600</v>
+      </c>
+      <c r="F73" s="5">
+        <v>2078.88</v>
+      </c>
+      <c r="G73" s="6">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="J73" s="5"/>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A74" s="1">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E74" s="4">
+        <v>689400</v>
+      </c>
+      <c r="F74" s="5">
+        <v>2008.22</v>
+      </c>
+      <c r="G74" s="6">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="J74" s="5"/>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A75" s="1">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E75" s="4">
+        <v>2565000</v>
+      </c>
+      <c r="F75" s="5">
+        <v>1958.38</v>
+      </c>
+      <c r="G75" s="6">
+        <v>3.3E-3</v>
+      </c>
+      <c r="J75" s="5"/>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A76" s="1">
+        <v>69</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E76" s="4">
+        <v>495450</v>
+      </c>
+      <c r="F76" s="5">
+        <v>1932.01</v>
+      </c>
+      <c r="G76" s="6">
+        <v>3.2000000000000002E-3</v>
+      </c>
+      <c r="J76" s="5"/>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A77" s="1">
+        <v>70</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E77" s="4">
+        <v>296000</v>
+      </c>
+      <c r="F77" s="5">
+        <v>1843.64</v>
+      </c>
+      <c r="G77" s="6">
+        <v>3.0999999999999999E-3</v>
+      </c>
+      <c r="J77" s="5"/>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A78" s="1">
+        <v>71</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E78" s="4">
+        <v>469800</v>
+      </c>
+      <c r="F78" s="5">
+        <v>1835.74</v>
+      </c>
+      <c r="G78" s="6">
+        <v>3.0999999999999999E-3</v>
+      </c>
+      <c r="J78" s="5"/>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A79" s="1">
+        <v>72</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E79" s="4">
+        <v>337000</v>
+      </c>
+      <c r="F79" s="5">
+        <v>1788.96</v>
+      </c>
+      <c r="G79" s="6">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="J79" s="5"/>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A80" s="1">
+        <v>73</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E80" s="4">
+        <v>388800</v>
+      </c>
+      <c r="F80" s="5">
+        <v>1723.94</v>
+      </c>
+      <c r="G80" s="6">
+        <v>2.8999999999999998E-3</v>
+      </c>
+      <c r="J80" s="5"/>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A81" s="1">
+        <v>74</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E81" s="4">
+        <v>190400</v>
+      </c>
+      <c r="F81" s="5">
+        <v>1714.27</v>
+      </c>
+      <c r="G81" s="6">
+        <v>2.8999999999999998E-3</v>
+      </c>
+      <c r="J81" s="5"/>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A82" s="1">
+        <v>75</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E82" s="4">
+        <v>45150</v>
+      </c>
+      <c r="F82" s="5">
+        <v>1697.01</v>
+      </c>
+      <c r="G82" s="6">
+        <v>2.8E-3</v>
+      </c>
+      <c r="J82" s="5"/>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A83" s="1">
+        <v>76</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E83" s="4">
+        <v>990000</v>
+      </c>
+      <c r="F83" s="5">
+        <v>1670.82</v>
+      </c>
+      <c r="G83" s="6">
+        <v>2.8E-3</v>
+      </c>
+      <c r="J83" s="5"/>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A84" s="1">
+        <v>77</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E84" s="4">
+        <v>119350</v>
+      </c>
+      <c r="F84" s="5">
+        <v>1653.12</v>
+      </c>
+      <c r="G84" s="6">
+        <v>2.8E-3</v>
+      </c>
+      <c r="J84" s="5"/>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A85" s="1">
+        <v>78</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E85" s="4">
+        <v>311250</v>
+      </c>
+      <c r="F85" s="5">
+        <v>1636.55</v>
+      </c>
+      <c r="G85" s="6">
+        <v>2.7000000000000001E-3</v>
+      </c>
+      <c r="J85" s="5"/>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
+        <v>79</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E86" s="4">
+        <v>467500</v>
+      </c>
+      <c r="F86" s="5">
+        <v>1594.18</v>
+      </c>
+      <c r="G86" s="6">
+        <v>2.7000000000000001E-3</v>
+      </c>
+      <c r="J86" s="5"/>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
+        <v>80</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E87" s="4">
+        <v>1211600</v>
+      </c>
+      <c r="F87" s="5">
+        <v>1495.24</v>
+      </c>
+      <c r="G87" s="6">
+        <v>2.5000000000000001E-3</v>
+      </c>
+      <c r="J87" s="5"/>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A88" s="1">
+        <v>81</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E88" s="4">
+        <v>308550</v>
+      </c>
+      <c r="F88" s="5">
+        <v>1394.34</v>
+      </c>
+      <c r="G88" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="J88" s="5"/>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>82</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E89" s="4">
+        <v>8600</v>
+      </c>
+      <c r="F89" s="5">
+        <v>1378.49</v>
+      </c>
+      <c r="G89" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="J89" s="5"/>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
+        <v>83</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E90" s="4">
+        <v>303150</v>
+      </c>
+      <c r="F90" s="5">
+        <v>1377.21</v>
+      </c>
+      <c r="G90" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="J90" s="5"/>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>84</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E91" s="4">
+        <v>73500</v>
+      </c>
+      <c r="F91" s="5">
+        <v>1316.09</v>
+      </c>
+      <c r="G91" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="J91" s="5"/>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
+        <v>85</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E92" s="4">
+        <v>670000</v>
+      </c>
+      <c r="F92" s="5">
+        <v>1292.6300000000001</v>
+      </c>
+      <c r="G92" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="J92" s="5"/>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
+        <v>86</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E93" s="4">
+        <v>112950</v>
+      </c>
+      <c r="F93" s="5">
+        <v>1282.8900000000001</v>
+      </c>
+      <c r="G93" s="6">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="J93" s="5"/>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>87</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E94" s="4">
+        <v>62000</v>
+      </c>
+      <c r="F94" s="5">
+        <v>1243.97</v>
+      </c>
+      <c r="G94" s="6">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="J94" s="5"/>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
+        <v>88</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E95" s="4">
+        <v>78050</v>
+      </c>
+      <c r="F95" s="5">
+        <v>1214.07</v>
+      </c>
+      <c r="G95" s="6">
+        <v>2E-3</v>
+      </c>
+      <c r="J95" s="5"/>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A96" s="1">
+        <v>89</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E96" s="4">
+        <v>495000</v>
+      </c>
+      <c r="F96" s="5">
+        <v>1185.53</v>
+      </c>
+      <c r="G96" s="6">
+        <v>2E-3</v>
+      </c>
+      <c r="J96" s="5"/>
+    </row>
+    <row r="97" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A97" s="1">
+        <v>90</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E97" s="4">
+        <v>90375</v>
+      </c>
+      <c r="F97" s="5">
+        <v>1183.28</v>
+      </c>
+      <c r="G97" s="6">
+        <v>2E-3</v>
+      </c>
+      <c r="J97" s="5"/>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A98" s="1">
+        <v>91</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E98" s="4">
+        <v>56250</v>
+      </c>
+      <c r="F98" s="5">
+        <v>1147.6099999999999</v>
+      </c>
+      <c r="G98" s="6">
+        <v>1.9E-3</v>
+      </c>
+      <c r="J98" s="5"/>
+    </row>
+    <row r="99" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A99" s="1">
+        <v>92</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E99" s="4">
+        <v>77000</v>
+      </c>
+      <c r="F99" s="5">
+        <v>1130.3599999999999</v>
+      </c>
+      <c r="G99" s="6">
+        <v>1.9E-3</v>
+      </c>
+      <c r="J99" s="5"/>
+    </row>
+    <row r="100" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A100" s="1">
+        <v>93</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E100" s="4">
+        <v>325875</v>
+      </c>
+      <c r="F100" s="5">
+        <v>1106.83</v>
+      </c>
+      <c r="G100" s="6">
+        <v>1.8E-3</v>
+      </c>
+      <c r="J100" s="5"/>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A101" s="1">
+        <v>94</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E101" s="4">
+        <v>44775</v>
+      </c>
+      <c r="F101" s="5">
+        <v>1090.58</v>
+      </c>
+      <c r="G101" s="6">
+        <v>1.8E-3</v>
+      </c>
+      <c r="J101" s="5"/>
+    </row>
+    <row r="102" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A102" s="1">
+        <v>95</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D102" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B59" s="1" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A60" s="1" t="n">
+      <c r="E102" s="4">
+        <v>317900</v>
+      </c>
+      <c r="F102" s="5">
+        <v>1090.08</v>
+      </c>
+      <c r="G102" s="6">
+        <v>1.8E-3</v>
+      </c>
+      <c r="J102" s="5"/>
+    </row>
+    <row r="103" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A103" s="1">
+        <v>96</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E103" s="4">
+        <v>38600</v>
+      </c>
+      <c r="F103" s="5">
+        <v>1089.9100000000001</v>
+      </c>
+      <c r="G103" s="6">
+        <v>1.8E-3</v>
+      </c>
+      <c r="J103" s="5"/>
+    </row>
+    <row r="104" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A104" s="1">
+        <v>97</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E104" s="4">
+        <v>258300</v>
+      </c>
+      <c r="F104" s="5">
+        <v>1063.55</v>
+      </c>
+      <c r="G104" s="6">
+        <v>1.8E-3</v>
+      </c>
+      <c r="J104" s="5"/>
+    </row>
+    <row r="105" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A105" s="1">
+        <v>98</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E105" s="4">
+        <v>171150</v>
+      </c>
+      <c r="F105" s="5">
+        <v>975.47</v>
+      </c>
+      <c r="G105" s="6">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="J105" s="5"/>
+    </row>
+    <row r="106" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A106" s="1">
+        <v>99</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E106" s="4">
+        <v>161875</v>
+      </c>
+      <c r="F106" s="5">
+        <v>963.48</v>
+      </c>
+      <c r="G106" s="6">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="J106" s="5"/>
+    </row>
+    <row r="107" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A107" s="1">
+        <v>100</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E107" s="4">
+        <v>339000</v>
+      </c>
+      <c r="F107" s="5">
+        <v>951.91</v>
+      </c>
+      <c r="G107" s="6">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="J107" s="5"/>
+    </row>
+    <row r="108" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A108" s="1">
+        <v>101</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E108" s="4">
+        <v>891750</v>
+      </c>
+      <c r="F108" s="5">
+        <v>942.13</v>
+      </c>
+      <c r="G108" s="6">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="J108" s="5"/>
+    </row>
+    <row r="109" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A109" s="1">
+        <v>102</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E109" s="4">
+        <v>494550</v>
+      </c>
+      <c r="F109" s="5">
+        <v>871.84</v>
+      </c>
+      <c r="G109" s="6">
+        <v>1.5E-3</v>
+      </c>
+      <c r="J109" s="5"/>
+    </row>
+    <row r="110" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A110" s="1">
+        <v>103</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E110" s="4">
+        <v>44275</v>
+      </c>
+      <c r="F110" s="5">
+        <v>871.69</v>
+      </c>
+      <c r="G110" s="6">
+        <v>1.5E-3</v>
+      </c>
+      <c r="J110" s="5"/>
+    </row>
+    <row r="111" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A111" s="1">
+        <v>104</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E111" s="4">
+        <v>1122300</v>
+      </c>
+      <c r="F111" s="5">
+        <v>817.93</v>
+      </c>
+      <c r="G111" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="J111" s="5"/>
+    </row>
+    <row r="112" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A112" s="1">
+        <v>105</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E112" s="4">
+        <v>68425</v>
+      </c>
+      <c r="F112" s="5">
+        <v>784.29</v>
+      </c>
+      <c r="G112" s="6">
+        <v>1.2999999999999999E-3</v>
+      </c>
+      <c r="J112" s="5"/>
+    </row>
+    <row r="113" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A113" s="1">
+        <v>106</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E113" s="4">
+        <v>271800</v>
+      </c>
+      <c r="F113" s="5">
+        <v>757.78</v>
+      </c>
+      <c r="G113" s="6">
+        <v>1.2999999999999999E-3</v>
+      </c>
+      <c r="J113" s="5"/>
+    </row>
+    <row r="114" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A114" s="1">
+        <v>107</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E114" s="4">
+        <v>99000</v>
+      </c>
+      <c r="F114" s="5">
+        <v>713.1</v>
+      </c>
+      <c r="G114" s="6">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="J114" s="5"/>
+    </row>
+    <row r="115" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A115" s="1">
+        <v>108</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E115" s="4">
+        <v>66600</v>
+      </c>
+      <c r="F115" s="5">
+        <v>683.88</v>
+      </c>
+      <c r="G115" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J115" s="5"/>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A116" s="1">
+        <v>109</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E116" s="4">
+        <v>243200</v>
+      </c>
+      <c r="F116" s="5">
+        <v>681.57</v>
+      </c>
+      <c r="G116" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J116" s="5"/>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A117" s="1">
+        <v>110</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E117" s="4">
+        <v>140875</v>
+      </c>
+      <c r="F117" s="5">
+        <v>679.65</v>
+      </c>
+      <c r="G117" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J117" s="5"/>
+    </row>
+    <row r="118" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A118" s="1">
+        <v>111</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E118" s="4">
+        <v>25575</v>
+      </c>
+      <c r="F118" s="5">
+        <v>678.97</v>
+      </c>
+      <c r="G118" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J118" s="5"/>
+    </row>
+    <row r="119" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A119" s="1">
+        <v>112</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E119" s="4">
+        <v>267720</v>
+      </c>
+      <c r="F119" s="5">
+        <v>667.37</v>
+      </c>
+      <c r="G119" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J119" s="5"/>
+    </row>
+    <row r="120" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A120" s="1">
+        <v>113</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E120" s="4">
+        <v>78200</v>
+      </c>
+      <c r="F120" s="5">
+        <v>658.29</v>
+      </c>
+      <c r="G120" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J120" s="5"/>
+    </row>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A121" s="1">
+        <v>114</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E121" s="4">
+        <v>9100</v>
+      </c>
+      <c r="F121" s="5">
+        <v>637.5</v>
+      </c>
+      <c r="G121" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J121" s="5"/>
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A122" s="1">
+        <v>115</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E122" s="4">
+        <v>100000</v>
+      </c>
+      <c r="F122" s="5">
+        <v>617.4</v>
+      </c>
+      <c r="G122" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="J122" s="5"/>
+    </row>
+    <row r="123" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A123" s="1">
+        <v>116</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E123" s="4">
+        <v>13100</v>
+      </c>
+      <c r="F123" s="5">
+        <v>612.75</v>
+      </c>
+      <c r="G123" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="J123" s="5"/>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A124" s="1">
+        <v>117</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E124" s="4">
+        <v>28250</v>
+      </c>
+      <c r="F124" s="5">
+        <v>602.42999999999995</v>
+      </c>
+      <c r="G124" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="J124" s="5"/>
+    </row>
+    <row r="125" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A125" s="1">
+        <v>118</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E125" s="4">
+        <v>38625</v>
+      </c>
+      <c r="F125" s="5">
+        <v>580.65</v>
+      </c>
+      <c r="G125" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="J125" s="5"/>
+    </row>
+    <row r="126" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A126" s="1">
+        <v>119</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E126" s="4">
+        <v>27000</v>
+      </c>
+      <c r="F126" s="5">
+        <v>527.23</v>
+      </c>
+      <c r="G126" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="J126" s="5"/>
+    </row>
+    <row r="127" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A127" s="1">
+        <v>120</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E127" s="4">
+        <v>7000</v>
+      </c>
+      <c r="F127" s="5">
+        <v>518.63</v>
+      </c>
+      <c r="G127" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="J127" s="5"/>
+    </row>
+    <row r="128" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A128" s="1">
+        <v>121</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E128" s="4">
+        <v>33800</v>
+      </c>
+      <c r="F128" s="5">
+        <v>504.7</v>
+      </c>
+      <c r="G128" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="J128" s="5"/>
+    </row>
+    <row r="129" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A129" s="1">
+        <v>122</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E129" s="4">
+        <v>37500</v>
+      </c>
+      <c r="F129" s="5">
+        <v>457.09</v>
+      </c>
+      <c r="G129" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="J129" s="5"/>
+    </row>
+    <row r="130" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A130" s="1">
+        <v>123</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E130" s="4">
+        <v>12250</v>
+      </c>
+      <c r="F130" s="5">
+        <v>441.39</v>
+      </c>
+      <c r="G130" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="J130" s="5"/>
+    </row>
+    <row r="131" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A131" s="1">
+        <v>124</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E131" s="4">
+        <v>89175</v>
+      </c>
+      <c r="F131" s="5">
+        <v>395.67</v>
+      </c>
+      <c r="G131" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="J131" s="5"/>
+    </row>
+    <row r="132" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A132" s="1">
+        <v>125</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E132" s="4">
+        <v>8925</v>
+      </c>
+      <c r="F132" s="5">
+        <v>362.56</v>
+      </c>
+      <c r="G132" s="6">
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="J132" s="5"/>
+    </row>
+    <row r="133" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A133" s="1">
+        <v>126</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E133" s="4">
+        <v>74700</v>
+      </c>
+      <c r="F133" s="5">
+        <v>336.19</v>
+      </c>
+      <c r="G133" s="6">
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="J133" s="5"/>
+    </row>
+    <row r="134" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A134" s="1">
+        <v>127</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E134" s="4">
+        <v>23400</v>
+      </c>
+      <c r="F134" s="5">
+        <v>327.67</v>
+      </c>
+      <c r="G134" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="J134" s="5"/>
+    </row>
+    <row r="135" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A135" s="1">
+        <v>128</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E135" s="4">
+        <v>31000</v>
+      </c>
+      <c r="F135" s="5">
+        <v>317.44</v>
+      </c>
+      <c r="G135" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="J135" s="5"/>
+    </row>
+    <row r="136" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A136" s="1">
+        <v>129</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E136" s="4">
+        <v>5400</v>
+      </c>
+      <c r="F136" s="5">
+        <v>298.76</v>
+      </c>
+      <c r="G136" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="J136" s="5"/>
+    </row>
+    <row r="137" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A137" s="1">
+        <v>130</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="E137" s="4">
+        <v>43360</v>
+      </c>
+      <c r="F137" s="5">
+        <v>284.35000000000002</v>
+      </c>
+      <c r="G137" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="J137" s="5"/>
+    </row>
+    <row r="138" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A138" s="1">
+        <v>131</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E138" s="4">
+        <v>34100</v>
+      </c>
+      <c r="F138" s="5">
+        <v>257.95</v>
+      </c>
+      <c r="G138" s="6">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="J138" s="5"/>
+    </row>
+    <row r="139" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A139" s="1">
+        <v>132</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E139" s="4">
+        <v>208000</v>
+      </c>
+      <c r="F139" s="5">
+        <v>222.73</v>
+      </c>
+      <c r="G139" s="6">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="J139" s="5"/>
+    </row>
+    <row r="140" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A140" s="1">
+        <v>133</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E140" s="4">
+        <v>12250</v>
+      </c>
+      <c r="F140" s="5">
+        <v>208.5</v>
+      </c>
+      <c r="G140" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J140" s="5"/>
+    </row>
+    <row r="141" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A141" s="1">
+        <v>134</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E141" s="4">
+        <v>26350</v>
+      </c>
+      <c r="F141" s="5">
+        <v>195.24</v>
+      </c>
+      <c r="G141" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J141" s="5"/>
+    </row>
+    <row r="142" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A142" s="1">
+        <v>135</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E142" s="4">
+        <v>344000</v>
+      </c>
+      <c r="F142" s="5">
+        <v>189.37</v>
+      </c>
+      <c r="G142" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J142" s="5"/>
+    </row>
+    <row r="143" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A143" s="1">
+        <v>136</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E143" s="4">
+        <v>3625</v>
+      </c>
+      <c r="F143" s="5">
+        <v>187.89</v>
+      </c>
+      <c r="G143" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J143" s="5"/>
+    </row>
+    <row r="144" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A144" s="1">
+        <v>137</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E144" s="4">
+        <v>2625</v>
+      </c>
+      <c r="F144" s="5">
+        <v>165.51</v>
+      </c>
+      <c r="G144" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J144" s="5"/>
+    </row>
+    <row r="145" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A145" s="1">
+        <v>138</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E145" s="4">
+        <v>102375</v>
+      </c>
+      <c r="F145" s="5">
+        <v>153.35</v>
+      </c>
+      <c r="G145" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J145" s="5"/>
+    </row>
+    <row r="146" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A146" s="1">
+        <v>139</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E146" s="4">
+        <v>975</v>
+      </c>
+      <c r="F146" s="5">
+        <v>129.93</v>
+      </c>
+      <c r="G146" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="J146" s="5"/>
+    </row>
+    <row r="147" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A147" s="1">
+        <v>140</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E147" s="4">
+        <v>1750</v>
+      </c>
+      <c r="F147" s="5">
+        <v>127.5</v>
+      </c>
+      <c r="G147" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="J147" s="5"/>
+    </row>
+    <row r="148" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A148" s="1">
+        <v>141</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E148" s="4">
+        <v>97750</v>
+      </c>
+      <c r="F148" s="5">
+        <v>120.73</v>
+      </c>
+      <c r="G148" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="J148" s="5"/>
+    </row>
+    <row r="149" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A149" s="1">
+        <v>142</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E149" s="4">
+        <v>70800</v>
+      </c>
+      <c r="F149" s="5">
+        <v>98.07</v>
+      </c>
+      <c r="G149" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="J149" s="5"/>
+    </row>
+    <row r="150" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A150" s="1">
+        <v>143</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E150" s="4">
+        <v>6800</v>
+      </c>
+      <c r="F150" s="5">
+        <v>92.92</v>
+      </c>
+      <c r="G150" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="J150" s="5"/>
+    </row>
+    <row r="151" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A151" s="1">
+        <v>144</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E151" s="4">
+        <v>9000</v>
+      </c>
+      <c r="F151" s="5">
+        <v>88.37</v>
+      </c>
+      <c r="G151" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J151" s="5"/>
+    </row>
+    <row r="152" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A152" s="1">
+        <v>145</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E152" s="4">
+        <v>4500</v>
+      </c>
+      <c r="F152" s="5">
+        <v>67.95</v>
+      </c>
+      <c r="G152" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J152" s="5"/>
+    </row>
+    <row r="153" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A153" s="1">
+        <v>146</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E153" s="4">
+        <v>4800</v>
+      </c>
+      <c r="F153" s="5">
+        <v>63.57</v>
+      </c>
+      <c r="G153" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J153" s="5"/>
+    </row>
+    <row r="154" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A154" s="1">
+        <v>147</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="E154" s="4">
+        <v>900</v>
+      </c>
+      <c r="F154" s="5">
+        <v>63.47</v>
+      </c>
+      <c r="G154" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J154" s="5"/>
+    </row>
+    <row r="155" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A155" s="1">
+        <v>148</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E155" s="4">
+        <v>11250</v>
+      </c>
+      <c r="F155" s="5">
+        <v>55.27</v>
+      </c>
+      <c r="G155" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J155" s="5"/>
+    </row>
+    <row r="156" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A156" s="1">
+        <v>149</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E156" s="4">
+        <v>4375</v>
+      </c>
+      <c r="F156" s="5">
+        <v>46.54</v>
+      </c>
+      <c r="G156" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J156" s="5"/>
+    </row>
+    <row r="157" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A157" s="1">
+        <v>150</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E157" s="4">
+        <v>900</v>
+      </c>
+      <c r="F157" s="5">
+        <v>43.4</v>
+      </c>
+      <c r="G157" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J157" s="5"/>
+    </row>
+    <row r="158" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A158" s="1">
+        <v>151</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E158" s="4">
+        <v>1800</v>
+      </c>
+      <c r="F158" s="5">
+        <v>40</v>
+      </c>
+      <c r="G158" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J158" s="5"/>
+    </row>
+    <row r="159" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A159" s="1">
+        <v>152</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E159" s="4">
+        <v>18900</v>
+      </c>
+      <c r="F159" s="5">
+        <v>39.229999999999997</v>
+      </c>
+      <c r="G159" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J159" s="5"/>
+    </row>
+    <row r="160" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A160" s="1">
+        <v>153</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E160" s="4">
+        <v>1600</v>
+      </c>
+      <c r="F160" s="5">
+        <v>25.21</v>
+      </c>
+      <c r="G160" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J160" s="5"/>
+    </row>
+    <row r="161" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A161" s="1">
+        <v>154</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E161" s="4">
+        <v>13088</v>
+      </c>
+      <c r="F161" s="5">
+        <v>18.350000000000001</v>
+      </c>
+      <c r="G161" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J161" s="5"/>
+    </row>
+    <row r="162" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A162" s="1">
+        <v>155</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E162" s="4">
+        <v>1050</v>
+      </c>
+      <c r="F162" s="5">
+        <v>16.61</v>
+      </c>
+      <c r="G162" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J162" s="5"/>
+    </row>
+    <row r="163" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A163" s="1">
+        <v>156</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E163" s="4">
+        <v>2400</v>
+      </c>
+      <c r="F163" s="5">
+        <v>16.07</v>
+      </c>
+      <c r="G163" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J163" s="5"/>
+    </row>
+    <row r="164" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A164" s="1">
+        <v>157</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E164" s="4">
+        <v>150</v>
+      </c>
+      <c r="F164" s="5">
+        <v>12.6</v>
+      </c>
+      <c r="G164" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J164" s="5"/>
+    </row>
+    <row r="165" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A165" s="1">
+        <v>158</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E165" s="4">
+        <v>500</v>
+      </c>
+      <c r="F165" s="5">
+        <v>7.51</v>
+      </c>
+      <c r="G165" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J165" s="5"/>
+    </row>
+    <row r="166" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A166" s="7"/>
+      <c r="B166" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C166" s="7"/>
+      <c r="D166" s="7"/>
+      <c r="E166" s="7"/>
+      <c r="F166" s="8">
+        <v>413882.25</v>
+      </c>
+      <c r="G166" s="9">
+        <v>0.69130000000000003</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B168" s="2" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A169" s="1">
+        <v>159</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E169" s="4">
+        <v>-6150</v>
+      </c>
+      <c r="F169" s="5">
+        <v>-6.59</v>
+      </c>
+      <c r="G169" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H169" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J169" s="5"/>
+    </row>
+    <row r="170" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A170" s="1">
+        <v>160</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E170" s="4">
+        <v>-500</v>
+      </c>
+      <c r="F170" s="5">
+        <v>-7.57</v>
+      </c>
+      <c r="G170" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H170" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J170" s="5"/>
+    </row>
+    <row r="171" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A171" s="1">
+        <v>161</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E171" s="4">
+        <v>-1100</v>
+      </c>
+      <c r="F171" s="5">
+        <v>-12.04</v>
+      </c>
+      <c r="G171" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H171" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J171" s="5"/>
+    </row>
+    <row r="172" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A172" s="1">
+        <v>162</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E172" s="4">
+        <v>-2000</v>
+      </c>
+      <c r="F172" s="5">
+        <v>-12.62</v>
+      </c>
+      <c r="G172" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H172" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J172" s="5"/>
+    </row>
+    <row r="173" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A173" s="1">
+        <v>163</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E173" s="4">
+        <v>-150</v>
+      </c>
+      <c r="F173" s="5">
+        <v>-12.65</v>
+      </c>
+      <c r="G173" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H173" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J173" s="5"/>
+    </row>
+    <row r="174" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A174" s="1">
+        <v>164</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E174" s="4">
+        <v>-1250</v>
+      </c>
+      <c r="F174" s="5">
+        <v>-13.35</v>
+      </c>
+      <c r="G174" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H174" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J174" s="5"/>
+    </row>
+    <row r="175" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A175" s="1">
+        <v>165</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E175" s="4">
+        <v>-1200</v>
+      </c>
+      <c r="F175" s="5">
+        <v>-16.04</v>
+      </c>
+      <c r="G175" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H175" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J175" s="5"/>
+    </row>
+    <row r="176" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A176" s="1">
+        <v>166</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E176" s="4">
+        <v>-2400</v>
+      </c>
+      <c r="F176" s="5">
+        <v>-16.25</v>
+      </c>
+      <c r="G176" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H176" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J176" s="5"/>
+    </row>
+    <row r="177" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A177" s="1">
+        <v>167</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E177" s="4">
+        <v>-1050</v>
+      </c>
+      <c r="F177" s="5">
+        <v>-16.7</v>
+      </c>
+      <c r="G177" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H177" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J177" s="5"/>
+    </row>
+    <row r="178" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A178" s="1">
+        <v>168</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E178" s="4">
+        <v>-3150</v>
+      </c>
+      <c r="F178" s="5">
+        <v>-18.149999999999999</v>
+      </c>
+      <c r="G178" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H178" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J178" s="5"/>
+    </row>
+    <row r="179" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A179" s="1">
+        <v>169</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E179" s="4">
+        <v>-13088</v>
+      </c>
+      <c r="F179" s="5">
+        <v>-18.47</v>
+      </c>
+      <c r="G179" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H179" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J179" s="5"/>
+    </row>
+    <row r="180" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A180" s="1">
+        <v>170</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E180" s="4">
+        <v>-250</v>
+      </c>
+      <c r="F180" s="5">
+        <v>-18.760000000000002</v>
+      </c>
+      <c r="G180" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H180" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J180" s="5"/>
+    </row>
+    <row r="181" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A181" s="1">
+        <v>171</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E181" s="4">
+        <v>-2175</v>
+      </c>
+      <c r="F181" s="5">
+        <v>-24.69</v>
+      </c>
+      <c r="G181" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H181" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J181" s="5"/>
+    </row>
+    <row r="182" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A182" s="1">
+        <v>172</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E182" s="4">
+        <v>-1600</v>
+      </c>
+      <c r="F182" s="5">
+        <v>-25.35</v>
+      </c>
+      <c r="G182" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H182" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J182" s="5"/>
+    </row>
+    <row r="183" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A183" s="1">
+        <v>173</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E183" s="4">
+        <v>-4000</v>
+      </c>
+      <c r="F183" s="5">
+        <v>-29.18</v>
+      </c>
+      <c r="G183" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H183" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J183" s="5"/>
+    </row>
+    <row r="184" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A184" s="1">
+        <v>174</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E184" s="4">
+        <v>-2700</v>
+      </c>
+      <c r="F184" s="5">
+        <v>-31.21</v>
+      </c>
+      <c r="G184" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H184" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J184" s="5"/>
+    </row>
+    <row r="185" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A185" s="1">
+        <v>175</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E185" s="4">
+        <v>-23500</v>
+      </c>
+      <c r="F185" s="5">
+        <v>-32.020000000000003</v>
+      </c>
+      <c r="G185" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H185" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J185" s="5"/>
+    </row>
+    <row r="186" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A186" s="1">
+        <v>176</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E186" s="4">
+        <v>-3125</v>
+      </c>
+      <c r="F186" s="5">
+        <v>-33.549999999999997</v>
+      </c>
+      <c r="G186" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H186" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J186" s="5"/>
+    </row>
+    <row r="187" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A187" s="1">
+        <v>177</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E187" s="4">
+        <v>-4950</v>
+      </c>
+      <c r="F187" s="5">
+        <v>-35.75</v>
+      </c>
+      <c r="G187" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H187" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J187" s="5"/>
+    </row>
+    <row r="188" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A188" s="1">
+        <v>178</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E188" s="4">
+        <v>-15750</v>
+      </c>
+      <c r="F188" s="5">
+        <v>-38.11</v>
+      </c>
+      <c r="G188" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H188" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J188" s="5"/>
+    </row>
+    <row r="189" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A189" s="1">
+        <v>179</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E189" s="4">
+        <v>-18900</v>
+      </c>
+      <c r="F189" s="5">
+        <v>-39.479999999999997</v>
+      </c>
+      <c r="G189" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H189" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J189" s="5"/>
+    </row>
+    <row r="190" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A190" s="1">
+        <v>180</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E190" s="4">
+        <v>-1800</v>
+      </c>
+      <c r="F190" s="5">
+        <v>-40.18</v>
+      </c>
+      <c r="G190" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H190" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J190" s="5"/>
+    </row>
+    <row r="191" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A191" s="1">
+        <v>181</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E191" s="4">
+        <v>-9225</v>
+      </c>
+      <c r="F191" s="5">
+        <v>-41.47</v>
+      </c>
+      <c r="G191" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H191" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J191" s="5"/>
+    </row>
+    <row r="192" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A192" s="1">
+        <v>182</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E192" s="4">
+        <v>-900</v>
+      </c>
+      <c r="F192" s="5">
+        <v>-43.65</v>
+      </c>
+      <c r="G192" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H192" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J192" s="5"/>
+    </row>
+    <row r="193" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A193" s="1">
+        <v>183</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E193" s="4">
+        <v>-3600</v>
+      </c>
+      <c r="F193" s="5">
+        <v>-48.26</v>
+      </c>
+      <c r="G193" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H193" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J193" s="5"/>
+    </row>
+    <row r="194" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A194" s="1">
+        <v>184</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E194" s="4">
+        <v>-1050</v>
+      </c>
+      <c r="F194" s="5">
+        <v>-50.48</v>
+      </c>
+      <c r="G194" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H194" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J194" s="5"/>
+    </row>
+    <row r="195" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A195" s="1">
+        <v>185</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E195" s="4">
+        <v>-900</v>
+      </c>
+      <c r="F195" s="5">
+        <v>-51.84</v>
+      </c>
+      <c r="G195" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H195" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J195" s="5"/>
+    </row>
+    <row r="196" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A196" s="1">
+        <v>186</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E196" s="4">
+        <v>-11250</v>
+      </c>
+      <c r="F196" s="5">
+        <v>-55.63</v>
+      </c>
+      <c r="G196" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H196" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J196" s="5"/>
+    </row>
+    <row r="197" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A197" s="1">
+        <v>187</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E197" s="4">
+        <v>-5400</v>
+      </c>
+      <c r="F197" s="5">
+        <v>-56.36</v>
+      </c>
+      <c r="G197" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H197" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J197" s="5"/>
+    </row>
+    <row r="198" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A198" s="1">
+        <v>188</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E198" s="4">
+        <v>-900</v>
+      </c>
+      <c r="F198" s="5">
+        <v>-63.91</v>
+      </c>
+      <c r="G198" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H198" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J198" s="5"/>
+    </row>
+    <row r="199" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A199" s="1">
+        <v>189</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E199" s="4">
+        <v>-4500</v>
+      </c>
+      <c r="F199" s="5">
+        <v>-68.33</v>
+      </c>
+      <c r="G199" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H199" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J199" s="5"/>
+    </row>
+    <row r="200" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A200" s="1">
+        <v>190</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E200" s="4">
+        <v>-9000</v>
+      </c>
+      <c r="F200" s="5">
+        <v>-89.01</v>
+      </c>
+      <c r="G200" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H200" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J200" s="5"/>
+    </row>
+    <row r="201" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A201" s="1">
+        <v>191</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E201" s="4">
+        <v>-6800</v>
+      </c>
+      <c r="F201" s="5">
+        <v>-93.47</v>
+      </c>
+      <c r="G201" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H201" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J201" s="5"/>
+    </row>
+    <row r="202" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A202" s="1">
+        <v>192</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E202" s="4">
+        <v>-121500</v>
+      </c>
+      <c r="F202" s="5">
+        <v>-93.91</v>
+      </c>
+      <c r="G202" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H202" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J202" s="5"/>
+    </row>
+    <row r="203" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A203" s="1">
+        <v>193</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E203" s="4">
+        <v>-70800</v>
+      </c>
+      <c r="F203" s="5">
+        <v>-98.69</v>
+      </c>
+      <c r="G203" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H203" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J203" s="5"/>
+    </row>
+    <row r="204" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A204" s="1">
+        <v>194</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E204" s="4">
+        <v>-11475</v>
+      </c>
+      <c r="F204" s="5">
+        <v>-101.27</v>
+      </c>
+      <c r="G204" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H204" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J204" s="5"/>
+    </row>
+    <row r="205" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A205" s="1">
+        <v>195</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E205" s="4">
+        <v>-97750</v>
+      </c>
+      <c r="F205" s="5">
+        <v>-121.43</v>
+      </c>
+      <c r="G205" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H205" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J205" s="5"/>
+    </row>
+    <row r="206" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A206" s="1">
+        <v>196</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E206" s="4">
+        <v>-1750</v>
+      </c>
+      <c r="F206" s="5">
+        <v>-128.44</v>
+      </c>
+      <c r="G206" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H206" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J206" s="5"/>
+    </row>
+    <row r="207" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A207" s="1">
+        <v>197</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E207" s="4">
+        <v>-975</v>
+      </c>
+      <c r="F207" s="5">
+        <v>-130.93</v>
+      </c>
+      <c r="G207" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H207" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J207" s="5"/>
+    </row>
+    <row r="208" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A208" s="1">
+        <v>198</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E208" s="4">
+        <v>-3850</v>
+      </c>
+      <c r="F208" s="5">
+        <v>-142.43</v>
+      </c>
+      <c r="G208" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H208" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J208" s="5"/>
+    </row>
+    <row r="209" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A209" s="1">
+        <v>199</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E209" s="4">
+        <v>-55575</v>
+      </c>
+      <c r="F209" s="5">
+        <v>-145.54</v>
+      </c>
+      <c r="G209" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H209" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J209" s="5"/>
+    </row>
+    <row r="210" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A210" s="1">
+        <v>200</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E210" s="4">
+        <v>-88000</v>
+      </c>
+      <c r="F210" s="5">
+        <v>-150.46</v>
+      </c>
+      <c r="G210" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H210" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J210" s="5"/>
+    </row>
+    <row r="211" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A211" s="1">
+        <v>201</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E211" s="4">
+        <v>-102375</v>
+      </c>
+      <c r="F211" s="5">
+        <v>-154.4</v>
+      </c>
+      <c r="G211" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H211" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J211" s="5"/>
+    </row>
+    <row r="212" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A212" s="1">
+        <v>202</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E212" s="4">
+        <v>-48500</v>
+      </c>
+      <c r="F212" s="5">
+        <v>-160</v>
+      </c>
+      <c r="G212" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H212" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J212" s="5"/>
+    </row>
+    <row r="213" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A213" s="1">
+        <v>203</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E213" s="4">
+        <v>-85000</v>
+      </c>
+      <c r="F213" s="5">
+        <v>-165.7</v>
+      </c>
+      <c r="G213" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H213" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J213" s="5"/>
+    </row>
+    <row r="214" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A214" s="1">
+        <v>204</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E214" s="4">
+        <v>-2625</v>
+      </c>
+      <c r="F214" s="5">
+        <v>-166.44</v>
+      </c>
+      <c r="G214" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H214" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J214" s="5"/>
+    </row>
+    <row r="215" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A215" s="1">
+        <v>205</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E215" s="4">
+        <v>-14850</v>
+      </c>
+      <c r="F215" s="5">
+        <v>-169.72</v>
+      </c>
+      <c r="G215" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H215" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J215" s="5"/>
+    </row>
+    <row r="216" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A216" s="1">
+        <v>206</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E216" s="4">
+        <v>-3625</v>
+      </c>
+      <c r="F216" s="5">
+        <v>-190.28</v>
+      </c>
+      <c r="G216" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H216" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J216" s="5"/>
+    </row>
+    <row r="217" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A217" s="1">
+        <v>207</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E217" s="4">
+        <v>-344000</v>
+      </c>
+      <c r="F217" s="5">
+        <v>-191.3</v>
+      </c>
+      <c r="G217" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H217" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J217" s="5"/>
+    </row>
+    <row r="218" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A218" s="1">
+        <v>208</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E218" s="4">
+        <v>-9625</v>
+      </c>
+      <c r="F218" s="5">
+        <v>-192.34</v>
+      </c>
+      <c r="G218" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H218" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J218" s="5"/>
+    </row>
+    <row r="219" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A219" s="1">
+        <v>209</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E219" s="4">
+        <v>-264450</v>
+      </c>
+      <c r="F219" s="5">
+        <v>-194.82</v>
+      </c>
+      <c r="G219" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H219" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J219" s="5"/>
+    </row>
+    <row r="220" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A220" s="1">
+        <v>210</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E220" s="4">
+        <v>-26350</v>
+      </c>
+      <c r="F220" s="5">
+        <v>-196.69</v>
+      </c>
+      <c r="G220" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H220" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J220" s="5"/>
+    </row>
+    <row r="221" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A221" s="1">
+        <v>211</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E221" s="4">
+        <v>-59500</v>
+      </c>
+      <c r="F221" s="5">
+        <v>-206.58</v>
+      </c>
+      <c r="G221" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H221" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J221" s="5"/>
+    </row>
+    <row r="222" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A222" s="1">
+        <v>212</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E222" s="4">
+        <v>-12250</v>
+      </c>
+      <c r="F222" s="5">
+        <v>-209.36</v>
+      </c>
+      <c r="G222" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H222" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J222" s="5"/>
+    </row>
+    <row r="223" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A223" s="1">
+        <v>213</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E223" s="4">
+        <v>-65000</v>
+      </c>
+      <c r="F223" s="5">
+        <v>-223.8</v>
+      </c>
+      <c r="G223" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H223" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J223" s="5"/>
+    </row>
+    <row r="224" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A224" s="1">
+        <v>214</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E224" s="4">
+        <v>-208000</v>
+      </c>
+      <c r="F224" s="5">
+        <v>-223.83</v>
+      </c>
+      <c r="G224" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H224" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J224" s="5"/>
+    </row>
+    <row r="225" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A225" s="1">
+        <v>215</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E225" s="4">
+        <v>-265050</v>
+      </c>
+      <c r="F225" s="5">
+        <v>-233.93</v>
+      </c>
+      <c r="G225" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H225" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J225" s="5"/>
+    </row>
+    <row r="226" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A226" s="1">
+        <v>216</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E226" s="4">
+        <v>-23250</v>
+      </c>
+      <c r="F226" s="5">
+        <v>-234.69</v>
+      </c>
+      <c r="G226" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H226" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J226" s="5"/>
+    </row>
+    <row r="227" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A227" s="1">
+        <v>217</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E227" s="4">
+        <v>-9600</v>
+      </c>
+      <c r="F227" s="5">
+        <v>-243.8</v>
+      </c>
+      <c r="G227" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H227" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J227" s="5"/>
+    </row>
+    <row r="228" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A228" s="1">
+        <v>218</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E228" s="4">
+        <v>-2000</v>
+      </c>
+      <c r="F228" s="5">
+        <v>-247.06</v>
+      </c>
+      <c r="G228" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H228" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J228" s="5"/>
+    </row>
+    <row r="229" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A229" s="1">
+        <v>219</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E229" s="4">
+        <v>-34100</v>
+      </c>
+      <c r="F229" s="5">
+        <v>-260.8</v>
+      </c>
+      <c r="G229" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H229" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J229" s="5"/>
+    </row>
+    <row r="230" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A230" s="1">
+        <v>220</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E230" s="4">
+        <v>-47000</v>
+      </c>
+      <c r="F230" s="5">
+        <v>-269.14999999999998</v>
+      </c>
+      <c r="G230" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H230" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J230" s="5"/>
+    </row>
+    <row r="231" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A231" s="1">
+        <v>221</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E231" s="4">
+        <v>-43360</v>
+      </c>
+      <c r="F231" s="5">
+        <v>-286.35000000000002</v>
+      </c>
+      <c r="G231" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H231" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J231" s="5"/>
+    </row>
+    <row r="232" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A232" s="1">
+        <v>222</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E232" s="4">
+        <v>-15200</v>
+      </c>
+      <c r="F232" s="5">
+        <v>-289.26</v>
+      </c>
+      <c r="G232" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H232" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J232" s="5"/>
+    </row>
+    <row r="233" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A233" s="1">
+        <v>223</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E233" s="4">
+        <v>-20425</v>
+      </c>
+      <c r="F233" s="5">
+        <v>-289.63</v>
+      </c>
+      <c r="G233" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H233" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J233" s="5"/>
+    </row>
+    <row r="234" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A234" s="1">
+        <v>224</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E234" s="4">
+        <v>-123375</v>
+      </c>
+      <c r="F234" s="5">
+        <v>-297.61</v>
+      </c>
+      <c r="G234" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H234" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J234" s="5"/>
+    </row>
+    <row r="235" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A235" s="1">
+        <v>225</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E235" s="4">
+        <v>-5400</v>
+      </c>
+      <c r="F235" s="5">
+        <v>-299.89</v>
+      </c>
+      <c r="G235" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H235" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J235" s="5"/>
+    </row>
+    <row r="236" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A236" s="1">
+        <v>226</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E236" s="4">
+        <v>-31000</v>
+      </c>
+      <c r="F236" s="5">
+        <v>-317.94</v>
+      </c>
+      <c r="G236" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H236" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J236" s="5"/>
+    </row>
+    <row r="237" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A237" s="1">
+        <v>227</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E237" s="4">
+        <v>-194400</v>
+      </c>
+      <c r="F237" s="5">
+        <v>-318.12</v>
+      </c>
+      <c r="G237" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H237" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J237" s="5"/>
+    </row>
+    <row r="238" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A238" s="1">
+        <v>228</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E238" s="4">
+        <v>-23400</v>
+      </c>
+      <c r="F238" s="5">
+        <v>-328.4</v>
+      </c>
+      <c r="G238" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H238" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J238" s="5"/>
+    </row>
+    <row r="239" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A239" s="1">
+        <v>229</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E239" s="4">
+        <v>-263250</v>
+      </c>
+      <c r="F239" s="5">
+        <v>-329.77</v>
+      </c>
+      <c r="G239" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H239" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J239" s="5"/>
+    </row>
+    <row r="240" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A240" s="1">
+        <v>230</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E240" s="4">
+        <v>-74700</v>
+      </c>
+      <c r="F240" s="5">
+        <v>-338.73</v>
+      </c>
+      <c r="G240" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H240" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J240" s="5"/>
+    </row>
+    <row r="241" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A241" s="1">
+        <v>231</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E241" s="4">
+        <v>-86400</v>
+      </c>
+      <c r="F241" s="5">
+        <v>-341.97</v>
+      </c>
+      <c r="G241" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H241" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J241" s="5"/>
+    </row>
+    <row r="242" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A242" s="1">
+        <v>232</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E242" s="4">
+        <v>-500850</v>
+      </c>
+      <c r="F242" s="5">
+        <v>-353.95</v>
+      </c>
+      <c r="G242" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H242" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J242" s="5"/>
+    </row>
+    <row r="243" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A243" s="1">
+        <v>233</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E243" s="4">
+        <v>-79950</v>
+      </c>
+      <c r="F243" s="5">
+        <v>-357.34</v>
+      </c>
+      <c r="G243" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H243" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J243" s="5"/>
+    </row>
+    <row r="244" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A244" s="1">
+        <v>234</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E244" s="4">
+        <v>-8925</v>
+      </c>
+      <c r="F244" s="5">
+        <v>-364.56</v>
+      </c>
+      <c r="G244" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H244" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J244" s="5"/>
+    </row>
+    <row r="245" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A245" s="1">
+        <v>235</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E245" s="4">
+        <v>-12250</v>
+      </c>
+      <c r="F245" s="5">
+        <v>-443.89</v>
+      </c>
+      <c r="G245" s="6">
+        <v>-6.9999999999999999E-4</v>
+      </c>
+      <c r="H245" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J245" s="5"/>
+    </row>
+    <row r="246" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A246" s="1">
+        <v>236</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E246" s="4">
+        <v>-37500</v>
+      </c>
+      <c r="F246" s="5">
+        <v>-460.35</v>
+      </c>
+      <c r="G246" s="6">
+        <v>-8.0000000000000004E-4</v>
+      </c>
+      <c r="H246" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J246" s="5"/>
+    </row>
+    <row r="247" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A247" s="1">
+        <v>237</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E247" s="4">
+        <v>-121800</v>
+      </c>
+      <c r="F247" s="5">
+        <v>-479.53</v>
+      </c>
+      <c r="G247" s="6">
+        <v>-8.0000000000000004E-4</v>
+      </c>
+      <c r="H247" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J247" s="5"/>
+    </row>
+    <row r="248" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A248" s="1">
+        <v>238</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E248" s="4">
+        <v>-6750</v>
+      </c>
+      <c r="F248" s="5">
+        <v>-503.75</v>
+      </c>
+      <c r="G248" s="6">
+        <v>-8.0000000000000004E-4</v>
+      </c>
+      <c r="H248" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J248" s="5"/>
+    </row>
+    <row r="249" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A249" s="1">
+        <v>239</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E249" s="4">
+        <v>-33800</v>
+      </c>
+      <c r="F249" s="5">
+        <v>-507.68</v>
+      </c>
+      <c r="G249" s="6">
+        <v>-8.0000000000000004E-4</v>
+      </c>
+      <c r="H249" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J249" s="5"/>
+    </row>
+    <row r="250" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A250" s="1">
+        <v>240</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E250" s="4">
+        <v>-27000</v>
+      </c>
+      <c r="F250" s="5">
+        <v>-529.5</v>
+      </c>
+      <c r="G250" s="6">
+        <v>-8.9999999999999998E-4</v>
+      </c>
+      <c r="H250" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J250" s="5"/>
+    </row>
+    <row r="251" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A251" s="1">
+        <v>241</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E251" s="4">
+        <v>-15925</v>
+      </c>
+      <c r="F251" s="5">
+        <v>-543.15</v>
+      </c>
+      <c r="G251" s="6">
+        <v>-8.9999999999999998E-4</v>
+      </c>
+      <c r="H251" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J251" s="5"/>
+    </row>
+    <row r="252" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A252" s="1">
+        <v>242</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E252" s="4">
+        <v>-38625</v>
+      </c>
+      <c r="F252" s="5">
+        <v>-584.32000000000005</v>
+      </c>
+      <c r="G252" s="6">
+        <v>-1E-3</v>
+      </c>
+      <c r="H252" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J252" s="5"/>
+    </row>
+    <row r="253" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A253" s="1">
+        <v>243</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E253" s="4">
+        <v>-28250</v>
+      </c>
+      <c r="F253" s="5">
+        <v>-604.63</v>
+      </c>
+      <c r="G253" s="6">
+        <v>-1E-3</v>
+      </c>
+      <c r="H253" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J253" s="5"/>
+    </row>
+    <row r="254" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A254" s="1">
+        <v>244</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E254" s="4">
+        <v>-13100</v>
+      </c>
+      <c r="F254" s="5">
+        <v>-616.49</v>
+      </c>
+      <c r="G254" s="6">
+        <v>-1E-3</v>
+      </c>
+      <c r="H254" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J254" s="5"/>
+    </row>
+    <row r="255" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A255" s="1">
+        <v>245</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E255" s="4">
+        <v>-100000</v>
+      </c>
+      <c r="F255" s="5">
+        <v>-622.1</v>
+      </c>
+      <c r="G255" s="6">
+        <v>-1E-3</v>
+      </c>
+      <c r="H255" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J255" s="5"/>
+    </row>
+    <row r="256" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A256" s="1">
+        <v>246</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E256" s="4">
+        <v>-857850</v>
+      </c>
+      <c r="F256" s="5">
+        <v>-628.29</v>
+      </c>
+      <c r="G256" s="6">
+        <v>-1E-3</v>
+      </c>
+      <c r="H256" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J256" s="5"/>
+    </row>
+    <row r="257" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A257" s="1">
+        <v>247</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E257" s="4">
+        <v>-61200</v>
+      </c>
+      <c r="F257" s="5">
+        <v>-633.27</v>
+      </c>
+      <c r="G257" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H257" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J257" s="5"/>
+    </row>
+    <row r="258" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A258" s="1">
+        <v>248</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E258" s="4">
+        <v>-9100</v>
+      </c>
+      <c r="F258" s="5">
+        <v>-642.19000000000005</v>
+      </c>
+      <c r="G258" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H258" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J258" s="5"/>
+    </row>
+    <row r="259" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A259" s="1">
+        <v>249</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E259" s="4">
+        <v>-78200</v>
+      </c>
+      <c r="F259" s="5">
+        <v>-662.82</v>
+      </c>
+      <c r="G259" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H259" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J259" s="5"/>
+    </row>
+    <row r="260" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A260" s="1">
+        <v>250</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E260" s="4">
+        <v>-267720</v>
+      </c>
+      <c r="F260" s="5">
+        <v>-672.08</v>
+      </c>
+      <c r="G260" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H260" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J260" s="5"/>
+    </row>
+    <row r="261" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A261" s="1">
+        <v>251</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E261" s="4">
+        <v>-140875</v>
+      </c>
+      <c r="F261" s="5">
+        <v>-683.03</v>
+      </c>
+      <c r="G261" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H261" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J261" s="5"/>
+    </row>
+    <row r="262" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A262" s="1">
+        <v>252</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E262" s="4">
+        <v>-25575</v>
+      </c>
+      <c r="F262" s="5">
+        <v>-683.24</v>
+      </c>
+      <c r="G262" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H262" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J262" s="5"/>
+    </row>
+    <row r="263" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A263" s="1">
+        <v>253</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E263" s="4">
+        <v>-243200</v>
+      </c>
+      <c r="F263" s="5">
+        <v>-686.19</v>
+      </c>
+      <c r="G263" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H263" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J263" s="5"/>
+    </row>
+    <row r="264" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A264" s="1">
+        <v>254</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E264" s="4">
+        <v>-34650</v>
+      </c>
+      <c r="F264" s="5">
+        <v>-687.11</v>
+      </c>
+      <c r="G264" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H264" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J264" s="5"/>
+    </row>
+    <row r="265" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A265" s="1">
+        <v>255</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E265" s="4">
+        <v>-95000</v>
+      </c>
+      <c r="F265" s="5">
+        <v>-688.84</v>
+      </c>
+      <c r="G265" s="6">
+        <v>-1.1999999999999999E-3</v>
+      </c>
+      <c r="H265" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J265" s="5"/>
+    </row>
+    <row r="266" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A266" s="1">
+        <v>256</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E266" s="4">
+        <v>-271800</v>
+      </c>
+      <c r="F266" s="5">
+        <v>-761.72</v>
+      </c>
+      <c r="G266" s="6">
+        <v>-1.2999999999999999E-3</v>
+      </c>
+      <c r="H266" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J266" s="5"/>
+    </row>
+    <row r="267" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A267" s="1">
+        <v>257</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E267" s="4">
+        <v>-68425</v>
+      </c>
+      <c r="F267" s="5">
+        <v>-787.37</v>
+      </c>
+      <c r="G267" s="6">
+        <v>-1.2999999999999999E-3</v>
+      </c>
+      <c r="H267" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J267" s="5"/>
+    </row>
+    <row r="268" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A268" s="1">
+        <v>258</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E268" s="4">
+        <v>-267900</v>
+      </c>
+      <c r="F268" s="5">
+        <v>-795.8</v>
+      </c>
+      <c r="G268" s="6">
+        <v>-1.2999999999999999E-3</v>
+      </c>
+      <c r="H268" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J268" s="5"/>
+    </row>
+    <row r="269" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A269" s="1">
+        <v>259</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E269" s="4">
+        <v>-494550</v>
+      </c>
+      <c r="F269" s="5">
+        <v>-875.75</v>
+      </c>
+      <c r="G269" s="6">
+        <v>-1.5E-3</v>
+      </c>
+      <c r="H269" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J269" s="5"/>
+    </row>
+    <row r="270" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A270" s="1">
+        <v>260</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E270" s="4">
+        <v>-258400</v>
+      </c>
+      <c r="F270" s="5">
+        <v>-891.74</v>
+      </c>
+      <c r="G270" s="6">
+        <v>-1.5E-3</v>
+      </c>
+      <c r="H270" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J270" s="5"/>
+    </row>
+    <row r="271" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A271" s="1">
+        <v>261</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E271" s="4">
+        <v>-45200</v>
+      </c>
+      <c r="F271" s="5">
+        <v>-910.92</v>
+      </c>
+      <c r="G271" s="6">
+        <v>-1.5E-3</v>
+      </c>
+      <c r="H271" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J271" s="5"/>
+    </row>
+    <row r="272" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A272" s="1">
+        <v>262</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E272" s="4">
+        <v>-885600</v>
+      </c>
+      <c r="F272" s="5">
+        <v>-941.84</v>
+      </c>
+      <c r="G272" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H272" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J272" s="5"/>
+    </row>
+    <row r="273" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A273" s="1">
+        <v>263</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E273" s="4">
+        <v>-70000</v>
+      </c>
+      <c r="F273" s="5">
+        <v>-955.71</v>
+      </c>
+      <c r="G273" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H273" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J273" s="5"/>
+    </row>
+    <row r="274" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A274" s="1">
+        <v>264</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E274" s="4">
+        <v>-4447300</v>
+      </c>
+      <c r="F274" s="5">
+        <v>-955.72</v>
+      </c>
+      <c r="G274" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H274" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J274" s="5"/>
+    </row>
+    <row r="275" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A275" s="1">
+        <v>265</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E275" s="4">
+        <v>-339000</v>
+      </c>
+      <c r="F275" s="5">
+        <v>-958.52</v>
+      </c>
+      <c r="G275" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H275" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J275" s="5"/>
+    </row>
+    <row r="276" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A276" s="1">
+        <v>266</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E276" s="4">
+        <v>-168000</v>
+      </c>
+      <c r="F276" s="5">
+        <v>-962.47</v>
+      </c>
+      <c r="G276" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H276" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J276" s="5"/>
+    </row>
+    <row r="277" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A277" s="1">
+        <v>267</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E277" s="4">
+        <v>-109500</v>
+      </c>
+      <c r="F277" s="5">
+        <v>-965.57</v>
+      </c>
+      <c r="G277" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H277" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J277" s="5"/>
+    </row>
+    <row r="278" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A278" s="1">
+        <v>268</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E278" s="4">
+        <v>-161875</v>
+      </c>
+      <c r="F278" s="5">
+        <v>-967.53</v>
+      </c>
+      <c r="G278" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H278" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J278" s="5"/>
+    </row>
+    <row r="279" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A279" s="1">
+        <v>269</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E279" s="4">
+        <v>-239400</v>
+      </c>
+      <c r="F279" s="5">
+        <v>-977.47</v>
+      </c>
+      <c r="G279" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H279" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J279" s="5"/>
+    </row>
+    <row r="280" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A280" s="1">
+        <v>270</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E280" s="4">
+        <v>-258300</v>
+      </c>
+      <c r="F280" s="5">
+        <v>-1068.46</v>
+      </c>
+      <c r="G280" s="6">
+        <v>-1.8E-3</v>
+      </c>
+      <c r="H280" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J280" s="5"/>
+    </row>
+    <row r="281" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A281" s="1">
+        <v>271</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E281" s="4">
+        <v>-38600</v>
+      </c>
+      <c r="F281" s="5">
+        <v>-1094.31</v>
+      </c>
+      <c r="G281" s="6">
+        <v>-1.8E-3</v>
+      </c>
+      <c r="H281" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J281" s="5"/>
+    </row>
+    <row r="282" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A282" s="1">
+        <v>272</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E282" s="4">
+        <v>-44775</v>
+      </c>
+      <c r="F282" s="5">
+        <v>-1097.93</v>
+      </c>
+      <c r="G282" s="6">
+        <v>-1.8E-3</v>
+      </c>
+      <c r="H282" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J282" s="5"/>
+    </row>
+    <row r="283" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A283" s="1">
+        <v>273</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E283" s="4">
+        <v>-325875</v>
+      </c>
+      <c r="F283" s="5">
+        <v>-1112.7</v>
+      </c>
+      <c r="G283" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="H283" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J283" s="5"/>
+    </row>
+    <row r="284" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A284" s="1">
+        <v>274</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E284" s="4">
+        <v>-585000</v>
+      </c>
+      <c r="F284" s="5">
+        <v>-1134.43</v>
+      </c>
+      <c r="G284" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="H284" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J284" s="5"/>
+    </row>
+    <row r="285" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A285" s="1">
+        <v>275</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E285" s="4">
+        <v>-77000</v>
+      </c>
+      <c r="F285" s="5">
+        <v>-1139.29</v>
+      </c>
+      <c r="G285" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="H285" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J285" s="5"/>
+    </row>
+    <row r="286" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A286" s="1">
+        <v>276</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E286" s="4">
+        <v>-479250</v>
+      </c>
+      <c r="F286" s="5">
+        <v>-1153.6500000000001</v>
+      </c>
+      <c r="G286" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="H286" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J286" s="5"/>
+    </row>
+    <row r="287" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A287" s="1">
+        <v>277</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E287" s="4">
+        <v>-56250</v>
+      </c>
+      <c r="F287" s="5">
+        <v>-1154.92</v>
+      </c>
+      <c r="G287" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="H287" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J287" s="5"/>
+    </row>
+    <row r="288" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A288" s="1">
+        <v>278</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E288" s="4">
+        <v>-90375</v>
+      </c>
+      <c r="F288" s="5">
+        <v>-1190.5999999999999</v>
+      </c>
+      <c r="G288" s="6">
+        <v>-2E-3</v>
+      </c>
+      <c r="H288" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J288" s="5"/>
+    </row>
+    <row r="289" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A289" s="1">
+        <v>279</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E289" s="4">
+        <v>-78050</v>
+      </c>
+      <c r="F289" s="5">
+        <v>-1222.26</v>
+      </c>
+      <c r="G289" s="6">
+        <v>-2E-3</v>
+      </c>
+      <c r="H289" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J289" s="5"/>
+    </row>
+    <row r="290" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A290" s="1">
+        <v>280</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E290" s="4">
+        <v>-62000</v>
+      </c>
+      <c r="F290" s="5">
+        <v>-1252.83</v>
+      </c>
+      <c r="G290" s="6">
+        <v>-2.0999999999999999E-3</v>
+      </c>
+      <c r="H290" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J290" s="5"/>
+    </row>
+    <row r="291" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A291" s="1">
+        <v>281</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E291" s="4">
+        <v>-179375</v>
+      </c>
+      <c r="F291" s="5">
+        <v>-1269.44</v>
+      </c>
+      <c r="G291" s="6">
+        <v>-2.0999999999999999E-3</v>
+      </c>
+      <c r="H291" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J291" s="5"/>
+    </row>
+    <row r="292" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A292" s="1">
+        <v>282</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E292" s="4">
+        <v>-112950</v>
+      </c>
+      <c r="F292" s="5">
+        <v>-1292.04</v>
+      </c>
+      <c r="G292" s="6">
+        <v>-2.2000000000000001E-3</v>
+      </c>
+      <c r="H292" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J292" s="5"/>
+    </row>
+    <row r="293" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A293" s="1">
+        <v>283</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E293" s="4">
+        <v>-73500</v>
+      </c>
+      <c r="F293" s="5">
+        <v>-1324.47</v>
+      </c>
+      <c r="G293" s="6">
+        <v>-2.2000000000000001E-3</v>
+      </c>
+      <c r="H293" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J293" s="5"/>
+    </row>
+    <row r="294" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A294" s="1">
+        <v>284</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E294" s="4">
+        <v>-402500</v>
+      </c>
+      <c r="F294" s="5">
+        <v>-1379.17</v>
+      </c>
+      <c r="G294" s="6">
+        <v>-2.3E-3</v>
+      </c>
+      <c r="H294" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J294" s="5"/>
+    </row>
+    <row r="295" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A295" s="1">
+        <v>285</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E295" s="4">
+        <v>-8600</v>
+      </c>
+      <c r="F295" s="5">
+        <v>-1385.37</v>
+      </c>
+      <c r="G295" s="6">
+        <v>-2.3E-3</v>
+      </c>
+      <c r="H295" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J295" s="5"/>
+    </row>
+    <row r="296" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A296" s="1">
+        <v>286</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E296" s="4">
+        <v>-303150</v>
+      </c>
+      <c r="F296" s="5">
+        <v>-1388.12</v>
+      </c>
+      <c r="G296" s="6">
+        <v>-2.3E-3</v>
+      </c>
+      <c r="H296" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J296" s="5"/>
+    </row>
+    <row r="297" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A297" s="1">
+        <v>287</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E297" s="4">
+        <v>-308550</v>
+      </c>
+      <c r="F297" s="5">
+        <v>-1403.59</v>
+      </c>
+      <c r="G297" s="6">
+        <v>-2.3E-3</v>
+      </c>
+      <c r="H297" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J297" s="5"/>
+    </row>
+    <row r="298" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A298" s="1">
+        <v>288</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E298" s="4">
+        <v>-6717600</v>
+      </c>
+      <c r="F298" s="5">
+        <v>-1435.55</v>
+      </c>
+      <c r="G298" s="6">
+        <v>-2.3999999999999998E-3</v>
+      </c>
+      <c r="H298" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J298" s="5"/>
+    </row>
+    <row r="299" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A299" s="1">
+        <v>289</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E299" s="4">
+        <v>-1211600</v>
+      </c>
+      <c r="F299" s="5">
+        <v>-1506.87</v>
+      </c>
+      <c r="G299" s="6">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="H299" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J299" s="5"/>
+    </row>
+    <row r="300" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A300" s="1">
+        <v>290</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E300" s="4">
+        <v>-383400</v>
+      </c>
+      <c r="F300" s="5">
+        <v>-1507.15</v>
+      </c>
+      <c r="G300" s="6">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="H300" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J300" s="5"/>
+    </row>
+    <row r="301" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A301" s="1">
+        <v>291</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E301" s="4">
+        <v>-902000</v>
+      </c>
+      <c r="F301" s="5">
+        <v>-1534.03</v>
+      </c>
+      <c r="G301" s="6">
+        <v>-2.5999999999999999E-3</v>
+      </c>
+      <c r="H301" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J301" s="5"/>
+    </row>
+    <row r="302" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A302" s="1">
+        <v>292</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E302" s="4">
+        <v>-311250</v>
+      </c>
+      <c r="F302" s="5">
+        <v>-1648.38</v>
+      </c>
+      <c r="G302" s="6">
+        <v>-2.8E-3</v>
+      </c>
+      <c r="H302" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J302" s="5"/>
+    </row>
+    <row r="303" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A303" s="1">
+        <v>293</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E303" s="4">
+        <v>-119350</v>
+      </c>
+      <c r="F303" s="5">
+        <v>-1650.13</v>
+      </c>
+      <c r="G303" s="6">
+        <v>-2.8E-3</v>
+      </c>
+      <c r="H303" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J303" s="5"/>
+    </row>
+    <row r="304" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A304" s="1">
+        <v>294</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E304" s="4">
+        <v>-45150</v>
+      </c>
+      <c r="F304" s="5">
+        <v>-1708.39</v>
+      </c>
+      <c r="G304" s="6">
+        <v>-2.8999999999999998E-3</v>
+      </c>
+      <c r="H304" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J304" s="5"/>
+    </row>
+    <row r="305" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A305" s="1">
+        <v>295</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E305" s="4">
+        <v>-190400</v>
+      </c>
+      <c r="F305" s="5">
+        <v>-1727.4</v>
+      </c>
+      <c r="G305" s="6">
+        <v>-2.8999999999999998E-3</v>
+      </c>
+      <c r="H305" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J305" s="5"/>
+    </row>
+    <row r="306" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A306" s="1">
+        <v>296</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E306" s="4">
+        <v>-388800</v>
+      </c>
+      <c r="F306" s="5">
+        <v>-1735.6</v>
+      </c>
+      <c r="G306" s="6">
+        <v>-2.8999999999999998E-3</v>
+      </c>
+      <c r="H306" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J306" s="5"/>
+    </row>
+    <row r="307" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A307" s="1">
+        <v>297</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E307" s="4">
+        <v>-1087200</v>
+      </c>
+      <c r="F307" s="5">
+        <v>-1771.81</v>
+      </c>
+      <c r="G307" s="6">
+        <v>-3.0000000000000001E-3</v>
+      </c>
+      <c r="H307" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J307" s="5"/>
+    </row>
+    <row r="308" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A308" s="1">
+        <v>298</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E308" s="4">
+        <v>-337000</v>
+      </c>
+      <c r="F308" s="5">
+        <v>-1797.73</v>
+      </c>
+      <c r="G308" s="6">
+        <v>-3.0000000000000001E-3</v>
+      </c>
+      <c r="H308" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J308" s="5"/>
+    </row>
+    <row r="309" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A309" s="1">
+        <v>299</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E309" s="4">
+        <v>-1584000</v>
+      </c>
+      <c r="F309" s="5">
+        <v>-1811.3</v>
+      </c>
+      <c r="G309" s="6">
+        <v>-3.0000000000000001E-3</v>
+      </c>
+      <c r="H309" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J309" s="5"/>
+    </row>
+    <row r="310" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A310" s="1">
+        <v>300</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E310" s="4">
+        <v>-294000</v>
+      </c>
+      <c r="F310" s="5">
+        <v>-1843.38</v>
+      </c>
+      <c r="G310" s="6">
+        <v>-3.0999999999999999E-3</v>
+      </c>
+      <c r="H310" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J310" s="5"/>
+    </row>
+    <row r="311" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A311" s="1">
+        <v>301</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E311" s="4">
+        <v>-266000</v>
+      </c>
+      <c r="F311" s="5">
+        <v>-1876.5</v>
+      </c>
+      <c r="G311" s="6">
+        <v>-3.0999999999999999E-3</v>
+      </c>
+      <c r="H311" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J311" s="5"/>
+    </row>
+    <row r="312" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A312" s="1">
+        <v>302</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E312" s="4">
+        <v>-2443500</v>
+      </c>
+      <c r="F312" s="5">
+        <v>-1878.32</v>
+      </c>
+      <c r="G312" s="6">
+        <v>-3.0999999999999999E-3</v>
+      </c>
+      <c r="H312" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J312" s="5"/>
+    </row>
+    <row r="313" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A313" s="1">
+        <v>303</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E313" s="4">
+        <v>-495450</v>
+      </c>
+      <c r="F313" s="5">
+        <v>-1940.18</v>
+      </c>
+      <c r="G313" s="6">
+        <v>-3.2000000000000002E-3</v>
+      </c>
+      <c r="H313" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J313" s="5"/>
+    </row>
+    <row r="314" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A314" s="1">
+        <v>304</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E314" s="4">
+        <v>-689400</v>
+      </c>
+      <c r="F314" s="5">
+        <v>-2018.91</v>
+      </c>
+      <c r="G314" s="6">
+        <v>-3.3999999999999998E-3</v>
+      </c>
+      <c r="H314" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J314" s="5"/>
+    </row>
+    <row r="315" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A315" s="1">
+        <v>305</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E315" s="4">
+        <v>-34750</v>
+      </c>
+      <c r="F315" s="5">
+        <v>-2094.56</v>
+      </c>
+      <c r="G315" s="6">
+        <v>-3.5000000000000001E-3</v>
+      </c>
+      <c r="H315" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J315" s="5"/>
+    </row>
+    <row r="316" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A316" s="1">
+        <v>306</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E316" s="4">
+        <v>-27250</v>
+      </c>
+      <c r="F316" s="5">
+        <v>-2138.58</v>
+      </c>
+      <c r="G316" s="6">
+        <v>-3.5999999999999999E-3</v>
+      </c>
+      <c r="H316" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J316" s="5"/>
+    </row>
+    <row r="317" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A317" s="1">
+        <v>307</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E317" s="4">
+        <v>-771900</v>
+      </c>
+      <c r="F317" s="5">
+        <v>-2270.9299999999998</v>
+      </c>
+      <c r="G317" s="6">
+        <v>-3.8E-3</v>
+      </c>
+      <c r="H317" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J317" s="5"/>
+    </row>
+    <row r="318" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A318" s="1">
+        <v>308</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E318" s="4">
+        <v>-1076250</v>
+      </c>
+      <c r="F318" s="5">
+        <v>-2315.34</v>
+      </c>
+      <c r="G318" s="6">
+        <v>-3.8999999999999998E-3</v>
+      </c>
+      <c r="H318" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J318" s="5"/>
+    </row>
+    <row r="319" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A319" s="1">
+        <v>309</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E319" s="4">
+        <v>-405000</v>
+      </c>
+      <c r="F319" s="5">
+        <v>-2344.9499999999998</v>
+      </c>
+      <c r="G319" s="6">
+        <v>-3.8999999999999998E-3</v>
+      </c>
+      <c r="H319" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J319" s="5"/>
+    </row>
+    <row r="320" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A320" s="1">
+        <v>310</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E320" s="4">
+        <v>-147750</v>
+      </c>
+      <c r="F320" s="5">
+        <v>-2360.31</v>
+      </c>
+      <c r="G320" s="6">
+        <v>-3.8999999999999998E-3</v>
+      </c>
+      <c r="H320" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J320" s="5"/>
+    </row>
+    <row r="321" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A321" s="1">
+        <v>311</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E321" s="4">
+        <v>-691500</v>
+      </c>
+      <c r="F321" s="5">
+        <v>-2369.42</v>
+      </c>
+      <c r="G321" s="6">
+        <v>-4.0000000000000001E-3</v>
+      </c>
+      <c r="H321" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J321" s="5"/>
+    </row>
+    <row r="322" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A322" s="1">
+        <v>312</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E322" s="4">
+        <v>-587200</v>
+      </c>
+      <c r="F322" s="5">
+        <v>-2388.14</v>
+      </c>
+      <c r="G322" s="6">
+        <v>-4.0000000000000001E-3</v>
+      </c>
+      <c r="H322" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J322" s="5"/>
+    </row>
+    <row r="323" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A323" s="1">
+        <v>313</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E323" s="4">
+        <v>-71000</v>
+      </c>
+      <c r="F323" s="5">
+        <v>-2451.1999999999998</v>
+      </c>
+      <c r="G323" s="6">
+        <v>-4.1000000000000003E-3</v>
+      </c>
+      <c r="H323" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J323" s="5"/>
+    </row>
+    <row r="324" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A324" s="1">
+        <v>314</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E324" s="4">
+        <v>-882650</v>
+      </c>
+      <c r="F324" s="5">
+        <v>-2469.65</v>
+      </c>
+      <c r="G324" s="6">
+        <v>-4.1000000000000003E-3</v>
+      </c>
+      <c r="H324" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J324" s="5"/>
+    </row>
+    <row r="325" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A325" s="1">
+        <v>315</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E325" s="4">
+        <v>-348150</v>
+      </c>
+      <c r="F325" s="5">
+        <v>-2500.7600000000002</v>
+      </c>
+      <c r="G325" s="6">
+        <v>-4.1999999999999997E-3</v>
+      </c>
+      <c r="H325" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J325" s="5"/>
+    </row>
+    <row r="326" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A326" s="1">
+        <v>316</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E326" s="4">
+        <v>-347900</v>
+      </c>
+      <c r="F326" s="5">
+        <v>-2570.63</v>
+      </c>
+      <c r="G326" s="6">
+        <v>-4.3E-3</v>
+      </c>
+      <c r="H326" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J326" s="5"/>
+    </row>
+    <row r="327" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A327" s="1">
+        <v>317</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E327" s="4">
+        <v>-45300</v>
+      </c>
+      <c r="F327" s="5">
+        <v>-2594.7800000000002</v>
+      </c>
+      <c r="G327" s="6">
+        <v>-4.3E-3</v>
+      </c>
+      <c r="H327" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J327" s="5"/>
+    </row>
+    <row r="328" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A328" s="1">
+        <v>318</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E328" s="4">
+        <v>-224000</v>
+      </c>
+      <c r="F328" s="5">
+        <v>-2602.21</v>
+      </c>
+      <c r="G328" s="6">
+        <v>-4.3E-3</v>
+      </c>
+      <c r="H328" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J328" s="5"/>
+    </row>
+    <row r="329" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A329" s="1">
+        <v>319</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E329" s="4">
+        <v>-271700</v>
+      </c>
+      <c r="F329" s="5">
+        <v>-2612.12</v>
+      </c>
+      <c r="G329" s="6">
+        <v>-4.4000000000000003E-3</v>
+      </c>
+      <c r="H329" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J329" s="5"/>
+    </row>
+    <row r="330" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A330" s="1">
+        <v>320</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E330" s="4">
+        <v>-185250</v>
+      </c>
+      <c r="F330" s="5">
+        <v>-2614.25</v>
+      </c>
+      <c r="G330" s="6">
+        <v>-4.4000000000000003E-3</v>
+      </c>
+      <c r="H330" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J330" s="5"/>
+    </row>
+    <row r="331" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A331" s="1">
+        <v>321</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E331" s="4">
+        <v>-239375</v>
+      </c>
+      <c r="F331" s="5">
+        <v>-2736.54</v>
+      </c>
+      <c r="G331" s="6">
+        <v>-4.5999999999999999E-3</v>
+      </c>
+      <c r="H331" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J331" s="5"/>
+    </row>
+    <row r="332" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A332" s="1">
+        <v>322</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E332" s="4">
+        <v>-313875</v>
+      </c>
+      <c r="F332" s="5">
+        <v>-2751.74</v>
+      </c>
+      <c r="G332" s="6">
+        <v>-4.5999999999999999E-3</v>
+      </c>
+      <c r="H332" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J332" s="5"/>
+    </row>
+    <row r="333" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A333" s="1">
+        <v>323</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E333" s="4">
+        <v>-947050</v>
+      </c>
+      <c r="F333" s="5">
+        <v>-2795.22</v>
+      </c>
+      <c r="G333" s="6">
+        <v>-4.7000000000000002E-3</v>
+      </c>
+      <c r="H333" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J333" s="5"/>
+    </row>
+    <row r="334" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A334" s="1">
+        <v>324</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E334" s="4">
+        <v>-101250</v>
+      </c>
+      <c r="F334" s="5">
+        <v>-2805.74</v>
+      </c>
+      <c r="G334" s="6">
+        <v>-4.7000000000000002E-3</v>
+      </c>
+      <c r="H334" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J334" s="5"/>
+    </row>
+    <row r="335" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A335" s="1">
+        <v>325</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E335" s="4">
+        <v>-326950</v>
+      </c>
+      <c r="F335" s="5">
+        <v>-2841.2</v>
+      </c>
+      <c r="G335" s="6">
+        <v>-4.7000000000000002E-3</v>
+      </c>
+      <c r="H335" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J335" s="5"/>
+    </row>
+    <row r="336" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A336" s="1">
+        <v>326</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E336" s="4">
+        <v>-112800</v>
+      </c>
+      <c r="F336" s="5">
+        <v>-2855.64</v>
+      </c>
+      <c r="G336" s="6">
+        <v>-4.7999999999999996E-3</v>
+      </c>
+      <c r="H336" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J336" s="5"/>
+    </row>
+    <row r="337" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A337" s="1">
+        <v>327</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E337" s="4">
+        <v>-148750</v>
+      </c>
+      <c r="F337" s="5">
+        <v>-2865.67</v>
+      </c>
+      <c r="G337" s="6">
+        <v>-4.7999999999999996E-3</v>
+      </c>
+      <c r="H337" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J337" s="5"/>
+    </row>
+    <row r="338" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A338" s="1">
+        <v>328</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E338" s="4">
+        <v>-208000</v>
+      </c>
+      <c r="F338" s="5">
+        <v>-2872.69</v>
+      </c>
+      <c r="G338" s="6">
+        <v>-4.7999999999999996E-3</v>
+      </c>
+      <c r="H338" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J338" s="5"/>
+    </row>
+    <row r="339" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A339" s="1">
+        <v>329</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E339" s="4">
+        <v>-88550</v>
+      </c>
+      <c r="F339" s="5">
+        <v>-3002.73</v>
+      </c>
+      <c r="G339" s="6">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+      <c r="H339" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J339" s="5"/>
+    </row>
+    <row r="340" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A340" s="1">
+        <v>330</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E340" s="4">
+        <v>-442400</v>
+      </c>
+      <c r="F340" s="5">
+        <v>-3022.92</v>
+      </c>
+      <c r="G340" s="6">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+      <c r="H340" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J340" s="5"/>
+    </row>
+    <row r="341" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A341" s="1">
+        <v>331</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E341" s="4">
+        <v>-182000</v>
+      </c>
+      <c r="F341" s="5">
+        <v>-3087.45</v>
+      </c>
+      <c r="G341" s="6">
+        <v>-5.1999999999999998E-3</v>
+      </c>
+      <c r="H341" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J341" s="5"/>
+    </row>
+    <row r="342" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A342" s="1">
+        <v>332</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E342" s="4">
+        <v>-458400</v>
+      </c>
+      <c r="F342" s="5">
+        <v>-3135.91</v>
+      </c>
+      <c r="G342" s="6">
+        <v>-5.1999999999999998E-3</v>
+      </c>
+      <c r="H342" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J342" s="5"/>
+    </row>
+    <row r="343" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A343" s="1">
+        <v>333</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E343" s="4">
+        <v>-317250</v>
+      </c>
+      <c r="F343" s="5">
+        <v>-3187.09</v>
+      </c>
+      <c r="G343" s="6">
+        <v>-5.3E-3</v>
+      </c>
+      <c r="H343" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J343" s="5"/>
+    </row>
+    <row r="344" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A344" s="1">
+        <v>334</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E344" s="4">
+        <v>-1365000</v>
+      </c>
+      <c r="F344" s="5">
+        <v>-3275.18</v>
+      </c>
+      <c r="G344" s="6">
+        <v>-5.4999999999999997E-3</v>
+      </c>
+      <c r="H344" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J344" s="5"/>
+    </row>
+    <row r="345" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A345" s="1">
+        <v>335</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E345" s="4">
+        <v>-458000</v>
+      </c>
+      <c r="F345" s="5">
+        <v>-3374.32</v>
+      </c>
+      <c r="G345" s="6">
+        <v>-5.5999999999999999E-3</v>
+      </c>
+      <c r="H345" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J345" s="5"/>
+    </row>
+    <row r="346" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A346" s="1">
+        <v>336</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E346" s="4">
+        <v>-2495700</v>
+      </c>
+      <c r="F346" s="5">
+        <v>-3379.18</v>
+      </c>
+      <c r="G346" s="6">
+        <v>-5.5999999999999999E-3</v>
+      </c>
+      <c r="H346" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J346" s="5"/>
+    </row>
+    <row r="347" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A347" s="1">
+        <v>337</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E347" s="4">
+        <v>-28700</v>
+      </c>
+      <c r="F347" s="5">
+        <v>-3525.22</v>
+      </c>
+      <c r="G347" s="6">
+        <v>-5.8999999999999999E-3</v>
+      </c>
+      <c r="H347" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J347" s="5"/>
+    </row>
+    <row r="348" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A348" s="1">
+        <v>338</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E348" s="4">
+        <v>-219800</v>
+      </c>
+      <c r="F348" s="5">
+        <v>-3529.11</v>
+      </c>
+      <c r="G348" s="6">
+        <v>-5.8999999999999999E-3</v>
+      </c>
+      <c r="H348" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J348" s="5"/>
+    </row>
+    <row r="349" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A349" s="1">
+        <v>339</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E349" s="4">
+        <v>-319200</v>
+      </c>
+      <c r="F349" s="5">
+        <v>-3582.38</v>
+      </c>
+      <c r="G349" s="6">
+        <v>-6.0000000000000001E-3</v>
+      </c>
+      <c r="H349" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J349" s="5"/>
+    </row>
+    <row r="350" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A350" s="1">
+        <v>340</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E350" s="4">
+        <v>-335500</v>
+      </c>
+      <c r="F350" s="5">
+        <v>-3812.62</v>
+      </c>
+      <c r="G350" s="6">
+        <v>-6.4000000000000003E-3</v>
+      </c>
+      <c r="H350" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J350" s="5"/>
+    </row>
+    <row r="351" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A351" s="1">
+        <v>341</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E351" s="4">
+        <v>-3456000</v>
+      </c>
+      <c r="F351" s="5">
+        <v>-3930.16</v>
+      </c>
+      <c r="G351" s="6">
+        <v>-6.6E-3</v>
+      </c>
+      <c r="H351" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J351" s="5"/>
+    </row>
+    <row r="352" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A352" s="1">
+        <v>342</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E352" s="4">
+        <v>-1210075</v>
+      </c>
+      <c r="F352" s="5">
+        <v>-3967.84</v>
+      </c>
+      <c r="G352" s="6">
+        <v>-6.6E-3</v>
+      </c>
+      <c r="H352" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J352" s="5"/>
+    </row>
+    <row r="353" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A353" s="1">
+        <v>343</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E353" s="4">
+        <v>-523600</v>
+      </c>
+      <c r="F353" s="5">
+        <v>-4019.42</v>
+      </c>
+      <c r="G353" s="6">
+        <v>-6.7000000000000002E-3</v>
+      </c>
+      <c r="H353" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J353" s="5"/>
+    </row>
+    <row r="354" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A354" s="1">
+        <v>344</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E354" s="4">
+        <v>-1000350</v>
+      </c>
+      <c r="F354" s="5">
+        <v>-4057.92</v>
+      </c>
+      <c r="G354" s="6">
+        <v>-6.7999999999999996E-3</v>
+      </c>
+      <c r="H354" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J354" s="5"/>
+    </row>
+    <row r="355" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A355" s="1">
+        <v>345</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E355" s="4">
+        <v>-398200</v>
+      </c>
+      <c r="F355" s="5">
+        <v>-4336.3999999999996</v>
+      </c>
+      <c r="G355" s="6">
+        <v>-7.1999999999999998E-3</v>
+      </c>
+      <c r="H355" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J355" s="5"/>
+    </row>
+    <row r="356" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A356" s="1">
+        <v>346</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E356" s="4">
+        <v>-501750</v>
+      </c>
+      <c r="F356" s="5">
+        <v>-4400.1000000000004</v>
+      </c>
+      <c r="G356" s="6">
+        <v>-7.4000000000000003E-3</v>
+      </c>
+      <c r="H356" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J356" s="5"/>
+    </row>
+    <row r="357" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A357" s="1">
+        <v>347</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E357" s="4">
+        <v>-723525</v>
+      </c>
+      <c r="F357" s="5">
+        <v>-4490.2</v>
+      </c>
+      <c r="G357" s="6">
+        <v>-7.4999999999999997E-3</v>
+      </c>
+      <c r="H357" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J357" s="5"/>
+    </row>
+    <row r="358" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A358" s="1">
+        <v>348</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E358" s="4">
+        <v>-413250</v>
+      </c>
+      <c r="F358" s="5">
+        <v>-4667.25</v>
+      </c>
+      <c r="G358" s="6">
+        <v>-7.7999999999999996E-3</v>
+      </c>
+      <c r="H358" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J358" s="5"/>
+    </row>
+    <row r="359" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A359" s="1">
+        <v>349</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E359" s="4">
+        <v>-1258400</v>
+      </c>
+      <c r="F359" s="5">
+        <v>-5187.75</v>
+      </c>
+      <c r="G359" s="6">
+        <v>-8.6999999999999994E-3</v>
+      </c>
+      <c r="H359" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J359" s="5"/>
+    </row>
+    <row r="360" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A360" s="1">
+        <v>350</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E360" s="4">
+        <v>-274550</v>
+      </c>
+      <c r="F360" s="5">
+        <v>-5193.9399999999996</v>
+      </c>
+      <c r="G360" s="6">
+        <v>-8.6999999999999994E-3</v>
+      </c>
+      <c r="H360" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J360" s="5"/>
+    </row>
+    <row r="361" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A361" s="1">
+        <v>351</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E361" s="4">
+        <v>-7800275</v>
+      </c>
+      <c r="F361" s="5">
+        <v>-5478.91</v>
+      </c>
+      <c r="G361" s="6">
+        <v>-9.1999999999999998E-3</v>
+      </c>
+      <c r="H361" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J361" s="5"/>
+    </row>
+    <row r="362" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A362" s="1">
+        <v>352</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E362" s="4">
+        <v>-792000</v>
+      </c>
+      <c r="F362" s="5">
+        <v>-5564.2</v>
+      </c>
+      <c r="G362" s="6">
+        <v>-9.2999999999999992E-3</v>
+      </c>
+      <c r="H362" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J362" s="5"/>
+    </row>
+    <row r="363" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A363" s="1">
+        <v>353</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E363" s="4">
+        <v>-1528300</v>
+      </c>
+      <c r="F363" s="5">
+        <v>-5979.47</v>
+      </c>
+      <c r="G363" s="6">
+        <v>-0.01</v>
+      </c>
+      <c r="H363" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J363" s="5"/>
+    </row>
+    <row r="364" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A364" s="1">
+        <v>354</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E364" s="4">
+        <v>-240600</v>
+      </c>
+      <c r="F364" s="5">
+        <v>-6067.93</v>
+      </c>
+      <c r="G364" s="6">
+        <v>-1.01E-2</v>
+      </c>
+      <c r="H364" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J364" s="5"/>
+    </row>
+    <row r="365" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A365" s="1">
+        <v>355</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E365" s="4">
+        <v>-1626900</v>
+      </c>
+      <c r="F365" s="5">
+        <v>-6101.69</v>
+      </c>
+      <c r="G365" s="6">
+        <v>-1.0200000000000001E-2</v>
+      </c>
+      <c r="H365" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J365" s="5"/>
+    </row>
+    <row r="366" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A366" s="1">
+        <v>356</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E366" s="4">
+        <v>-1302950</v>
+      </c>
+      <c r="F366" s="5">
+        <v>-6112.14</v>
+      </c>
+      <c r="G366" s="6">
+        <v>-1.0200000000000001E-2</v>
+      </c>
+      <c r="H366" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J366" s="5"/>
+    </row>
+    <row r="367" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A367" s="1">
+        <v>357</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E367" s="4">
+        <v>-7016850</v>
+      </c>
+      <c r="F367" s="5">
+        <v>-6152.37</v>
+      </c>
+      <c r="G367" s="6">
+        <v>-1.03E-2</v>
+      </c>
+      <c r="H367" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J367" s="5"/>
+    </row>
+    <row r="368" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A368" s="1">
+        <v>358</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E368" s="4">
+        <v>-214550</v>
+      </c>
+      <c r="F368" s="5">
+        <v>-6215.94</v>
+      </c>
+      <c r="G368" s="6">
+        <v>-1.04E-2</v>
+      </c>
+      <c r="H368" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J368" s="5"/>
+    </row>
+    <row r="369" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A369" s="1">
+        <v>359</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E369" s="4">
+        <v>-545400</v>
+      </c>
+      <c r="F369" s="5">
+        <v>-6267.19</v>
+      </c>
+      <c r="G369" s="6">
+        <v>-1.0500000000000001E-2</v>
+      </c>
+      <c r="H369" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J369" s="5"/>
+    </row>
+    <row r="370" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A370" s="1">
+        <v>360</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E370" s="4">
+        <v>-1108000</v>
+      </c>
+      <c r="F370" s="5">
+        <v>-6305.63</v>
+      </c>
+      <c r="G370" s="6">
+        <v>-1.0500000000000001E-2</v>
+      </c>
+      <c r="H370" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J370" s="5"/>
+    </row>
+    <row r="371" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A371" s="1">
+        <v>361</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E371" s="4">
+        <v>-133050</v>
+      </c>
+      <c r="F371" s="5">
+        <v>-6360.19</v>
+      </c>
+      <c r="G371" s="6">
+        <v>-1.06E-2</v>
+      </c>
+      <c r="H371" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J371" s="5"/>
+    </row>
+    <row r="372" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A372" s="1">
+        <v>362</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E372" s="4">
+        <v>-660000</v>
+      </c>
+      <c r="F372" s="5">
+        <v>-7505.52</v>
+      </c>
+      <c r="G372" s="6">
+        <v>-1.2500000000000001E-2</v>
+      </c>
+      <c r="H372" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J372" s="5"/>
+    </row>
+    <row r="373" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A373" s="1">
+        <v>363</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E373" s="4">
+        <v>-1883200</v>
+      </c>
+      <c r="F373" s="5">
+        <v>-7615.66</v>
+      </c>
+      <c r="G373" s="6">
+        <v>-1.2699999999999999E-2</v>
+      </c>
+      <c r="H373" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J373" s="5"/>
+    </row>
+    <row r="374" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A374" s="1">
+        <v>364</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E374" s="4">
+        <v>-93203400</v>
+      </c>
+      <c r="F374" s="5">
+        <v>-7642.68</v>
+      </c>
+      <c r="G374" s="6">
+        <v>-1.2800000000000001E-2</v>
+      </c>
+      <c r="H374" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J374" s="5"/>
+    </row>
+    <row r="375" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A375" s="1">
+        <v>365</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E375" s="4">
+        <v>-6581250</v>
+      </c>
+      <c r="F375" s="5">
+        <v>-8200.24</v>
+      </c>
+      <c r="G375" s="6">
+        <v>-1.37E-2</v>
+      </c>
+      <c r="H375" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J375" s="5"/>
+    </row>
+    <row r="376" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A376" s="1">
+        <v>366</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E376" s="4">
+        <v>-240975</v>
+      </c>
+      <c r="F376" s="5">
+        <v>-8868.84</v>
+      </c>
+      <c r="G376" s="6">
+        <v>-1.4800000000000001E-2</v>
+      </c>
+      <c r="H376" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J376" s="5"/>
+    </row>
+    <row r="377" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A377" s="1">
+        <v>367</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E377" s="4">
+        <v>-312375</v>
+      </c>
+      <c r="F377" s="5">
+        <v>-9106.98</v>
+      </c>
+      <c r="G377" s="6">
+        <v>-1.52E-2</v>
+      </c>
+      <c r="H377" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J377" s="5"/>
+    </row>
+    <row r="378" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A378" s="1">
+        <v>368</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E378" s="4">
+        <v>-3802500</v>
+      </c>
+      <c r="F378" s="5">
+        <v>-9900.9500000000007</v>
+      </c>
+      <c r="G378" s="6">
+        <v>-1.6500000000000001E-2</v>
+      </c>
+      <c r="H378" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J378" s="5"/>
+    </row>
+    <row r="379" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A379" s="1">
+        <v>369</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E379" s="4">
+        <v>-6372600</v>
+      </c>
+      <c r="F379" s="5">
+        <v>-10278.370000000001</v>
+      </c>
+      <c r="G379" s="6">
+        <v>-1.72E-2</v>
+      </c>
+      <c r="H379" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J379" s="5"/>
+    </row>
+    <row r="380" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A380" s="1">
+        <v>370</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E380" s="4">
+        <v>-781900</v>
+      </c>
+      <c r="F380" s="5">
+        <v>-10614.29</v>
+      </c>
+      <c r="G380" s="6">
+        <v>-1.77E-2</v>
+      </c>
+      <c r="H380" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J380" s="5"/>
+    </row>
+    <row r="381" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A381" s="1">
+        <v>371</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E381" s="4">
+        <v>-1179200</v>
+      </c>
+      <c r="F381" s="5">
+        <v>-11274.33</v>
+      </c>
+      <c r="G381" s="6">
+        <v>-1.8800000000000001E-2</v>
+      </c>
+      <c r="H381" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J381" s="5"/>
+    </row>
+    <row r="382" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A382" s="1">
+        <v>372</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E382" s="4">
+        <v>-563600</v>
+      </c>
+      <c r="F382" s="5">
+        <v>-11299.62</v>
+      </c>
+      <c r="G382" s="6">
+        <v>-1.89E-2</v>
+      </c>
+      <c r="H382" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J382" s="5"/>
+    </row>
+    <row r="383" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A383" s="1">
+        <v>373</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E383" s="4">
+        <v>-1068000</v>
+      </c>
+      <c r="F383" s="5">
+        <v>-14665.78</v>
+      </c>
+      <c r="G383" s="6">
+        <v>-2.4500000000000001E-2</v>
+      </c>
+      <c r="H383" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J383" s="5"/>
+    </row>
+    <row r="384" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A384" s="7"/>
+      <c r="B384" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C384" s="7"/>
+      <c r="D384" s="7"/>
+      <c r="E384" s="7"/>
+      <c r="F384" s="8">
+        <v>-416614.5</v>
+      </c>
+      <c r="G384" s="9">
+        <v>-0.6956</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B386" s="2" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B387" s="2" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B388" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A389" s="1">
+        <v>374</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E389" s="4">
+        <v>10000</v>
+      </c>
+      <c r="F389" s="5">
+        <v>10192.379999999999</v>
+      </c>
+      <c r="G389" s="6">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="H389" s="10">
+        <v>46234</v>
+      </c>
+      <c r="J389" s="5">
+        <v>6.6849999999999996</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A390" s="1">
+        <v>375</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E390" s="4">
+        <v>7500</v>
+      </c>
+      <c r="F390" s="5">
+        <v>7752.13</v>
+      </c>
+      <c r="G390" s="6">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="H390" s="10">
+        <v>46444</v>
+      </c>
+      <c r="J390" s="5">
+        <v>6.8230000000000004</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A391" s="1">
+        <v>376</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E391" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F391" s="5">
+        <v>5284.34</v>
+      </c>
+      <c r="G391" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+      <c r="H391" s="10">
+        <v>46461</v>
+      </c>
+      <c r="J391" s="5">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A392" s="1">
+        <v>377</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E392" s="4">
+        <v>500</v>
+      </c>
+      <c r="F392" s="5">
+        <v>5263.78</v>
+      </c>
+      <c r="G392" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+      <c r="H392" s="10">
+        <v>46065</v>
+      </c>
+      <c r="J392" s="5">
+        <v>6.3249000000000004</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A393" s="1">
+        <v>378</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E393" s="4">
+        <v>500</v>
+      </c>
+      <c r="F393" s="5">
+        <v>5246.42</v>
+      </c>
+      <c r="G393" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+      <c r="H393" s="10">
+        <v>46356</v>
+      </c>
+      <c r="J393" s="5">
+        <v>6.76</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A394" s="1">
+        <v>379</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E394" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F394" s="5">
+        <v>5238.12</v>
+      </c>
+      <c r="G394" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+      <c r="H394" s="10">
+        <v>46107</v>
+      </c>
+      <c r="J394" s="5">
+        <v>6.7701000000000002</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A395" s="1">
+        <v>380</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E395" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F395" s="5">
+        <v>5187.1899999999996</v>
+      </c>
+      <c r="G395" s="6">
+        <v>8.6999999999999994E-3</v>
+      </c>
+      <c r="H395" s="10">
+        <v>46157</v>
+      </c>
+      <c r="J395" s="5">
+        <v>7.0149999999999997</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A396" s="1">
+        <v>381</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E396" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F396" s="5">
+        <v>5131.72</v>
+      </c>
+      <c r="G396" s="6">
+        <v>8.6E-3</v>
+      </c>
+      <c r="H396" s="10">
+        <v>46203</v>
+      </c>
+      <c r="J396" s="5">
+        <v>6.44</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A397" s="1">
+        <v>382</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E397" s="4">
+        <v>300</v>
+      </c>
+      <c r="F397" s="5">
+        <v>3222.96</v>
+      </c>
+      <c r="G397" s="6">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="H397" s="10">
+        <v>45982</v>
+      </c>
+      <c r="J397" s="5">
+        <v>6.7821999999999996</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A398" s="1">
+        <v>383</v>
+      </c>
+      <c r="B398" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B60" s="1" t="inlineStr">
-[...896 lines deleted...]
-      <c r="A90" s="1" t="n">
+      <c r="C398" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E398" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F398" s="5">
+        <v>2679.19</v>
+      </c>
+      <c r="G398" s="6">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="H398" s="10">
+        <v>46367</v>
+      </c>
+      <c r="J398" s="5">
+        <v>6.76</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A399" s="1">
+        <v>384</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E399" s="4">
+        <v>250</v>
+      </c>
+      <c r="F399" s="5">
+        <v>2630.31</v>
+      </c>
+      <c r="G399" s="6">
+        <v>4.4000000000000003E-3</v>
+      </c>
+      <c r="H399" s="10">
+        <v>46073</v>
+      </c>
+      <c r="J399" s="5">
+        <v>6.6249000000000002</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A400" s="1">
+        <v>385</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E400" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F400" s="5">
+        <v>2532.7800000000002</v>
+      </c>
+      <c r="G400" s="6">
+        <v>4.1999999999999997E-3</v>
+      </c>
+      <c r="H400" s="10">
+        <v>46265</v>
+      </c>
+      <c r="J400" s="5">
+        <v>6.6</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A401" s="1">
+        <v>386</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E401" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F401" s="5">
+        <v>2531.29</v>
+      </c>
+      <c r="G401" s="6">
+        <v>4.1999999999999997E-3</v>
+      </c>
+      <c r="H401" s="10">
+        <v>46269</v>
+      </c>
+      <c r="J401" s="5">
+        <v>6.6</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A402" s="7"/>
+      <c r="B402" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C402" s="7"/>
+      <c r="D402" s="7"/>
+      <c r="E402" s="7"/>
+      <c r="F402" s="8">
+        <v>62892.61</v>
+      </c>
+      <c r="G402" s="9">
+        <v>0.1052</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B404" s="2" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B405" s="2" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A406" s="1">
+        <v>387</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E406" s="4">
+        <v>2000</v>
+      </c>
+      <c r="F406" s="5">
+        <v>9862.64</v>
+      </c>
+      <c r="G406" s="6">
+        <v>1.6500000000000001E-2</v>
+      </c>
+      <c r="H406" s="10">
+        <v>46020</v>
+      </c>
+      <c r="J406" s="5">
+        <v>5.7118000000000002</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A407" s="1">
+        <v>388</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E407" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F407" s="5">
+        <v>4846.78</v>
+      </c>
+      <c r="G407" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="H407" s="10">
+        <v>46114</v>
+      </c>
+      <c r="J407" s="5">
+        <v>6.3051000000000004</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A408" s="1">
+        <v>389</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E408" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F408" s="5">
+        <v>4819.74</v>
+      </c>
+      <c r="G408" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="H408" s="10">
+        <v>46147</v>
+      </c>
+      <c r="J408" s="5">
+        <v>6.32</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A409" s="1">
+        <v>390</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E409" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F409" s="5">
+        <v>4779.2299999999996</v>
+      </c>
+      <c r="G409" s="6">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="H409" s="10">
+        <v>46198</v>
+      </c>
+      <c r="J409" s="5">
+        <v>6.3151000000000002</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A410" s="1">
+        <v>391</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E410" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F410" s="5">
+        <v>4743.8100000000004</v>
+      </c>
+      <c r="G410" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="H410" s="10">
+        <v>46239</v>
+      </c>
+      <c r="J410" s="5">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A411" s="1">
+        <v>392</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E411" s="4">
+        <v>500</v>
+      </c>
+      <c r="F411" s="5">
+        <v>2483.3000000000002</v>
+      </c>
+      <c r="G411" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H411" s="10">
+        <v>45973</v>
+      </c>
+      <c r="J411" s="5">
+        <v>5.8446999999999996</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A412" s="1">
+        <v>393</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E412" s="4">
+        <v>500</v>
+      </c>
+      <c r="F412" s="5">
+        <v>2474.62</v>
+      </c>
+      <c r="G412" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H412" s="10">
+        <v>45996</v>
+      </c>
+      <c r="J412" s="5">
+        <v>5.7601000000000004</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A413" s="1">
+        <v>394</v>
+      </c>
+      <c r="B413" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B90" s="1" t="inlineStr">
-[...1346 lines deleted...]
-      <c r="A135" s="1" t="n">
+      <c r="C413" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E413" s="4">
+        <v>500</v>
+      </c>
+      <c r="F413" s="5">
+        <v>2472.2399999999998</v>
+      </c>
+      <c r="G413" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H413" s="10">
+        <v>46002</v>
+      </c>
+      <c r="J413" s="5">
+        <v>5.7728000000000002</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A414" s="1">
+        <v>395</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E414" s="4">
+        <v>500</v>
+      </c>
+      <c r="F414" s="5">
+        <v>2465.3200000000002</v>
+      </c>
+      <c r="G414" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H414" s="10">
+        <v>46021</v>
+      </c>
+      <c r="J414" s="5">
+        <v>5.7050000000000001</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A415" s="1">
+        <v>396</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E415" s="4">
+        <v>500</v>
+      </c>
+      <c r="F415" s="5">
+        <v>2459.8200000000002</v>
+      </c>
+      <c r="G415" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H415" s="10">
+        <v>46030</v>
+      </c>
+      <c r="J415" s="5">
+        <v>6.0225</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A416" s="1">
+        <v>397</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E416" s="4">
+        <v>500</v>
+      </c>
+      <c r="F416" s="5">
+        <v>2449.0100000000002</v>
+      </c>
+      <c r="G416" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H416" s="10">
+        <v>46056</v>
+      </c>
+      <c r="J416" s="5">
+        <v>6.0799000000000003</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A417" s="1">
+        <v>398</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E417" s="4">
+        <v>500</v>
+      </c>
+      <c r="F417" s="5">
+        <v>2431.4299999999998</v>
+      </c>
+      <c r="G417" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H417" s="10">
+        <v>46101</v>
+      </c>
+      <c r="J417" s="5">
+        <v>6.0549999999999997</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A418" s="1">
+        <v>399</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E418" s="4">
+        <v>500</v>
+      </c>
+      <c r="F418" s="5">
+        <v>2395.25</v>
+      </c>
+      <c r="G418" s="6">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="H418" s="10">
+        <v>46184</v>
+      </c>
+      <c r="J418" s="5">
+        <v>6.3093000000000004</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A419" s="7"/>
+      <c r="B419" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C419" s="7"/>
+      <c r="D419" s="7"/>
+      <c r="E419" s="7"/>
+      <c r="F419" s="8">
+        <v>48683.19</v>
+      </c>
+      <c r="G419" s="9">
+        <v>8.1299999999999997E-2</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B421" s="2" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B422" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="423" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A423" s="1">
+        <v>400</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E423" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F423" s="5">
+        <v>4673.04</v>
+      </c>
+      <c r="G423" s="6">
+        <v>7.7999999999999996E-3</v>
+      </c>
+      <c r="H423" s="10">
+        <v>46283</v>
+      </c>
+      <c r="J423" s="5">
+        <v>7.2549999999999999</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A424" s="7"/>
+      <c r="B424" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C424" s="7"/>
+      <c r="D424" s="7"/>
+      <c r="E424" s="7"/>
+      <c r="F424" s="8">
+        <v>4673.04</v>
+      </c>
+      <c r="G424" s="9">
+        <v>7.7999999999999996E-3</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B426" s="2" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A427" s="1">
+        <v>401</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="D427" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="B135" s="1" t="inlineStr">
-[...7290 lines deleted...]
-      <c r="A393" s="1" t="n">
+      <c r="E427" s="4">
+        <v>2500000</v>
+      </c>
+      <c r="F427" s="5">
+        <v>2455.5</v>
+      </c>
+      <c r="G427" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H427" s="10">
+        <v>46051</v>
+      </c>
+      <c r="J427" s="5">
+        <v>5.5125999999999999</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A428" s="7"/>
+      <c r="B428" s="7" t="s">
         <v>383</v>
       </c>
-      <c r="B393" s="1" t="inlineStr">
-[...566 lines deleted...]
-      <c r="A417" s="1" t="n">
+      <c r="C428" s="7"/>
+      <c r="D428" s="7"/>
+      <c r="E428" s="7"/>
+      <c r="F428" s="8">
+        <v>2455.5</v>
+      </c>
+      <c r="G428" s="9">
+        <v>4.1000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A430" s="1">
         <v>402</v>
       </c>
-      <c r="B417" s="1" t="inlineStr">
-[...31 lines deleted...]
-      <c r="A418" s="1" t="n">
+      <c r="B430" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="F430" s="5">
+        <v>7390.48</v>
+      </c>
+      <c r="G430" s="6">
+        <v>1.24E-2</v>
+      </c>
+      <c r="H430" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A431" s="7"/>
+      <c r="B431" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C431" s="7"/>
+      <c r="D431" s="7"/>
+      <c r="E431" s="7"/>
+      <c r="F431" s="8">
+        <v>7390.48</v>
+      </c>
+      <c r="G431" s="9">
+        <v>1.24E-2</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B433" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A434" s="1">
         <v>403</v>
       </c>
-      <c r="B418" s="1" t="inlineStr">
-[...1259 lines deleted...]
-      <c r="G468" s="13" t="n">
+      <c r="B434" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E434" s="4">
+        <v>108220231.366</v>
+      </c>
+      <c r="F434" s="5">
+        <v>59718.95</v>
+      </c>
+      <c r="G434" s="6">
+        <v>9.98E-2</v>
+      </c>
+      <c r="J434" s="5">
+        <v>6.2707759999999997</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A435" s="7"/>
+      <c r="B435" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C435" s="7"/>
+      <c r="D435" s="7"/>
+      <c r="E435" s="7"/>
+      <c r="F435" s="8">
+        <v>59718.95</v>
+      </c>
+      <c r="G435" s="9">
+        <v>9.98E-2</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B437" s="2" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B438" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="E438" s="4"/>
+      <c r="F438" s="5">
+        <v>-1077.3599999999999</v>
+      </c>
+      <c r="G438" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="J438" s="5"/>
+    </row>
+    <row r="439" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A439" s="7"/>
+      <c r="B439" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C439" s="7"/>
+      <c r="D439" s="7"/>
+      <c r="E439" s="7"/>
+      <c r="F439" s="8">
+        <v>-1077.3599999999999</v>
+      </c>
+      <c r="G439" s="9">
+        <v>-1.9E-3</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A441" s="3"/>
+      <c r="B441" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="C441" s="3"/>
+      <c r="D441" s="3"/>
+      <c r="E441" s="3"/>
+      <c r="F441" s="11">
+        <v>598618.66</v>
+      </c>
+      <c r="G441" s="12">
         <v>1</v>
       </c>
     </row>
-    <row r="469">
-[...7 lines deleted...]
-      <c r="A470" s="1" t="n">
+    <row r="442" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A442" s="1" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A443" s="1">
         <v>1</v>
       </c>
-      <c r="B470" s="1" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A471" s="14" t="n">
+      <c r="B443" s="1" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A444" s="13">
         <v>2</v>
       </c>
-      <c r="B471" s="14" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A472" s="15" t="n">
+      <c r="B444" s="13" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10" ht="45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A445" s="14">
         <v>3</v>
       </c>
-      <c r="B472" s="57" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A473" s="15" t="n">
+      <c r="B445" s="14" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="446" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A446" s="14">
         <v>4</v>
       </c>
-      <c r="B473" s="15" t="inlineStr">
-[...16 lines deleted...]
-        </is>
+      <c r="B446" s="14" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A447" s="14">
+        <v>5</v>
+      </c>
+      <c r="B447" s="14" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="449" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B449" s="15" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="462" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B462" s="15" t="s">
+        <v>663</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...4 lines deleted...]
-  <dimension ref="A1:A1"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{696799DC-98D1-42BC-9D20-9898BBE7BC96}">
+  <dimension ref="A1:L462"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A1" sqref="A1"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="55" style="1" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="13.7265625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="14.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="12.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="14" style="1" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="30" style="1" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="7.54296875" style="1" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="8.7265625" style="1" customWidth="1"/>
+    <col min="14" max="16384" width="8.7265625" style="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="16"/>
+      <c r="B1" s="68" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="69"/>
+      <c r="D1" s="69"/>
+      <c r="E1" s="69"/>
+      <c r="F1" s="69"/>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A4" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="2" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A8" s="1">
+        <v>1</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="4">
+        <v>1276000</v>
+      </c>
+      <c r="F8" s="5">
+        <v>17404.64</v>
+      </c>
+      <c r="G8" s="6">
+        <v>2.9100000000000001E-2</v>
+      </c>
+      <c r="J8" s="5"/>
+      <c r="K8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="L8" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A9" s="1">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="4">
+        <v>526925</v>
+      </c>
+      <c r="F9" s="5">
+        <v>15219.7</v>
+      </c>
+      <c r="G9" s="6">
+        <v>2.5399999999999999E-2</v>
+      </c>
+      <c r="J9" s="5"/>
+      <c r="K9" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="L9" s="6">
+        <v>0.1648</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A10" s="1">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="4">
+        <v>1450900</v>
+      </c>
+      <c r="F10" s="5">
+        <v>13798.06</v>
+      </c>
+      <c r="G10" s="6">
+        <v>2.3E-2</v>
+      </c>
+      <c r="J10" s="5"/>
+      <c r="K10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L10" s="6">
+        <v>9.98E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A11" s="1">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E11" s="4">
+        <v>608800</v>
+      </c>
+      <c r="F11" s="5">
+        <v>12131.56</v>
+      </c>
+      <c r="G11" s="6">
+        <v>2.0299999999999999E-2</v>
+      </c>
+      <c r="J11" s="5"/>
+      <c r="K11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="L11" s="6">
+        <v>8.2299999999999998E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A12" s="1">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" s="4">
+        <v>851900</v>
+      </c>
+      <c r="F12" s="5">
+        <v>11483.61</v>
+      </c>
+      <c r="G12" s="6">
+        <v>1.9199999999999998E-2</v>
+      </c>
+      <c r="J12" s="5"/>
+      <c r="K12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="L12" s="6">
+        <v>8.1600000000000006E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A13" s="1">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" s="4">
+        <v>6372600</v>
+      </c>
+      <c r="F13" s="5">
+        <v>10250.959999999999</v>
+      </c>
+      <c r="G13" s="6">
+        <v>1.7100000000000001E-2</v>
+      </c>
+      <c r="J13" s="5"/>
+      <c r="K13" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="L13" s="6">
+        <v>6.0499999999999998E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A14" s="1">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E14" s="4">
+        <v>899375</v>
+      </c>
+      <c r="F14" s="5">
+        <v>10177.33</v>
+      </c>
+      <c r="G14" s="6">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="J14" s="5"/>
+      <c r="K14" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="L14" s="6">
+        <v>3.4099999999999998E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A15" s="1">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="4">
+        <v>3858075</v>
+      </c>
+      <c r="F15" s="5">
+        <v>9974.67</v>
+      </c>
+      <c r="G15" s="6">
+        <v>1.67E-2</v>
+      </c>
+      <c r="J15" s="5"/>
+      <c r="K15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="L15" s="6">
+        <v>3.3799999999999997E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A16" s="1">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" s="4">
+        <v>2470400</v>
+      </c>
+      <c r="F16" s="5">
+        <v>9919.89</v>
+      </c>
+      <c r="G16" s="6">
+        <v>1.66E-2</v>
+      </c>
+      <c r="J16" s="5"/>
+      <c r="K16" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L16" s="6">
+        <v>3.0499999999999999E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A17" s="1">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C17" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" s="4">
+        <v>244825</v>
+      </c>
+      <c r="F17" s="5">
+        <v>8958.15</v>
+      </c>
+      <c r="G17" s="6">
+        <v>1.4999999999999999E-2</v>
+      </c>
+      <c r="J17" s="5"/>
+      <c r="K17" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="L17" s="6">
+        <v>2.86E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A18" s="1">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E18" s="4">
+        <v>6844500</v>
+      </c>
+      <c r="F18" s="5">
+        <v>8467.33</v>
+      </c>
+      <c r="G18" s="6">
+        <v>1.41E-2</v>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="L18" s="6">
+        <v>2.53E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A19" s="1">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E19" s="4">
+        <v>93203400</v>
+      </c>
+      <c r="F19" s="5">
+        <v>7577.44</v>
+      </c>
+      <c r="G19" s="6">
+        <v>1.2699999999999999E-2</v>
+      </c>
+      <c r="J19" s="5"/>
+      <c r="K19" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="L19" s="6">
+        <v>2.5000000000000001E-2</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A20" s="1">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E20" s="4">
+        <v>1155000</v>
+      </c>
+      <c r="F20" s="5">
+        <v>6525.75</v>
+      </c>
+      <c r="G20" s="6">
+        <v>1.09E-2</v>
+      </c>
+      <c r="J20" s="5"/>
+      <c r="K20" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="L20" s="6">
+        <v>2.1299999999999999E-2</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A21" s="1">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E21" s="4">
+        <v>1650100</v>
+      </c>
+      <c r="F21" s="5">
+        <v>6413.11</v>
+      </c>
+      <c r="G21" s="6">
+        <v>1.0699999999999999E-2</v>
+      </c>
+      <c r="J21" s="5"/>
+      <c r="K21" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="L21" s="6">
+        <v>1.9800000000000002E-2</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A22" s="1">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E22" s="4">
+        <v>134100</v>
+      </c>
+      <c r="F22" s="5">
+        <v>6365.06</v>
+      </c>
+      <c r="G22" s="6">
+        <v>1.06E-2</v>
+      </c>
+      <c r="J22" s="5"/>
+      <c r="K22" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="L22" s="6">
+        <v>1.9699999999999999E-2</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A23" s="1">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E23" s="4">
+        <v>7281900</v>
+      </c>
+      <c r="F23" s="5">
+        <v>6349.82</v>
+      </c>
+      <c r="G23" s="6">
+        <v>1.06E-2</v>
+      </c>
+      <c r="J23" s="5"/>
+      <c r="K23" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="L23" s="6">
+        <v>1.9099999999999999E-2</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A24" s="1">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E24" s="4">
+        <v>250200</v>
+      </c>
+      <c r="F24" s="5">
+        <v>6269.76</v>
+      </c>
+      <c r="G24" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="J24" s="5"/>
+      <c r="K24" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="L24" s="6">
+        <v>1.77E-2</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A25" s="1">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E25" s="4">
+        <v>548100</v>
+      </c>
+      <c r="F25" s="5">
+        <v>6263.14</v>
+      </c>
+      <c r="G25" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+      <c r="J25" s="5"/>
+      <c r="K25" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="L25" s="6">
+        <v>1.55E-2</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A26" s="1">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E26" s="4">
+        <v>900800</v>
+      </c>
+      <c r="F26" s="5">
+        <v>6127.24</v>
+      </c>
+      <c r="G26" s="6">
+        <v>1.0200000000000001E-2</v>
+      </c>
+      <c r="J26" s="5"/>
+      <c r="K26" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="L26" s="6">
+        <v>1.54E-2</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A27" s="1">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E27" s="4">
+        <v>1302950</v>
+      </c>
+      <c r="F27" s="5">
+        <v>6069.14</v>
+      </c>
+      <c r="G27" s="6">
+        <v>1.01E-2</v>
+      </c>
+      <c r="J27" s="5"/>
+      <c r="K27" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="L27" s="6">
+        <v>1.41E-2</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A28" s="1">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E28" s="4">
+        <v>1626900</v>
+      </c>
+      <c r="F28" s="5">
+        <v>6065.9</v>
+      </c>
+      <c r="G28" s="6">
+        <v>1.01E-2</v>
+      </c>
+      <c r="J28" s="5"/>
+      <c r="K28" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="L28" s="6">
+        <v>1.26E-2</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A29" s="1">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E29" s="4">
+        <v>8301125</v>
+      </c>
+      <c r="F29" s="5">
+        <v>5791.69</v>
+      </c>
+      <c r="G29" s="6">
+        <v>9.7000000000000003E-3</v>
+      </c>
+      <c r="J29" s="5"/>
+      <c r="K29" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="L29" s="6">
+        <v>1.1599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A30" s="1">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E30" s="4">
+        <v>5040000</v>
+      </c>
+      <c r="F30" s="5">
+        <v>5686.63</v>
+      </c>
+      <c r="G30" s="6">
+        <v>9.4999999999999998E-3</v>
+      </c>
+      <c r="J30" s="5"/>
+      <c r="K30" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="L30" s="6">
+        <v>1.1599999999999999E-2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A31" s="1">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E31" s="4">
+        <v>792000</v>
+      </c>
+      <c r="F31" s="5">
+        <v>5523.41</v>
+      </c>
+      <c r="G31" s="6">
+        <v>9.1999999999999998E-3</v>
+      </c>
+      <c r="J31" s="5"/>
+      <c r="K31" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="L31" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A32" s="1">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" s="4">
+        <v>289750</v>
+      </c>
+      <c r="F32" s="5">
+        <v>5442.66</v>
+      </c>
+      <c r="G32" s="6">
+        <v>9.1000000000000004E-3</v>
+      </c>
+      <c r="J32" s="5"/>
+      <c r="K32" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="L32" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A33" s="1">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E33" s="4">
+        <v>611250</v>
+      </c>
+      <c r="F33" s="5">
+        <v>5332.85</v>
+      </c>
+      <c r="G33" s="6">
+        <v>8.8999999999999999E-3</v>
+      </c>
+      <c r="J33" s="5"/>
+      <c r="K33" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="L33" s="6">
+        <v>1.01E-2</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A34" s="1">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E34" s="4">
+        <v>1258400</v>
+      </c>
+      <c r="F34" s="5">
+        <v>5162.59</v>
+      </c>
+      <c r="G34" s="6">
+        <v>8.6E-3</v>
+      </c>
+      <c r="J34" s="5"/>
+      <c r="K34" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="L34" s="6">
+        <v>9.9000000000000008E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A35" s="1">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E35" s="4">
+        <v>1239750</v>
+      </c>
+      <c r="F35" s="5">
+        <v>5007.97</v>
+      </c>
+      <c r="G35" s="6">
+        <v>8.3999999999999995E-3</v>
+      </c>
+      <c r="J35" s="5"/>
+      <c r="K35" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="L35" s="6">
+        <v>9.9000000000000008E-3</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A36" s="1">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E36" s="4">
+        <v>415425</v>
+      </c>
+      <c r="F36" s="5">
+        <v>4668.55</v>
+      </c>
+      <c r="G36" s="6">
+        <v>7.7999999999999996E-3</v>
+      </c>
+      <c r="J36" s="5"/>
+      <c r="K36" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="L36" s="6">
+        <v>9.7999999999999997E-3</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A37" s="1">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E37" s="4">
+        <v>723525</v>
+      </c>
+      <c r="F37" s="5">
+        <v>4457.6400000000003</v>
+      </c>
+      <c r="G37" s="6">
+        <v>7.4000000000000003E-3</v>
+      </c>
+      <c r="J37" s="5"/>
+      <c r="K37" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="L37" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A38" s="1">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E38" s="4">
+        <v>399300</v>
+      </c>
+      <c r="F38" s="5">
+        <v>4328.01</v>
+      </c>
+      <c r="G38" s="6">
+        <v>7.1999999999999998E-3</v>
+      </c>
+      <c r="J38" s="5"/>
+      <c r="K38" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="L38" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A39" s="1">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E39" s="4">
+        <v>1258575</v>
+      </c>
+      <c r="F39" s="5">
+        <v>4096.66</v>
+      </c>
+      <c r="G39" s="6">
+        <v>6.7999999999999996E-3</v>
+      </c>
+      <c r="J39" s="5"/>
+      <c r="K39" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="L39" s="6">
+        <v>7.7999999999999996E-3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A40" s="1">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E40" s="4">
+        <v>523600</v>
+      </c>
+      <c r="F40" s="5">
+        <v>3989.57</v>
+      </c>
+      <c r="G40" s="6">
+        <v>6.7000000000000002E-3</v>
+      </c>
+      <c r="J40" s="5"/>
+      <c r="K40" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="L40" s="6">
+        <v>7.4000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A41" s="1">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E41" s="4">
+        <v>350350</v>
+      </c>
+      <c r="F41" s="5">
+        <v>3956.5</v>
+      </c>
+      <c r="G41" s="6">
+        <v>6.6E-3</v>
+      </c>
+      <c r="J41" s="5"/>
+      <c r="K41" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="L41" s="6">
+        <v>7.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A42" s="1">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E42" s="4">
+        <v>30700</v>
+      </c>
+      <c r="F42" s="5">
+        <v>3752.15</v>
+      </c>
+      <c r="G42" s="6">
+        <v>6.3E-3</v>
+      </c>
+      <c r="J42" s="5"/>
+      <c r="K42" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="L42" s="6">
+        <v>6.7999999999999996E-3</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A43" s="1">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E43" s="4">
+        <v>1214950</v>
+      </c>
+      <c r="F43" s="5">
+        <v>3562.23</v>
+      </c>
+      <c r="G43" s="6">
+        <v>6.0000000000000001E-3</v>
+      </c>
+      <c r="J43" s="5"/>
+      <c r="K43" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="L43" s="6">
+        <v>6.4999999999999997E-3</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A44" s="1">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E44" s="4">
+        <v>319200</v>
+      </c>
+      <c r="F44" s="5">
+        <v>3558.12</v>
+      </c>
+      <c r="G44" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="J44" s="5"/>
+      <c r="K44" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="L44" s="6">
+        <v>6.1000000000000004E-3</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A45" s="1">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E45" s="4">
+        <v>1488375</v>
+      </c>
+      <c r="F45" s="5">
+        <v>3549.03</v>
+      </c>
+      <c r="G45" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="J45" s="5"/>
+      <c r="K45" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="L45" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A46" s="1">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="C46" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E46" s="4">
+        <v>104475</v>
+      </c>
+      <c r="F46" s="5">
+        <v>3517.67</v>
+      </c>
+      <c r="G46" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="J46" s="5"/>
+      <c r="K46" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="L46" s="6">
+        <v>3.8999999999999998E-3</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A47" s="1">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E47" s="4">
+        <v>219800</v>
+      </c>
+      <c r="F47" s="5">
+        <v>3504.27</v>
+      </c>
+      <c r="G47" s="6">
+        <v>5.8999999999999999E-3</v>
+      </c>
+      <c r="J47" s="5"/>
+      <c r="K47" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="L47" s="6">
+        <v>3.3E-3</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A48" s="1">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E48" s="4">
+        <v>340500</v>
+      </c>
+      <c r="F48" s="5">
+        <v>3401.25</v>
+      </c>
+      <c r="G48" s="6">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="J48" s="5"/>
+      <c r="K48" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="L48" s="6">
+        <v>3.3E-3</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A49" s="1">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="C49" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E49" s="4">
+        <v>2519200</v>
+      </c>
+      <c r="F49" s="5">
+        <v>3387.82</v>
+      </c>
+      <c r="G49" s="6">
+        <v>5.7000000000000002E-3</v>
+      </c>
+      <c r="J49" s="5"/>
+      <c r="K49" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="L49" s="6">
+        <v>3.2000000000000002E-3</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A50" s="1">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C50" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E50" s="4">
+        <v>458000</v>
+      </c>
+      <c r="F50" s="5">
+        <v>3349.81</v>
+      </c>
+      <c r="G50" s="6">
+        <v>5.5999999999999999E-3</v>
+      </c>
+      <c r="J50" s="5"/>
+      <c r="K50" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="L50" s="6">
+        <v>2.8E-3</v>
+      </c>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A51" s="1">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E51" s="4">
+        <v>445375</v>
+      </c>
+      <c r="F51" s="5">
+        <v>3119.41</v>
+      </c>
+      <c r="G51" s="6">
+        <v>5.1999999999999998E-3</v>
+      </c>
+      <c r="J51" s="5"/>
+      <c r="K51" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="L51" s="6">
+        <v>2E-3</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A52" s="1">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E52" s="4">
+        <v>182000</v>
+      </c>
+      <c r="F52" s="5">
+        <v>3068.7</v>
+      </c>
+      <c r="G52" s="6">
+        <v>5.1000000000000004E-3</v>
+      </c>
+      <c r="J52" s="5"/>
+      <c r="K52" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="L52" s="6">
+        <v>1.2999999999999999E-3</v>
+      </c>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A53" s="1">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E53" s="4">
+        <v>205675</v>
+      </c>
+      <c r="F53" s="5">
+        <v>2886.65</v>
+      </c>
+      <c r="G53" s="6">
+        <v>4.7999999999999996E-3</v>
+      </c>
+      <c r="J53" s="5"/>
+      <c r="K53" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="L53" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A54" s="1">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E54" s="4">
+        <v>148750</v>
+      </c>
+      <c r="F54" s="5">
+        <v>2843.06</v>
+      </c>
+      <c r="G54" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="J54" s="5"/>
+      <c r="K54" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="L54" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A55" s="1">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E55" s="4">
+        <v>325350</v>
+      </c>
+      <c r="F55" s="5">
+        <v>2837.87</v>
+      </c>
+      <c r="G55" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="J55" s="5"/>
+      <c r="K55" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="L55" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A56" s="1">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E56" s="4">
+        <v>112800</v>
+      </c>
+      <c r="F56" s="5">
+        <v>2836.24</v>
+      </c>
+      <c r="G56" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="J56" s="5"/>
+      <c r="K56" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="L56" s="6">
+        <v>1E-4</v>
+      </c>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A57" s="1">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E57" s="4">
+        <v>326950</v>
+      </c>
+      <c r="F57" s="5">
+        <v>2823.54</v>
+      </c>
+      <c r="G57" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="J57" s="5"/>
+      <c r="K57" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="L57" s="6">
+        <v>-0.6956</v>
+      </c>
+    </row>
+    <row r="58" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A58" s="1">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E58" s="4">
+        <v>101250</v>
+      </c>
+      <c r="F58" s="5">
+        <v>2791.36</v>
+      </c>
+      <c r="G58" s="6">
+        <v>4.7000000000000002E-3</v>
+      </c>
+      <c r="J58" s="5"/>
+      <c r="K58" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="L58" s="6">
+        <v>1.0500000000000001E-2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A59" s="1">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E59" s="4">
+        <v>46200</v>
+      </c>
+      <c r="F59" s="5">
+        <v>2628.55</v>
+      </c>
+      <c r="G59" s="6">
+        <v>4.4000000000000003E-3</v>
+      </c>
+      <c r="J59" s="5"/>
+    </row>
+    <row r="60" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A60" s="1">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E60" s="4">
+        <v>224000</v>
+      </c>
+      <c r="F60" s="5">
+        <v>2582.5</v>
+      </c>
+      <c r="G60" s="6">
+        <v>4.3E-3</v>
+      </c>
+      <c r="J60" s="5"/>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A61" s="1">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E61" s="4">
+        <v>347900</v>
+      </c>
+      <c r="F61" s="5">
+        <v>2558.98</v>
+      </c>
+      <c r="G61" s="6">
+        <v>4.3E-3</v>
+      </c>
+      <c r="J61" s="5"/>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A62" s="1">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C62" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E62" s="4">
+        <v>353100</v>
+      </c>
+      <c r="F62" s="5">
+        <v>2517.6</v>
+      </c>
+      <c r="G62" s="6">
+        <v>4.1999999999999997E-3</v>
+      </c>
+      <c r="J62" s="5"/>
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A63" s="1">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E63" s="4">
+        <v>882650</v>
+      </c>
+      <c r="F63" s="5">
+        <v>2447.15</v>
+      </c>
+      <c r="G63" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="J63" s="5"/>
+    </row>
+    <row r="64" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A64" s="1">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E64" s="4">
+        <v>71000</v>
+      </c>
+      <c r="F64" s="5">
+        <v>2433.17</v>
+      </c>
+      <c r="G64" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="J64" s="5"/>
+    </row>
+    <row r="65" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A65" s="1">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E65" s="4">
+        <v>11164900</v>
+      </c>
+      <c r="F65" s="5">
+        <v>2372.54</v>
+      </c>
+      <c r="G65" s="6">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="J65" s="5"/>
+    </row>
+    <row r="66" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A66" s="1">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C66" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E66" s="4">
+        <v>691500</v>
+      </c>
+      <c r="F66" s="5">
+        <v>2354.21</v>
+      </c>
+      <c r="G66" s="6">
+        <v>3.8999999999999998E-3</v>
+      </c>
+      <c r="J66" s="5"/>
+    </row>
+    <row r="67" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A67" s="1">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C67" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E67" s="4">
+        <v>147750</v>
+      </c>
+      <c r="F67" s="5">
+        <v>2350.6999999999998</v>
+      </c>
+      <c r="G67" s="6">
+        <v>3.8999999999999998E-3</v>
+      </c>
+      <c r="J67" s="5"/>
+    </row>
+    <row r="68" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A68" s="1">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E68" s="4">
+        <v>405000</v>
+      </c>
+      <c r="F68" s="5">
+        <v>2331.9899999999998</v>
+      </c>
+      <c r="G68" s="6">
+        <v>3.8999999999999998E-3</v>
+      </c>
+      <c r="J68" s="5"/>
+    </row>
+    <row r="69" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A69" s="1">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E69" s="4">
+        <v>1076250</v>
+      </c>
+      <c r="F69" s="5">
+        <v>2301.7800000000002</v>
+      </c>
+      <c r="G69" s="6">
+        <v>3.8E-3</v>
+      </c>
+      <c r="J69" s="5"/>
+    </row>
+    <row r="70" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A70" s="1">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E70" s="4">
+        <v>771900</v>
+      </c>
+      <c r="F70" s="5">
+        <v>2256.65</v>
+      </c>
+      <c r="G70" s="6">
+        <v>3.8E-3</v>
+      </c>
+      <c r="J70" s="5"/>
+    </row>
+    <row r="71" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A71" s="1">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E71" s="4">
+        <v>27250</v>
+      </c>
+      <c r="F71" s="5">
+        <v>2124.41</v>
+      </c>
+      <c r="G71" s="6">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="J71" s="5"/>
+    </row>
+    <row r="72" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A72" s="1">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E72" s="4">
+        <v>34750</v>
+      </c>
+      <c r="F72" s="5">
+        <v>2081.87</v>
+      </c>
+      <c r="G72" s="6">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="J72" s="5"/>
+    </row>
+    <row r="73" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A73" s="1">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E73" s="4">
+        <v>1281600</v>
+      </c>
+      <c r="F73" s="5">
+        <v>2078.88</v>
+      </c>
+      <c r="G73" s="6">
+        <v>3.5000000000000001E-3</v>
+      </c>
+      <c r="J73" s="5"/>
+    </row>
+    <row r="74" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A74" s="1">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E74" s="4">
+        <v>689400</v>
+      </c>
+      <c r="F74" s="5">
+        <v>2008.22</v>
+      </c>
+      <c r="G74" s="6">
+        <v>3.3999999999999998E-3</v>
+      </c>
+      <c r="J74" s="5"/>
+    </row>
+    <row r="75" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A75" s="1">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C75" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E75" s="4">
+        <v>2565000</v>
+      </c>
+      <c r="F75" s="5">
+        <v>1958.38</v>
+      </c>
+      <c r="G75" s="6">
+        <v>3.3E-3</v>
+      </c>
+      <c r="J75" s="5"/>
+    </row>
+    <row r="76" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A76" s="1">
+        <v>69</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C76" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E76" s="4">
+        <v>495450</v>
+      </c>
+      <c r="F76" s="5">
+        <v>1932.01</v>
+      </c>
+      <c r="G76" s="6">
+        <v>3.2000000000000002E-3</v>
+      </c>
+      <c r="J76" s="5"/>
+    </row>
+    <row r="77" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A77" s="1">
+        <v>70</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C77" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E77" s="4">
+        <v>296000</v>
+      </c>
+      <c r="F77" s="5">
+        <v>1843.64</v>
+      </c>
+      <c r="G77" s="6">
+        <v>3.0999999999999999E-3</v>
+      </c>
+      <c r="J77" s="5"/>
+    </row>
+    <row r="78" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A78" s="1">
+        <v>71</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E78" s="4">
+        <v>469800</v>
+      </c>
+      <c r="F78" s="5">
+        <v>1835.74</v>
+      </c>
+      <c r="G78" s="6">
+        <v>3.0999999999999999E-3</v>
+      </c>
+      <c r="J78" s="5"/>
+    </row>
+    <row r="79" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A79" s="1">
+        <v>72</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E79" s="4">
+        <v>337000</v>
+      </c>
+      <c r="F79" s="5">
+        <v>1788.96</v>
+      </c>
+      <c r="G79" s="6">
+        <v>3.0000000000000001E-3</v>
+      </c>
+      <c r="J79" s="5"/>
+    </row>
+    <row r="80" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A80" s="1">
+        <v>73</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C80" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E80" s="4">
+        <v>388800</v>
+      </c>
+      <c r="F80" s="5">
+        <v>1723.94</v>
+      </c>
+      <c r="G80" s="6">
+        <v>2.8999999999999998E-3</v>
+      </c>
+      <c r="J80" s="5"/>
+    </row>
+    <row r="81" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A81" s="1">
+        <v>74</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E81" s="4">
+        <v>190400</v>
+      </c>
+      <c r="F81" s="5">
+        <v>1714.27</v>
+      </c>
+      <c r="G81" s="6">
+        <v>2.8999999999999998E-3</v>
+      </c>
+      <c r="J81" s="5"/>
+    </row>
+    <row r="82" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A82" s="1">
+        <v>75</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E82" s="4">
+        <v>45150</v>
+      </c>
+      <c r="F82" s="5">
+        <v>1697.01</v>
+      </c>
+      <c r="G82" s="6">
+        <v>2.8E-3</v>
+      </c>
+      <c r="J82" s="5"/>
+    </row>
+    <row r="83" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A83" s="1">
+        <v>76</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E83" s="4">
+        <v>990000</v>
+      </c>
+      <c r="F83" s="5">
+        <v>1670.82</v>
+      </c>
+      <c r="G83" s="6">
+        <v>2.8E-3</v>
+      </c>
+      <c r="J83" s="5"/>
+    </row>
+    <row r="84" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A84" s="1">
+        <v>77</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E84" s="4">
+        <v>119350</v>
+      </c>
+      <c r="F84" s="5">
+        <v>1653.12</v>
+      </c>
+      <c r="G84" s="6">
+        <v>2.8E-3</v>
+      </c>
+      <c r="J84" s="5"/>
+    </row>
+    <row r="85" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A85" s="1">
+        <v>78</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E85" s="4">
+        <v>311250</v>
+      </c>
+      <c r="F85" s="5">
+        <v>1636.55</v>
+      </c>
+      <c r="G85" s="6">
+        <v>2.7000000000000001E-3</v>
+      </c>
+      <c r="J85" s="5"/>
+    </row>
+    <row r="86" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A86" s="1">
+        <v>79</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C86" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E86" s="4">
+        <v>467500</v>
+      </c>
+      <c r="F86" s="5">
+        <v>1594.18</v>
+      </c>
+      <c r="G86" s="6">
+        <v>2.7000000000000001E-3</v>
+      </c>
+      <c r="J86" s="5"/>
+    </row>
+    <row r="87" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A87" s="1">
+        <v>80</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E87" s="4">
+        <v>1211600</v>
+      </c>
+      <c r="F87" s="5">
+        <v>1495.24</v>
+      </c>
+      <c r="G87" s="6">
+        <v>2.5000000000000001E-3</v>
+      </c>
+      <c r="J87" s="5"/>
+    </row>
+    <row r="88" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A88" s="1">
+        <v>81</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C88" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E88" s="4">
+        <v>308550</v>
+      </c>
+      <c r="F88" s="5">
+        <v>1394.34</v>
+      </c>
+      <c r="G88" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="J88" s="5"/>
+    </row>
+    <row r="89" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A89" s="1">
+        <v>82</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C89" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E89" s="4">
+        <v>8600</v>
+      </c>
+      <c r="F89" s="5">
+        <v>1378.49</v>
+      </c>
+      <c r="G89" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="J89" s="5"/>
+    </row>
+    <row r="90" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A90" s="1">
+        <v>83</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C90" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E90" s="4">
+        <v>303150</v>
+      </c>
+      <c r="F90" s="5">
+        <v>1377.21</v>
+      </c>
+      <c r="G90" s="6">
+        <v>2.3E-3</v>
+      </c>
+      <c r="J90" s="5"/>
+    </row>
+    <row r="91" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A91" s="1">
+        <v>84</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E91" s="4">
+        <v>73500</v>
+      </c>
+      <c r="F91" s="5">
+        <v>1316.09</v>
+      </c>
+      <c r="G91" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="J91" s="5"/>
+    </row>
+    <row r="92" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A92" s="1">
+        <v>85</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C92" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E92" s="4">
+        <v>670000</v>
+      </c>
+      <c r="F92" s="5">
+        <v>1292.6300000000001</v>
+      </c>
+      <c r="G92" s="6">
+        <v>2.2000000000000001E-3</v>
+      </c>
+      <c r="J92" s="5"/>
+    </row>
+    <row r="93" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A93" s="1">
+        <v>86</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E93" s="4">
+        <v>112950</v>
+      </c>
+      <c r="F93" s="5">
+        <v>1282.8900000000001</v>
+      </c>
+      <c r="G93" s="6">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="J93" s="5"/>
+    </row>
+    <row r="94" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A94" s="1">
+        <v>87</v>
+      </c>
+      <c r="B94" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E94" s="4">
+        <v>62000</v>
+      </c>
+      <c r="F94" s="5">
+        <v>1243.97</v>
+      </c>
+      <c r="G94" s="6">
+        <v>2.0999999999999999E-3</v>
+      </c>
+      <c r="J94" s="5"/>
+    </row>
+    <row r="95" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A95" s="1">
+        <v>88</v>
+      </c>
+      <c r="B95" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E95" s="4">
+        <v>78050</v>
+      </c>
+      <c r="F95" s="5">
+        <v>1214.07</v>
+      </c>
+      <c r="G95" s="6">
+        <v>2E-3</v>
+      </c>
+      <c r="J95" s="5"/>
+    </row>
+    <row r="96" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A96" s="1">
+        <v>89</v>
+      </c>
+      <c r="B96" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C96" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E96" s="4">
+        <v>495000</v>
+      </c>
+      <c r="F96" s="5">
+        <v>1185.53</v>
+      </c>
+      <c r="G96" s="6">
+        <v>2E-3</v>
+      </c>
+      <c r="J96" s="5"/>
+    </row>
+    <row r="97" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A97" s="1">
+        <v>90</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C97" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E97" s="4">
+        <v>90375</v>
+      </c>
+      <c r="F97" s="5">
+        <v>1183.28</v>
+      </c>
+      <c r="G97" s="6">
+        <v>2E-3</v>
+      </c>
+      <c r="J97" s="5"/>
+    </row>
+    <row r="98" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A98" s="1">
+        <v>91</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E98" s="4">
+        <v>56250</v>
+      </c>
+      <c r="F98" s="5">
+        <v>1147.6099999999999</v>
+      </c>
+      <c r="G98" s="6">
+        <v>1.9E-3</v>
+      </c>
+      <c r="J98" s="5"/>
+    </row>
+    <row r="99" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A99" s="1">
+        <v>92</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C99" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E99" s="4">
+        <v>77000</v>
+      </c>
+      <c r="F99" s="5">
+        <v>1130.3599999999999</v>
+      </c>
+      <c r="G99" s="6">
+        <v>1.9E-3</v>
+      </c>
+      <c r="J99" s="5"/>
+    </row>
+    <row r="100" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A100" s="1">
+        <v>93</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C100" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E100" s="4">
+        <v>325875</v>
+      </c>
+      <c r="F100" s="5">
+        <v>1106.83</v>
+      </c>
+      <c r="G100" s="6">
+        <v>1.8E-3</v>
+      </c>
+      <c r="J100" s="5"/>
+    </row>
+    <row r="101" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A101" s="1">
+        <v>94</v>
+      </c>
+      <c r="B101" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C101" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E101" s="4">
+        <v>44775</v>
+      </c>
+      <c r="F101" s="5">
+        <v>1090.58</v>
+      </c>
+      <c r="G101" s="6">
+        <v>1.8E-3</v>
+      </c>
+      <c r="J101" s="5"/>
+    </row>
+    <row r="102" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A102" s="1">
+        <v>95</v>
+      </c>
+      <c r="B102" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E102" s="4">
+        <v>317900</v>
+      </c>
+      <c r="F102" s="5">
+        <v>1090.08</v>
+      </c>
+      <c r="G102" s="6">
+        <v>1.8E-3</v>
+      </c>
+      <c r="J102" s="5"/>
+    </row>
+    <row r="103" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A103" s="1">
+        <v>96</v>
+      </c>
+      <c r="B103" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E103" s="4">
+        <v>38600</v>
+      </c>
+      <c r="F103" s="5">
+        <v>1089.9100000000001</v>
+      </c>
+      <c r="G103" s="6">
+        <v>1.8E-3</v>
+      </c>
+      <c r="J103" s="5"/>
+    </row>
+    <row r="104" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A104" s="1">
+        <v>97</v>
+      </c>
+      <c r="B104" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E104" s="4">
+        <v>258300</v>
+      </c>
+      <c r="F104" s="5">
+        <v>1063.55</v>
+      </c>
+      <c r="G104" s="6">
+        <v>1.8E-3</v>
+      </c>
+      <c r="J104" s="5"/>
+    </row>
+    <row r="105" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A105" s="1">
+        <v>98</v>
+      </c>
+      <c r="B105" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E105" s="4">
+        <v>171150</v>
+      </c>
+      <c r="F105" s="5">
+        <v>975.47</v>
+      </c>
+      <c r="G105" s="6">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="J105" s="5"/>
+    </row>
+    <row r="106" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A106" s="1">
+        <v>99</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C106" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E106" s="4">
+        <v>161875</v>
+      </c>
+      <c r="F106" s="5">
+        <v>963.48</v>
+      </c>
+      <c r="G106" s="6">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="J106" s="5"/>
+    </row>
+    <row r="107" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A107" s="1">
+        <v>100</v>
+      </c>
+      <c r="B107" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C107" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E107" s="4">
+        <v>339000</v>
+      </c>
+      <c r="F107" s="5">
+        <v>951.91</v>
+      </c>
+      <c r="G107" s="6">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="J107" s="5"/>
+    </row>
+    <row r="108" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A108" s="1">
+        <v>101</v>
+      </c>
+      <c r="B108" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C108" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E108" s="4">
+        <v>891750</v>
+      </c>
+      <c r="F108" s="5">
+        <v>942.13</v>
+      </c>
+      <c r="G108" s="6">
+        <v>1.6000000000000001E-3</v>
+      </c>
+      <c r="J108" s="5"/>
+    </row>
+    <row r="109" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A109" s="1">
+        <v>102</v>
+      </c>
+      <c r="B109" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C109" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E109" s="4">
+        <v>494550</v>
+      </c>
+      <c r="F109" s="5">
+        <v>871.84</v>
+      </c>
+      <c r="G109" s="6">
+        <v>1.5E-3</v>
+      </c>
+      <c r="J109" s="5"/>
+    </row>
+    <row r="110" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A110" s="1">
+        <v>103</v>
+      </c>
+      <c r="B110" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C110" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E110" s="4">
+        <v>44275</v>
+      </c>
+      <c r="F110" s="5">
+        <v>871.69</v>
+      </c>
+      <c r="G110" s="6">
+        <v>1.5E-3</v>
+      </c>
+      <c r="J110" s="5"/>
+    </row>
+    <row r="111" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A111" s="1">
+        <v>104</v>
+      </c>
+      <c r="B111" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C111" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="E111" s="4">
+        <v>1122300</v>
+      </c>
+      <c r="F111" s="5">
+        <v>817.93</v>
+      </c>
+      <c r="G111" s="6">
+        <v>1.4E-3</v>
+      </c>
+      <c r="J111" s="5"/>
+    </row>
+    <row r="112" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A112" s="1">
+        <v>105</v>
+      </c>
+      <c r="B112" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C112" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E112" s="4">
+        <v>68425</v>
+      </c>
+      <c r="F112" s="5">
+        <v>784.29</v>
+      </c>
+      <c r="G112" s="6">
+        <v>1.2999999999999999E-3</v>
+      </c>
+      <c r="J112" s="5"/>
+    </row>
+    <row r="113" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A113" s="1">
+        <v>106</v>
+      </c>
+      <c r="B113" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E113" s="4">
+        <v>271800</v>
+      </c>
+      <c r="F113" s="5">
+        <v>757.78</v>
+      </c>
+      <c r="G113" s="6">
+        <v>1.2999999999999999E-3</v>
+      </c>
+      <c r="J113" s="5"/>
+    </row>
+    <row r="114" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A114" s="1">
+        <v>107</v>
+      </c>
+      <c r="B114" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E114" s="4">
+        <v>99000</v>
+      </c>
+      <c r="F114" s="5">
+        <v>713.1</v>
+      </c>
+      <c r="G114" s="6">
+        <v>1.1999999999999999E-3</v>
+      </c>
+      <c r="J114" s="5"/>
+    </row>
+    <row r="115" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A115" s="1">
+        <v>108</v>
+      </c>
+      <c r="B115" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E115" s="4">
+        <v>66600</v>
+      </c>
+      <c r="F115" s="5">
+        <v>683.88</v>
+      </c>
+      <c r="G115" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J115" s="5"/>
+    </row>
+    <row r="116" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A116" s="1">
+        <v>109</v>
+      </c>
+      <c r="B116" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C116" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E116" s="4">
+        <v>243200</v>
+      </c>
+      <c r="F116" s="5">
+        <v>681.57</v>
+      </c>
+      <c r="G116" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J116" s="5"/>
+    </row>
+    <row r="117" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A117" s="1">
+        <v>110</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C117" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E117" s="4">
+        <v>140875</v>
+      </c>
+      <c r="F117" s="5">
+        <v>679.65</v>
+      </c>
+      <c r="G117" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J117" s="5"/>
+    </row>
+    <row r="118" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A118" s="1">
+        <v>111</v>
+      </c>
+      <c r="B118" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C118" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E118" s="4">
+        <v>25575</v>
+      </c>
+      <c r="F118" s="5">
+        <v>678.97</v>
+      </c>
+      <c r="G118" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J118" s="5"/>
+    </row>
+    <row r="119" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A119" s="1">
+        <v>112</v>
+      </c>
+      <c r="B119" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C119" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E119" s="4">
+        <v>267720</v>
+      </c>
+      <c r="F119" s="5">
+        <v>667.37</v>
+      </c>
+      <c r="G119" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J119" s="5"/>
+    </row>
+    <row r="120" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A120" s="1">
+        <v>113</v>
+      </c>
+      <c r="B120" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C120" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E120" s="4">
+        <v>78200</v>
+      </c>
+      <c r="F120" s="5">
+        <v>658.29</v>
+      </c>
+      <c r="G120" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J120" s="5"/>
+    </row>
+    <row r="121" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A121" s="1">
+        <v>114</v>
+      </c>
+      <c r="B121" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E121" s="4">
+        <v>9100</v>
+      </c>
+      <c r="F121" s="5">
+        <v>637.5</v>
+      </c>
+      <c r="G121" s="6">
+        <v>1.1000000000000001E-3</v>
+      </c>
+      <c r="J121" s="5"/>
+    </row>
+    <row r="122" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A122" s="1">
+        <v>115</v>
+      </c>
+      <c r="B122" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C122" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E122" s="4">
+        <v>100000</v>
+      </c>
+      <c r="F122" s="5">
+        <v>617.4</v>
+      </c>
+      <c r="G122" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="J122" s="5"/>
+    </row>
+    <row r="123" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A123" s="1">
+        <v>116</v>
+      </c>
+      <c r="B123" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C123" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>102</v>
+      </c>
+      <c r="E123" s="4">
+        <v>13100</v>
+      </c>
+      <c r="F123" s="5">
+        <v>612.75</v>
+      </c>
+      <c r="G123" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="J123" s="5"/>
+    </row>
+    <row r="124" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A124" s="1">
+        <v>117</v>
+      </c>
+      <c r="B124" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C124" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E124" s="4">
+        <v>28250</v>
+      </c>
+      <c r="F124" s="5">
+        <v>602.42999999999995</v>
+      </c>
+      <c r="G124" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="J124" s="5"/>
+    </row>
+    <row r="125" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A125" s="1">
+        <v>118</v>
+      </c>
+      <c r="B125" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C125" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E125" s="4">
+        <v>38625</v>
+      </c>
+      <c r="F125" s="5">
+        <v>580.65</v>
+      </c>
+      <c r="G125" s="6">
+        <v>1E-3</v>
+      </c>
+      <c r="J125" s="5"/>
+    </row>
+    <row r="126" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A126" s="1">
+        <v>119</v>
+      </c>
+      <c r="B126" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C126" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E126" s="4">
+        <v>27000</v>
+      </c>
+      <c r="F126" s="5">
+        <v>527.23</v>
+      </c>
+      <c r="G126" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="J126" s="5"/>
+    </row>
+    <row r="127" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A127" s="1">
+        <v>120</v>
+      </c>
+      <c r="B127" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E127" s="4">
+        <v>7000</v>
+      </c>
+      <c r="F127" s="5">
+        <v>518.63</v>
+      </c>
+      <c r="G127" s="6">
+        <v>8.9999999999999998E-4</v>
+      </c>
+      <c r="J127" s="5"/>
+    </row>
+    <row r="128" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A128" s="1">
+        <v>121</v>
+      </c>
+      <c r="B128" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E128" s="4">
+        <v>33800</v>
+      </c>
+      <c r="F128" s="5">
+        <v>504.7</v>
+      </c>
+      <c r="G128" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="J128" s="5"/>
+    </row>
+    <row r="129" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A129" s="1">
+        <v>122</v>
+      </c>
+      <c r="B129" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="E129" s="4">
+        <v>37500</v>
+      </c>
+      <c r="F129" s="5">
+        <v>457.09</v>
+      </c>
+      <c r="G129" s="6">
+        <v>8.0000000000000004E-4</v>
+      </c>
+      <c r="J129" s="5"/>
+    </row>
+    <row r="130" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A130" s="1">
+        <v>123</v>
+      </c>
+      <c r="B130" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E130" s="4">
+        <v>12250</v>
+      </c>
+      <c r="F130" s="5">
+        <v>441.39</v>
+      </c>
+      <c r="G130" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="J130" s="5"/>
+    </row>
+    <row r="131" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A131" s="1">
+        <v>124</v>
+      </c>
+      <c r="B131" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E131" s="4">
+        <v>89175</v>
+      </c>
+      <c r="F131" s="5">
+        <v>395.67</v>
+      </c>
+      <c r="G131" s="6">
+        <v>6.9999999999999999E-4</v>
+      </c>
+      <c r="J131" s="5"/>
+    </row>
+    <row r="132" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A132" s="1">
+        <v>125</v>
+      </c>
+      <c r="B132" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E132" s="4">
+        <v>8925</v>
+      </c>
+      <c r="F132" s="5">
+        <v>362.56</v>
+      </c>
+      <c r="G132" s="6">
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="J132" s="5"/>
+    </row>
+    <row r="133" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A133" s="1">
+        <v>126</v>
+      </c>
+      <c r="B133" s="1" t="s">
+        <v>316</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E133" s="4">
+        <v>74700</v>
+      </c>
+      <c r="F133" s="5">
+        <v>336.19</v>
+      </c>
+      <c r="G133" s="6">
+        <v>5.9999999999999995E-4</v>
+      </c>
+      <c r="J133" s="5"/>
+    </row>
+    <row r="134" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A134" s="1">
+        <v>127</v>
+      </c>
+      <c r="B134" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E134" s="4">
+        <v>23400</v>
+      </c>
+      <c r="F134" s="5">
+        <v>327.67</v>
+      </c>
+      <c r="G134" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="J134" s="5"/>
+    </row>
+    <row r="135" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A135" s="1">
+        <v>128</v>
+      </c>
+      <c r="B135" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E135" s="4">
+        <v>31000</v>
+      </c>
+      <c r="F135" s="5">
+        <v>317.44</v>
+      </c>
+      <c r="G135" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="J135" s="5"/>
+    </row>
+    <row r="136" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A136" s="1">
+        <v>129</v>
+      </c>
+      <c r="B136" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E136" s="4">
+        <v>5400</v>
+      </c>
+      <c r="F136" s="5">
+        <v>298.76</v>
+      </c>
+      <c r="G136" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="J136" s="5"/>
+    </row>
+    <row r="137" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A137" s="1">
+        <v>130</v>
+      </c>
+      <c r="B137" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="E137" s="4">
+        <v>43360</v>
+      </c>
+      <c r="F137" s="5">
+        <v>284.35000000000002</v>
+      </c>
+      <c r="G137" s="6">
+        <v>5.0000000000000001E-4</v>
+      </c>
+      <c r="J137" s="5"/>
+    </row>
+    <row r="138" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A138" s="1">
+        <v>131</v>
+      </c>
+      <c r="B138" s="1" t="s">
+        <v>326</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E138" s="4">
+        <v>34100</v>
+      </c>
+      <c r="F138" s="5">
+        <v>257.95</v>
+      </c>
+      <c r="G138" s="6">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="J138" s="5"/>
+    </row>
+    <row r="139" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A139" s="1">
+        <v>132</v>
+      </c>
+      <c r="B139" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E139" s="4">
+        <v>208000</v>
+      </c>
+      <c r="F139" s="5">
+        <v>222.73</v>
+      </c>
+      <c r="G139" s="6">
+        <v>4.0000000000000002E-4</v>
+      </c>
+      <c r="J139" s="5"/>
+    </row>
+    <row r="140" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A140" s="1">
+        <v>133</v>
+      </c>
+      <c r="B140" s="1" t="s">
+        <v>330</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E140" s="4">
+        <v>12250</v>
+      </c>
+      <c r="F140" s="5">
+        <v>208.5</v>
+      </c>
+      <c r="G140" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J140" s="5"/>
+    </row>
+    <row r="141" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A141" s="1">
+        <v>134</v>
+      </c>
+      <c r="B141" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E141" s="4">
+        <v>26350</v>
+      </c>
+      <c r="F141" s="5">
+        <v>195.24</v>
+      </c>
+      <c r="G141" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J141" s="5"/>
+    </row>
+    <row r="142" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A142" s="1">
+        <v>135</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>334</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E142" s="4">
+        <v>344000</v>
+      </c>
+      <c r="F142" s="5">
+        <v>189.37</v>
+      </c>
+      <c r="G142" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J142" s="5"/>
+    </row>
+    <row r="143" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A143" s="1">
+        <v>136</v>
+      </c>
+      <c r="B143" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E143" s="4">
+        <v>3625</v>
+      </c>
+      <c r="F143" s="5">
+        <v>187.89</v>
+      </c>
+      <c r="G143" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J143" s="5"/>
+    </row>
+    <row r="144" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A144" s="1">
+        <v>137</v>
+      </c>
+      <c r="B144" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E144" s="4">
+        <v>2625</v>
+      </c>
+      <c r="F144" s="5">
+        <v>165.51</v>
+      </c>
+      <c r="G144" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J144" s="5"/>
+    </row>
+    <row r="145" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A145" s="1">
+        <v>138</v>
+      </c>
+      <c r="B145" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E145" s="4">
+        <v>102375</v>
+      </c>
+      <c r="F145" s="5">
+        <v>153.35</v>
+      </c>
+      <c r="G145" s="6">
+        <v>2.9999999999999997E-4</v>
+      </c>
+      <c r="J145" s="5"/>
+    </row>
+    <row r="146" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A146" s="1">
+        <v>139</v>
+      </c>
+      <c r="B146" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>343</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E146" s="4">
+        <v>975</v>
+      </c>
+      <c r="F146" s="5">
+        <v>129.93</v>
+      </c>
+      <c r="G146" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="J146" s="5"/>
+    </row>
+    <row r="147" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A147" s="1">
+        <v>140</v>
+      </c>
+      <c r="B147" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E147" s="4">
+        <v>1750</v>
+      </c>
+      <c r="F147" s="5">
+        <v>127.5</v>
+      </c>
+      <c r="G147" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="J147" s="5"/>
+    </row>
+    <row r="148" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A148" s="1">
+        <v>141</v>
+      </c>
+      <c r="B148" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E148" s="4">
+        <v>97750</v>
+      </c>
+      <c r="F148" s="5">
+        <v>120.73</v>
+      </c>
+      <c r="G148" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="J148" s="5"/>
+    </row>
+    <row r="149" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A149" s="1">
+        <v>142</v>
+      </c>
+      <c r="B149" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E149" s="4">
+        <v>70800</v>
+      </c>
+      <c r="F149" s="5">
+        <v>98.07</v>
+      </c>
+      <c r="G149" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="J149" s="5"/>
+    </row>
+    <row r="150" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A150" s="1">
+        <v>143</v>
+      </c>
+      <c r="B150" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>351</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E150" s="4">
+        <v>6800</v>
+      </c>
+      <c r="F150" s="5">
+        <v>92.92</v>
+      </c>
+      <c r="G150" s="6">
+        <v>2.0000000000000001E-4</v>
+      </c>
+      <c r="J150" s="5"/>
+    </row>
+    <row r="151" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A151" s="1">
+        <v>144</v>
+      </c>
+      <c r="B151" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E151" s="4">
+        <v>9000</v>
+      </c>
+      <c r="F151" s="5">
+        <v>88.37</v>
+      </c>
+      <c r="G151" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J151" s="5"/>
+    </row>
+    <row r="152" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A152" s="1">
+        <v>145</v>
+      </c>
+      <c r="B152" s="1" t="s">
+        <v>354</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E152" s="4">
+        <v>4500</v>
+      </c>
+      <c r="F152" s="5">
+        <v>67.95</v>
+      </c>
+      <c r="G152" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J152" s="5"/>
+    </row>
+    <row r="153" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A153" s="1">
+        <v>146</v>
+      </c>
+      <c r="B153" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="E153" s="4">
+        <v>4800</v>
+      </c>
+      <c r="F153" s="5">
+        <v>63.57</v>
+      </c>
+      <c r="G153" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J153" s="5"/>
+    </row>
+    <row r="154" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A154" s="1">
+        <v>147</v>
+      </c>
+      <c r="B154" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="E154" s="4">
+        <v>900</v>
+      </c>
+      <c r="F154" s="5">
+        <v>63.47</v>
+      </c>
+      <c r="G154" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J154" s="5"/>
+    </row>
+    <row r="155" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A155" s="1">
+        <v>148</v>
+      </c>
+      <c r="B155" s="1" t="s">
+        <v>360</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E155" s="4">
+        <v>11250</v>
+      </c>
+      <c r="F155" s="5">
+        <v>55.27</v>
+      </c>
+      <c r="G155" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J155" s="5"/>
+    </row>
+    <row r="156" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A156" s="1">
+        <v>149</v>
+      </c>
+      <c r="B156" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E156" s="4">
+        <v>4375</v>
+      </c>
+      <c r="F156" s="5">
+        <v>46.54</v>
+      </c>
+      <c r="G156" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J156" s="5"/>
+    </row>
+    <row r="157" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A157" s="1">
+        <v>150</v>
+      </c>
+      <c r="B157" s="1" t="s">
+        <v>364</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E157" s="4">
+        <v>900</v>
+      </c>
+      <c r="F157" s="5">
+        <v>43.4</v>
+      </c>
+      <c r="G157" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J157" s="5"/>
+    </row>
+    <row r="158" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A158" s="1">
+        <v>151</v>
+      </c>
+      <c r="B158" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>367</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E158" s="4">
+        <v>1800</v>
+      </c>
+      <c r="F158" s="5">
+        <v>40</v>
+      </c>
+      <c r="G158" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J158" s="5"/>
+    </row>
+    <row r="159" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A159" s="1">
+        <v>152</v>
+      </c>
+      <c r="B159" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E159" s="4">
+        <v>18900</v>
+      </c>
+      <c r="F159" s="5">
+        <v>39.229999999999997</v>
+      </c>
+      <c r="G159" s="6">
+        <v>1E-4</v>
+      </c>
+      <c r="J159" s="5"/>
+    </row>
+    <row r="160" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A160" s="1">
+        <v>153</v>
+      </c>
+      <c r="B160" s="1" t="s">
+        <v>370</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E160" s="4">
+        <v>1600</v>
+      </c>
+      <c r="F160" s="5">
+        <v>25.21</v>
+      </c>
+      <c r="G160" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J160" s="5"/>
+    </row>
+    <row r="161" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A161" s="1">
+        <v>154</v>
+      </c>
+      <c r="B161" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E161" s="4">
+        <v>13088</v>
+      </c>
+      <c r="F161" s="5">
+        <v>18.350000000000001</v>
+      </c>
+      <c r="G161" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J161" s="5"/>
+    </row>
+    <row r="162" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A162" s="1">
+        <v>155</v>
+      </c>
+      <c r="B162" s="1" t="s">
+        <v>375</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E162" s="4">
+        <v>1050</v>
+      </c>
+      <c r="F162" s="5">
+        <v>16.61</v>
+      </c>
+      <c r="G162" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J162" s="5"/>
+    </row>
+    <row r="163" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A163" s="1">
+        <v>156</v>
+      </c>
+      <c r="B163" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E163" s="4">
+        <v>2400</v>
+      </c>
+      <c r="F163" s="5">
+        <v>16.07</v>
+      </c>
+      <c r="G163" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J163" s="5"/>
+    </row>
+    <row r="164" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A164" s="1">
+        <v>157</v>
+      </c>
+      <c r="B164" s="1" t="s">
+        <v>379</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="E164" s="4">
+        <v>150</v>
+      </c>
+      <c r="F164" s="5">
+        <v>12.6</v>
+      </c>
+      <c r="G164" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J164" s="5"/>
+    </row>
+    <row r="165" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A165" s="1">
+        <v>158</v>
+      </c>
+      <c r="B165" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="C165" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D165" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E165" s="4">
+        <v>500</v>
+      </c>
+      <c r="F165" s="5">
+        <v>7.51</v>
+      </c>
+      <c r="G165" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="J165" s="5"/>
+    </row>
+    <row r="166" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A166" s="7"/>
+      <c r="B166" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C166" s="7"/>
+      <c r="D166" s="7"/>
+      <c r="E166" s="7"/>
+      <c r="F166" s="8">
+        <v>413882.25</v>
+      </c>
+      <c r="G166" s="9">
+        <v>0.69130000000000003</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B168" s="2" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A169" s="1">
+        <v>159</v>
+      </c>
+      <c r="B169" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="D169" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E169" s="4">
+        <v>-6150</v>
+      </c>
+      <c r="F169" s="5">
+        <v>-6.59</v>
+      </c>
+      <c r="G169" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H169" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J169" s="5"/>
+    </row>
+    <row r="170" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A170" s="1">
+        <v>160</v>
+      </c>
+      <c r="B170" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D170" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E170" s="4">
+        <v>-500</v>
+      </c>
+      <c r="F170" s="5">
+        <v>-7.57</v>
+      </c>
+      <c r="G170" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H170" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J170" s="5"/>
+    </row>
+    <row r="171" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A171" s="1">
+        <v>161</v>
+      </c>
+      <c r="B171" s="1" t="s">
+        <v>387</v>
+      </c>
+      <c r="D171" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E171" s="4">
+        <v>-1100</v>
+      </c>
+      <c r="F171" s="5">
+        <v>-12.04</v>
+      </c>
+      <c r="G171" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H171" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J171" s="5"/>
+    </row>
+    <row r="172" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A172" s="1">
+        <v>162</v>
+      </c>
+      <c r="B172" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="D172" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E172" s="4">
+        <v>-2000</v>
+      </c>
+      <c r="F172" s="5">
+        <v>-12.62</v>
+      </c>
+      <c r="G172" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H172" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J172" s="5"/>
+    </row>
+    <row r="173" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A173" s="1">
+        <v>163</v>
+      </c>
+      <c r="B173" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="D173" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E173" s="4">
+        <v>-150</v>
+      </c>
+      <c r="F173" s="5">
+        <v>-12.65</v>
+      </c>
+      <c r="G173" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H173" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J173" s="5"/>
+    </row>
+    <row r="174" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A174" s="1">
+        <v>164</v>
+      </c>
+      <c r="B174" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="D174" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E174" s="4">
+        <v>-1250</v>
+      </c>
+      <c r="F174" s="5">
+        <v>-13.35</v>
+      </c>
+      <c r="G174" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H174" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J174" s="5"/>
+    </row>
+    <row r="175" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A175" s="1">
+        <v>165</v>
+      </c>
+      <c r="B175" s="1" t="s">
+        <v>391</v>
+      </c>
+      <c r="D175" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E175" s="4">
+        <v>-1200</v>
+      </c>
+      <c r="F175" s="5">
+        <v>-16.04</v>
+      </c>
+      <c r="G175" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H175" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J175" s="5"/>
+    </row>
+    <row r="176" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A176" s="1">
+        <v>166</v>
+      </c>
+      <c r="B176" s="1" t="s">
+        <v>392</v>
+      </c>
+      <c r="D176" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E176" s="4">
+        <v>-2400</v>
+      </c>
+      <c r="F176" s="5">
+        <v>-16.25</v>
+      </c>
+      <c r="G176" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H176" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J176" s="5"/>
+    </row>
+    <row r="177" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A177" s="1">
+        <v>167</v>
+      </c>
+      <c r="B177" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="D177" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E177" s="4">
+        <v>-1050</v>
+      </c>
+      <c r="F177" s="5">
+        <v>-16.7</v>
+      </c>
+      <c r="G177" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H177" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J177" s="5"/>
+    </row>
+    <row r="178" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A178" s="1">
+        <v>168</v>
+      </c>
+      <c r="B178" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="D178" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E178" s="4">
+        <v>-3150</v>
+      </c>
+      <c r="F178" s="5">
+        <v>-18.149999999999999</v>
+      </c>
+      <c r="G178" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H178" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J178" s="5"/>
+    </row>
+    <row r="179" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A179" s="1">
+        <v>169</v>
+      </c>
+      <c r="B179" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="D179" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E179" s="4">
+        <v>-13088</v>
+      </c>
+      <c r="F179" s="5">
+        <v>-18.47</v>
+      </c>
+      <c r="G179" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H179" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J179" s="5"/>
+    </row>
+    <row r="180" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A180" s="1">
+        <v>170</v>
+      </c>
+      <c r="B180" s="1" t="s">
+        <v>396</v>
+      </c>
+      <c r="D180" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E180" s="4">
+        <v>-250</v>
+      </c>
+      <c r="F180" s="5">
+        <v>-18.760000000000002</v>
+      </c>
+      <c r="G180" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H180" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J180" s="5"/>
+    </row>
+    <row r="181" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A181" s="1">
+        <v>171</v>
+      </c>
+      <c r="B181" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="D181" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E181" s="4">
+        <v>-2175</v>
+      </c>
+      <c r="F181" s="5">
+        <v>-24.69</v>
+      </c>
+      <c r="G181" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H181" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J181" s="5"/>
+    </row>
+    <row r="182" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A182" s="1">
+        <v>172</v>
+      </c>
+      <c r="B182" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="D182" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E182" s="4">
+        <v>-1600</v>
+      </c>
+      <c r="F182" s="5">
+        <v>-25.35</v>
+      </c>
+      <c r="G182" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H182" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J182" s="5"/>
+    </row>
+    <row r="183" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A183" s="1">
+        <v>173</v>
+      </c>
+      <c r="B183" s="1" t="s">
+        <v>399</v>
+      </c>
+      <c r="D183" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E183" s="4">
+        <v>-4000</v>
+      </c>
+      <c r="F183" s="5">
+        <v>-29.18</v>
+      </c>
+      <c r="G183" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="H183" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J183" s="5"/>
+    </row>
+    <row r="184" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A184" s="1">
+        <v>174</v>
+      </c>
+      <c r="B184" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="D184" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E184" s="4">
+        <v>-2700</v>
+      </c>
+      <c r="F184" s="5">
+        <v>-31.21</v>
+      </c>
+      <c r="G184" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H184" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J184" s="5"/>
+    </row>
+    <row r="185" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A185" s="1">
+        <v>175</v>
+      </c>
+      <c r="B185" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="D185" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E185" s="4">
+        <v>-23500</v>
+      </c>
+      <c r="F185" s="5">
+        <v>-32.020000000000003</v>
+      </c>
+      <c r="G185" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H185" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J185" s="5"/>
+    </row>
+    <row r="186" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A186" s="1">
+        <v>176</v>
+      </c>
+      <c r="B186" s="1" t="s">
+        <v>402</v>
+      </c>
+      <c r="D186" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E186" s="4">
+        <v>-3125</v>
+      </c>
+      <c r="F186" s="5">
+        <v>-33.549999999999997</v>
+      </c>
+      <c r="G186" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H186" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J186" s="5"/>
+    </row>
+    <row r="187" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A187" s="1">
+        <v>177</v>
+      </c>
+      <c r="B187" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="D187" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E187" s="4">
+        <v>-4950</v>
+      </c>
+      <c r="F187" s="5">
+        <v>-35.75</v>
+      </c>
+      <c r="G187" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H187" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J187" s="5"/>
+    </row>
+    <row r="188" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A188" s="1">
+        <v>178</v>
+      </c>
+      <c r="B188" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="D188" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E188" s="4">
+        <v>-15750</v>
+      </c>
+      <c r="F188" s="5">
+        <v>-38.11</v>
+      </c>
+      <c r="G188" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H188" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J188" s="5"/>
+    </row>
+    <row r="189" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A189" s="1">
+        <v>179</v>
+      </c>
+      <c r="B189" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="D189" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E189" s="4">
+        <v>-18900</v>
+      </c>
+      <c r="F189" s="5">
+        <v>-39.479999999999997</v>
+      </c>
+      <c r="G189" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H189" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J189" s="5"/>
+    </row>
+    <row r="190" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A190" s="1">
+        <v>180</v>
+      </c>
+      <c r="B190" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="D190" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E190" s="4">
+        <v>-1800</v>
+      </c>
+      <c r="F190" s="5">
+        <v>-40.18</v>
+      </c>
+      <c r="G190" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H190" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J190" s="5"/>
+    </row>
+    <row r="191" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A191" s="1">
+        <v>181</v>
+      </c>
+      <c r="B191" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="D191" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E191" s="4">
+        <v>-9225</v>
+      </c>
+      <c r="F191" s="5">
+        <v>-41.47</v>
+      </c>
+      <c r="G191" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H191" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J191" s="5"/>
+    </row>
+    <row r="192" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A192" s="1">
+        <v>182</v>
+      </c>
+      <c r="B192" s="1" t="s">
+        <v>408</v>
+      </c>
+      <c r="D192" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E192" s="4">
+        <v>-900</v>
+      </c>
+      <c r="F192" s="5">
+        <v>-43.65</v>
+      </c>
+      <c r="G192" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H192" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J192" s="5"/>
+    </row>
+    <row r="193" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A193" s="1">
+        <v>183</v>
+      </c>
+      <c r="B193" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="D193" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E193" s="4">
+        <v>-3600</v>
+      </c>
+      <c r="F193" s="5">
+        <v>-48.26</v>
+      </c>
+      <c r="G193" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H193" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J193" s="5"/>
+    </row>
+    <row r="194" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A194" s="1">
+        <v>184</v>
+      </c>
+      <c r="B194" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="D194" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E194" s="4">
+        <v>-1050</v>
+      </c>
+      <c r="F194" s="5">
+        <v>-50.48</v>
+      </c>
+      <c r="G194" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H194" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J194" s="5"/>
+    </row>
+    <row r="195" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A195" s="1">
+        <v>185</v>
+      </c>
+      <c r="B195" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="D195" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E195" s="4">
+        <v>-900</v>
+      </c>
+      <c r="F195" s="5">
+        <v>-51.84</v>
+      </c>
+      <c r="G195" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H195" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J195" s="5"/>
+    </row>
+    <row r="196" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A196" s="1">
+        <v>186</v>
+      </c>
+      <c r="B196" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D196" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E196" s="4">
+        <v>-11250</v>
+      </c>
+      <c r="F196" s="5">
+        <v>-55.63</v>
+      </c>
+      <c r="G196" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H196" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J196" s="5"/>
+    </row>
+    <row r="197" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A197" s="1">
+        <v>187</v>
+      </c>
+      <c r="B197" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="D197" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E197" s="4">
+        <v>-5400</v>
+      </c>
+      <c r="F197" s="5">
+        <v>-56.36</v>
+      </c>
+      <c r="G197" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H197" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J197" s="5"/>
+    </row>
+    <row r="198" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A198" s="1">
+        <v>188</v>
+      </c>
+      <c r="B198" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="D198" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E198" s="4">
+        <v>-900</v>
+      </c>
+      <c r="F198" s="5">
+        <v>-63.91</v>
+      </c>
+      <c r="G198" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H198" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J198" s="5"/>
+    </row>
+    <row r="199" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A199" s="1">
+        <v>189</v>
+      </c>
+      <c r="B199" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="D199" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E199" s="4">
+        <v>-4500</v>
+      </c>
+      <c r="F199" s="5">
+        <v>-68.33</v>
+      </c>
+      <c r="G199" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H199" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J199" s="5"/>
+    </row>
+    <row r="200" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A200" s="1">
+        <v>190</v>
+      </c>
+      <c r="B200" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="D200" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E200" s="4">
+        <v>-9000</v>
+      </c>
+      <c r="F200" s="5">
+        <v>-89.01</v>
+      </c>
+      <c r="G200" s="6">
+        <v>-1E-4</v>
+      </c>
+      <c r="H200" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J200" s="5"/>
+    </row>
+    <row r="201" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A201" s="1">
+        <v>191</v>
+      </c>
+      <c r="B201" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D201" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E201" s="4">
+        <v>-6800</v>
+      </c>
+      <c r="F201" s="5">
+        <v>-93.47</v>
+      </c>
+      <c r="G201" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H201" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J201" s="5"/>
+    </row>
+    <row r="202" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A202" s="1">
+        <v>192</v>
+      </c>
+      <c r="B202" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="D202" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E202" s="4">
+        <v>-121500</v>
+      </c>
+      <c r="F202" s="5">
+        <v>-93.91</v>
+      </c>
+      <c r="G202" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H202" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J202" s="5"/>
+    </row>
+    <row r="203" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A203" s="1">
+        <v>193</v>
+      </c>
+      <c r="B203" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="D203" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E203" s="4">
+        <v>-70800</v>
+      </c>
+      <c r="F203" s="5">
+        <v>-98.69</v>
+      </c>
+      <c r="G203" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H203" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J203" s="5"/>
+    </row>
+    <row r="204" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A204" s="1">
+        <v>194</v>
+      </c>
+      <c r="B204" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="D204" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E204" s="4">
+        <v>-11475</v>
+      </c>
+      <c r="F204" s="5">
+        <v>-101.27</v>
+      </c>
+      <c r="G204" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H204" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J204" s="5"/>
+    </row>
+    <row r="205" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A205" s="1">
+        <v>195</v>
+      </c>
+      <c r="B205" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="D205" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E205" s="4">
+        <v>-97750</v>
+      </c>
+      <c r="F205" s="5">
+        <v>-121.43</v>
+      </c>
+      <c r="G205" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H205" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J205" s="5"/>
+    </row>
+    <row r="206" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A206" s="1">
+        <v>196</v>
+      </c>
+      <c r="B206" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="D206" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E206" s="4">
+        <v>-1750</v>
+      </c>
+      <c r="F206" s="5">
+        <v>-128.44</v>
+      </c>
+      <c r="G206" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H206" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J206" s="5"/>
+    </row>
+    <row r="207" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A207" s="1">
+        <v>197</v>
+      </c>
+      <c r="B207" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="D207" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E207" s="4">
+        <v>-975</v>
+      </c>
+      <c r="F207" s="5">
+        <v>-130.93</v>
+      </c>
+      <c r="G207" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H207" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J207" s="5"/>
+    </row>
+    <row r="208" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A208" s="1">
+        <v>198</v>
+      </c>
+      <c r="B208" s="1" t="s">
+        <v>424</v>
+      </c>
+      <c r="D208" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E208" s="4">
+        <v>-3850</v>
+      </c>
+      <c r="F208" s="5">
+        <v>-142.43</v>
+      </c>
+      <c r="G208" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H208" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J208" s="5"/>
+    </row>
+    <row r="209" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A209" s="1">
+        <v>199</v>
+      </c>
+      <c r="B209" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="D209" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E209" s="4">
+        <v>-55575</v>
+      </c>
+      <c r="F209" s="5">
+        <v>-145.54</v>
+      </c>
+      <c r="G209" s="6">
+        <v>-2.0000000000000001E-4</v>
+      </c>
+      <c r="H209" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J209" s="5"/>
+    </row>
+    <row r="210" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A210" s="1">
+        <v>200</v>
+      </c>
+      <c r="B210" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="D210" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E210" s="4">
+        <v>-88000</v>
+      </c>
+      <c r="F210" s="5">
+        <v>-150.46</v>
+      </c>
+      <c r="G210" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H210" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J210" s="5"/>
+    </row>
+    <row r="211" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A211" s="1">
+        <v>201</v>
+      </c>
+      <c r="B211" s="1" t="s">
+        <v>427</v>
+      </c>
+      <c r="D211" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E211" s="4">
+        <v>-102375</v>
+      </c>
+      <c r="F211" s="5">
+        <v>-154.4</v>
+      </c>
+      <c r="G211" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H211" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J211" s="5"/>
+    </row>
+    <row r="212" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A212" s="1">
+        <v>202</v>
+      </c>
+      <c r="B212" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="D212" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E212" s="4">
+        <v>-48500</v>
+      </c>
+      <c r="F212" s="5">
+        <v>-160</v>
+      </c>
+      <c r="G212" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H212" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J212" s="5"/>
+    </row>
+    <row r="213" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A213" s="1">
+        <v>203</v>
+      </c>
+      <c r="B213" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="D213" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E213" s="4">
+        <v>-85000</v>
+      </c>
+      <c r="F213" s="5">
+        <v>-165.7</v>
+      </c>
+      <c r="G213" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H213" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J213" s="5"/>
+    </row>
+    <row r="214" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A214" s="1">
+        <v>204</v>
+      </c>
+      <c r="B214" s="1" t="s">
+        <v>430</v>
+      </c>
+      <c r="D214" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E214" s="4">
+        <v>-2625</v>
+      </c>
+      <c r="F214" s="5">
+        <v>-166.44</v>
+      </c>
+      <c r="G214" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H214" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J214" s="5"/>
+    </row>
+    <row r="215" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A215" s="1">
+        <v>205</v>
+      </c>
+      <c r="B215" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="D215" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E215" s="4">
+        <v>-14850</v>
+      </c>
+      <c r="F215" s="5">
+        <v>-169.72</v>
+      </c>
+      <c r="G215" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H215" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J215" s="5"/>
+    </row>
+    <row r="216" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A216" s="1">
+        <v>206</v>
+      </c>
+      <c r="B216" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="D216" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E216" s="4">
+        <v>-3625</v>
+      </c>
+      <c r="F216" s="5">
+        <v>-190.28</v>
+      </c>
+      <c r="G216" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H216" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J216" s="5"/>
+    </row>
+    <row r="217" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A217" s="1">
+        <v>207</v>
+      </c>
+      <c r="B217" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="D217" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E217" s="4">
+        <v>-344000</v>
+      </c>
+      <c r="F217" s="5">
+        <v>-191.3</v>
+      </c>
+      <c r="G217" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H217" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J217" s="5"/>
+    </row>
+    <row r="218" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A218" s="1">
+        <v>208</v>
+      </c>
+      <c r="B218" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="D218" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E218" s="4">
+        <v>-9625</v>
+      </c>
+      <c r="F218" s="5">
+        <v>-192.34</v>
+      </c>
+      <c r="G218" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H218" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J218" s="5"/>
+    </row>
+    <row r="219" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A219" s="1">
+        <v>209</v>
+      </c>
+      <c r="B219" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="D219" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E219" s="4">
+        <v>-264450</v>
+      </c>
+      <c r="F219" s="5">
+        <v>-194.82</v>
+      </c>
+      <c r="G219" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H219" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J219" s="5"/>
+    </row>
+    <row r="220" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A220" s="1">
+        <v>210</v>
+      </c>
+      <c r="B220" s="1" t="s">
+        <v>436</v>
+      </c>
+      <c r="D220" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E220" s="4">
+        <v>-26350</v>
+      </c>
+      <c r="F220" s="5">
+        <v>-196.69</v>
+      </c>
+      <c r="G220" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H220" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J220" s="5"/>
+    </row>
+    <row r="221" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A221" s="1">
+        <v>211</v>
+      </c>
+      <c r="B221" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="D221" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E221" s="4">
+        <v>-59500</v>
+      </c>
+      <c r="F221" s="5">
+        <v>-206.58</v>
+      </c>
+      <c r="G221" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H221" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J221" s="5"/>
+    </row>
+    <row r="222" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A222" s="1">
+        <v>212</v>
+      </c>
+      <c r="B222" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="D222" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E222" s="4">
+        <v>-12250</v>
+      </c>
+      <c r="F222" s="5">
+        <v>-209.36</v>
+      </c>
+      <c r="G222" s="6">
+        <v>-2.9999999999999997E-4</v>
+      </c>
+      <c r="H222" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J222" s="5"/>
+    </row>
+    <row r="223" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A223" s="1">
+        <v>213</v>
+      </c>
+      <c r="B223" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D223" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E223" s="4">
+        <v>-65000</v>
+      </c>
+      <c r="F223" s="5">
+        <v>-223.8</v>
+      </c>
+      <c r="G223" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H223" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J223" s="5"/>
+    </row>
+    <row r="224" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A224" s="1">
+        <v>214</v>
+      </c>
+      <c r="B224" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="D224" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E224" s="4">
+        <v>-208000</v>
+      </c>
+      <c r="F224" s="5">
+        <v>-223.83</v>
+      </c>
+      <c r="G224" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H224" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J224" s="5"/>
+    </row>
+    <row r="225" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A225" s="1">
+        <v>215</v>
+      </c>
+      <c r="B225" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="D225" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E225" s="4">
+        <v>-265050</v>
+      </c>
+      <c r="F225" s="5">
+        <v>-233.93</v>
+      </c>
+      <c r="G225" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H225" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J225" s="5"/>
+    </row>
+    <row r="226" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A226" s="1">
+        <v>216</v>
+      </c>
+      <c r="B226" s="1" t="s">
+        <v>442</v>
+      </c>
+      <c r="D226" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E226" s="4">
+        <v>-23250</v>
+      </c>
+      <c r="F226" s="5">
+        <v>-234.69</v>
+      </c>
+      <c r="G226" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H226" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J226" s="5"/>
+    </row>
+    <row r="227" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A227" s="1">
+        <v>217</v>
+      </c>
+      <c r="B227" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="D227" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E227" s="4">
+        <v>-9600</v>
+      </c>
+      <c r="F227" s="5">
+        <v>-243.8</v>
+      </c>
+      <c r="G227" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H227" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J227" s="5"/>
+    </row>
+    <row r="228" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A228" s="1">
+        <v>218</v>
+      </c>
+      <c r="B228" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="D228" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E228" s="4">
+        <v>-2000</v>
+      </c>
+      <c r="F228" s="5">
+        <v>-247.06</v>
+      </c>
+      <c r="G228" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H228" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J228" s="5"/>
+    </row>
+    <row r="229" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A229" s="1">
+        <v>219</v>
+      </c>
+      <c r="B229" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="D229" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E229" s="4">
+        <v>-34100</v>
+      </c>
+      <c r="F229" s="5">
+        <v>-260.8</v>
+      </c>
+      <c r="G229" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H229" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J229" s="5"/>
+    </row>
+    <row r="230" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A230" s="1">
+        <v>220</v>
+      </c>
+      <c r="B230" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="D230" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E230" s="4">
+        <v>-47000</v>
+      </c>
+      <c r="F230" s="5">
+        <v>-269.14999999999998</v>
+      </c>
+      <c r="G230" s="6">
+        <v>-4.0000000000000002E-4</v>
+      </c>
+      <c r="H230" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J230" s="5"/>
+    </row>
+    <row r="231" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A231" s="1">
+        <v>221</v>
+      </c>
+      <c r="B231" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="D231" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E231" s="4">
+        <v>-43360</v>
+      </c>
+      <c r="F231" s="5">
+        <v>-286.35000000000002</v>
+      </c>
+      <c r="G231" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H231" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J231" s="5"/>
+    </row>
+    <row r="232" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A232" s="1">
+        <v>222</v>
+      </c>
+      <c r="B232" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="D232" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E232" s="4">
+        <v>-15200</v>
+      </c>
+      <c r="F232" s="5">
+        <v>-289.26</v>
+      </c>
+      <c r="G232" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H232" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J232" s="5"/>
+    </row>
+    <row r="233" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A233" s="1">
+        <v>223</v>
+      </c>
+      <c r="B233" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="D233" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E233" s="4">
+        <v>-20425</v>
+      </c>
+      <c r="F233" s="5">
+        <v>-289.63</v>
+      </c>
+      <c r="G233" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H233" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J233" s="5"/>
+    </row>
+    <row r="234" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A234" s="1">
+        <v>224</v>
+      </c>
+      <c r="B234" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="D234" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E234" s="4">
+        <v>-123375</v>
+      </c>
+      <c r="F234" s="5">
+        <v>-297.61</v>
+      </c>
+      <c r="G234" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H234" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J234" s="5"/>
+    </row>
+    <row r="235" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A235" s="1">
+        <v>225</v>
+      </c>
+      <c r="B235" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="D235" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E235" s="4">
+        <v>-5400</v>
+      </c>
+      <c r="F235" s="5">
+        <v>-299.89</v>
+      </c>
+      <c r="G235" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H235" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J235" s="5"/>
+    </row>
+    <row r="236" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A236" s="1">
+        <v>226</v>
+      </c>
+      <c r="B236" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="D236" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E236" s="4">
+        <v>-31000</v>
+      </c>
+      <c r="F236" s="5">
+        <v>-317.94</v>
+      </c>
+      <c r="G236" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H236" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J236" s="5"/>
+    </row>
+    <row r="237" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A237" s="1">
+        <v>227</v>
+      </c>
+      <c r="B237" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="D237" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E237" s="4">
+        <v>-194400</v>
+      </c>
+      <c r="F237" s="5">
+        <v>-318.12</v>
+      </c>
+      <c r="G237" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H237" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J237" s="5"/>
+    </row>
+    <row r="238" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A238" s="1">
+        <v>228</v>
+      </c>
+      <c r="B238" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="D238" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E238" s="4">
+        <v>-23400</v>
+      </c>
+      <c r="F238" s="5">
+        <v>-328.4</v>
+      </c>
+      <c r="G238" s="6">
+        <v>-5.0000000000000001E-4</v>
+      </c>
+      <c r="H238" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J238" s="5"/>
+    </row>
+    <row r="239" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A239" s="1">
+        <v>229</v>
+      </c>
+      <c r="B239" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="D239" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E239" s="4">
+        <v>-263250</v>
+      </c>
+      <c r="F239" s="5">
+        <v>-329.77</v>
+      </c>
+      <c r="G239" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H239" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J239" s="5"/>
+    </row>
+    <row r="240" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A240" s="1">
+        <v>230</v>
+      </c>
+      <c r="B240" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="D240" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E240" s="4">
+        <v>-74700</v>
+      </c>
+      <c r="F240" s="5">
+        <v>-338.73</v>
+      </c>
+      <c r="G240" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H240" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J240" s="5"/>
+    </row>
+    <row r="241" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A241" s="1">
+        <v>231</v>
+      </c>
+      <c r="B241" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="D241" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E241" s="4">
+        <v>-86400</v>
+      </c>
+      <c r="F241" s="5">
+        <v>-341.97</v>
+      </c>
+      <c r="G241" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H241" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J241" s="5"/>
+    </row>
+    <row r="242" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A242" s="1">
+        <v>232</v>
+      </c>
+      <c r="B242" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="D242" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E242" s="4">
+        <v>-500850</v>
+      </c>
+      <c r="F242" s="5">
+        <v>-353.95</v>
+      </c>
+      <c r="G242" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H242" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J242" s="5"/>
+    </row>
+    <row r="243" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A243" s="1">
+        <v>233</v>
+      </c>
+      <c r="B243" s="1" t="s">
+        <v>459</v>
+      </c>
+      <c r="D243" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E243" s="4">
+        <v>-79950</v>
+      </c>
+      <c r="F243" s="5">
+        <v>-357.34</v>
+      </c>
+      <c r="G243" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H243" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J243" s="5"/>
+    </row>
+    <row r="244" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A244" s="1">
+        <v>234</v>
+      </c>
+      <c r="B244" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="D244" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E244" s="4">
+        <v>-8925</v>
+      </c>
+      <c r="F244" s="5">
+        <v>-364.56</v>
+      </c>
+      <c r="G244" s="6">
+        <v>-5.9999999999999995E-4</v>
+      </c>
+      <c r="H244" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J244" s="5"/>
+    </row>
+    <row r="245" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A245" s="1">
+        <v>235</v>
+      </c>
+      <c r="B245" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="D245" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E245" s="4">
+        <v>-12250</v>
+      </c>
+      <c r="F245" s="5">
+        <v>-443.89</v>
+      </c>
+      <c r="G245" s="6">
+        <v>-6.9999999999999999E-4</v>
+      </c>
+      <c r="H245" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J245" s="5"/>
+    </row>
+    <row r="246" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A246" s="1">
+        <v>236</v>
+      </c>
+      <c r="B246" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="D246" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E246" s="4">
+        <v>-37500</v>
+      </c>
+      <c r="F246" s="5">
+        <v>-460.35</v>
+      </c>
+      <c r="G246" s="6">
+        <v>-8.0000000000000004E-4</v>
+      </c>
+      <c r="H246" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J246" s="5"/>
+    </row>
+    <row r="247" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A247" s="1">
+        <v>237</v>
+      </c>
+      <c r="B247" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="D247" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E247" s="4">
+        <v>-121800</v>
+      </c>
+      <c r="F247" s="5">
+        <v>-479.53</v>
+      </c>
+      <c r="G247" s="6">
+        <v>-8.0000000000000004E-4</v>
+      </c>
+      <c r="H247" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J247" s="5"/>
+    </row>
+    <row r="248" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A248" s="1">
+        <v>238</v>
+      </c>
+      <c r="B248" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="D248" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E248" s="4">
+        <v>-6750</v>
+      </c>
+      <c r="F248" s="5">
+        <v>-503.75</v>
+      </c>
+      <c r="G248" s="6">
+        <v>-8.0000000000000004E-4</v>
+      </c>
+      <c r="H248" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J248" s="5"/>
+    </row>
+    <row r="249" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A249" s="1">
+        <v>239</v>
+      </c>
+      <c r="B249" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="D249" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E249" s="4">
+        <v>-33800</v>
+      </c>
+      <c r="F249" s="5">
+        <v>-507.68</v>
+      </c>
+      <c r="G249" s="6">
+        <v>-8.0000000000000004E-4</v>
+      </c>
+      <c r="H249" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J249" s="5"/>
+    </row>
+    <row r="250" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A250" s="1">
+        <v>240</v>
+      </c>
+      <c r="B250" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="D250" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E250" s="4">
+        <v>-27000</v>
+      </c>
+      <c r="F250" s="5">
+        <v>-529.5</v>
+      </c>
+      <c r="G250" s="6">
+        <v>-8.9999999999999998E-4</v>
+      </c>
+      <c r="H250" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J250" s="5"/>
+    </row>
+    <row r="251" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A251" s="1">
+        <v>241</v>
+      </c>
+      <c r="B251" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="D251" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E251" s="4">
+        <v>-15925</v>
+      </c>
+      <c r="F251" s="5">
+        <v>-543.15</v>
+      </c>
+      <c r="G251" s="6">
+        <v>-8.9999999999999998E-4</v>
+      </c>
+      <c r="H251" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J251" s="5"/>
+    </row>
+    <row r="252" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A252" s="1">
+        <v>242</v>
+      </c>
+      <c r="B252" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D252" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E252" s="4">
+        <v>-38625</v>
+      </c>
+      <c r="F252" s="5">
+        <v>-584.32000000000005</v>
+      </c>
+      <c r="G252" s="6">
+        <v>-1E-3</v>
+      </c>
+      <c r="H252" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J252" s="5"/>
+    </row>
+    <row r="253" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A253" s="1">
+        <v>243</v>
+      </c>
+      <c r="B253" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="D253" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E253" s="4">
+        <v>-28250</v>
+      </c>
+      <c r="F253" s="5">
+        <v>-604.63</v>
+      </c>
+      <c r="G253" s="6">
+        <v>-1E-3</v>
+      </c>
+      <c r="H253" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J253" s="5"/>
+    </row>
+    <row r="254" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A254" s="1">
+        <v>244</v>
+      </c>
+      <c r="B254" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D254" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E254" s="4">
+        <v>-13100</v>
+      </c>
+      <c r="F254" s="5">
+        <v>-616.49</v>
+      </c>
+      <c r="G254" s="6">
+        <v>-1E-3</v>
+      </c>
+      <c r="H254" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J254" s="5"/>
+    </row>
+    <row r="255" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A255" s="1">
+        <v>245</v>
+      </c>
+      <c r="B255" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="D255" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E255" s="4">
+        <v>-100000</v>
+      </c>
+      <c r="F255" s="5">
+        <v>-622.1</v>
+      </c>
+      <c r="G255" s="6">
+        <v>-1E-3</v>
+      </c>
+      <c r="H255" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J255" s="5"/>
+    </row>
+    <row r="256" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A256" s="1">
+        <v>246</v>
+      </c>
+      <c r="B256" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="D256" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E256" s="4">
+        <v>-857850</v>
+      </c>
+      <c r="F256" s="5">
+        <v>-628.29</v>
+      </c>
+      <c r="G256" s="6">
+        <v>-1E-3</v>
+      </c>
+      <c r="H256" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J256" s="5"/>
+    </row>
+    <row r="257" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A257" s="1">
+        <v>247</v>
+      </c>
+      <c r="B257" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D257" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E257" s="4">
+        <v>-61200</v>
+      </c>
+      <c r="F257" s="5">
+        <v>-633.27</v>
+      </c>
+      <c r="G257" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H257" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J257" s="5"/>
+    </row>
+    <row r="258" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A258" s="1">
+        <v>248</v>
+      </c>
+      <c r="B258" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="D258" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E258" s="4">
+        <v>-9100</v>
+      </c>
+      <c r="F258" s="5">
+        <v>-642.19000000000005</v>
+      </c>
+      <c r="G258" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H258" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J258" s="5"/>
+    </row>
+    <row r="259" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A259" s="1">
+        <v>249</v>
+      </c>
+      <c r="B259" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="D259" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E259" s="4">
+        <v>-78200</v>
+      </c>
+      <c r="F259" s="5">
+        <v>-662.82</v>
+      </c>
+      <c r="G259" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H259" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J259" s="5"/>
+    </row>
+    <row r="260" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A260" s="1">
+        <v>250</v>
+      </c>
+      <c r="B260" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D260" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E260" s="4">
+        <v>-267720</v>
+      </c>
+      <c r="F260" s="5">
+        <v>-672.08</v>
+      </c>
+      <c r="G260" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H260" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J260" s="5"/>
+    </row>
+    <row r="261" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A261" s="1">
+        <v>251</v>
+      </c>
+      <c r="B261" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D261" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E261" s="4">
+        <v>-140875</v>
+      </c>
+      <c r="F261" s="5">
+        <v>-683.03</v>
+      </c>
+      <c r="G261" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H261" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J261" s="5"/>
+    </row>
+    <row r="262" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A262" s="1">
+        <v>252</v>
+      </c>
+      <c r="B262" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="D262" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E262" s="4">
+        <v>-25575</v>
+      </c>
+      <c r="F262" s="5">
+        <v>-683.24</v>
+      </c>
+      <c r="G262" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H262" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J262" s="5"/>
+    </row>
+    <row r="263" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A263" s="1">
+        <v>253</v>
+      </c>
+      <c r="B263" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="D263" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E263" s="4">
+        <v>-243200</v>
+      </c>
+      <c r="F263" s="5">
+        <v>-686.19</v>
+      </c>
+      <c r="G263" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H263" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J263" s="5"/>
+    </row>
+    <row r="264" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A264" s="1">
+        <v>254</v>
+      </c>
+      <c r="B264" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="D264" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E264" s="4">
+        <v>-34650</v>
+      </c>
+      <c r="F264" s="5">
+        <v>-687.11</v>
+      </c>
+      <c r="G264" s="6">
+        <v>-1.1000000000000001E-3</v>
+      </c>
+      <c r="H264" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J264" s="5"/>
+    </row>
+    <row r="265" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A265" s="1">
+        <v>255</v>
+      </c>
+      <c r="B265" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="D265" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E265" s="4">
+        <v>-95000</v>
+      </c>
+      <c r="F265" s="5">
+        <v>-688.84</v>
+      </c>
+      <c r="G265" s="6">
+        <v>-1.1999999999999999E-3</v>
+      </c>
+      <c r="H265" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J265" s="5"/>
+    </row>
+    <row r="266" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A266" s="1">
+        <v>256</v>
+      </c>
+      <c r="B266" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="D266" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E266" s="4">
+        <v>-271800</v>
+      </c>
+      <c r="F266" s="5">
+        <v>-761.72</v>
+      </c>
+      <c r="G266" s="6">
+        <v>-1.2999999999999999E-3</v>
+      </c>
+      <c r="H266" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J266" s="5"/>
+    </row>
+    <row r="267" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A267" s="1">
+        <v>257</v>
+      </c>
+      <c r="B267" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="D267" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E267" s="4">
+        <v>-68425</v>
+      </c>
+      <c r="F267" s="5">
+        <v>-787.37</v>
+      </c>
+      <c r="G267" s="6">
+        <v>-1.2999999999999999E-3</v>
+      </c>
+      <c r="H267" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J267" s="5"/>
+    </row>
+    <row r="268" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A268" s="1">
+        <v>258</v>
+      </c>
+      <c r="B268" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D268" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E268" s="4">
+        <v>-267900</v>
+      </c>
+      <c r="F268" s="5">
+        <v>-795.8</v>
+      </c>
+      <c r="G268" s="6">
+        <v>-1.2999999999999999E-3</v>
+      </c>
+      <c r="H268" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J268" s="5"/>
+    </row>
+    <row r="269" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A269" s="1">
+        <v>259</v>
+      </c>
+      <c r="B269" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="D269" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E269" s="4">
+        <v>-494550</v>
+      </c>
+      <c r="F269" s="5">
+        <v>-875.75</v>
+      </c>
+      <c r="G269" s="6">
+        <v>-1.5E-3</v>
+      </c>
+      <c r="H269" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J269" s="5"/>
+    </row>
+    <row r="270" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A270" s="1">
+        <v>260</v>
+      </c>
+      <c r="B270" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="D270" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E270" s="4">
+        <v>-258400</v>
+      </c>
+      <c r="F270" s="5">
+        <v>-891.74</v>
+      </c>
+      <c r="G270" s="6">
+        <v>-1.5E-3</v>
+      </c>
+      <c r="H270" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J270" s="5"/>
+    </row>
+    <row r="271" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A271" s="1">
+        <v>261</v>
+      </c>
+      <c r="B271" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="D271" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E271" s="4">
+        <v>-45200</v>
+      </c>
+      <c r="F271" s="5">
+        <v>-910.92</v>
+      </c>
+      <c r="G271" s="6">
+        <v>-1.5E-3</v>
+      </c>
+      <c r="H271" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J271" s="5"/>
+    </row>
+    <row r="272" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A272" s="1">
+        <v>262</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="D272" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E272" s="4">
+        <v>-885600</v>
+      </c>
+      <c r="F272" s="5">
+        <v>-941.84</v>
+      </c>
+      <c r="G272" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H272" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J272" s="5"/>
+    </row>
+    <row r="273" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A273" s="1">
+        <v>263</v>
+      </c>
+      <c r="B273" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="D273" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E273" s="4">
+        <v>-70000</v>
+      </c>
+      <c r="F273" s="5">
+        <v>-955.71</v>
+      </c>
+      <c r="G273" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H273" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J273" s="5"/>
+    </row>
+    <row r="274" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A274" s="1">
+        <v>264</v>
+      </c>
+      <c r="B274" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="D274" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E274" s="4">
+        <v>-4447300</v>
+      </c>
+      <c r="F274" s="5">
+        <v>-955.72</v>
+      </c>
+      <c r="G274" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H274" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J274" s="5"/>
+    </row>
+    <row r="275" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A275" s="1">
+        <v>265</v>
+      </c>
+      <c r="B275" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D275" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E275" s="4">
+        <v>-339000</v>
+      </c>
+      <c r="F275" s="5">
+        <v>-958.52</v>
+      </c>
+      <c r="G275" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H275" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J275" s="5"/>
+    </row>
+    <row r="276" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A276" s="1">
+        <v>266</v>
+      </c>
+      <c r="B276" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D276" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E276" s="4">
+        <v>-168000</v>
+      </c>
+      <c r="F276" s="5">
+        <v>-962.47</v>
+      </c>
+      <c r="G276" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H276" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J276" s="5"/>
+    </row>
+    <row r="277" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A277" s="1">
+        <v>267</v>
+      </c>
+      <c r="B277" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D277" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E277" s="4">
+        <v>-109500</v>
+      </c>
+      <c r="F277" s="5">
+        <v>-965.57</v>
+      </c>
+      <c r="G277" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H277" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J277" s="5"/>
+    </row>
+    <row r="278" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A278" s="1">
+        <v>268</v>
+      </c>
+      <c r="B278" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="D278" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E278" s="4">
+        <v>-161875</v>
+      </c>
+      <c r="F278" s="5">
+        <v>-967.53</v>
+      </c>
+      <c r="G278" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H278" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J278" s="5"/>
+    </row>
+    <row r="279" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A279" s="1">
+        <v>269</v>
+      </c>
+      <c r="B279" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D279" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E279" s="4">
+        <v>-239400</v>
+      </c>
+      <c r="F279" s="5">
+        <v>-977.47</v>
+      </c>
+      <c r="G279" s="6">
+        <v>-1.6000000000000001E-3</v>
+      </c>
+      <c r="H279" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J279" s="5"/>
+    </row>
+    <row r="280" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A280" s="1">
+        <v>270</v>
+      </c>
+      <c r="B280" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D280" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E280" s="4">
+        <v>-258300</v>
+      </c>
+      <c r="F280" s="5">
+        <v>-1068.46</v>
+      </c>
+      <c r="G280" s="6">
+        <v>-1.8E-3</v>
+      </c>
+      <c r="H280" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J280" s="5"/>
+    </row>
+    <row r="281" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A281" s="1">
+        <v>271</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="D281" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E281" s="4">
+        <v>-38600</v>
+      </c>
+      <c r="F281" s="5">
+        <v>-1094.31</v>
+      </c>
+      <c r="G281" s="6">
+        <v>-1.8E-3</v>
+      </c>
+      <c r="H281" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J281" s="5"/>
+    </row>
+    <row r="282" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A282" s="1">
+        <v>272</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="D282" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E282" s="4">
+        <v>-44775</v>
+      </c>
+      <c r="F282" s="5">
+        <v>-1097.93</v>
+      </c>
+      <c r="G282" s="6">
+        <v>-1.8E-3</v>
+      </c>
+      <c r="H282" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J282" s="5"/>
+    </row>
+    <row r="283" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A283" s="1">
+        <v>273</v>
+      </c>
+      <c r="B283" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="D283" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E283" s="4">
+        <v>-325875</v>
+      </c>
+      <c r="F283" s="5">
+        <v>-1112.7</v>
+      </c>
+      <c r="G283" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="H283" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J283" s="5"/>
+    </row>
+    <row r="284" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A284" s="1">
+        <v>274</v>
+      </c>
+      <c r="B284" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="D284" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E284" s="4">
+        <v>-585000</v>
+      </c>
+      <c r="F284" s="5">
+        <v>-1134.43</v>
+      </c>
+      <c r="G284" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="H284" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J284" s="5"/>
+    </row>
+    <row r="285" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A285" s="1">
+        <v>275</v>
+      </c>
+      <c r="B285" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="D285" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E285" s="4">
+        <v>-77000</v>
+      </c>
+      <c r="F285" s="5">
+        <v>-1139.29</v>
+      </c>
+      <c r="G285" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="H285" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J285" s="5"/>
+    </row>
+    <row r="286" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A286" s="1">
+        <v>276</v>
+      </c>
+      <c r="B286" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D286" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E286" s="4">
+        <v>-479250</v>
+      </c>
+      <c r="F286" s="5">
+        <v>-1153.6500000000001</v>
+      </c>
+      <c r="G286" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="H286" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J286" s="5"/>
+    </row>
+    <row r="287" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A287" s="1">
+        <v>277</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="D287" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E287" s="4">
+        <v>-56250</v>
+      </c>
+      <c r="F287" s="5">
+        <v>-1154.92</v>
+      </c>
+      <c r="G287" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="H287" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J287" s="5"/>
+    </row>
+    <row r="288" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A288" s="1">
+        <v>278</v>
+      </c>
+      <c r="B288" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D288" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E288" s="4">
+        <v>-90375</v>
+      </c>
+      <c r="F288" s="5">
+        <v>-1190.5999999999999</v>
+      </c>
+      <c r="G288" s="6">
+        <v>-2E-3</v>
+      </c>
+      <c r="H288" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J288" s="5"/>
+    </row>
+    <row r="289" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A289" s="1">
+        <v>279</v>
+      </c>
+      <c r="B289" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="D289" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E289" s="4">
+        <v>-78050</v>
+      </c>
+      <c r="F289" s="5">
+        <v>-1222.26</v>
+      </c>
+      <c r="G289" s="6">
+        <v>-2E-3</v>
+      </c>
+      <c r="H289" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J289" s="5"/>
+    </row>
+    <row r="290" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A290" s="1">
+        <v>280</v>
+      </c>
+      <c r="B290" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="D290" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E290" s="4">
+        <v>-62000</v>
+      </c>
+      <c r="F290" s="5">
+        <v>-1252.83</v>
+      </c>
+      <c r="G290" s="6">
+        <v>-2.0999999999999999E-3</v>
+      </c>
+      <c r="H290" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J290" s="5"/>
+    </row>
+    <row r="291" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A291" s="1">
+        <v>281</v>
+      </c>
+      <c r="B291" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D291" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E291" s="4">
+        <v>-179375</v>
+      </c>
+      <c r="F291" s="5">
+        <v>-1269.44</v>
+      </c>
+      <c r="G291" s="6">
+        <v>-2.0999999999999999E-3</v>
+      </c>
+      <c r="H291" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J291" s="5"/>
+    </row>
+    <row r="292" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A292" s="1">
+        <v>282</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="D292" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E292" s="4">
+        <v>-112950</v>
+      </c>
+      <c r="F292" s="5">
+        <v>-1292.04</v>
+      </c>
+      <c r="G292" s="6">
+        <v>-2.2000000000000001E-3</v>
+      </c>
+      <c r="H292" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J292" s="5"/>
+    </row>
+    <row r="293" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A293" s="1">
+        <v>283</v>
+      </c>
+      <c r="B293" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D293" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E293" s="4">
+        <v>-73500</v>
+      </c>
+      <c r="F293" s="5">
+        <v>-1324.47</v>
+      </c>
+      <c r="G293" s="6">
+        <v>-2.2000000000000001E-3</v>
+      </c>
+      <c r="H293" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J293" s="5"/>
+    </row>
+    <row r="294" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A294" s="1">
+        <v>284</v>
+      </c>
+      <c r="B294" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="D294" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E294" s="4">
+        <v>-402500</v>
+      </c>
+      <c r="F294" s="5">
+        <v>-1379.17</v>
+      </c>
+      <c r="G294" s="6">
+        <v>-2.3E-3</v>
+      </c>
+      <c r="H294" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J294" s="5"/>
+    </row>
+    <row r="295" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A295" s="1">
+        <v>285</v>
+      </c>
+      <c r="B295" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D295" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E295" s="4">
+        <v>-8600</v>
+      </c>
+      <c r="F295" s="5">
+        <v>-1385.37</v>
+      </c>
+      <c r="G295" s="6">
+        <v>-2.3E-3</v>
+      </c>
+      <c r="H295" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J295" s="5"/>
+    </row>
+    <row r="296" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A296" s="1">
+        <v>286</v>
+      </c>
+      <c r="B296" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D296" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E296" s="4">
+        <v>-303150</v>
+      </c>
+      <c r="F296" s="5">
+        <v>-1388.12</v>
+      </c>
+      <c r="G296" s="6">
+        <v>-2.3E-3</v>
+      </c>
+      <c r="H296" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J296" s="5"/>
+    </row>
+    <row r="297" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A297" s="1">
+        <v>287</v>
+      </c>
+      <c r="B297" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="D297" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E297" s="4">
+        <v>-308550</v>
+      </c>
+      <c r="F297" s="5">
+        <v>-1403.59</v>
+      </c>
+      <c r="G297" s="6">
+        <v>-2.3E-3</v>
+      </c>
+      <c r="H297" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J297" s="5"/>
+    </row>
+    <row r="298" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A298" s="1">
+        <v>288</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="D298" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E298" s="4">
+        <v>-6717600</v>
+      </c>
+      <c r="F298" s="5">
+        <v>-1435.55</v>
+      </c>
+      <c r="G298" s="6">
+        <v>-2.3999999999999998E-3</v>
+      </c>
+      <c r="H298" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J298" s="5"/>
+    </row>
+    <row r="299" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A299" s="1">
+        <v>289</v>
+      </c>
+      <c r="B299" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="D299" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E299" s="4">
+        <v>-1211600</v>
+      </c>
+      <c r="F299" s="5">
+        <v>-1506.87</v>
+      </c>
+      <c r="G299" s="6">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="H299" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J299" s="5"/>
+    </row>
+    <row r="300" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A300" s="1">
+        <v>290</v>
+      </c>
+      <c r="B300" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D300" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E300" s="4">
+        <v>-383400</v>
+      </c>
+      <c r="F300" s="5">
+        <v>-1507.15</v>
+      </c>
+      <c r="G300" s="6">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="H300" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J300" s="5"/>
+    </row>
+    <row r="301" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A301" s="1">
+        <v>291</v>
+      </c>
+      <c r="B301" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D301" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E301" s="4">
+        <v>-902000</v>
+      </c>
+      <c r="F301" s="5">
+        <v>-1534.03</v>
+      </c>
+      <c r="G301" s="6">
+        <v>-2.5999999999999999E-3</v>
+      </c>
+      <c r="H301" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J301" s="5"/>
+    </row>
+    <row r="302" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A302" s="1">
+        <v>292</v>
+      </c>
+      <c r="B302" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="D302" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E302" s="4">
+        <v>-311250</v>
+      </c>
+      <c r="F302" s="5">
+        <v>-1648.38</v>
+      </c>
+      <c r="G302" s="6">
+        <v>-2.8E-3</v>
+      </c>
+      <c r="H302" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J302" s="5"/>
+    </row>
+    <row r="303" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A303" s="1">
+        <v>293</v>
+      </c>
+      <c r="B303" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D303" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E303" s="4">
+        <v>-119350</v>
+      </c>
+      <c r="F303" s="5">
+        <v>-1650.13</v>
+      </c>
+      <c r="G303" s="6">
+        <v>-2.8E-3</v>
+      </c>
+      <c r="H303" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J303" s="5"/>
+    </row>
+    <row r="304" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A304" s="1">
+        <v>294</v>
+      </c>
+      <c r="B304" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="D304" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E304" s="4">
+        <v>-45150</v>
+      </c>
+      <c r="F304" s="5">
+        <v>-1708.39</v>
+      </c>
+      <c r="G304" s="6">
+        <v>-2.8999999999999998E-3</v>
+      </c>
+      <c r="H304" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J304" s="5"/>
+    </row>
+    <row r="305" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A305" s="1">
+        <v>295</v>
+      </c>
+      <c r="B305" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D305" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E305" s="4">
+        <v>-190400</v>
+      </c>
+      <c r="F305" s="5">
+        <v>-1727.4</v>
+      </c>
+      <c r="G305" s="6">
+        <v>-2.8999999999999998E-3</v>
+      </c>
+      <c r="H305" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J305" s="5"/>
+    </row>
+    <row r="306" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A306" s="1">
+        <v>296</v>
+      </c>
+      <c r="B306" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D306" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E306" s="4">
+        <v>-388800</v>
+      </c>
+      <c r="F306" s="5">
+        <v>-1735.6</v>
+      </c>
+      <c r="G306" s="6">
+        <v>-2.8999999999999998E-3</v>
+      </c>
+      <c r="H306" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J306" s="5"/>
+    </row>
+    <row r="307" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A307" s="1">
+        <v>297</v>
+      </c>
+      <c r="B307" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="D307" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E307" s="4">
+        <v>-1087200</v>
+      </c>
+      <c r="F307" s="5">
+        <v>-1771.81</v>
+      </c>
+      <c r="G307" s="6">
+        <v>-3.0000000000000001E-3</v>
+      </c>
+      <c r="H307" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J307" s="5"/>
+    </row>
+    <row r="308" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A308" s="1">
+        <v>298</v>
+      </c>
+      <c r="B308" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D308" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E308" s="4">
+        <v>-337000</v>
+      </c>
+      <c r="F308" s="5">
+        <v>-1797.73</v>
+      </c>
+      <c r="G308" s="6">
+        <v>-3.0000000000000001E-3</v>
+      </c>
+      <c r="H308" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J308" s="5"/>
+    </row>
+    <row r="309" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A309" s="1">
+        <v>299</v>
+      </c>
+      <c r="B309" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="D309" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E309" s="4">
+        <v>-1584000</v>
+      </c>
+      <c r="F309" s="5">
+        <v>-1811.3</v>
+      </c>
+      <c r="G309" s="6">
+        <v>-3.0000000000000001E-3</v>
+      </c>
+      <c r="H309" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J309" s="5"/>
+    </row>
+    <row r="310" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A310" s="1">
+        <v>300</v>
+      </c>
+      <c r="B310" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D310" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E310" s="4">
+        <v>-294000</v>
+      </c>
+      <c r="F310" s="5">
+        <v>-1843.38</v>
+      </c>
+      <c r="G310" s="6">
+        <v>-3.0999999999999999E-3</v>
+      </c>
+      <c r="H310" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J310" s="5"/>
+    </row>
+    <row r="311" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A311" s="1">
+        <v>301</v>
+      </c>
+      <c r="B311" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D311" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E311" s="4">
+        <v>-266000</v>
+      </c>
+      <c r="F311" s="5">
+        <v>-1876.5</v>
+      </c>
+      <c r="G311" s="6">
+        <v>-3.0999999999999999E-3</v>
+      </c>
+      <c r="H311" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J311" s="5"/>
+    </row>
+    <row r="312" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A312" s="1">
+        <v>302</v>
+      </c>
+      <c r="B312" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="D312" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E312" s="4">
+        <v>-2443500</v>
+      </c>
+      <c r="F312" s="5">
+        <v>-1878.32</v>
+      </c>
+      <c r="G312" s="6">
+        <v>-3.0999999999999999E-3</v>
+      </c>
+      <c r="H312" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J312" s="5"/>
+    </row>
+    <row r="313" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A313" s="1">
+        <v>303</v>
+      </c>
+      <c r="B313" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="D313" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E313" s="4">
+        <v>-495450</v>
+      </c>
+      <c r="F313" s="5">
+        <v>-1940.18</v>
+      </c>
+      <c r="G313" s="6">
+        <v>-3.2000000000000002E-3</v>
+      </c>
+      <c r="H313" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J313" s="5"/>
+    </row>
+    <row r="314" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A314" s="1">
+        <v>304</v>
+      </c>
+      <c r="B314" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="D314" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E314" s="4">
+        <v>-689400</v>
+      </c>
+      <c r="F314" s="5">
+        <v>-2018.91</v>
+      </c>
+      <c r="G314" s="6">
+        <v>-3.3999999999999998E-3</v>
+      </c>
+      <c r="H314" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J314" s="5"/>
+    </row>
+    <row r="315" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A315" s="1">
+        <v>305</v>
+      </c>
+      <c r="B315" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D315" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E315" s="4">
+        <v>-34750</v>
+      </c>
+      <c r="F315" s="5">
+        <v>-2094.56</v>
+      </c>
+      <c r="G315" s="6">
+        <v>-3.5000000000000001E-3</v>
+      </c>
+      <c r="H315" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J315" s="5"/>
+    </row>
+    <row r="316" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A316" s="1">
+        <v>306</v>
+      </c>
+      <c r="B316" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D316" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E316" s="4">
+        <v>-27250</v>
+      </c>
+      <c r="F316" s="5">
+        <v>-2138.58</v>
+      </c>
+      <c r="G316" s="6">
+        <v>-3.5999999999999999E-3</v>
+      </c>
+      <c r="H316" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J316" s="5"/>
+    </row>
+    <row r="317" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A317" s="1">
+        <v>307</v>
+      </c>
+      <c r="B317" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="D317" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E317" s="4">
+        <v>-771900</v>
+      </c>
+      <c r="F317" s="5">
+        <v>-2270.9299999999998</v>
+      </c>
+      <c r="G317" s="6">
+        <v>-3.8E-3</v>
+      </c>
+      <c r="H317" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J317" s="5"/>
+    </row>
+    <row r="318" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A318" s="1">
+        <v>308</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="D318" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E318" s="4">
+        <v>-1076250</v>
+      </c>
+      <c r="F318" s="5">
+        <v>-2315.34</v>
+      </c>
+      <c r="G318" s="6">
+        <v>-3.8999999999999998E-3</v>
+      </c>
+      <c r="H318" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J318" s="5"/>
+    </row>
+    <row r="319" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A319" s="1">
+        <v>309</v>
+      </c>
+      <c r="B319" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="D319" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E319" s="4">
+        <v>-405000</v>
+      </c>
+      <c r="F319" s="5">
+        <v>-2344.9499999999998</v>
+      </c>
+      <c r="G319" s="6">
+        <v>-3.8999999999999998E-3</v>
+      </c>
+      <c r="H319" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J319" s="5"/>
+    </row>
+    <row r="320" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A320" s="1">
+        <v>310</v>
+      </c>
+      <c r="B320" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D320" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E320" s="4">
+        <v>-147750</v>
+      </c>
+      <c r="F320" s="5">
+        <v>-2360.31</v>
+      </c>
+      <c r="G320" s="6">
+        <v>-3.8999999999999998E-3</v>
+      </c>
+      <c r="H320" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J320" s="5"/>
+    </row>
+    <row r="321" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A321" s="1">
+        <v>311</v>
+      </c>
+      <c r="B321" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="D321" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E321" s="4">
+        <v>-691500</v>
+      </c>
+      <c r="F321" s="5">
+        <v>-2369.42</v>
+      </c>
+      <c r="G321" s="6">
+        <v>-4.0000000000000001E-3</v>
+      </c>
+      <c r="H321" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J321" s="5"/>
+    </row>
+    <row r="322" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A322" s="1">
+        <v>312</v>
+      </c>
+      <c r="B322" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="D322" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E322" s="4">
+        <v>-587200</v>
+      </c>
+      <c r="F322" s="5">
+        <v>-2388.14</v>
+      </c>
+      <c r="G322" s="6">
+        <v>-4.0000000000000001E-3</v>
+      </c>
+      <c r="H322" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J322" s="5"/>
+    </row>
+    <row r="323" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A323" s="1">
+        <v>313</v>
+      </c>
+      <c r="B323" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D323" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E323" s="4">
+        <v>-71000</v>
+      </c>
+      <c r="F323" s="5">
+        <v>-2451.1999999999998</v>
+      </c>
+      <c r="G323" s="6">
+        <v>-4.1000000000000003E-3</v>
+      </c>
+      <c r="H323" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J323" s="5"/>
+    </row>
+    <row r="324" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A324" s="1">
+        <v>314</v>
+      </c>
+      <c r="B324" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="D324" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E324" s="4">
+        <v>-882650</v>
+      </c>
+      <c r="F324" s="5">
+        <v>-2469.65</v>
+      </c>
+      <c r="G324" s="6">
+        <v>-4.1000000000000003E-3</v>
+      </c>
+      <c r="H324" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J324" s="5"/>
+    </row>
+    <row r="325" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A325" s="1">
+        <v>315</v>
+      </c>
+      <c r="B325" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="D325" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E325" s="4">
+        <v>-348150</v>
+      </c>
+      <c r="F325" s="5">
+        <v>-2500.7600000000002</v>
+      </c>
+      <c r="G325" s="6">
+        <v>-4.1999999999999997E-3</v>
+      </c>
+      <c r="H325" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J325" s="5"/>
+    </row>
+    <row r="326" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A326" s="1">
+        <v>316</v>
+      </c>
+      <c r="B326" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="D326" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E326" s="4">
+        <v>-347900</v>
+      </c>
+      <c r="F326" s="5">
+        <v>-2570.63</v>
+      </c>
+      <c r="G326" s="6">
+        <v>-4.3E-3</v>
+      </c>
+      <c r="H326" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J326" s="5"/>
+    </row>
+    <row r="327" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A327" s="1">
+        <v>317</v>
+      </c>
+      <c r="B327" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="D327" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E327" s="4">
+        <v>-45300</v>
+      </c>
+      <c r="F327" s="5">
+        <v>-2594.7800000000002</v>
+      </c>
+      <c r="G327" s="6">
+        <v>-4.3E-3</v>
+      </c>
+      <c r="H327" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J327" s="5"/>
+    </row>
+    <row r="328" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A328" s="1">
+        <v>318</v>
+      </c>
+      <c r="B328" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D328" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E328" s="4">
+        <v>-224000</v>
+      </c>
+      <c r="F328" s="5">
+        <v>-2602.21</v>
+      </c>
+      <c r="G328" s="6">
+        <v>-4.3E-3</v>
+      </c>
+      <c r="H328" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J328" s="5"/>
+    </row>
+    <row r="329" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A329" s="1">
+        <v>319</v>
+      </c>
+      <c r="B329" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="D329" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E329" s="4">
+        <v>-271700</v>
+      </c>
+      <c r="F329" s="5">
+        <v>-2612.12</v>
+      </c>
+      <c r="G329" s="6">
+        <v>-4.4000000000000003E-3</v>
+      </c>
+      <c r="H329" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J329" s="5"/>
+    </row>
+    <row r="330" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A330" s="1">
+        <v>320</v>
+      </c>
+      <c r="B330" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="D330" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E330" s="4">
+        <v>-185250</v>
+      </c>
+      <c r="F330" s="5">
+        <v>-2614.25</v>
+      </c>
+      <c r="G330" s="6">
+        <v>-4.4000000000000003E-3</v>
+      </c>
+      <c r="H330" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J330" s="5"/>
+    </row>
+    <row r="331" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A331" s="1">
+        <v>321</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="D331" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E331" s="4">
+        <v>-239375</v>
+      </c>
+      <c r="F331" s="5">
+        <v>-2736.54</v>
+      </c>
+      <c r="G331" s="6">
+        <v>-4.5999999999999999E-3</v>
+      </c>
+      <c r="H331" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J331" s="5"/>
+    </row>
+    <row r="332" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A332" s="1">
+        <v>322</v>
+      </c>
+      <c r="B332" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D332" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E332" s="4">
+        <v>-313875</v>
+      </c>
+      <c r="F332" s="5">
+        <v>-2751.74</v>
+      </c>
+      <c r="G332" s="6">
+        <v>-4.5999999999999999E-3</v>
+      </c>
+      <c r="H332" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J332" s="5"/>
+    </row>
+    <row r="333" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A333" s="1">
+        <v>323</v>
+      </c>
+      <c r="B333" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="D333" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E333" s="4">
+        <v>-947050</v>
+      </c>
+      <c r="F333" s="5">
+        <v>-2795.22</v>
+      </c>
+      <c r="G333" s="6">
+        <v>-4.7000000000000002E-3</v>
+      </c>
+      <c r="H333" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J333" s="5"/>
+    </row>
+    <row r="334" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A334" s="1">
+        <v>324</v>
+      </c>
+      <c r="B334" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="D334" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E334" s="4">
+        <v>-101250</v>
+      </c>
+      <c r="F334" s="5">
+        <v>-2805.74</v>
+      </c>
+      <c r="G334" s="6">
+        <v>-4.7000000000000002E-3</v>
+      </c>
+      <c r="H334" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J334" s="5"/>
+    </row>
+    <row r="335" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A335" s="1">
+        <v>325</v>
+      </c>
+      <c r="B335" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="D335" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E335" s="4">
+        <v>-326950</v>
+      </c>
+      <c r="F335" s="5">
+        <v>-2841.2</v>
+      </c>
+      <c r="G335" s="6">
+        <v>-4.7000000000000002E-3</v>
+      </c>
+      <c r="H335" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J335" s="5"/>
+    </row>
+    <row r="336" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A336" s="1">
+        <v>326</v>
+      </c>
+      <c r="B336" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D336" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E336" s="4">
+        <v>-112800</v>
+      </c>
+      <c r="F336" s="5">
+        <v>-2855.64</v>
+      </c>
+      <c r="G336" s="6">
+        <v>-4.7999999999999996E-3</v>
+      </c>
+      <c r="H336" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J336" s="5"/>
+    </row>
+    <row r="337" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A337" s="1">
+        <v>327</v>
+      </c>
+      <c r="B337" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="D337" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E337" s="4">
+        <v>-148750</v>
+      </c>
+      <c r="F337" s="5">
+        <v>-2865.67</v>
+      </c>
+      <c r="G337" s="6">
+        <v>-4.7999999999999996E-3</v>
+      </c>
+      <c r="H337" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J337" s="5"/>
+    </row>
+    <row r="338" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A338" s="1">
+        <v>328</v>
+      </c>
+      <c r="B338" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D338" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E338" s="4">
+        <v>-208000</v>
+      </c>
+      <c r="F338" s="5">
+        <v>-2872.69</v>
+      </c>
+      <c r="G338" s="6">
+        <v>-4.7999999999999996E-3</v>
+      </c>
+      <c r="H338" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J338" s="5"/>
+    </row>
+    <row r="339" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A339" s="1">
+        <v>329</v>
+      </c>
+      <c r="B339" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D339" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E339" s="4">
+        <v>-88550</v>
+      </c>
+      <c r="F339" s="5">
+        <v>-3002.73</v>
+      </c>
+      <c r="G339" s="6">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+      <c r="H339" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J339" s="5"/>
+    </row>
+    <row r="340" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A340" s="1">
+        <v>330</v>
+      </c>
+      <c r="B340" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="D340" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E340" s="4">
+        <v>-442400</v>
+      </c>
+      <c r="F340" s="5">
+        <v>-3022.92</v>
+      </c>
+      <c r="G340" s="6">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+      <c r="H340" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J340" s="5"/>
+    </row>
+    <row r="341" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A341" s="1">
+        <v>331</v>
+      </c>
+      <c r="B341" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="D341" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E341" s="4">
+        <v>-182000</v>
+      </c>
+      <c r="F341" s="5">
+        <v>-3087.45</v>
+      </c>
+      <c r="G341" s="6">
+        <v>-5.1999999999999998E-3</v>
+      </c>
+      <c r="H341" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J341" s="5"/>
+    </row>
+    <row r="342" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A342" s="1">
+        <v>332</v>
+      </c>
+      <c r="B342" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="D342" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E342" s="4">
+        <v>-458400</v>
+      </c>
+      <c r="F342" s="5">
+        <v>-3135.91</v>
+      </c>
+      <c r="G342" s="6">
+        <v>-5.1999999999999998E-3</v>
+      </c>
+      <c r="H342" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J342" s="5"/>
+    </row>
+    <row r="343" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A343" s="1">
+        <v>333</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="D343" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E343" s="4">
+        <v>-317250</v>
+      </c>
+      <c r="F343" s="5">
+        <v>-3187.09</v>
+      </c>
+      <c r="G343" s="6">
+        <v>-5.3E-3</v>
+      </c>
+      <c r="H343" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J343" s="5"/>
+    </row>
+    <row r="344" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A344" s="1">
+        <v>334</v>
+      </c>
+      <c r="B344" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="D344" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E344" s="4">
+        <v>-1365000</v>
+      </c>
+      <c r="F344" s="5">
+        <v>-3275.18</v>
+      </c>
+      <c r="G344" s="6">
+        <v>-5.4999999999999997E-3</v>
+      </c>
+      <c r="H344" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J344" s="5"/>
+    </row>
+    <row r="345" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A345" s="1">
+        <v>335</v>
+      </c>
+      <c r="B345" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D345" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E345" s="4">
+        <v>-458000</v>
+      </c>
+      <c r="F345" s="5">
+        <v>-3374.32</v>
+      </c>
+      <c r="G345" s="6">
+        <v>-5.5999999999999999E-3</v>
+      </c>
+      <c r="H345" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J345" s="5"/>
+    </row>
+    <row r="346" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A346" s="1">
+        <v>336</v>
+      </c>
+      <c r="B346" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="D346" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E346" s="4">
+        <v>-2495700</v>
+      </c>
+      <c r="F346" s="5">
+        <v>-3379.18</v>
+      </c>
+      <c r="G346" s="6">
+        <v>-5.5999999999999999E-3</v>
+      </c>
+      <c r="H346" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J346" s="5"/>
+    </row>
+    <row r="347" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A347" s="1">
+        <v>337</v>
+      </c>
+      <c r="B347" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D347" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E347" s="4">
+        <v>-28700</v>
+      </c>
+      <c r="F347" s="5">
+        <v>-3525.22</v>
+      </c>
+      <c r="G347" s="6">
+        <v>-5.8999999999999999E-3</v>
+      </c>
+      <c r="H347" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J347" s="5"/>
+    </row>
+    <row r="348" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A348" s="1">
+        <v>338</v>
+      </c>
+      <c r="B348" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D348" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E348" s="4">
+        <v>-219800</v>
+      </c>
+      <c r="F348" s="5">
+        <v>-3529.11</v>
+      </c>
+      <c r="G348" s="6">
+        <v>-5.8999999999999999E-3</v>
+      </c>
+      <c r="H348" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J348" s="5"/>
+    </row>
+    <row r="349" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A349" s="1">
+        <v>339</v>
+      </c>
+      <c r="B349" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D349" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E349" s="4">
+        <v>-319200</v>
+      </c>
+      <c r="F349" s="5">
+        <v>-3582.38</v>
+      </c>
+      <c r="G349" s="6">
+        <v>-6.0000000000000001E-3</v>
+      </c>
+      <c r="H349" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J349" s="5"/>
+    </row>
+    <row r="350" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A350" s="1">
+        <v>340</v>
+      </c>
+      <c r="B350" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D350" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E350" s="4">
+        <v>-335500</v>
+      </c>
+      <c r="F350" s="5">
+        <v>-3812.62</v>
+      </c>
+      <c r="G350" s="6">
+        <v>-6.4000000000000003E-3</v>
+      </c>
+      <c r="H350" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J350" s="5"/>
+    </row>
+    <row r="351" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A351" s="1">
+        <v>341</v>
+      </c>
+      <c r="B351" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="D351" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E351" s="4">
+        <v>-3456000</v>
+      </c>
+      <c r="F351" s="5">
+        <v>-3930.16</v>
+      </c>
+      <c r="G351" s="6">
+        <v>-6.6E-3</v>
+      </c>
+      <c r="H351" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J351" s="5"/>
+    </row>
+    <row r="352" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A352" s="1">
+        <v>342</v>
+      </c>
+      <c r="B352" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="D352" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E352" s="4">
+        <v>-1210075</v>
+      </c>
+      <c r="F352" s="5">
+        <v>-3967.84</v>
+      </c>
+      <c r="G352" s="6">
+        <v>-6.6E-3</v>
+      </c>
+      <c r="H352" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J352" s="5"/>
+    </row>
+    <row r="353" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A353" s="1">
+        <v>343</v>
+      </c>
+      <c r="B353" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D353" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E353" s="4">
+        <v>-523600</v>
+      </c>
+      <c r="F353" s="5">
+        <v>-4019.42</v>
+      </c>
+      <c r="G353" s="6">
+        <v>-6.7000000000000002E-3</v>
+      </c>
+      <c r="H353" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J353" s="5"/>
+    </row>
+    <row r="354" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A354" s="1">
+        <v>344</v>
+      </c>
+      <c r="B354" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="D354" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E354" s="4">
+        <v>-1000350</v>
+      </c>
+      <c r="F354" s="5">
+        <v>-4057.92</v>
+      </c>
+      <c r="G354" s="6">
+        <v>-6.7999999999999996E-3</v>
+      </c>
+      <c r="H354" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J354" s="5"/>
+    </row>
+    <row r="355" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A355" s="1">
+        <v>345</v>
+      </c>
+      <c r="B355" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="D355" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E355" s="4">
+        <v>-398200</v>
+      </c>
+      <c r="F355" s="5">
+        <v>-4336.3999999999996</v>
+      </c>
+      <c r="G355" s="6">
+        <v>-7.1999999999999998E-3</v>
+      </c>
+      <c r="H355" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J355" s="5"/>
+    </row>
+    <row r="356" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A356" s="1">
+        <v>346</v>
+      </c>
+      <c r="B356" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="D356" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E356" s="4">
+        <v>-501750</v>
+      </c>
+      <c r="F356" s="5">
+        <v>-4400.1000000000004</v>
+      </c>
+      <c r="G356" s="6">
+        <v>-7.4000000000000003E-3</v>
+      </c>
+      <c r="H356" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J356" s="5"/>
+    </row>
+    <row r="357" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A357" s="1">
+        <v>347</v>
+      </c>
+      <c r="B357" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="D357" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E357" s="4">
+        <v>-723525</v>
+      </c>
+      <c r="F357" s="5">
+        <v>-4490.2</v>
+      </c>
+      <c r="G357" s="6">
+        <v>-7.4999999999999997E-3</v>
+      </c>
+      <c r="H357" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J357" s="5"/>
+    </row>
+    <row r="358" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A358" s="1">
+        <v>348</v>
+      </c>
+      <c r="B358" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="D358" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E358" s="4">
+        <v>-413250</v>
+      </c>
+      <c r="F358" s="5">
+        <v>-4667.25</v>
+      </c>
+      <c r="G358" s="6">
+        <v>-7.7999999999999996E-3</v>
+      </c>
+      <c r="H358" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J358" s="5"/>
+    </row>
+    <row r="359" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A359" s="1">
+        <v>349</v>
+      </c>
+      <c r="B359" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="D359" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E359" s="4">
+        <v>-1258400</v>
+      </c>
+      <c r="F359" s="5">
+        <v>-5187.75</v>
+      </c>
+      <c r="G359" s="6">
+        <v>-8.6999999999999994E-3</v>
+      </c>
+      <c r="H359" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J359" s="5"/>
+    </row>
+    <row r="360" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A360" s="1">
+        <v>350</v>
+      </c>
+      <c r="B360" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="D360" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E360" s="4">
+        <v>-274550</v>
+      </c>
+      <c r="F360" s="5">
+        <v>-5193.9399999999996</v>
+      </c>
+      <c r="G360" s="6">
+        <v>-8.6999999999999994E-3</v>
+      </c>
+      <c r="H360" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J360" s="5"/>
+    </row>
+    <row r="361" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A361" s="1">
+        <v>351</v>
+      </c>
+      <c r="B361" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="D361" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E361" s="4">
+        <v>-7800275</v>
+      </c>
+      <c r="F361" s="5">
+        <v>-5478.91</v>
+      </c>
+      <c r="G361" s="6">
+        <v>-9.1999999999999998E-3</v>
+      </c>
+      <c r="H361" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J361" s="5"/>
+    </row>
+    <row r="362" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A362" s="1">
+        <v>352</v>
+      </c>
+      <c r="B362" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="D362" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E362" s="4">
+        <v>-792000</v>
+      </c>
+      <c r="F362" s="5">
+        <v>-5564.2</v>
+      </c>
+      <c r="G362" s="6">
+        <v>-9.2999999999999992E-3</v>
+      </c>
+      <c r="H362" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J362" s="5"/>
+    </row>
+    <row r="363" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A363" s="1">
+        <v>353</v>
+      </c>
+      <c r="B363" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D363" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E363" s="4">
+        <v>-1528300</v>
+      </c>
+      <c r="F363" s="5">
+        <v>-5979.47</v>
+      </c>
+      <c r="G363" s="6">
+        <v>-0.01</v>
+      </c>
+      <c r="H363" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J363" s="5"/>
+    </row>
+    <row r="364" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A364" s="1">
+        <v>354</v>
+      </c>
+      <c r="B364" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="D364" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E364" s="4">
+        <v>-240600</v>
+      </c>
+      <c r="F364" s="5">
+        <v>-6067.93</v>
+      </c>
+      <c r="G364" s="6">
+        <v>-1.01E-2</v>
+      </c>
+      <c r="H364" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J364" s="5"/>
+    </row>
+    <row r="365" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A365" s="1">
+        <v>355</v>
+      </c>
+      <c r="B365" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="D365" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E365" s="4">
+        <v>-1626900</v>
+      </c>
+      <c r="F365" s="5">
+        <v>-6101.69</v>
+      </c>
+      <c r="G365" s="6">
+        <v>-1.0200000000000001E-2</v>
+      </c>
+      <c r="H365" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J365" s="5"/>
+    </row>
+    <row r="366" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A366" s="1">
+        <v>356</v>
+      </c>
+      <c r="B366" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="D366" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E366" s="4">
+        <v>-1302950</v>
+      </c>
+      <c r="F366" s="5">
+        <v>-6112.14</v>
+      </c>
+      <c r="G366" s="6">
+        <v>-1.0200000000000001E-2</v>
+      </c>
+      <c r="H366" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J366" s="5"/>
+    </row>
+    <row r="367" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A367" s="1">
+        <v>357</v>
+      </c>
+      <c r="B367" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="D367" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E367" s="4">
+        <v>-7016850</v>
+      </c>
+      <c r="F367" s="5">
+        <v>-6152.37</v>
+      </c>
+      <c r="G367" s="6">
+        <v>-1.03E-2</v>
+      </c>
+      <c r="H367" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J367" s="5"/>
+    </row>
+    <row r="368" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A368" s="1">
+        <v>358</v>
+      </c>
+      <c r="B368" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D368" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E368" s="4">
+        <v>-214550</v>
+      </c>
+      <c r="F368" s="5">
+        <v>-6215.94</v>
+      </c>
+      <c r="G368" s="6">
+        <v>-1.04E-2</v>
+      </c>
+      <c r="H368" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J368" s="5"/>
+    </row>
+    <row r="369" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A369" s="1">
+        <v>359</v>
+      </c>
+      <c r="B369" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="D369" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E369" s="4">
+        <v>-545400</v>
+      </c>
+      <c r="F369" s="5">
+        <v>-6267.19</v>
+      </c>
+      <c r="G369" s="6">
+        <v>-1.0500000000000001E-2</v>
+      </c>
+      <c r="H369" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J369" s="5"/>
+    </row>
+    <row r="370" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A370" s="1">
+        <v>360</v>
+      </c>
+      <c r="B370" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="D370" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E370" s="4">
+        <v>-1108000</v>
+      </c>
+      <c r="F370" s="5">
+        <v>-6305.63</v>
+      </c>
+      <c r="G370" s="6">
+        <v>-1.0500000000000001E-2</v>
+      </c>
+      <c r="H370" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J370" s="5"/>
+    </row>
+    <row r="371" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A371" s="1">
+        <v>361</v>
+      </c>
+      <c r="B371" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="D371" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E371" s="4">
+        <v>-133050</v>
+      </c>
+      <c r="F371" s="5">
+        <v>-6360.19</v>
+      </c>
+      <c r="G371" s="6">
+        <v>-1.06E-2</v>
+      </c>
+      <c r="H371" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J371" s="5"/>
+    </row>
+    <row r="372" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A372" s="1">
+        <v>362</v>
+      </c>
+      <c r="B372" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="D372" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E372" s="4">
+        <v>-660000</v>
+      </c>
+      <c r="F372" s="5">
+        <v>-7505.52</v>
+      </c>
+      <c r="G372" s="6">
+        <v>-1.2500000000000001E-2</v>
+      </c>
+      <c r="H372" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J372" s="5"/>
+    </row>
+    <row r="373" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A373" s="1">
+        <v>363</v>
+      </c>
+      <c r="B373" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="D373" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E373" s="4">
+        <v>-1883200</v>
+      </c>
+      <c r="F373" s="5">
+        <v>-7615.66</v>
+      </c>
+      <c r="G373" s="6">
+        <v>-1.2699999999999999E-2</v>
+      </c>
+      <c r="H373" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J373" s="5"/>
+    </row>
+    <row r="374" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A374" s="1">
+        <v>364</v>
+      </c>
+      <c r="B374" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="D374" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E374" s="4">
+        <v>-93203400</v>
+      </c>
+      <c r="F374" s="5">
+        <v>-7642.68</v>
+      </c>
+      <c r="G374" s="6">
+        <v>-1.2800000000000001E-2</v>
+      </c>
+      <c r="H374" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J374" s="5"/>
+    </row>
+    <row r="375" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A375" s="1">
+        <v>365</v>
+      </c>
+      <c r="B375" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="D375" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E375" s="4">
+        <v>-6581250</v>
+      </c>
+      <c r="F375" s="5">
+        <v>-8200.24</v>
+      </c>
+      <c r="G375" s="6">
+        <v>-1.37E-2</v>
+      </c>
+      <c r="H375" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J375" s="5"/>
+    </row>
+    <row r="376" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A376" s="1">
+        <v>366</v>
+      </c>
+      <c r="B376" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="D376" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E376" s="4">
+        <v>-240975</v>
+      </c>
+      <c r="F376" s="5">
+        <v>-8868.84</v>
+      </c>
+      <c r="G376" s="6">
+        <v>-1.4800000000000001E-2</v>
+      </c>
+      <c r="H376" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J376" s="5"/>
+    </row>
+    <row r="377" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A377" s="1">
+        <v>367</v>
+      </c>
+      <c r="B377" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="D377" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E377" s="4">
+        <v>-312375</v>
+      </c>
+      <c r="F377" s="5">
+        <v>-9106.98</v>
+      </c>
+      <c r="G377" s="6">
+        <v>-1.52E-2</v>
+      </c>
+      <c r="H377" s="10">
+        <v>45986</v>
+      </c>
+      <c r="J377" s="5"/>
+    </row>
+    <row r="378" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A378" s="1">
+        <v>368</v>
+      </c>
+      <c r="B378" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="D378" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E378" s="4">
+        <v>-3802500</v>
+      </c>
+      <c r="F378" s="5">
+        <v>-9900.9500000000007</v>
+      </c>
+      <c r="G378" s="6">
+        <v>-1.6500000000000001E-2</v>
+      </c>
+      <c r="H378" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J378" s="5"/>
+    </row>
+    <row r="379" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A379" s="1">
+        <v>369</v>
+      </c>
+      <c r="B379" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="D379" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E379" s="4">
+        <v>-6372600</v>
+      </c>
+      <c r="F379" s="5">
+        <v>-10278.370000000001</v>
+      </c>
+      <c r="G379" s="6">
+        <v>-1.72E-2</v>
+      </c>
+      <c r="H379" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J379" s="5"/>
+    </row>
+    <row r="380" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A380" s="1">
+        <v>370</v>
+      </c>
+      <c r="B380" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="D380" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E380" s="4">
+        <v>-781900</v>
+      </c>
+      <c r="F380" s="5">
+        <v>-10614.29</v>
+      </c>
+      <c r="G380" s="6">
+        <v>-1.77E-2</v>
+      </c>
+      <c r="H380" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J380" s="5"/>
+    </row>
+    <row r="381" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A381" s="1">
+        <v>371</v>
+      </c>
+      <c r="B381" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="D381" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E381" s="4">
+        <v>-1179200</v>
+      </c>
+      <c r="F381" s="5">
+        <v>-11274.33</v>
+      </c>
+      <c r="G381" s="6">
+        <v>-1.8800000000000001E-2</v>
+      </c>
+      <c r="H381" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J381" s="5"/>
+    </row>
+    <row r="382" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A382" s="1">
+        <v>372</v>
+      </c>
+      <c r="B382" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="D382" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E382" s="4">
+        <v>-563600</v>
+      </c>
+      <c r="F382" s="5">
+        <v>-11299.62</v>
+      </c>
+      <c r="G382" s="6">
+        <v>-1.89E-2</v>
+      </c>
+      <c r="H382" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J382" s="5"/>
+    </row>
+    <row r="383" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A383" s="1">
+        <v>373</v>
+      </c>
+      <c r="B383" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="D383" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E383" s="4">
+        <v>-1068000</v>
+      </c>
+      <c r="F383" s="5">
+        <v>-14665.78</v>
+      </c>
+      <c r="G383" s="6">
+        <v>-2.4500000000000001E-2</v>
+      </c>
+      <c r="H383" s="10">
+        <v>45958</v>
+      </c>
+      <c r="J383" s="5"/>
+    </row>
+    <row r="384" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A384" s="7"/>
+      <c r="B384" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C384" s="7"/>
+      <c r="D384" s="7"/>
+      <c r="E384" s="7"/>
+      <c r="F384" s="8">
+        <v>-416614.5</v>
+      </c>
+      <c r="G384" s="9">
+        <v>-0.6956</v>
+      </c>
+    </row>
+    <row r="386" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B386" s="2" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="387" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B387" s="2" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="388" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B388" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="389" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A389" s="1">
+        <v>374</v>
+      </c>
+      <c r="B389" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C389" s="1" t="s">
+        <v>603</v>
+      </c>
+      <c r="D389" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E389" s="4">
+        <v>10000</v>
+      </c>
+      <c r="F389" s="5">
+        <v>10192.379999999999</v>
+      </c>
+      <c r="G389" s="6">
+        <v>1.7000000000000001E-2</v>
+      </c>
+      <c r="H389" s="10">
+        <v>46234</v>
+      </c>
+      <c r="J389" s="5">
+        <v>6.6849999999999996</v>
+      </c>
+    </row>
+    <row r="390" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A390" s="1">
+        <v>375</v>
+      </c>
+      <c r="B390" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C390" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="D390" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E390" s="4">
+        <v>7500</v>
+      </c>
+      <c r="F390" s="5">
+        <v>7752.13</v>
+      </c>
+      <c r="G390" s="6">
+        <v>1.2999999999999999E-2</v>
+      </c>
+      <c r="H390" s="10">
+        <v>46444</v>
+      </c>
+      <c r="J390" s="5">
+        <v>6.8230000000000004</v>
+      </c>
+    </row>
+    <row r="391" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A391" s="1">
+        <v>376</v>
+      </c>
+      <c r="B391" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C391" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="D391" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E391" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F391" s="5">
+        <v>5284.34</v>
+      </c>
+      <c r="G391" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+      <c r="H391" s="10">
+        <v>46461</v>
+      </c>
+      <c r="J391" s="5">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="392" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A392" s="1">
+        <v>377</v>
+      </c>
+      <c r="B392" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C392" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="D392" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E392" s="4">
+        <v>500</v>
+      </c>
+      <c r="F392" s="5">
+        <v>5263.78</v>
+      </c>
+      <c r="G392" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+      <c r="H392" s="10">
+        <v>46065</v>
+      </c>
+      <c r="J392" s="5">
+        <v>6.3249000000000004</v>
+      </c>
+    </row>
+    <row r="393" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A393" s="1">
+        <v>378</v>
+      </c>
+      <c r="B393" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C393" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="D393" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E393" s="4">
+        <v>500</v>
+      </c>
+      <c r="F393" s="5">
+        <v>5246.42</v>
+      </c>
+      <c r="G393" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+      <c r="H393" s="10">
+        <v>46356</v>
+      </c>
+      <c r="J393" s="5">
+        <v>6.76</v>
+      </c>
+    </row>
+    <row r="394" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A394" s="1">
+        <v>379</v>
+      </c>
+      <c r="B394" s="1" t="s">
+        <v>610</v>
+      </c>
+      <c r="C394" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="D394" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E394" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F394" s="5">
+        <v>5238.12</v>
+      </c>
+      <c r="G394" s="6">
+        <v>8.8000000000000005E-3</v>
+      </c>
+      <c r="H394" s="10">
+        <v>46107</v>
+      </c>
+      <c r="J394" s="5">
+        <v>6.7701000000000002</v>
+      </c>
+    </row>
+    <row r="395" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A395" s="1">
+        <v>380</v>
+      </c>
+      <c r="B395" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C395" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="D395" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E395" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F395" s="5">
+        <v>5187.1899999999996</v>
+      </c>
+      <c r="G395" s="6">
+        <v>8.6999999999999994E-3</v>
+      </c>
+      <c r="H395" s="10">
+        <v>46157</v>
+      </c>
+      <c r="J395" s="5">
+        <v>7.0149999999999997</v>
+      </c>
+    </row>
+    <row r="396" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A396" s="1">
+        <v>381</v>
+      </c>
+      <c r="B396" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C396" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="D396" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E396" s="4">
+        <v>5000</v>
+      </c>
+      <c r="F396" s="5">
+        <v>5131.72</v>
+      </c>
+      <c r="G396" s="6">
+        <v>8.6E-3</v>
+      </c>
+      <c r="H396" s="10">
+        <v>46203</v>
+      </c>
+      <c r="J396" s="5">
+        <v>6.44</v>
+      </c>
+    </row>
+    <row r="397" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A397" s="1">
+        <v>382</v>
+      </c>
+      <c r="B397" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C397" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="D397" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E397" s="4">
+        <v>300</v>
+      </c>
+      <c r="F397" s="5">
+        <v>3222.96</v>
+      </c>
+      <c r="G397" s="6">
+        <v>5.4000000000000003E-3</v>
+      </c>
+      <c r="H397" s="10">
+        <v>45982</v>
+      </c>
+      <c r="J397" s="5">
+        <v>6.7821999999999996</v>
+      </c>
+    </row>
+    <row r="398" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A398" s="1">
+        <v>383</v>
+      </c>
+      <c r="B398" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="C398" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="D398" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E398" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F398" s="5">
+        <v>2679.19</v>
+      </c>
+      <c r="G398" s="6">
+        <v>4.4999999999999997E-3</v>
+      </c>
+      <c r="H398" s="10">
+        <v>46367</v>
+      </c>
+      <c r="J398" s="5">
+        <v>6.76</v>
+      </c>
+    </row>
+    <row r="399" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A399" s="1">
+        <v>384</v>
+      </c>
+      <c r="B399" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="C399" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="D399" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E399" s="4">
+        <v>250</v>
+      </c>
+      <c r="F399" s="5">
+        <v>2630.31</v>
+      </c>
+      <c r="G399" s="6">
+        <v>4.4000000000000003E-3</v>
+      </c>
+      <c r="H399" s="10">
+        <v>46073</v>
+      </c>
+      <c r="J399" s="5">
+        <v>6.6249000000000002</v>
+      </c>
+    </row>
+    <row r="400" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A400" s="1">
+        <v>385</v>
+      </c>
+      <c r="B400" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="D400" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E400" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F400" s="5">
+        <v>2532.7800000000002</v>
+      </c>
+      <c r="G400" s="6">
+        <v>4.1999999999999997E-3</v>
+      </c>
+      <c r="H400" s="10">
+        <v>46265</v>
+      </c>
+      <c r="J400" s="5">
+        <v>6.6</v>
+      </c>
+    </row>
+    <row r="401" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A401" s="1">
+        <v>386</v>
+      </c>
+      <c r="B401" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C401" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="D401" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E401" s="4">
+        <v>2500</v>
+      </c>
+      <c r="F401" s="5">
+        <v>2531.29</v>
+      </c>
+      <c r="G401" s="6">
+        <v>4.1999999999999997E-3</v>
+      </c>
+      <c r="H401" s="10">
+        <v>46269</v>
+      </c>
+      <c r="J401" s="5">
+        <v>6.6</v>
+      </c>
+    </row>
+    <row r="402" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A402" s="7"/>
+      <c r="B402" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C402" s="7"/>
+      <c r="D402" s="7"/>
+      <c r="E402" s="7"/>
+      <c r="F402" s="8">
+        <v>62892.61</v>
+      </c>
+      <c r="G402" s="9">
+        <v>0.1052</v>
+      </c>
+    </row>
+    <row r="404" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B404" s="2" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="405" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B405" s="2" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="406" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A406" s="1">
+        <v>387</v>
+      </c>
+      <c r="B406" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C406" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="D406" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E406" s="4">
+        <v>2000</v>
+      </c>
+      <c r="F406" s="5">
+        <v>9862.64</v>
+      </c>
+      <c r="G406" s="6">
+        <v>1.6500000000000001E-2</v>
+      </c>
+      <c r="H406" s="10">
+        <v>46020</v>
+      </c>
+      <c r="J406" s="5">
+        <v>5.7118000000000002</v>
+      </c>
+    </row>
+    <row r="407" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A407" s="1">
+        <v>388</v>
+      </c>
+      <c r="B407" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C407" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="D407" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E407" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F407" s="5">
+        <v>4846.78</v>
+      </c>
+      <c r="G407" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="H407" s="10">
+        <v>46114</v>
+      </c>
+      <c r="J407" s="5">
+        <v>6.3051000000000004</v>
+      </c>
+    </row>
+    <row r="408" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A408" s="1">
+        <v>389</v>
+      </c>
+      <c r="B408" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C408" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="D408" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E408" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F408" s="5">
+        <v>4819.74</v>
+      </c>
+      <c r="G408" s="6">
+        <v>8.0999999999999996E-3</v>
+      </c>
+      <c r="H408" s="10">
+        <v>46147</v>
+      </c>
+      <c r="J408" s="5">
+        <v>6.32</v>
+      </c>
+    </row>
+    <row r="409" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A409" s="1">
+        <v>390</v>
+      </c>
+      <c r="B409" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="C409" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="D409" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E409" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F409" s="5">
+        <v>4779.2299999999996</v>
+      </c>
+      <c r="G409" s="6">
+        <v>8.0000000000000002E-3</v>
+      </c>
+      <c r="H409" s="10">
+        <v>46198</v>
+      </c>
+      <c r="J409" s="5">
+        <v>6.3151000000000002</v>
+      </c>
+    </row>
+    <row r="410" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A410" s="1">
+        <v>391</v>
+      </c>
+      <c r="B410" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C410" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="D410" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E410" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F410" s="5">
+        <v>4743.8100000000004</v>
+      </c>
+      <c r="G410" s="6">
+        <v>7.9000000000000008E-3</v>
+      </c>
+      <c r="H410" s="10">
+        <v>46239</v>
+      </c>
+      <c r="J410" s="5">
+        <v>6.4</v>
+      </c>
+    </row>
+    <row r="411" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A411" s="1">
+        <v>392</v>
+      </c>
+      <c r="B411" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C411" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="D411" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E411" s="4">
+        <v>500</v>
+      </c>
+      <c r="F411" s="5">
+        <v>2483.3000000000002</v>
+      </c>
+      <c r="G411" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H411" s="10">
+        <v>45973</v>
+      </c>
+      <c r="J411" s="5">
+        <v>5.8446999999999996</v>
+      </c>
+    </row>
+    <row r="412" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A412" s="1">
+        <v>393</v>
+      </c>
+      <c r="B412" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C412" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="D412" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E412" s="4">
+        <v>500</v>
+      </c>
+      <c r="F412" s="5">
+        <v>2474.62</v>
+      </c>
+      <c r="G412" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H412" s="10">
+        <v>45996</v>
+      </c>
+      <c r="J412" s="5">
+        <v>5.7601000000000004</v>
+      </c>
+    </row>
+    <row r="413" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A413" s="1">
+        <v>394</v>
+      </c>
+      <c r="B413" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C413" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="D413" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E413" s="4">
+        <v>500</v>
+      </c>
+      <c r="F413" s="5">
+        <v>2472.2399999999998</v>
+      </c>
+      <c r="G413" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H413" s="10">
+        <v>46002</v>
+      </c>
+      <c r="J413" s="5">
+        <v>5.7728000000000002</v>
+      </c>
+    </row>
+    <row r="414" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A414" s="1">
+        <v>395</v>
+      </c>
+      <c r="B414" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C414" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="D414" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E414" s="4">
+        <v>500</v>
+      </c>
+      <c r="F414" s="5">
+        <v>2465.3200000000002</v>
+      </c>
+      <c r="G414" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H414" s="10">
+        <v>46021</v>
+      </c>
+      <c r="J414" s="5">
+        <v>5.7050000000000001</v>
+      </c>
+    </row>
+    <row r="415" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A415" s="1">
+        <v>396</v>
+      </c>
+      <c r="B415" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="D415" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E415" s="4">
+        <v>500</v>
+      </c>
+      <c r="F415" s="5">
+        <v>2459.8200000000002</v>
+      </c>
+      <c r="G415" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H415" s="10">
+        <v>46030</v>
+      </c>
+      <c r="J415" s="5">
+        <v>6.0225</v>
+      </c>
+    </row>
+    <row r="416" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A416" s="1">
+        <v>397</v>
+      </c>
+      <c r="B416" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="D416" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="E416" s="4">
+        <v>500</v>
+      </c>
+      <c r="F416" s="5">
+        <v>2449.0100000000002</v>
+      </c>
+      <c r="G416" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H416" s="10">
+        <v>46056</v>
+      </c>
+      <c r="J416" s="5">
+        <v>6.0799000000000003</v>
+      </c>
+    </row>
+    <row r="417" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A417" s="1">
+        <v>398</v>
+      </c>
+      <c r="B417" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D417" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E417" s="4">
+        <v>500</v>
+      </c>
+      <c r="F417" s="5">
+        <v>2431.4299999999998</v>
+      </c>
+      <c r="G417" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H417" s="10">
+        <v>46101</v>
+      </c>
+      <c r="J417" s="5">
+        <v>6.0549999999999997</v>
+      </c>
+    </row>
+    <row r="418" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A418" s="1">
+        <v>399</v>
+      </c>
+      <c r="B418" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C418" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="D418" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E418" s="4">
+        <v>500</v>
+      </c>
+      <c r="F418" s="5">
+        <v>2395.25</v>
+      </c>
+      <c r="G418" s="6">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="H418" s="10">
+        <v>46184</v>
+      </c>
+      <c r="J418" s="5">
+        <v>6.3093000000000004</v>
+      </c>
+    </row>
+    <row r="419" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A419" s="7"/>
+      <c r="B419" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C419" s="7"/>
+      <c r="D419" s="7"/>
+      <c r="E419" s="7"/>
+      <c r="F419" s="8">
+        <v>48683.19</v>
+      </c>
+      <c r="G419" s="9">
+        <v>8.1299999999999997E-2</v>
+      </c>
+    </row>
+    <row r="421" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B421" s="2" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="422" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B422" s="2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="423" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A423" s="1">
+        <v>400</v>
+      </c>
+      <c r="B423" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C423" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="D423" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E423" s="4">
+        <v>1000</v>
+      </c>
+      <c r="F423" s="5">
+        <v>4673.04</v>
+      </c>
+      <c r="G423" s="6">
+        <v>7.7999999999999996E-3</v>
+      </c>
+      <c r="H423" s="10">
+        <v>46283</v>
+      </c>
+      <c r="J423" s="5">
+        <v>7.2549999999999999</v>
+      </c>
+    </row>
+    <row r="424" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A424" s="7"/>
+      <c r="B424" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C424" s="7"/>
+      <c r="D424" s="7"/>
+      <c r="E424" s="7"/>
+      <c r="F424" s="8">
+        <v>4673.04</v>
+      </c>
+      <c r="G424" s="9">
+        <v>7.7999999999999996E-3</v>
+      </c>
+    </row>
+    <row r="426" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B426" s="2" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="427" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A427" s="1">
+        <v>401</v>
+      </c>
+      <c r="B427" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C427" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="E427" s="4">
+        <v>2500000</v>
+      </c>
+      <c r="F427" s="5">
+        <v>2455.5</v>
+      </c>
+      <c r="G427" s="6">
+        <v>4.1000000000000003E-3</v>
+      </c>
+      <c r="H427" s="10">
+        <v>46051</v>
+      </c>
+      <c r="J427" s="5">
+        <v>5.5125999999999999</v>
+      </c>
+    </row>
+    <row r="428" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A428" s="7"/>
+      <c r="B428" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C428" s="7"/>
+      <c r="D428" s="7"/>
+      <c r="E428" s="7"/>
+      <c r="F428" s="8">
+        <v>2455.5</v>
+      </c>
+      <c r="G428" s="9">
+        <v>4.1000000000000003E-3</v>
+      </c>
+    </row>
+    <row r="430" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A430" s="1">
+        <v>402</v>
+      </c>
+      <c r="B430" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="F430" s="5">
+        <v>7390.48</v>
+      </c>
+      <c r="G430" s="6">
+        <v>1.24E-2</v>
+      </c>
+      <c r="H430" s="10">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="431" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A431" s="7"/>
+      <c r="B431" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C431" s="7"/>
+      <c r="D431" s="7"/>
+      <c r="E431" s="7"/>
+      <c r="F431" s="8">
+        <v>7390.48</v>
+      </c>
+      <c r="G431" s="9">
+        <v>1.24E-2</v>
+      </c>
+    </row>
+    <row r="433" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B433" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="434" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A434" s="1">
+        <v>403</v>
+      </c>
+      <c r="B434" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C434" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="D434" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E434" s="4">
+        <v>108220231.366</v>
+      </c>
+      <c r="F434" s="5">
+        <v>59718.95</v>
+      </c>
+      <c r="G434" s="6">
+        <v>9.98E-2</v>
+      </c>
+      <c r="J434" s="5">
+        <v>6.2707759999999997</v>
+      </c>
+    </row>
+    <row r="435" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A435" s="7"/>
+      <c r="B435" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C435" s="7"/>
+      <c r="D435" s="7"/>
+      <c r="E435" s="7"/>
+      <c r="F435" s="8">
+        <v>59718.95</v>
+      </c>
+      <c r="G435" s="9">
+        <v>9.98E-2</v>
+      </c>
+    </row>
+    <row r="437" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B437" s="2" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="438" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B438" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="E438" s="4"/>
+      <c r="F438" s="5">
+        <v>-1077.3599999999999</v>
+      </c>
+      <c r="G438" s="6">
+        <v>-1.9E-3</v>
+      </c>
+      <c r="J438" s="5"/>
+    </row>
+    <row r="439" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A439" s="7"/>
+      <c r="B439" s="7" t="s">
+        <v>383</v>
+      </c>
+      <c r="C439" s="7"/>
+      <c r="D439" s="7"/>
+      <c r="E439" s="7"/>
+      <c r="F439" s="8">
+        <v>-1077.3599999999999</v>
+      </c>
+      <c r="G439" s="9">
+        <v>-1.9E-3</v>
+      </c>
+    </row>
+    <row r="441" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A441" s="3"/>
+      <c r="B441" s="3" t="s">
+        <v>656</v>
+      </c>
+      <c r="C441" s="3"/>
+      <c r="D441" s="3"/>
+      <c r="E441" s="3"/>
+      <c r="F441" s="11">
+        <v>598618.66</v>
+      </c>
+      <c r="G441" s="12">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="442" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A442" s="1" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="443" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A443" s="1">
+        <v>1</v>
+      </c>
+      <c r="B443" s="1" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="444" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A444" s="13">
+        <v>2</v>
+      </c>
+      <c r="B444" s="13" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="445" spans="1:10" ht="35.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A445" s="14">
+        <v>3</v>
+      </c>
+      <c r="B445" s="87" t="s">
+        <v>752</v>
+      </c>
+      <c r="C445" s="87"/>
+    </row>
+    <row r="446" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A446" s="14">
+        <v>4</v>
+      </c>
+      <c r="B446" s="14" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="447" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A447" s="14">
+        <v>5</v>
+      </c>
+      <c r="B447" s="14" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="449" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B449" s="15" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="462" spans="2:2" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B462" s="15" t="s">
+        <v>663</v>
+      </c>
+    </row>
+  </sheetData>
+  <mergeCells count="2">
+    <mergeCell ref="B1:F1"/>
+    <mergeCell ref="B445:C445"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D35D57E-60A0-497F-A332-62B361F3A992}">
+  <dimension ref="A1:K283"/>
+  <sheetViews>
+    <sheetView topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
+  <cols>
+    <col min="1" max="1" width="6.54296875" style="17" customWidth="1"/>
+    <col min="2" max="2" width="81.81640625" style="17" bestFit="1" customWidth="1"/>
+    <col min="3" max="4" width="15.81640625" style="17" customWidth="1"/>
+    <col min="5" max="5" width="14.7265625" style="17" customWidth="1"/>
+    <col min="6" max="6" width="16.1796875" style="17" customWidth="1"/>
+    <col min="7" max="8" width="18" style="17" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="15.7265625" style="17" bestFit="1" customWidth="1"/>
+    <col min="10" max="16384" width="9.1796875" style="17"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="17" t="s">
+        <v>664</v>
+      </c>
+      <c r="B1" s="17" t="s">
+        <v>664</v>
+      </c>
+      <c r="C1" s="17">
+        <v>3</v>
+      </c>
+      <c r="D1" s="17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C2" s="17" t="s">
+        <v>665</v>
+      </c>
+      <c r="D2" s="17" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" hidden="1" x14ac:dyDescent="0.3">
+      <c r="C3" s="17" t="s">
+        <v>667</v>
+      </c>
+      <c r="D3" s="17" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" s="19" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="23"/>
+      <c r="B4" s="23"/>
+      <c r="C4" s="84" t="s">
+        <v>0</v>
+      </c>
+      <c r="D4" s="85"/>
+    </row>
+    <row r="5" spans="1:4" s="19" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="23" t="s">
+        <v>725</v>
+      </c>
+      <c r="B5" s="23" t="s">
+        <v>726</v>
+      </c>
+      <c r="C5" s="86" t="s">
+        <v>668</v>
+      </c>
+      <c r="D5" s="86" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A6" s="21"/>
+      <c r="B6" s="21"/>
+      <c r="C6" s="20"/>
+      <c r="D6" s="20"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A7" s="18">
+        <v>1</v>
+      </c>
+      <c r="B7" s="22" t="s">
+        <v>670</v>
+      </c>
+      <c r="C7" s="22"/>
+      <c r="D7" s="22"/>
+    </row>
+    <row r="8" spans="1:4" s="24" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="23"/>
+      <c r="B8" s="22" t="s">
+        <v>671</v>
+      </c>
+      <c r="C8" s="76">
+        <v>5.3</v>
+      </c>
+      <c r="D8" s="77"/>
+    </row>
+    <row r="9" spans="1:4" s="24" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="23"/>
+      <c r="B9" s="22" t="s">
+        <v>673</v>
+      </c>
+      <c r="C9" s="76">
+        <v>5.32</v>
+      </c>
+      <c r="D9" s="77"/>
+    </row>
+    <row r="10" spans="1:4" s="27" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="25">
+        <v>2</v>
+      </c>
+      <c r="B10" s="26" t="s">
+        <v>674</v>
+      </c>
+      <c r="C10" s="82">
+        <v>0.60278832913709202</v>
+      </c>
+      <c r="D10" s="83"/>
+    </row>
+    <row r="11" spans="1:4" s="27" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="25">
+        <v>3</v>
+      </c>
+      <c r="B11" s="26" t="s">
+        <v>675</v>
+      </c>
+      <c r="C11" s="82">
+        <v>0.557355209812194</v>
+      </c>
+      <c r="D11" s="83"/>
+    </row>
+    <row r="12" spans="1:4" s="27" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="25">
+        <v>4</v>
+      </c>
+      <c r="B12" s="26" t="s">
+        <v>676</v>
+      </c>
+      <c r="C12" s="80">
+        <v>6.3543865272600294E-2</v>
+      </c>
+      <c r="D12" s="81"/>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A13" s="18">
+        <v>5</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>677</v>
+      </c>
+      <c r="C13" s="22"/>
+      <c r="D13" s="22"/>
+    </row>
+    <row r="14" spans="1:4" s="30" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="28"/>
+      <c r="B14" s="29" t="s">
+        <v>678</v>
+      </c>
+      <c r="C14" s="78">
+        <v>-416614.41768000001</v>
+      </c>
+      <c r="D14" s="79"/>
+    </row>
+    <row r="15" spans="1:4" s="33" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="31"/>
+      <c r="B15" s="32" t="s">
+        <v>680</v>
+      </c>
+      <c r="C15" s="74">
+        <v>-0.69583377722854833</v>
+      </c>
+      <c r="D15" s="75"/>
+    </row>
+    <row r="16" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="18">
+        <v>6</v>
+      </c>
+      <c r="B16" s="32" t="s">
+        <v>681</v>
+      </c>
+      <c r="C16" s="70" t="s">
+        <v>679</v>
+      </c>
+      <c r="D16" s="71"/>
+    </row>
+    <row r="17" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="18">
+        <v>7</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>682</v>
+      </c>
+      <c r="C17" s="72" t="s">
+        <v>679</v>
+      </c>
+      <c r="D17" s="73"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A18" s="18">
+        <v>8</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>683</v>
+      </c>
+      <c r="C18" s="22"/>
+      <c r="D18" s="22"/>
+    </row>
+    <row r="19" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="18"/>
+      <c r="B19" s="34" t="s">
+        <v>678</v>
+      </c>
+      <c r="C19" s="70" t="s">
+        <v>679</v>
+      </c>
+      <c r="D19" s="71"/>
+    </row>
+    <row r="20" spans="1:4" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="18"/>
+      <c r="B20" s="34" t="s">
+        <v>684</v>
+      </c>
+      <c r="C20" s="70" t="s">
+        <v>679</v>
+      </c>
+      <c r="D20" s="71"/>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A21" s="18">
+        <v>9</v>
+      </c>
+      <c r="B21" s="22" t="s">
+        <v>685</v>
+      </c>
+      <c r="C21" s="22"/>
+      <c r="D21" s="22"/>
+    </row>
+    <row r="22" spans="1:4" s="38" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="35"/>
+      <c r="B22" s="36" t="s">
+        <v>686</v>
+      </c>
+      <c r="C22" s="37"/>
+      <c r="D22" s="37"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A23" s="39" t="s">
+        <v>687</v>
+      </c>
+      <c r="B23" s="40" t="s">
+        <v>688</v>
+      </c>
+      <c r="C23" s="42" t="s">
+        <v>689</v>
+      </c>
+      <c r="D23" s="42" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A24" s="39" t="s">
+        <v>691</v>
+      </c>
+      <c r="B24" s="40" t="s">
+        <v>692</v>
+      </c>
+      <c r="C24" s="42" t="s">
+        <v>693</v>
+      </c>
+      <c r="D24" s="42" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A25" s="39" t="s">
+        <v>695</v>
+      </c>
+      <c r="B25" s="40" t="s">
+        <v>696</v>
+      </c>
+      <c r="C25" s="42">
+        <v>0</v>
+      </c>
+      <c r="D25" s="42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A26" s="39" t="s">
+        <v>697</v>
+      </c>
+      <c r="B26" s="40" t="s">
+        <v>698</v>
+      </c>
+      <c r="C26" s="42">
+        <v>0</v>
+      </c>
+      <c r="D26" s="42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A27" s="39" t="s">
+        <v>699</v>
+      </c>
+      <c r="B27" s="40" t="s">
+        <v>700</v>
+      </c>
+      <c r="C27" s="42">
+        <v>0</v>
+      </c>
+      <c r="D27" s="42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A28" s="39" t="s">
+        <v>701</v>
+      </c>
+      <c r="B28" s="40" t="s">
+        <v>702</v>
+      </c>
+      <c r="C28" s="42" t="s">
+        <v>703</v>
+      </c>
+      <c r="D28" s="42" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A29" s="39" t="s">
+        <v>705</v>
+      </c>
+      <c r="B29" s="20" t="s">
+        <v>705</v>
+      </c>
+      <c r="C29" s="42">
+        <v>0</v>
+      </c>
+      <c r="D29" s="42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A30" s="39" t="s">
+        <v>706</v>
+      </c>
+      <c r="B30" s="20" t="s">
+        <v>706</v>
+      </c>
+      <c r="C30" s="42">
+        <v>0</v>
+      </c>
+      <c r="D30" s="42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A31" s="39" t="s">
+        <v>707</v>
+      </c>
+      <c r="B31" s="20" t="s">
+        <v>707</v>
+      </c>
+      <c r="C31" s="42">
+        <v>0</v>
+      </c>
+      <c r="D31" s="42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A32" s="39" t="s">
+        <v>708</v>
+      </c>
+      <c r="B32" s="20" t="s">
+        <v>708</v>
+      </c>
+      <c r="C32" s="42">
+        <v>0</v>
+      </c>
+      <c r="D32" s="42">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" s="38" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="39"/>
+      <c r="B33" s="36" t="s">
+        <v>709</v>
+      </c>
+      <c r="C33" s="37"/>
+      <c r="D33" s="37"/>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A34" s="39" t="s">
+        <v>687</v>
+      </c>
+      <c r="B34" s="40" t="s">
+        <v>688</v>
+      </c>
+      <c r="C34" s="42" t="s">
+        <v>710</v>
+      </c>
+      <c r="D34" s="42" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A35" s="39" t="s">
+        <v>691</v>
+      </c>
+      <c r="B35" s="40" t="s">
+        <v>692</v>
+      </c>
+      <c r="C35" s="42" t="s">
+        <v>712</v>
+      </c>
+      <c r="D35" s="42" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A36" s="39" t="s">
+        <v>695</v>
+      </c>
+      <c r="B36" s="40" t="s">
+        <v>696</v>
+      </c>
+      <c r="C36" s="51">
+        <v>0</v>
+      </c>
+      <c r="D36" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A37" s="39" t="s">
+        <v>697</v>
+      </c>
+      <c r="B37" s="40" t="s">
+        <v>698</v>
+      </c>
+      <c r="C37" s="51">
+        <v>0</v>
+      </c>
+      <c r="D37" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A38" s="39" t="s">
+        <v>699</v>
+      </c>
+      <c r="B38" s="40" t="s">
+        <v>700</v>
+      </c>
+      <c r="C38" s="51">
+        <v>0</v>
+      </c>
+      <c r="D38" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A39" s="39" t="s">
+        <v>701</v>
+      </c>
+      <c r="B39" s="40" t="s">
+        <v>702</v>
+      </c>
+      <c r="C39" s="42" t="s">
+        <v>714</v>
+      </c>
+      <c r="D39" s="42" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A40" s="39" t="s">
+        <v>705</v>
+      </c>
+      <c r="B40" s="20" t="s">
+        <v>705</v>
+      </c>
+      <c r="C40" s="51">
+        <v>0</v>
+      </c>
+      <c r="D40" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A41" s="39" t="s">
+        <v>706</v>
+      </c>
+      <c r="B41" s="20" t="s">
+        <v>706</v>
+      </c>
+      <c r="C41" s="51">
+        <v>0</v>
+      </c>
+      <c r="D41" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A42" s="39" t="s">
+        <v>707</v>
+      </c>
+      <c r="B42" s="20" t="s">
+        <v>707</v>
+      </c>
+      <c r="C42" s="51">
+        <v>0</v>
+      </c>
+      <c r="D42" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A43" s="39" t="s">
+        <v>708</v>
+      </c>
+      <c r="B43" s="20" t="s">
+        <v>708</v>
+      </c>
+      <c r="C43" s="51">
+        <v>0</v>
+      </c>
+      <c r="D43" s="51">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A44" s="39"/>
+      <c r="B44" s="43" t="s">
+        <v>716</v>
+      </c>
+      <c r="C44" s="44"/>
+      <c r="D44" s="44"/>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A45" s="39" t="s">
+        <v>687</v>
+      </c>
+      <c r="B45" s="40" t="s">
+        <v>688</v>
+      </c>
+      <c r="C45" s="41" t="s">
+        <v>679</v>
+      </c>
+      <c r="D45" s="41" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A46" s="39" t="s">
+        <v>691</v>
+      </c>
+      <c r="B46" s="40" t="s">
+        <v>692</v>
+      </c>
+      <c r="C46" s="41" t="s">
+        <v>679</v>
+      </c>
+      <c r="D46" s="41" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A47" s="39" t="s">
+        <v>695</v>
+      </c>
+      <c r="B47" s="40" t="s">
+        <v>696</v>
+      </c>
+      <c r="C47" s="41">
+        <v>0</v>
+      </c>
+      <c r="D47" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A48" s="39" t="s">
+        <v>697</v>
+      </c>
+      <c r="B48" s="40" t="s">
+        <v>698</v>
+      </c>
+      <c r="C48" s="41">
+        <v>0</v>
+      </c>
+      <c r="D48" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A49" s="39" t="s">
+        <v>699</v>
+      </c>
+      <c r="B49" s="40" t="s">
+        <v>700</v>
+      </c>
+      <c r="C49" s="41">
+        <v>0</v>
+      </c>
+      <c r="D49" s="41">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A50" s="39" t="s">
+        <v>701</v>
+      </c>
+      <c r="B50" s="40" t="s">
+        <v>702</v>
+      </c>
+      <c r="C50" s="41">
+        <v>0.31000000000000005</v>
+      </c>
+      <c r="D50" s="41">
+        <v>0.31000000000000005</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A51" s="45"/>
+      <c r="B51" s="46"/>
+      <c r="C51" s="47"/>
+      <c r="D51" s="47"/>
+    </row>
+    <row r="52" spans="1:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="48" t="s">
+        <v>372</v>
+      </c>
+      <c r="B52" s="48" t="s">
+        <v>717</v>
+      </c>
+      <c r="C52" s="47"/>
+      <c r="D52" s="47"/>
+    </row>
+    <row r="53" spans="1:9" hidden="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="48" t="s">
+        <v>718</v>
+      </c>
+      <c r="B53" s="48" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A54" s="48" t="s">
+        <v>672</v>
+      </c>
+      <c r="B54" s="48" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A55" s="48" t="s">
+        <v>721</v>
+      </c>
+      <c r="B55" s="48" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A56" s="49" t="s">
+        <v>723</v>
+      </c>
+      <c r="B56" s="48" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="36" x14ac:dyDescent="0.3">
+      <c r="A57" s="48"/>
+      <c r="B57" s="52" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="C58" s="50"/>
+      <c r="D58" s="50"/>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="C59" s="50"/>
+      <c r="D59" s="50"/>
+    </row>
+    <row r="60" spans="1:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B60" s="54" t="s">
+        <v>727</v>
+      </c>
+      <c r="C60" s="54"/>
+      <c r="D60" s="54"/>
+      <c r="E60" s="54"/>
+      <c r="F60" s="54"/>
+      <c r="G60" s="54"/>
+      <c r="H60" s="55" t="s">
+        <v>728</v>
+      </c>
+      <c r="I60" s="54"/>
+    </row>
+    <row r="61" spans="1:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B61" s="88" t="s">
+        <v>729</v>
+      </c>
+      <c r="C61" s="88" t="s">
+        <v>730</v>
+      </c>
+      <c r="D61" s="88" t="s">
+        <v>731</v>
+      </c>
+      <c r="E61" s="88" t="s">
+        <v>732</v>
+      </c>
+      <c r="F61" s="88" t="s">
+        <v>733</v>
+      </c>
+      <c r="G61" s="88" t="s">
+        <v>734</v>
+      </c>
+      <c r="H61" s="88" t="s">
+        <v>735</v>
+      </c>
+      <c r="I61" s="54"/>
+    </row>
+    <row r="62" spans="1:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B62" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C62" s="57" t="s">
+        <v>737</v>
+      </c>
+      <c r="D62" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E62" s="58">
+        <v>89.026938999999999</v>
+      </c>
+      <c r="F62" s="58">
+        <v>87.68</v>
+      </c>
+      <c r="G62" s="58">
+        <v>1242.5999328</v>
+      </c>
+      <c r="H62" s="59">
+        <v>0.96360153256704983</v>
+      </c>
+      <c r="I62" s="54"/>
+    </row>
+    <row r="63" spans="1:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B63" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C63" s="57" t="s">
+        <v>272</v>
+      </c>
+      <c r="D63" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E63" s="58">
+        <v>76.204091000000005</v>
+      </c>
+      <c r="F63" s="58">
+        <v>73.239999999999995</v>
+      </c>
+      <c r="G63" s="58">
+        <v>201.48151379999996</v>
+      </c>
+      <c r="H63" s="59">
+        <v>0.76436781609195403</v>
+      </c>
+      <c r="I63" s="54"/>
+    </row>
+    <row r="64" spans="1:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B64" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C64" s="57" t="s">
+        <v>29</v>
+      </c>
+      <c r="D64" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E64" s="58">
+        <v>1393.456936</v>
+      </c>
+      <c r="F64" s="58">
+        <v>1357.5</v>
+      </c>
+      <c r="G64" s="58">
+        <v>1871.4971975000001</v>
+      </c>
+      <c r="H64" s="59">
+        <v>0.9178307313064914</v>
+      </c>
+      <c r="I64" s="54"/>
+    </row>
+    <row r="65" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B65" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C65" s="57" t="s">
+        <v>373</v>
+      </c>
+      <c r="D65" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E65" s="58">
+        <v>151.47999999999999</v>
+      </c>
+      <c r="F65" s="58">
+        <v>141.15</v>
+      </c>
+      <c r="G65" s="58">
+        <v>5.3477800000000002</v>
+      </c>
+      <c r="H65" s="59">
+        <v>1</v>
+      </c>
+      <c r="I65" s="54"/>
+    </row>
+    <row r="66" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B66" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C66" s="57" t="s">
+        <v>39</v>
+      </c>
+      <c r="D66" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E66" s="58">
+        <v>407.94347599999998</v>
+      </c>
+      <c r="F66" s="58">
+        <v>404.4</v>
+      </c>
+      <c r="G66" s="58">
+        <v>1357.8625280000001</v>
+      </c>
+      <c r="H66" s="59">
+        <v>0.76230569948186533</v>
+      </c>
+      <c r="I66" s="54"/>
+    </row>
+    <row r="67" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B67" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C67" s="57" t="s">
+        <v>153</v>
+      </c>
+      <c r="D67" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E67" s="58">
+        <v>1974.5314289999999</v>
+      </c>
+      <c r="F67" s="58">
+        <v>1926.5</v>
+      </c>
+      <c r="G67" s="58">
+        <v>516.82991500000003</v>
+      </c>
+      <c r="H67" s="59">
+        <v>1</v>
+      </c>
+      <c r="I67" s="54"/>
+    </row>
+    <row r="68" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B68" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C68" s="57" t="s">
+        <v>178</v>
+      </c>
+      <c r="D68" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E68" s="58">
+        <v>3449.2537849999999</v>
+      </c>
+      <c r="F68" s="58">
+        <v>3452.4</v>
+      </c>
+      <c r="G68" s="58">
+        <v>464.05174</v>
+      </c>
+      <c r="H68" s="59">
+        <v>1</v>
+      </c>
+      <c r="I68" s="54"/>
+    </row>
+    <row r="69" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B69" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C69" s="57" t="s">
+        <v>86</v>
+      </c>
+      <c r="D69" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E69" s="58">
+        <v>705.95471999999995</v>
+      </c>
+      <c r="F69" s="58">
+        <v>702.55</v>
+      </c>
+      <c r="G69" s="58">
+        <v>982.23246000000006</v>
+      </c>
+      <c r="H69" s="59">
+        <v>1</v>
+      </c>
+      <c r="I69" s="54"/>
+    </row>
+    <row r="70" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B70" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C70" s="57" t="s">
+        <v>282</v>
+      </c>
+      <c r="D70" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E70" s="58">
+        <v>284.32816300000002</v>
+      </c>
+      <c r="F70" s="58">
+        <v>282.14999999999998</v>
+      </c>
+      <c r="G70" s="58">
+        <v>121.12637439999999</v>
+      </c>
+      <c r="H70" s="59">
+        <v>1</v>
+      </c>
+      <c r="I70" s="54"/>
+    </row>
+    <row r="71" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B71" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C71" s="57" t="s">
+        <v>320</v>
+      </c>
+      <c r="D71" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E71" s="58">
+        <v>1030.9597000000001</v>
+      </c>
+      <c r="F71" s="58">
+        <v>1025.5999999999999</v>
+      </c>
+      <c r="G71" s="58">
+        <v>77.818060000000003</v>
+      </c>
+      <c r="H71" s="59">
+        <v>1</v>
+      </c>
+      <c r="I71" s="54"/>
+    </row>
+    <row r="72" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B72" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C72" s="57" t="s">
+        <v>114</v>
+      </c>
+      <c r="D72" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E72" s="58">
+        <v>1131.194763</v>
+      </c>
+      <c r="F72" s="58">
+        <v>1136.4000000000001</v>
+      </c>
+      <c r="G72" s="58">
+        <v>669.63786999999991</v>
+      </c>
+      <c r="H72" s="59">
+        <v>0.95761381475667195</v>
+      </c>
+      <c r="I72" s="54"/>
+    </row>
+    <row r="73" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B73" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C73" s="57" t="s">
+        <v>55</v>
+      </c>
+      <c r="D73" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E73" s="58">
+        <v>388.14302500000002</v>
+      </c>
+      <c r="F73" s="58">
+        <v>391.25</v>
+      </c>
+      <c r="G73" s="58">
+        <v>1106.8574676000001</v>
+      </c>
+      <c r="H73" s="59">
+        <v>0.92618629173989453</v>
+      </c>
+      <c r="I73" s="54"/>
+    </row>
+    <row r="74" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B74" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C74" s="57" t="s">
+        <v>19</v>
+      </c>
+      <c r="D74" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E74" s="58">
+        <v>3129.8754319999998</v>
+      </c>
+      <c r="F74" s="58">
+        <v>2897.2</v>
+      </c>
+      <c r="G74" s="58">
+        <v>1101.785971</v>
+      </c>
+      <c r="H74" s="59">
+        <v>0.40717369644636331</v>
+      </c>
+      <c r="I74" s="54"/>
+    </row>
+    <row r="75" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B75" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C75" s="57" t="s">
+        <v>312</v>
+      </c>
+      <c r="D75" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E75" s="58">
+        <v>474.93911000000003</v>
+      </c>
+      <c r="F75" s="58">
+        <v>446.95</v>
+      </c>
+      <c r="G75" s="58">
+        <v>75.187577400000009</v>
+      </c>
+      <c r="H75" s="59">
+        <v>0.89655172413793105</v>
+      </c>
+      <c r="I75" s="54"/>
+    </row>
+    <row r="76" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B76" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C76" s="57" t="s">
+        <v>14</v>
+      </c>
+      <c r="D76" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E76" s="58">
+        <v>1407.030299</v>
+      </c>
+      <c r="F76" s="58">
+        <v>1381.1</v>
+      </c>
+      <c r="G76" s="58">
+        <v>508.80647999999997</v>
+      </c>
+      <c r="H76" s="59">
+        <v>0.16300940438871472</v>
+      </c>
+      <c r="I76" s="54"/>
+    </row>
+    <row r="77" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B77" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C77" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="D77" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E77" s="58">
+        <v>1936.534774</v>
+      </c>
+      <c r="F77" s="58">
+        <v>1891.8</v>
+      </c>
+      <c r="G77" s="58">
+        <v>924.9975604</v>
+      </c>
+      <c r="H77" s="59">
+        <v>0.94754098360655736</v>
+      </c>
+      <c r="I77" s="54"/>
+    </row>
+    <row r="78" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B78" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C78" s="57" t="s">
+        <v>332</v>
+      </c>
+      <c r="D78" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E78" s="58">
+        <v>740.25001299999997</v>
+      </c>
+      <c r="F78" s="58">
+        <v>746.45</v>
+      </c>
+      <c r="G78" s="58">
+        <v>44.245955900000006</v>
+      </c>
+      <c r="H78" s="59">
+        <v>1</v>
+      </c>
+      <c r="I78" s="54"/>
+    </row>
+    <row r="79" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B79" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C79" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="D79" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E79" s="58">
+        <v>761.78330100000005</v>
+      </c>
+      <c r="F79" s="58">
+        <v>722.15</v>
+      </c>
+      <c r="G79" s="58">
+        <v>7.2787248</v>
+      </c>
+      <c r="H79" s="59">
+        <v>1.4018691588785047E-2</v>
+      </c>
+      <c r="I79" s="54"/>
+    </row>
+    <row r="80" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B80" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C80" s="57" t="s">
+        <v>739</v>
+      </c>
+      <c r="D80" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E80" s="58">
+        <v>328.22001</v>
+      </c>
+      <c r="F80" s="58">
+        <v>329.9</v>
+      </c>
+      <c r="G80" s="58">
+        <v>38.584851999999998</v>
+      </c>
+      <c r="H80" s="59">
+        <v>3.8535645472061654E-2</v>
+      </c>
+      <c r="I80" s="54"/>
+    </row>
+    <row r="81" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B81" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C81" s="57" t="s">
+        <v>739</v>
+      </c>
+      <c r="D81" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E81" s="58">
+        <v>330.18045699999999</v>
+      </c>
+      <c r="F81" s="58">
+        <v>327.9</v>
+      </c>
+      <c r="G81" s="58">
+        <v>958.09751489999996</v>
+      </c>
+      <c r="H81" s="59">
+        <v>0.96146435452793833</v>
+      </c>
+      <c r="I81" s="54"/>
+    </row>
+    <row r="82" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B82" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C82" s="57" t="s">
+        <v>168</v>
+      </c>
+      <c r="D82" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E82" s="58">
+        <v>5799.9867819999999</v>
+      </c>
+      <c r="F82" s="58">
+        <v>5728</v>
+      </c>
+      <c r="G82" s="58">
+        <v>458.10530999999997</v>
+      </c>
+      <c r="H82" s="59">
+        <v>0.98051948051948057</v>
+      </c>
+      <c r="I82" s="54"/>
+    </row>
+    <row r="83" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B83" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C83" s="57" t="s">
+        <v>278</v>
+      </c>
+      <c r="D83" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E83" s="58">
+        <v>775.02499999999998</v>
+      </c>
+      <c r="F83" s="58">
+        <v>729.45</v>
+      </c>
+      <c r="G83" s="58">
+        <v>5.7428299999999997</v>
+      </c>
+      <c r="H83" s="59">
+        <v>4.0404040404040407E-2</v>
+      </c>
+      <c r="I83" s="54"/>
+    </row>
+    <row r="84" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B84" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C84" s="57" t="s">
+        <v>165</v>
+      </c>
+      <c r="D84" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E84" s="58">
+        <v>2822.4246520000002</v>
+      </c>
+      <c r="F84" s="58">
+        <v>2771.1</v>
+      </c>
+      <c r="G84" s="58">
+        <v>493.98712649999999</v>
+      </c>
+      <c r="H84" s="59">
+        <v>1</v>
+      </c>
+      <c r="I84" s="54"/>
+    </row>
+    <row r="85" spans="2:9" s="53" customFormat="1" ht="54" x14ac:dyDescent="0.35">
+      <c r="B85" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C85" s="57" t="s">
+        <v>210</v>
+      </c>
+      <c r="D85" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E85" s="58">
+        <v>431.72238700000003</v>
+      </c>
+      <c r="F85" s="58">
+        <v>446.4</v>
+      </c>
+      <c r="G85" s="58">
+        <v>377.69587200000001</v>
+      </c>
+      <c r="H85" s="59">
+        <v>1</v>
+      </c>
+      <c r="I85" s="54"/>
+    </row>
+    <row r="86" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B86" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C86" s="57" t="s">
+        <v>99</v>
+      </c>
+      <c r="D86" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E86" s="58">
+        <v>1242.4000000000001</v>
+      </c>
+      <c r="F86" s="58">
+        <v>1135</v>
+      </c>
+      <c r="G86" s="58">
+        <v>7.0701789000000002</v>
+      </c>
+      <c r="H86" s="59">
+        <v>5.235602094240838E-3</v>
+      </c>
+      <c r="I86" s="54"/>
+    </row>
+    <row r="87" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B87" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C87" s="57" t="s">
+        <v>83</v>
+      </c>
+      <c r="D87" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E87" s="58">
+        <v>110.068136</v>
+      </c>
+      <c r="F87" s="58">
+        <v>114.35</v>
+      </c>
+      <c r="G87" s="58">
+        <v>387.02465999999998</v>
+      </c>
+      <c r="H87" s="59">
+        <v>0.31428571428571428</v>
+      </c>
+      <c r="I87" s="54"/>
+    </row>
+    <row r="88" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B88" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C88" s="57" t="s">
+        <v>204</v>
+      </c>
+      <c r="D88" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E88" s="58">
+        <v>646.57500000000005</v>
+      </c>
+      <c r="F88" s="58">
+        <v>631.15</v>
+      </c>
+      <c r="G88" s="58">
+        <v>2.2988050000000002</v>
+      </c>
+      <c r="H88" s="59">
+        <v>6.7567567567567571E-3</v>
+      </c>
+      <c r="I88" s="54"/>
+    </row>
+    <row r="89" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B89" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C89" s="57" t="s">
+        <v>117</v>
+      </c>
+      <c r="D89" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E89" s="58">
+        <v>12636.949995000001</v>
+      </c>
+      <c r="F89" s="58">
+        <v>12353</v>
+      </c>
+      <c r="G89" s="58">
+        <v>43.078700000000005</v>
+      </c>
+      <c r="H89" s="59">
+        <v>6.5146579804560262E-2</v>
+      </c>
+      <c r="I89" s="54"/>
+    </row>
+    <row r="90" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B90" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C90" s="57" t="s">
+        <v>180</v>
+      </c>
+      <c r="D90" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E90" s="58">
+        <v>21.20749</v>
+      </c>
+      <c r="F90" s="58">
+        <v>21.49</v>
+      </c>
+      <c r="G90" s="58">
+        <v>208.22926409999999</v>
+      </c>
+      <c r="H90" s="59">
+        <v>0.39832869080779942</v>
+      </c>
+      <c r="I90" s="54"/>
+    </row>
+    <row r="91" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B91" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C91" s="57" t="s">
+        <v>32</v>
+      </c>
+      <c r="D91" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E91" s="58">
+        <v>150.60241400000001</v>
+      </c>
+      <c r="F91" s="58">
+        <v>161.29</v>
+      </c>
+      <c r="G91" s="58">
+        <v>3977.1778956000007</v>
+      </c>
+      <c r="H91" s="59">
+        <v>1</v>
+      </c>
+      <c r="I91" s="54"/>
+    </row>
+    <row r="92" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B92" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C92" s="57" t="s">
+        <v>80</v>
+      </c>
+      <c r="D92" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E92" s="58">
+        <v>70.181960000000004</v>
+      </c>
+      <c r="F92" s="58">
+        <v>70.239999999999995</v>
+      </c>
+      <c r="G92" s="58">
+        <v>1020.1553706000001</v>
+      </c>
+      <c r="H92" s="59">
+        <v>0.9396648044692737</v>
+      </c>
+      <c r="I92" s="54"/>
+    </row>
+    <row r="93" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B93" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C93" s="57" t="s">
+        <v>254</v>
+      </c>
+      <c r="D93" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E93" s="58">
+        <v>355.03355599999998</v>
+      </c>
+      <c r="F93" s="58">
+        <v>345.1</v>
+      </c>
+      <c r="G93" s="58">
+        <v>192.89172400000001</v>
+      </c>
+      <c r="H93" s="59">
+        <v>0.81283422459893051</v>
+      </c>
+      <c r="I93" s="54"/>
+    </row>
+    <row r="94" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B94" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C94" s="57" t="s">
+        <v>294</v>
+      </c>
+      <c r="D94" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E94" s="58">
+        <v>620.05676800000003</v>
+      </c>
+      <c r="F94" s="58">
+        <v>622.1</v>
+      </c>
+      <c r="G94" s="58">
+        <v>114.993504</v>
+      </c>
+      <c r="H94" s="59">
+        <v>1</v>
+      </c>
+      <c r="I94" s="54"/>
+    </row>
+    <row r="95" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B95" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C95" s="57" t="s">
+        <v>26</v>
+      </c>
+      <c r="D95" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E95" s="58">
+        <v>2011.7628</v>
+      </c>
+      <c r="F95" s="58">
+        <v>2004.9</v>
+      </c>
+      <c r="G95" s="58">
+        <v>1992.841694</v>
+      </c>
+      <c r="H95" s="59">
+        <v>0.92575558475689879</v>
+      </c>
+      <c r="I95" s="54"/>
+    </row>
+    <row r="96" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B96" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C96" s="57" t="s">
+        <v>290</v>
+      </c>
+      <c r="D96" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E96" s="58">
+        <v>852.00436300000001</v>
+      </c>
+      <c r="F96" s="58">
+        <v>847.6</v>
+      </c>
+      <c r="G96" s="58">
+        <v>145.20645200000001</v>
+      </c>
+      <c r="H96" s="59">
+        <v>1</v>
+      </c>
+      <c r="I96" s="54"/>
+    </row>
+    <row r="97" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B97" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C97" s="57" t="s">
+        <v>53</v>
+      </c>
+      <c r="D97" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E97" s="58">
+        <v>573.910618</v>
+      </c>
+      <c r="F97" s="58">
+        <v>569.1</v>
+      </c>
+      <c r="G97" s="58">
+        <v>1429.84076</v>
+      </c>
+      <c r="H97" s="59">
+        <v>0.95930735930735933</v>
+      </c>
+      <c r="I97" s="54"/>
+    </row>
+    <row r="98" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B98" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C98" s="57" t="s">
+        <v>236</v>
+      </c>
+      <c r="D98" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E98" s="58">
+        <v>1167.9792749999999</v>
+      </c>
+      <c r="F98" s="58">
+        <v>1143.9000000000001</v>
+      </c>
+      <c r="G98" s="58">
+        <v>326.28601929999996</v>
+      </c>
+      <c r="H98" s="59">
+        <v>1</v>
+      </c>
+      <c r="I98" s="54"/>
+    </row>
+    <row r="99" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B99" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C99" s="57" t="s">
+        <v>228</v>
+      </c>
+      <c r="D99" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E99" s="58">
+        <v>16062.877907</v>
+      </c>
+      <c r="F99" s="58">
+        <v>16109</v>
+      </c>
+      <c r="G99" s="58">
+        <v>244.10713000000001</v>
+      </c>
+      <c r="H99" s="59">
+        <v>1</v>
+      </c>
+      <c r="I99" s="54"/>
+    </row>
+    <row r="100" spans="2:9" s="53" customFormat="1" ht="54" x14ac:dyDescent="0.35">
+      <c r="B100" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C100" s="57" t="s">
+        <v>266</v>
+      </c>
+      <c r="D100" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E100" s="58">
+        <v>97.726144000000005</v>
+      </c>
+      <c r="F100" s="58">
+        <v>106.35</v>
+      </c>
+      <c r="G100" s="58">
+        <v>209.64216960000002</v>
+      </c>
+      <c r="H100" s="59">
+        <v>0.99310344827586206</v>
+      </c>
+      <c r="I100" s="54"/>
+    </row>
+    <row r="101" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B101" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C101" s="57" t="s">
+        <v>188</v>
+      </c>
+      <c r="D101" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E101" s="58">
+        <v>204.61533600000001</v>
+      </c>
+      <c r="F101" s="58">
+        <v>215.13</v>
+      </c>
+      <c r="G101" s="58">
+        <v>631.64288810000005</v>
+      </c>
+      <c r="H101" s="59">
+        <v>1</v>
+      </c>
+      <c r="I101" s="54"/>
+    </row>
+    <row r="102" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B102" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C102" s="57" t="s">
+        <v>170</v>
+      </c>
+      <c r="D102" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E102" s="58">
+        <v>1170.536161</v>
+      </c>
+      <c r="F102" s="58">
+        <v>1161.7</v>
+      </c>
+      <c r="G102" s="58">
+        <v>458.45968000000005</v>
+      </c>
+      <c r="H102" s="59">
+        <v>1</v>
+      </c>
+      <c r="I102" s="54"/>
+    </row>
+    <row r="103" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B103" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C103" s="57" t="s">
+        <v>182</v>
+      </c>
+      <c r="D103" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E103" s="58">
+        <v>344.366602</v>
+      </c>
+      <c r="F103" s="58">
+        <v>342.65</v>
+      </c>
+      <c r="G103" s="58">
+        <v>418.44568930000003</v>
+      </c>
+      <c r="H103" s="59">
+        <v>1</v>
+      </c>
+      <c r="I103" s="54"/>
+    </row>
+    <row r="104" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B104" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C104" s="57" t="s">
+        <v>330</v>
+      </c>
+      <c r="D104" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E104" s="58">
+        <v>1765.6713999999999</v>
+      </c>
+      <c r="F104" s="58">
+        <v>1709.1</v>
+      </c>
+      <c r="G104" s="58">
+        <v>51.988818000000002</v>
+      </c>
+      <c r="H104" s="59">
+        <v>1</v>
+      </c>
+      <c r="I104" s="54"/>
+    </row>
+    <row r="105" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B105" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C105" s="57" t="s">
+        <v>344</v>
+      </c>
+      <c r="D105" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E105" s="58">
+        <v>7484.928543</v>
+      </c>
+      <c r="F105" s="58">
+        <v>7339.5</v>
+      </c>
+      <c r="G105" s="58">
+        <v>28.154743399999997</v>
+      </c>
+      <c r="H105" s="59">
+        <v>1</v>
+      </c>
+      <c r="I105" s="54"/>
+    </row>
+    <row r="106" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B106" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C106" s="57" t="s">
+        <v>298</v>
+      </c>
+      <c r="D106" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E106" s="58">
+        <v>2138.3903</v>
+      </c>
+      <c r="F106" s="58">
+        <v>2140.3000000000002</v>
+      </c>
+      <c r="G106" s="58">
+        <v>193.86082250000001</v>
+      </c>
+      <c r="H106" s="59">
+        <v>1</v>
+      </c>
+      <c r="I106" s="54"/>
+    </row>
+    <row r="107" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B107" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C107" s="57" t="s">
+        <v>256</v>
+      </c>
+      <c r="D107" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E107" s="58">
+        <v>2868.5098419999999</v>
+      </c>
+      <c r="F107" s="58">
+        <v>2835</v>
+      </c>
+      <c r="G107" s="58">
+        <v>194.08272999999997</v>
+      </c>
+      <c r="H107" s="59">
+        <v>1</v>
+      </c>
+      <c r="I107" s="54"/>
+    </row>
+    <row r="108" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B108" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C108" s="57" t="s">
+        <v>147</v>
+      </c>
+      <c r="D108" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E108" s="58">
+        <v>1694.19038</v>
+      </c>
+      <c r="F108" s="58">
+        <v>1696.4</v>
+      </c>
+      <c r="G108" s="58">
+        <v>596.25747999999999</v>
+      </c>
+      <c r="H108" s="59">
+        <v>1</v>
+      </c>
+      <c r="I108" s="54"/>
+    </row>
+    <row r="109" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B109" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C109" s="57" t="s">
+        <v>336</v>
+      </c>
+      <c r="D109" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E109" s="58">
+        <v>5223.0930680000001</v>
+      </c>
+      <c r="F109" s="58">
+        <v>5249.1</v>
+      </c>
+      <c r="G109" s="58">
+        <v>38.330114900000005</v>
+      </c>
+      <c r="H109" s="59">
+        <v>1</v>
+      </c>
+      <c r="I109" s="54"/>
+    </row>
+    <row r="110" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B110" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C110" s="57" t="s">
+        <v>306</v>
+      </c>
+      <c r="D110" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E110" s="58">
+        <v>1517.4057909999999</v>
+      </c>
+      <c r="F110" s="58">
+        <v>1502</v>
+      </c>
+      <c r="G110" s="58">
+        <v>139.65873999999999</v>
+      </c>
+      <c r="H110" s="59">
+        <v>1</v>
+      </c>
+      <c r="I110" s="54"/>
+    </row>
+    <row r="111" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B111" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C111" s="57" t="s">
+        <v>250</v>
+      </c>
+      <c r="D111" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E111" s="58">
+        <v>330.29423500000001</v>
+      </c>
+      <c r="F111" s="58">
+        <v>341.45</v>
+      </c>
+      <c r="G111" s="58">
+        <v>206.51025449999997</v>
+      </c>
+      <c r="H111" s="59">
+        <v>1</v>
+      </c>
+      <c r="I111" s="54"/>
+    </row>
+    <row r="112" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B112" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C112" s="57" t="s">
+        <v>47</v>
+      </c>
+      <c r="D112" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E112" s="58">
+        <v>118.818687</v>
+      </c>
+      <c r="F112" s="58">
+        <v>124.6</v>
+      </c>
+      <c r="G112" s="58">
+        <v>1776.3830175000001</v>
+      </c>
+      <c r="H112" s="59">
+        <v>0.96153846153846156</v>
+      </c>
+      <c r="I112" s="54"/>
+    </row>
+    <row r="113" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B113" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C113" s="57" t="s">
+        <v>214</v>
+      </c>
+      <c r="D113" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E113" s="58">
+        <v>3867.2112870000001</v>
+      </c>
+      <c r="F113" s="58">
+        <v>3783.8</v>
+      </c>
+      <c r="G113" s="58">
+        <v>390.94165949999996</v>
+      </c>
+      <c r="H113" s="59">
+        <v>1</v>
+      </c>
+      <c r="I113" s="54"/>
+    </row>
+    <row r="114" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B114" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C114" s="57" t="s">
+        <v>300</v>
+      </c>
+      <c r="D114" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E114" s="58">
+        <v>1514.6650540000001</v>
+      </c>
+      <c r="F114" s="58">
+        <v>1512.8</v>
+      </c>
+      <c r="G114" s="58">
+        <v>102.239345</v>
+      </c>
+      <c r="H114" s="59">
+        <v>1</v>
+      </c>
+      <c r="I114" s="54"/>
+    </row>
+    <row r="115" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B115" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C115" s="57" t="s">
+        <v>135</v>
+      </c>
+      <c r="D115" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E115" s="58">
+        <v>984.97739999999999</v>
+      </c>
+      <c r="F115" s="58">
+        <v>1009.4</v>
+      </c>
+      <c r="G115" s="58">
+        <v>41.1545925</v>
+      </c>
+      <c r="H115" s="59">
+        <v>6.8281938325991193E-2</v>
+      </c>
+      <c r="I115" s="54"/>
+    </row>
+    <row r="116" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B116" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C116" s="57" t="s">
+        <v>37</v>
+      </c>
+      <c r="D116" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E116" s="58">
+        <v>250.280021</v>
+      </c>
+      <c r="F116" s="58">
+        <v>261.88</v>
+      </c>
+      <c r="G116" s="58">
+        <v>27.874134300000001</v>
+      </c>
+      <c r="H116" s="59">
+        <v>1.4404852160727824E-2</v>
+      </c>
+      <c r="I116" s="54"/>
+    </row>
+    <row r="117" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B117" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C117" s="57" t="s">
+        <v>126</v>
+      </c>
+      <c r="D117" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E117" s="58">
+        <v>222.49553399999999</v>
+      </c>
+      <c r="F117" s="58">
+        <v>241.22</v>
+      </c>
+      <c r="G117" s="58">
+        <v>70.832802299999997</v>
+      </c>
+      <c r="H117" s="59">
+        <v>8.2892416225749554E-2</v>
+      </c>
+      <c r="I117" s="54"/>
+    </row>
+    <row r="118" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B118" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C118" s="57" t="s">
+        <v>222</v>
+      </c>
+      <c r="D118" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E118" s="58">
+        <v>368.41538800000001</v>
+      </c>
+      <c r="F118" s="58">
+        <v>344.3</v>
+      </c>
+      <c r="G118" s="58">
+        <v>47.580325000000002</v>
+      </c>
+      <c r="H118" s="59">
+        <v>0.13903743315508021</v>
+      </c>
+      <c r="I118" s="54"/>
+    </row>
+    <row r="119" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B119" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C119" s="57" t="s">
+        <v>366</v>
+      </c>
+      <c r="D119" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E119" s="58">
+        <v>2319.9625110000002</v>
+      </c>
+      <c r="F119" s="58">
+        <v>2232</v>
+      </c>
+      <c r="G119" s="58">
+        <v>7.0885600000000002</v>
+      </c>
+      <c r="H119" s="59">
+        <v>1</v>
+      </c>
+      <c r="I119" s="54"/>
+    </row>
+    <row r="120" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B120" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C120" s="57" t="s">
+        <v>206</v>
+      </c>
+      <c r="D120" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E120" s="58">
+        <v>421.78229599999997</v>
+      </c>
+      <c r="F120" s="58">
+        <v>395.8</v>
+      </c>
+      <c r="G120" s="58">
+        <v>66.789792000000006</v>
+      </c>
+      <c r="H120" s="59">
+        <v>0.18390804597701149</v>
+      </c>
+      <c r="I120" s="54"/>
+    </row>
+    <row r="121" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B121" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C121" s="57" t="s">
+        <v>23</v>
+      </c>
+      <c r="D121" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E121" s="58">
+        <v>980.81214999999997</v>
+      </c>
+      <c r="F121" s="58">
+        <v>961.4</v>
+      </c>
+      <c r="G121" s="58">
+        <v>460.583123</v>
+      </c>
+      <c r="H121" s="59">
+        <v>0.18726307808946172</v>
+      </c>
+      <c r="I121" s="54"/>
+    </row>
+    <row r="122" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B122" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C122" s="57" t="s">
+        <v>270</v>
+      </c>
+      <c r="D122" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E122" s="58">
+        <v>2007.8095430000001</v>
+      </c>
+      <c r="F122" s="58">
+        <v>1983</v>
+      </c>
+      <c r="G122" s="58">
+        <v>161.93189880000003</v>
+      </c>
+      <c r="H122" s="59">
+        <v>0.78260869565217395</v>
+      </c>
+      <c r="I122" s="54"/>
+    </row>
+    <row r="123" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B123" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C123" s="57" t="s">
+        <v>19</v>
+      </c>
+      <c r="D123" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E123" s="58">
+        <v>3000.130482</v>
+      </c>
+      <c r="F123" s="58">
+        <v>2915.4</v>
+      </c>
+      <c r="G123" s="58">
+        <v>1612.1911155</v>
+      </c>
+      <c r="H123" s="59">
+        <v>0.59282630355363664</v>
+      </c>
+      <c r="I123" s="54"/>
+    </row>
+    <row r="124" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B124" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C124" s="57" t="s">
+        <v>278</v>
+      </c>
+      <c r="D124" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E124" s="58">
+        <v>728.40907100000004</v>
+      </c>
+      <c r="F124" s="58">
+        <v>725.1</v>
+      </c>
+      <c r="G124" s="58">
+        <v>135.725075</v>
+      </c>
+      <c r="H124" s="59">
+        <v>0.95959595959595956</v>
+      </c>
+      <c r="I124" s="54"/>
+    </row>
+    <row r="125" spans="2:9" s="53" customFormat="1" ht="54" x14ac:dyDescent="0.35">
+      <c r="B125" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C125" s="57" t="s">
+        <v>346</v>
+      </c>
+      <c r="D125" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E125" s="58">
+        <v>123.7878</v>
+      </c>
+      <c r="F125" s="58">
+        <v>124.22</v>
+      </c>
+      <c r="G125" s="58">
+        <v>30.622827900000001</v>
+      </c>
+      <c r="H125" s="59">
+        <v>1</v>
+      </c>
+      <c r="I125" s="54"/>
+    </row>
+    <row r="126" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B126" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C126" s="57" t="s">
+        <v>740</v>
+      </c>
+      <c r="D126" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E126" s="58">
+        <v>1009.925</v>
+      </c>
+      <c r="F126" s="58">
+        <v>1068.2</v>
+      </c>
+      <c r="G126" s="58">
+        <v>2.5849576000000001</v>
+      </c>
+      <c r="H126" s="59">
+        <v>0.2857142857142857</v>
+      </c>
+      <c r="I126" s="54"/>
+    </row>
+    <row r="127" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B127" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C127" s="57" t="s">
+        <v>314</v>
+      </c>
+      <c r="D127" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E127" s="58">
+        <v>4100.478443</v>
+      </c>
+      <c r="F127" s="58">
+        <v>4084.7</v>
+      </c>
+      <c r="G127" s="58">
+        <v>92.376702899999998</v>
+      </c>
+      <c r="H127" s="59">
+        <v>1</v>
+      </c>
+      <c r="I127" s="54"/>
+    </row>
+    <row r="128" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B128" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C128" s="57" t="s">
+        <v>375</v>
+      </c>
+      <c r="D128" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E128" s="58">
+        <v>1676.5</v>
+      </c>
+      <c r="F128" s="58">
+        <v>1590.6</v>
+      </c>
+      <c r="G128" s="58">
+        <v>3.4826655</v>
+      </c>
+      <c r="H128" s="59">
+        <v>1</v>
+      </c>
+      <c r="I128" s="54"/>
+    </row>
+    <row r="129" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B129" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C129" s="57" t="s">
+        <v>99</v>
+      </c>
+      <c r="D129" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E129" s="58">
+        <v>1151.543692</v>
+      </c>
+      <c r="F129" s="58">
+        <v>1129.4000000000001</v>
+      </c>
+      <c r="G129" s="58">
+        <v>1337.0235209999998</v>
+      </c>
+      <c r="H129" s="59">
+        <v>0.99476439790575921</v>
+      </c>
+      <c r="I129" s="54"/>
+    </row>
+    <row r="130" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B130" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C130" s="57" t="s">
+        <v>379</v>
+      </c>
+      <c r="D130" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E130" s="58">
+        <v>8360.5</v>
+      </c>
+      <c r="F130" s="58">
+        <v>8435</v>
+      </c>
+      <c r="G130" s="58">
+        <v>2.8174976000000003</v>
+      </c>
+      <c r="H130" s="59">
+        <v>1</v>
+      </c>
+      <c r="I130" s="54"/>
+    </row>
+    <row r="131" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B131" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C131" s="57" t="s">
+        <v>93</v>
+      </c>
+      <c r="D131" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E131" s="58">
+        <v>408.76667700000002</v>
+      </c>
+      <c r="F131" s="58">
+        <v>412.25</v>
+      </c>
+      <c r="G131" s="58">
+        <v>1220.2547984</v>
+      </c>
+      <c r="H131" s="59">
+        <v>1</v>
+      </c>
+      <c r="I131" s="54"/>
+    </row>
+    <row r="132" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B132" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C132" s="57" t="s">
+        <v>83</v>
+      </c>
+      <c r="D132" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E132" s="58">
+        <v>109.551537</v>
+      </c>
+      <c r="F132" s="58">
+        <v>113.72</v>
+      </c>
+      <c r="G132" s="58">
+        <v>840.50956800000006</v>
+      </c>
+      <c r="H132" s="59">
+        <v>0.68571428571428572</v>
+      </c>
+      <c r="I132" s="54"/>
+    </row>
+    <row r="133" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B133" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C133" s="57" t="s">
+        <v>176</v>
+      </c>
+      <c r="D133" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E133" s="58">
+        <v>272.68470000000002</v>
+      </c>
+      <c r="F133" s="58">
+        <v>279.8</v>
+      </c>
+      <c r="G133" s="58">
+        <v>973.85493340000005</v>
+      </c>
+      <c r="H133" s="59">
+        <v>1</v>
+      </c>
+      <c r="I133" s="54"/>
+    </row>
+    <row r="134" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B134" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C134" s="57" t="s">
+        <v>280</v>
+      </c>
+      <c r="D134" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E134" s="58">
+        <v>1063.754424</v>
+      </c>
+      <c r="F134" s="58">
+        <v>1034.75</v>
+      </c>
+      <c r="G134" s="58">
+        <v>191.076345</v>
+      </c>
+      <c r="H134" s="59">
+        <v>0.91891891891891897</v>
+      </c>
+      <c r="I134" s="54"/>
+    </row>
+    <row r="135" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B135" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C135" s="57" t="s">
+        <v>71</v>
+      </c>
+      <c r="D135" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E135" s="58">
+        <v>684.48157100000003</v>
+      </c>
+      <c r="F135" s="58">
+        <v>683.3</v>
+      </c>
+      <c r="G135" s="58">
+        <v>575.40977199999998</v>
+      </c>
+      <c r="H135" s="59">
+        <v>0.49111900532859681</v>
+      </c>
+      <c r="I135" s="54"/>
+    </row>
+    <row r="136" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B136" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C136" s="57" t="s">
+        <v>310</v>
+      </c>
+      <c r="D136" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E136" s="58">
+        <v>3606.0040570000001</v>
+      </c>
+      <c r="F136" s="58">
+        <v>3623.6</v>
+      </c>
+      <c r="G136" s="58">
+        <v>78.060185000000004</v>
+      </c>
+      <c r="H136" s="59">
+        <v>1</v>
+      </c>
+      <c r="I136" s="54"/>
+    </row>
+    <row r="137" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B137" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C137" s="57" t="s">
+        <v>141</v>
+      </c>
+      <c r="D137" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E137" s="58">
+        <v>738.74717199999998</v>
+      </c>
+      <c r="F137" s="58">
+        <v>736.75</v>
+      </c>
+      <c r="G137" s="58">
+        <v>665.36522500000001</v>
+      </c>
+      <c r="H137" s="59">
+        <v>1</v>
+      </c>
+      <c r="I137" s="54"/>
+    </row>
+    <row r="138" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B138" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C138" s="57" t="s">
+        <v>222</v>
+      </c>
+      <c r="D138" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E138" s="58">
+        <v>356.25994300000002</v>
+      </c>
+      <c r="F138" s="58">
+        <v>342.65</v>
+      </c>
+      <c r="G138" s="58">
+        <v>293.23232680000001</v>
+      </c>
+      <c r="H138" s="59">
+        <v>0.86096256684491979</v>
+      </c>
+      <c r="I138" s="54"/>
+    </row>
+    <row r="139" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B139" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C139" s="57" t="s">
+        <v>304</v>
+      </c>
+      <c r="D139" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E139" s="58">
+        <v>7911.5</v>
+      </c>
+      <c r="F139" s="58">
+        <v>7504</v>
+      </c>
+      <c r="G139" s="58">
+        <v>3.31738</v>
+      </c>
+      <c r="H139" s="59">
+        <v>3.5714285714285712E-2</v>
+      </c>
+      <c r="I139" s="54"/>
+    </row>
+    <row r="140" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B140" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C140" s="57" t="s">
+        <v>88</v>
+      </c>
+      <c r="D140" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E140" s="58">
+        <v>1945.7874999999999</v>
+      </c>
+      <c r="F140" s="58">
+        <v>1903</v>
+      </c>
+      <c r="G140" s="58">
+        <v>51.463481600000001</v>
+      </c>
+      <c r="H140" s="59">
+        <v>5.2459016393442623E-2</v>
+      </c>
+      <c r="I140" s="54"/>
+    </row>
+    <row r="141" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B141" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C141" s="57" t="s">
+        <v>360</v>
+      </c>
+      <c r="D141" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E141" s="58">
+        <v>498.15559999999999</v>
+      </c>
+      <c r="F141" s="58">
+        <v>494.5</v>
+      </c>
+      <c r="G141" s="58">
+        <v>9.837844200000001</v>
+      </c>
+      <c r="H141" s="59">
+        <v>1</v>
+      </c>
+      <c r="I141" s="54"/>
+    </row>
+    <row r="142" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B142" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C142" s="57" t="s">
+        <v>272</v>
+      </c>
+      <c r="D142" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E142" s="58">
+        <v>71.555599999999998</v>
+      </c>
+      <c r="F142" s="58">
+        <v>73.67</v>
+      </c>
+      <c r="G142" s="58">
+        <v>62.402004100000006</v>
+      </c>
+      <c r="H142" s="59">
+        <v>0.23563218390804597</v>
+      </c>
+      <c r="I142" s="54"/>
+    </row>
+    <row r="143" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B143" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C143" s="57" t="s">
+        <v>302</v>
+      </c>
+      <c r="D143" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E143" s="58">
+        <v>1984.9180670000001</v>
+      </c>
+      <c r="F143" s="58">
+        <v>1961.1</v>
+      </c>
+      <c r="G143" s="58">
+        <v>110.6779968</v>
+      </c>
+      <c r="H143" s="59">
+        <v>1</v>
+      </c>
+      <c r="I143" s="54"/>
+    </row>
+    <row r="144" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B144" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C144" s="57" t="s">
+        <v>218</v>
+      </c>
+      <c r="D144" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E144" s="58">
+        <v>1408.551005</v>
+      </c>
+      <c r="F144" s="58">
+        <v>1382.6</v>
+      </c>
+      <c r="G144" s="58">
+        <v>293.39929849999999</v>
+      </c>
+      <c r="H144" s="59">
+        <v>1</v>
+      </c>
+      <c r="I144" s="54"/>
+    </row>
+    <row r="145" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B145" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C145" s="57" t="s">
+        <v>23</v>
+      </c>
+      <c r="D145" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E145" s="58">
+        <v>975.59109799999999</v>
+      </c>
+      <c r="F145" s="58">
+        <v>956.1</v>
+      </c>
+      <c r="G145" s="58">
+        <v>1989.2337520000001</v>
+      </c>
+      <c r="H145" s="59">
+        <v>0.81273692191053826</v>
+      </c>
+      <c r="I145" s="54"/>
+    </row>
+    <row r="146" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B146" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C146" s="57" t="s">
+        <v>43</v>
+      </c>
+      <c r="D146" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E146" s="58">
+        <v>3599.822709</v>
+      </c>
+      <c r="F146" s="58">
+        <v>3699.5</v>
+      </c>
+      <c r="G146" s="58">
+        <v>25.287996799999998</v>
+      </c>
+      <c r="H146" s="59">
+        <v>1.5725518227305217E-2</v>
+      </c>
+      <c r="I146" s="54"/>
+    </row>
+    <row r="147" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B147" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C147" s="57" t="s">
+        <v>91</v>
+      </c>
+      <c r="D147" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E147" s="58">
+        <v>837.86300300000005</v>
+      </c>
+      <c r="F147" s="58">
+        <v>881.8</v>
+      </c>
+      <c r="G147" s="58">
+        <v>170.12248500000001</v>
+      </c>
+      <c r="H147" s="59">
+        <v>0.17914110429447852</v>
+      </c>
+      <c r="I147" s="54"/>
+    </row>
+    <row r="148" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B148" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C148" s="57" t="s">
+        <v>114</v>
+      </c>
+      <c r="D148" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E148" s="58">
+        <v>1103.4333329999999</v>
+      </c>
+      <c r="F148" s="58">
+        <v>1142.9000000000001</v>
+      </c>
+      <c r="G148" s="58">
+        <v>29.7863541</v>
+      </c>
+      <c r="H148" s="59">
+        <v>4.2386185243328101E-2</v>
+      </c>
+      <c r="I148" s="54"/>
+    </row>
+    <row r="149" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B149" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C149" s="57" t="s">
+        <v>377</v>
+      </c>
+      <c r="D149" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E149" s="58">
+        <v>683.2</v>
+      </c>
+      <c r="F149" s="58">
+        <v>677</v>
+      </c>
+      <c r="G149" s="58">
+        <v>2.88924</v>
+      </c>
+      <c r="H149" s="59">
+        <v>1</v>
+      </c>
+      <c r="I149" s="54"/>
+    </row>
+    <row r="150" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B150" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C150" s="57" t="s">
+        <v>318</v>
+      </c>
+      <c r="D150" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E150" s="58">
+        <v>1411.9308000000001</v>
+      </c>
+      <c r="F150" s="58">
+        <v>1403.4</v>
+      </c>
+      <c r="G150" s="58">
+        <v>58.691645999999992</v>
+      </c>
+      <c r="H150" s="59">
+        <v>1</v>
+      </c>
+      <c r="I150" s="54"/>
+    </row>
+    <row r="151" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B151" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C151" s="57" t="s">
+        <v>262</v>
+      </c>
+      <c r="D151" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E151" s="58">
+        <v>597.68208800000002</v>
+      </c>
+      <c r="F151" s="58">
+        <v>597.70000000000005</v>
+      </c>
+      <c r="G151" s="58">
+        <v>169.57944499999999</v>
+      </c>
+      <c r="H151" s="59">
+        <v>1</v>
+      </c>
+      <c r="I151" s="54"/>
+    </row>
+    <row r="152" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B152" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C152" s="57" t="s">
+        <v>226</v>
+      </c>
+      <c r="D152" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E152" s="58">
+        <v>440.38049000000001</v>
+      </c>
+      <c r="F152" s="58">
+        <v>454.9</v>
+      </c>
+      <c r="G152" s="58">
+        <v>370.07950760000006</v>
+      </c>
+      <c r="H152" s="59">
+        <v>1</v>
+      </c>
+      <c r="I152" s="54"/>
+    </row>
+    <row r="153" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B153" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C153" s="57" t="s">
+        <v>172</v>
+      </c>
+      <c r="D153" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E153" s="58">
+        <v>741.27114700000004</v>
+      </c>
+      <c r="F153" s="58">
+        <v>738.9</v>
+      </c>
+      <c r="G153" s="58">
+        <v>631.8611985</v>
+      </c>
+      <c r="H153" s="59">
+        <v>1</v>
+      </c>
+      <c r="I153" s="54"/>
+    </row>
+    <row r="154" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B154" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C154" s="57" t="s">
+        <v>120</v>
+      </c>
+      <c r="D154" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E154" s="58">
+        <v>308.729781</v>
+      </c>
+      <c r="F154" s="58">
+        <v>295.14999999999998</v>
+      </c>
+      <c r="G154" s="58">
+        <v>554.50015269999994</v>
+      </c>
+      <c r="H154" s="59">
+        <v>0.77949709864603478</v>
+      </c>
+      <c r="I154" s="54"/>
+    </row>
+    <row r="155" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B155" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C155" s="57" t="s">
+        <v>252</v>
+      </c>
+      <c r="D155" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E155" s="58">
+        <v>2501.9374349999998</v>
+      </c>
+      <c r="F155" s="58">
+        <v>2452.1</v>
+      </c>
+      <c r="G155" s="58">
+        <v>211.89577709999998</v>
+      </c>
+      <c r="H155" s="59">
+        <v>1</v>
+      </c>
+      <c r="I155" s="54"/>
+    </row>
+    <row r="156" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B156" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C156" s="57" t="s">
+        <v>244</v>
+      </c>
+      <c r="D156" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E156" s="58">
+        <v>1344.062218</v>
+      </c>
+      <c r="F156" s="58">
+        <v>1317.4</v>
+      </c>
+      <c r="G156" s="58">
+        <v>246.53307080000002</v>
+      </c>
+      <c r="H156" s="59">
+        <v>1</v>
+      </c>
+      <c r="I156" s="54"/>
+    </row>
+    <row r="157" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B157" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C157" s="57" t="s">
+        <v>186</v>
+      </c>
+      <c r="D157" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E157" s="58">
+        <v>600.40420700000004</v>
+      </c>
+      <c r="F157" s="58">
+        <v>579</v>
+      </c>
+      <c r="G157" s="58">
+        <v>455.56424999999996</v>
+      </c>
+      <c r="H157" s="59">
+        <v>1</v>
+      </c>
+      <c r="I157" s="54"/>
+    </row>
+    <row r="158" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B158" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C158" s="57" t="s">
+        <v>248</v>
+      </c>
+      <c r="D158" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E158" s="58">
+        <v>1499.126624</v>
+      </c>
+      <c r="F158" s="58">
+        <v>1479.6</v>
+      </c>
+      <c r="G158" s="58">
+        <v>200.60502</v>
+      </c>
+      <c r="H158" s="59">
+        <v>1</v>
+      </c>
+      <c r="I158" s="54"/>
+    </row>
+    <row r="159" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B159" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C159" s="57" t="s">
+        <v>14</v>
+      </c>
+      <c r="D159" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E159" s="58">
+        <v>1393.2811340000001</v>
+      </c>
+      <c r="F159" s="58">
+        <v>1373.2</v>
+      </c>
+      <c r="G159" s="58">
+        <v>2599.7469599999999</v>
+      </c>
+      <c r="H159" s="59">
+        <v>0.8369905956112853</v>
+      </c>
+      <c r="I159" s="54"/>
+    </row>
+    <row r="160" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B160" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C160" s="57" t="s">
+        <v>138</v>
+      </c>
+      <c r="D160" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E160" s="58">
+        <v>135.207943</v>
+      </c>
+      <c r="F160" s="58">
+        <v>135.4</v>
+      </c>
+      <c r="G160" s="58">
+        <v>850.7466945000001</v>
+      </c>
+      <c r="H160" s="59">
+        <v>0.99067164179104472</v>
+      </c>
+      <c r="I160" s="54"/>
+    </row>
+    <row r="161" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B161" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C161" s="57" t="s">
+        <v>150</v>
+      </c>
+      <c r="D161" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E161" s="58">
+        <v>1399.732827</v>
+      </c>
+      <c r="F161" s="58">
+        <v>1411.2</v>
+      </c>
+      <c r="G161" s="58">
+        <v>546.17628000000002</v>
+      </c>
+      <c r="H161" s="59">
+        <v>0.90069284064665123</v>
+      </c>
+      <c r="I161" s="54"/>
+    </row>
+    <row r="162" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B162" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C162" s="57" t="s">
+        <v>216</v>
+      </c>
+      <c r="D162" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E162" s="58">
+        <v>171.52950999999999</v>
+      </c>
+      <c r="F162" s="58">
+        <v>170.07</v>
+      </c>
+      <c r="G162" s="58">
+        <v>288.75230720000002</v>
+      </c>
+      <c r="H162" s="59">
+        <v>0.91111111111111109</v>
+      </c>
+      <c r="I162" s="54"/>
+    </row>
+    <row r="163" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B163" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C163" s="57" t="s">
+        <v>304</v>
+      </c>
+      <c r="D163" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E163" s="58">
+        <v>7640.6851850000003</v>
+      </c>
+      <c r="F163" s="58">
+        <v>7463</v>
+      </c>
+      <c r="G163" s="58">
+        <v>89.135980200000006</v>
+      </c>
+      <c r="H163" s="59">
+        <v>0.9642857142857143</v>
+      </c>
+      <c r="I163" s="54"/>
+    </row>
+    <row r="164" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B164" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C164" s="57" t="s">
+        <v>350</v>
+      </c>
+      <c r="D164" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E164" s="58">
+        <v>1447.6375</v>
+      </c>
+      <c r="F164" s="58">
+        <v>1374.5</v>
+      </c>
+      <c r="G164" s="58">
+        <v>17.373230400000001</v>
+      </c>
+      <c r="H164" s="59">
+        <v>1</v>
+      </c>
+      <c r="I164" s="54"/>
+    </row>
+    <row r="165" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B165" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C165" s="57" t="s">
+        <v>135</v>
+      </c>
+      <c r="D165" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E165" s="58">
+        <v>985.89037800000006</v>
+      </c>
+      <c r="F165" s="58">
+        <v>1004.6</v>
+      </c>
+      <c r="G165" s="58">
+        <v>558.93422250000003</v>
+      </c>
+      <c r="H165" s="59">
+        <v>0.93171806167400884</v>
+      </c>
+      <c r="I165" s="54"/>
+    </row>
+    <row r="166" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B166" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C166" s="57" t="s">
+        <v>73</v>
+      </c>
+      <c r="D166" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E166" s="58">
+        <v>456.94843700000001</v>
+      </c>
+      <c r="F166" s="58">
+        <v>469.1</v>
+      </c>
+      <c r="G166" s="58">
+        <v>1236.7406524</v>
+      </c>
+      <c r="H166" s="59">
+        <v>1</v>
+      </c>
+      <c r="I166" s="54"/>
+    </row>
+    <row r="167" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B167" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C167" s="57" t="s">
+        <v>126</v>
+      </c>
+      <c r="D167" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E167" s="58">
+        <v>233.41041300000001</v>
+      </c>
+      <c r="F167" s="58">
+        <v>239.94</v>
+      </c>
+      <c r="G167" s="58">
+        <v>779.93494799999996</v>
+      </c>
+      <c r="H167" s="59">
+        <v>0.91710758377425039</v>
+      </c>
+      <c r="I167" s="54"/>
+    </row>
+    <row r="168" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B168" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C168" s="57" t="s">
+        <v>168</v>
+      </c>
+      <c r="D168" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E168" s="58">
+        <v>6105.1666779999996</v>
+      </c>
+      <c r="F168" s="58">
+        <v>5760</v>
+      </c>
+      <c r="G168" s="58">
+        <v>9.1457999999999995</v>
+      </c>
+      <c r="H168" s="59">
+        <v>1.948051948051948E-2</v>
+      </c>
+      <c r="I168" s="54"/>
+    </row>
+    <row r="169" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B169" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C169" s="57" t="s">
+        <v>270</v>
+      </c>
+      <c r="D169" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E169" s="58">
+        <v>2003.211401</v>
+      </c>
+      <c r="F169" s="58">
+        <v>1998.3</v>
+      </c>
+      <c r="G169" s="58">
+        <v>45.212523999999995</v>
+      </c>
+      <c r="H169" s="59">
+        <v>0.21739130434782608</v>
+      </c>
+      <c r="I169" s="54"/>
+    </row>
+    <row r="170" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B170" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C170" s="57" t="s">
+        <v>29</v>
+      </c>
+      <c r="D170" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E170" s="58">
+        <v>1432.250986</v>
+      </c>
+      <c r="F170" s="58">
+        <v>1365.3</v>
+      </c>
+      <c r="G170" s="58">
+        <v>168.37485000000001</v>
+      </c>
+      <c r="H170" s="59">
+        <v>8.2169268693508629E-2</v>
+      </c>
+      <c r="I170" s="54"/>
+    </row>
+    <row r="171" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B171" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C171" s="57" t="s">
+        <v>159</v>
+      </c>
+      <c r="D171" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E171" s="58">
+        <v>2532.7175900000002</v>
+      </c>
+      <c r="F171" s="58">
+        <v>2531.6</v>
+      </c>
+      <c r="G171" s="58">
+        <v>500.91772800000001</v>
+      </c>
+      <c r="H171" s="59">
+        <v>1</v>
+      </c>
+      <c r="I171" s="54"/>
+    </row>
+    <row r="172" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B172" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C172" s="57" t="s">
+        <v>120</v>
+      </c>
+      <c r="D172" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E172" s="58">
+        <v>317.41008599999998</v>
+      </c>
+      <c r="F172" s="58">
+        <v>297.05</v>
+      </c>
+      <c r="G172" s="58">
+        <v>157.65101039999999</v>
+      </c>
+      <c r="H172" s="59">
+        <v>0.22050290135396519</v>
+      </c>
+      <c r="I172" s="54"/>
+    </row>
+    <row r="173" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B173" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C173" s="57" t="s">
+        <v>200</v>
+      </c>
+      <c r="D173" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E173" s="58">
+        <v>76.828900000000004</v>
+      </c>
+      <c r="F173" s="58">
+        <v>77.290000000000006</v>
+      </c>
+      <c r="G173" s="58">
+        <v>22.976014499999998</v>
+      </c>
+      <c r="H173" s="59">
+        <v>4.736842105263158E-2</v>
+      </c>
+      <c r="I173" s="54"/>
+    </row>
+    <row r="174" spans="2:9" s="53" customFormat="1" ht="54" x14ac:dyDescent="0.35">
+      <c r="B174" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C174" s="57" t="s">
+        <v>266</v>
+      </c>
+      <c r="D174" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E174" s="58">
+        <v>97.8</v>
+      </c>
+      <c r="F174" s="58">
+        <v>107.09</v>
+      </c>
+      <c r="G174" s="58">
+        <v>1.4635912</v>
+      </c>
+      <c r="H174" s="59">
+        <v>6.8965517241379309E-3</v>
+      </c>
+      <c r="I174" s="54"/>
+    </row>
+    <row r="175" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B175" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C175" s="57" t="s">
+        <v>334</v>
+      </c>
+      <c r="D175" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E175" s="58">
+        <v>57.991900000000001</v>
+      </c>
+      <c r="F175" s="58">
+        <v>55.61</v>
+      </c>
+      <c r="G175" s="58">
+        <v>51.071444</v>
+      </c>
+      <c r="H175" s="59">
+        <v>1</v>
+      </c>
+      <c r="I175" s="54"/>
+    </row>
+    <row r="176" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B176" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C176" s="57" t="s">
+        <v>55</v>
+      </c>
+      <c r="D176" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E176" s="58">
+        <v>395.32261599999998</v>
+      </c>
+      <c r="F176" s="58">
+        <v>393.7</v>
+      </c>
+      <c r="G176" s="58">
+        <v>88.6580352</v>
+      </c>
+      <c r="H176" s="59">
+        <v>7.3813708260105443E-2</v>
+      </c>
+      <c r="I176" s="54"/>
+    </row>
+    <row r="177" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B177" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C177" s="57" t="s">
+        <v>216</v>
+      </c>
+      <c r="D177" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E177" s="58">
+        <v>172.28127499999999</v>
+      </c>
+      <c r="F177" s="58">
+        <v>170.98</v>
+      </c>
+      <c r="G177" s="58">
+        <v>28.304583999999998</v>
+      </c>
+      <c r="H177" s="59">
+        <v>8.8888888888888892E-2</v>
+      </c>
+      <c r="I177" s="54"/>
+    </row>
+    <row r="178" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B178" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C178" s="57" t="s">
+        <v>312</v>
+      </c>
+      <c r="D178" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E178" s="58">
+        <v>477.84440000000001</v>
+      </c>
+      <c r="F178" s="58">
+        <v>449.5</v>
+      </c>
+      <c r="G178" s="58">
+        <v>8.7178328999999994</v>
+      </c>
+      <c r="H178" s="59">
+        <v>0.10344827586206896</v>
+      </c>
+      <c r="I178" s="54"/>
+    </row>
+    <row r="179" spans="2:9" s="53" customFormat="1" ht="67.5" x14ac:dyDescent="0.35">
+      <c r="B179" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C179" s="57" t="s">
+        <v>144</v>
+      </c>
+      <c r="D179" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E179" s="58">
+        <v>721.28211899999997</v>
+      </c>
+      <c r="F179" s="58">
+        <v>705.45</v>
+      </c>
+      <c r="G179" s="58">
+        <v>330.56172640000005</v>
+      </c>
+      <c r="H179" s="59">
+        <v>0.59724950884086447</v>
+      </c>
+      <c r="I179" s="54"/>
+    </row>
+    <row r="180" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B180" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C180" s="57" t="s">
+        <v>340</v>
+      </c>
+      <c r="D180" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E180" s="58">
+        <v>148.52619000000001</v>
+      </c>
+      <c r="F180" s="58">
+        <v>150.82</v>
+      </c>
+      <c r="G180" s="58">
+        <v>27.568308600000002</v>
+      </c>
+      <c r="H180" s="59">
+        <v>1</v>
+      </c>
+      <c r="I180" s="54"/>
+    </row>
+    <row r="181" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B181" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C181" s="57" t="s">
+        <v>230</v>
+      </c>
+      <c r="D181" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E181" s="58">
+        <v>463.59272499999997</v>
+      </c>
+      <c r="F181" s="58">
+        <v>457.9</v>
+      </c>
+      <c r="G181" s="58">
+        <v>390.03333179999998</v>
+      </c>
+      <c r="H181" s="59">
+        <v>1</v>
+      </c>
+      <c r="I181" s="54"/>
+    </row>
+    <row r="182" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B182" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C182" s="57" t="s">
+        <v>358</v>
+      </c>
+      <c r="D182" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E182" s="58">
+        <v>7485.1666670000004</v>
+      </c>
+      <c r="F182" s="58">
+        <v>7101</v>
+      </c>
+      <c r="G182" s="58">
+        <v>18.171495</v>
+      </c>
+      <c r="H182" s="59">
+        <v>1</v>
+      </c>
+      <c r="I182" s="54"/>
+    </row>
+    <row r="183" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B183" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C183" s="57" t="s">
+        <v>123</v>
+      </c>
+      <c r="D183" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E183" s="58">
+        <v>1124.4713859999999</v>
+      </c>
+      <c r="F183" s="58">
+        <v>1122.3</v>
+      </c>
+      <c r="G183" s="58">
+        <v>772.21022079999989</v>
+      </c>
+      <c r="H183" s="59">
+        <v>1</v>
+      </c>
+      <c r="I183" s="54"/>
+    </row>
+    <row r="184" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B184" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C184" s="57" t="s">
+        <v>91</v>
+      </c>
+      <c r="D184" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E184" s="58">
+        <v>851.79325200000005</v>
+      </c>
+      <c r="F184" s="58">
+        <v>876.95</v>
+      </c>
+      <c r="G184" s="58">
+        <v>775.72516860000007</v>
+      </c>
+      <c r="H184" s="59">
+        <v>0.82085889570552151</v>
+      </c>
+      <c r="I184" s="54"/>
+    </row>
+    <row r="185" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B185" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C185" s="57" t="s">
+        <v>156</v>
+      </c>
+      <c r="D185" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E185" s="58">
+        <v>887.563895</v>
+      </c>
+      <c r="F185" s="58">
+        <v>876.7</v>
+      </c>
+      <c r="G185" s="58">
+        <v>793.14603600000009</v>
+      </c>
+      <c r="H185" s="59">
+        <v>0.96473029045643155</v>
+      </c>
+      <c r="I185" s="54"/>
+    </row>
+    <row r="186" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B186" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C186" s="57" t="s">
+        <v>65</v>
+      </c>
+      <c r="D186" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E186" s="58">
+        <v>2550.43851</v>
+      </c>
+      <c r="F186" s="58">
+        <v>2522</v>
+      </c>
+      <c r="G186" s="58">
+        <v>1570.0834200000002</v>
+      </c>
+      <c r="H186" s="59">
+        <v>0.9616306954436451</v>
+      </c>
+      <c r="I186" s="54"/>
+    </row>
+    <row r="187" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B187" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C187" s="57" t="s">
+        <v>196</v>
+      </c>
+      <c r="D187" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E187" s="58">
+        <v>163.82650699999999</v>
+      </c>
+      <c r="F187" s="58">
+        <v>162.97</v>
+      </c>
+      <c r="G187" s="58">
+        <v>457.57964879999997</v>
+      </c>
+      <c r="H187" s="59">
+        <v>0.848314606741573</v>
+      </c>
+      <c r="I187" s="54"/>
+    </row>
+    <row r="188" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B188" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C188" s="57" t="s">
+        <v>356</v>
+      </c>
+      <c r="D188" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E188" s="58">
+        <v>1329.9333329999999</v>
+      </c>
+      <c r="F188" s="58">
+        <v>1336.3</v>
+      </c>
+      <c r="G188" s="58">
+        <v>2.7957659999999995</v>
+      </c>
+      <c r="H188" s="59">
+        <v>0.25</v>
+      </c>
+      <c r="I188" s="54"/>
+    </row>
+    <row r="189" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B189" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C189" s="57" t="s">
+        <v>348</v>
+      </c>
+      <c r="D189" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E189" s="58">
+        <v>129.3844</v>
+      </c>
+      <c r="F189" s="58">
+        <v>139.38999999999999</v>
+      </c>
+      <c r="G189" s="58">
+        <v>21.982404800000001</v>
+      </c>
+      <c r="H189" s="59">
+        <v>1</v>
+      </c>
+      <c r="I189" s="54"/>
+    </row>
+    <row r="190" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B190" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C190" s="57" t="s">
+        <v>156</v>
+      </c>
+      <c r="D190" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E190" s="58">
+        <v>782.94410000000005</v>
+      </c>
+      <c r="F190" s="58">
+        <v>882.5</v>
+      </c>
+      <c r="G190" s="58">
+        <v>29.139370199999998</v>
+      </c>
+      <c r="H190" s="59">
+        <v>3.5269709543568464E-2</v>
+      </c>
+      <c r="I190" s="54"/>
+    </row>
+    <row r="191" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B191" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C191" s="57" t="s">
+        <v>194</v>
+      </c>
+      <c r="D191" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E191" s="58">
+        <v>5985.7500200000004</v>
+      </c>
+      <c r="F191" s="58">
+        <v>6027.5</v>
+      </c>
+      <c r="G191" s="58">
+        <v>366.51050179999999</v>
+      </c>
+      <c r="H191" s="59">
+        <v>1</v>
+      </c>
+      <c r="I191" s="54"/>
+    </row>
+    <row r="192" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B192" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C192" s="57" t="s">
+        <v>274</v>
+      </c>
+      <c r="D192" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E192" s="58">
+        <v>1158.975731</v>
+      </c>
+      <c r="F192" s="58">
+        <v>1150.7</v>
+      </c>
+      <c r="G192" s="58">
+        <v>185.72905259999999</v>
+      </c>
+      <c r="H192" s="59">
+        <v>1</v>
+      </c>
+      <c r="I192" s="54"/>
+    </row>
+    <row r="193" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B193" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C193" s="57" t="s">
+        <v>316</v>
+      </c>
+      <c r="D193" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E193" s="58">
+        <v>452.78191099999998</v>
+      </c>
+      <c r="F193" s="58">
+        <v>453.45</v>
+      </c>
+      <c r="G193" s="58">
+        <v>71.025411599999998</v>
+      </c>
+      <c r="H193" s="59">
+        <v>1</v>
+      </c>
+      <c r="I193" s="54"/>
+    </row>
+    <row r="194" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B194" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C194" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="D194" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E194" s="58">
+        <v>736.389588</v>
+      </c>
+      <c r="F194" s="58">
+        <v>718.3</v>
+      </c>
+      <c r="G194" s="58">
+        <v>509.48444019999999</v>
+      </c>
+      <c r="H194" s="59">
+        <v>0.98598130841121501</v>
+      </c>
+      <c r="I194" s="54"/>
+    </row>
+    <row r="195" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B195" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C195" s="57" t="s">
+        <v>206</v>
+      </c>
+      <c r="D195" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E195" s="58">
+        <v>402.59506399999998</v>
+      </c>
+      <c r="F195" s="58">
+        <v>393.1</v>
+      </c>
+      <c r="G195" s="58">
+        <v>294.867189</v>
+      </c>
+      <c r="H195" s="59">
+        <v>0.81609195402298851</v>
+      </c>
+      <c r="I195" s="54"/>
+    </row>
+    <row r="196" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B196" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C196" s="57" t="s">
+        <v>738</v>
+      </c>
+      <c r="D196" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E196" s="58">
+        <v>194.94472400000001</v>
+      </c>
+      <c r="F196" s="58">
+        <v>194.94</v>
+      </c>
+      <c r="G196" s="58">
+        <v>28.902464999999999</v>
+      </c>
+      <c r="H196" s="59">
+        <v>0.12686567164179105</v>
+      </c>
+      <c r="I196" s="54"/>
+    </row>
+    <row r="197" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B197" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C197" s="57" t="s">
+        <v>737</v>
+      </c>
+      <c r="D197" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E197" s="58">
+        <v>90.784460999999993</v>
+      </c>
+      <c r="F197" s="58">
+        <v>88.26</v>
+      </c>
+      <c r="G197" s="58">
+        <v>47.176418599999998</v>
+      </c>
+      <c r="H197" s="59">
+        <v>3.6398467432950193E-2</v>
+      </c>
+      <c r="I197" s="54"/>
+    </row>
+    <row r="198" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B198" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C198" s="57" t="s">
+        <v>254</v>
+      </c>
+      <c r="D198" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E198" s="58">
+        <v>337.64569999999998</v>
+      </c>
+      <c r="F198" s="58">
+        <v>347.2</v>
+      </c>
+      <c r="G198" s="58">
+        <v>44.63214</v>
+      </c>
+      <c r="H198" s="59">
+        <v>0.18716577540106952</v>
+      </c>
+      <c r="I198" s="54"/>
+    </row>
+    <row r="199" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B199" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C199" s="57" t="s">
+        <v>39</v>
+      </c>
+      <c r="D199" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E199" s="58">
+        <v>416.81049999999999</v>
+      </c>
+      <c r="F199" s="58">
+        <v>406.7</v>
+      </c>
+      <c r="G199" s="58">
+        <v>425.51154400000001</v>
+      </c>
+      <c r="H199" s="59">
+        <v>0.23769430051813473</v>
+      </c>
+      <c r="I199" s="54"/>
+    </row>
+    <row r="200" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B200" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C200" s="57" t="s">
+        <v>740</v>
+      </c>
+      <c r="D200" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E200" s="58">
+        <v>984.61</v>
+      </c>
+      <c r="F200" s="58">
+        <v>1073.7</v>
+      </c>
+      <c r="G200" s="58">
+        <v>6.4934095000000003</v>
+      </c>
+      <c r="H200" s="59">
+        <v>0.7142857142857143</v>
+      </c>
+      <c r="I200" s="54"/>
+    </row>
+    <row r="201" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B201" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C201" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="D201" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E201" s="58">
+        <v>4721.6676310000003</v>
+      </c>
+      <c r="F201" s="58">
+        <v>4780.3</v>
+      </c>
+      <c r="G201" s="58">
+        <v>1366.8277945999998</v>
+      </c>
+      <c r="H201" s="59">
+        <v>0.99217002237136465</v>
+      </c>
+      <c r="I201" s="54"/>
+    </row>
+    <row r="202" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B202" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C202" s="57" t="s">
+        <v>381</v>
+      </c>
+      <c r="D202" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E202" s="58">
+        <v>1512.4</v>
+      </c>
+      <c r="F202" s="58">
+        <v>1513.2</v>
+      </c>
+      <c r="G202" s="58">
+        <v>1.3358099999999999</v>
+      </c>
+      <c r="H202" s="59">
+        <v>1</v>
+      </c>
+      <c r="I202" s="54"/>
+    </row>
+    <row r="203" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B203" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C203" s="57" t="s">
+        <v>111</v>
+      </c>
+      <c r="D203" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E203" s="58">
+        <v>737.45268299999998</v>
+      </c>
+      <c r="F203" s="58">
+        <v>767.65</v>
+      </c>
+      <c r="G203" s="58">
+        <v>733.70889900000009</v>
+      </c>
+      <c r="H203" s="59">
+        <v>1</v>
+      </c>
+      <c r="I203" s="54"/>
+    </row>
+    <row r="204" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B204" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C204" s="57" t="s">
+        <v>53</v>
+      </c>
+      <c r="D204" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E204" s="58">
+        <v>576.07234000000005</v>
+      </c>
+      <c r="F204" s="58">
+        <v>572.65</v>
+      </c>
+      <c r="G204" s="58">
+        <v>60.966284999999999</v>
+      </c>
+      <c r="H204" s="59">
+        <v>4.069264069264069E-2</v>
+      </c>
+      <c r="I204" s="54"/>
+    </row>
+    <row r="205" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B205" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C205" s="57" t="s">
+        <v>356</v>
+      </c>
+      <c r="D205" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E205" s="58">
+        <v>1321.0444440000001</v>
+      </c>
+      <c r="F205" s="58">
+        <v>1340.6</v>
+      </c>
+      <c r="G205" s="58">
+        <v>8.4240359999999992</v>
+      </c>
+      <c r="H205" s="59">
+        <v>0.75</v>
+      </c>
+      <c r="I205" s="54"/>
+    </row>
+    <row r="206" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B206" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C206" s="57" t="s">
+        <v>208</v>
+      </c>
+      <c r="D206" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E206" s="58">
+        <v>536.975236</v>
+      </c>
+      <c r="F206" s="58">
+        <v>533.45000000000005</v>
+      </c>
+      <c r="G206" s="58">
+        <v>430.65482750000001</v>
+      </c>
+      <c r="H206" s="59">
+        <v>1</v>
+      </c>
+      <c r="I206" s="54"/>
+    </row>
+    <row r="207" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B207" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C207" s="57" t="s">
+        <v>741</v>
+      </c>
+      <c r="D207" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E207" s="58">
+        <v>906.03599999999994</v>
+      </c>
+      <c r="F207" s="58">
+        <v>907.25</v>
+      </c>
+      <c r="G207" s="58">
+        <v>310.43531360000003</v>
+      </c>
+      <c r="H207" s="59">
+        <v>1</v>
+      </c>
+      <c r="I207" s="54"/>
+    </row>
+    <row r="208" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B208" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C208" s="57" t="s">
+        <v>43</v>
+      </c>
+      <c r="D208" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E208" s="58">
+        <v>3691.1813350000002</v>
+      </c>
+      <c r="F208" s="58">
+        <v>3680.4</v>
+      </c>
+      <c r="G208" s="58">
+        <v>1575.2391165000001</v>
+      </c>
+      <c r="H208" s="59">
+        <v>0.98427448177269483</v>
+      </c>
+      <c r="I208" s="54"/>
+    </row>
+    <row r="209" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B209" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C209" s="57" t="s">
+        <v>192</v>
+      </c>
+      <c r="D209" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E209" s="58">
+        <v>8007.3899250000004</v>
+      </c>
+      <c r="F209" s="58">
+        <v>7848</v>
+      </c>
+      <c r="G209" s="58">
+        <v>529.17974000000004</v>
+      </c>
+      <c r="H209" s="59">
+        <v>1</v>
+      </c>
+      <c r="I209" s="54"/>
+    </row>
+    <row r="210" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B210" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C210" s="57" t="s">
+        <v>200</v>
+      </c>
+      <c r="D210" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E210" s="58">
+        <v>76.137449000000004</v>
+      </c>
+      <c r="F210" s="58">
+        <v>76.87</v>
+      </c>
+      <c r="G210" s="58">
+        <v>459.88869149999999</v>
+      </c>
+      <c r="H210" s="59">
+        <v>0.95263157894736838</v>
+      </c>
+      <c r="I210" s="54"/>
+    </row>
+    <row r="211" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B211" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C211" s="57" t="s">
+        <v>342</v>
+      </c>
+      <c r="D211" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E211" s="58">
+        <v>14801.923076999999</v>
+      </c>
+      <c r="F211" s="58">
+        <v>13429</v>
+      </c>
+      <c r="G211" s="58">
+        <v>29.126516899999999</v>
+      </c>
+      <c r="H211" s="59">
+        <v>1</v>
+      </c>
+      <c r="I211" s="54"/>
+    </row>
+    <row r="212" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B212" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C212" s="57" t="s">
+        <v>204</v>
+      </c>
+      <c r="D212" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E212" s="58">
+        <v>627.16362100000003</v>
+      </c>
+      <c r="F212" s="58">
+        <v>627</v>
+      </c>
+      <c r="G212" s="58">
+        <v>336.20370000000003</v>
+      </c>
+      <c r="H212" s="59">
+        <v>0.9932432432432432</v>
+      </c>
+      <c r="I212" s="54"/>
+    </row>
+    <row r="213" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B213" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C213" s="57" t="s">
+        <v>35</v>
+      </c>
+      <c r="D213" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E213" s="58">
+        <v>1125.292721</v>
+      </c>
+      <c r="F213" s="58">
+        <v>1137.2</v>
+      </c>
+      <c r="G213" s="58">
+        <v>1326.0852</v>
+      </c>
+      <c r="H213" s="59">
+        <v>0.73384294649061843</v>
+      </c>
+      <c r="I213" s="54"/>
+    </row>
+    <row r="214" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B214" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C214" s="57" t="s">
+        <v>37</v>
+      </c>
+      <c r="D214" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E214" s="58">
+        <v>251.87453300000001</v>
+      </c>
+      <c r="F214" s="58">
+        <v>260.38</v>
+      </c>
+      <c r="G214" s="58">
+        <v>1897.9532000000002</v>
+      </c>
+      <c r="H214" s="59">
+        <v>0.98559514783927216</v>
+      </c>
+      <c r="I214" s="54"/>
+    </row>
+    <row r="215" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B215" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C215" s="57" t="s">
+        <v>117</v>
+      </c>
+      <c r="D215" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E215" s="58">
+        <v>12248.317063</v>
+      </c>
+      <c r="F215" s="58">
+        <v>12283</v>
+      </c>
+      <c r="G215" s="58">
+        <v>615.16297500000007</v>
+      </c>
+      <c r="H215" s="59">
+        <v>0.93485342019543971</v>
+      </c>
+      <c r="I215" s="54"/>
+    </row>
+    <row r="216" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B216" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C216" s="57" t="s">
+        <v>224</v>
+      </c>
+      <c r="D216" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E216" s="58">
+        <v>122.488559</v>
+      </c>
+      <c r="F216" s="58">
+        <v>124.37</v>
+      </c>
+      <c r="G216" s="58">
+        <v>309.11490220000002</v>
+      </c>
+      <c r="H216" s="59">
+        <v>1</v>
+      </c>
+      <c r="I216" s="54"/>
+    </row>
+    <row r="217" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B217" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C217" s="57" t="s">
+        <v>202</v>
+      </c>
+      <c r="D217" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E217" s="58">
+        <v>393.82341400000001</v>
+      </c>
+      <c r="F217" s="58">
+        <v>391.6</v>
+      </c>
+      <c r="G217" s="58">
+        <v>341.692047</v>
+      </c>
+      <c r="H217" s="59">
+        <v>1</v>
+      </c>
+      <c r="I217" s="54"/>
+    </row>
+    <row r="218" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B218" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C218" s="57" t="s">
+        <v>260</v>
+      </c>
+      <c r="D218" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E218" s="58">
+        <v>581.81666700000005</v>
+      </c>
+      <c r="F218" s="58">
+        <v>576.1</v>
+      </c>
+      <c r="G218" s="58">
+        <v>3.3917303999999993</v>
+      </c>
+      <c r="H218" s="59">
+        <v>1.8404907975460124E-2</v>
+      </c>
+      <c r="I218" s="54"/>
+    </row>
+    <row r="219" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B219" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C219" s="57" t="s">
+        <v>196</v>
+      </c>
+      <c r="D219" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E219" s="58">
+        <v>167.403876</v>
+      </c>
+      <c r="F219" s="58">
+        <v>163.63999999999999</v>
+      </c>
+      <c r="G219" s="58">
+        <v>82.201651200000001</v>
+      </c>
+      <c r="H219" s="59">
+        <v>0.15168539325842698</v>
+      </c>
+      <c r="I219" s="54"/>
+    </row>
+    <row r="220" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B220" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C220" s="57" t="s">
+        <v>47</v>
+      </c>
+      <c r="D220" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E220" s="58">
+        <v>111.45487199999999</v>
+      </c>
+      <c r="F220" s="58">
+        <v>125.27</v>
+      </c>
+      <c r="G220" s="58">
+        <v>71.411168399999994</v>
+      </c>
+      <c r="H220" s="59">
+        <v>3.8461538461538464E-2</v>
+      </c>
+      <c r="I220" s="54"/>
+    </row>
+    <row r="221" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B221" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C221" s="57" t="s">
+        <v>220</v>
+      </c>
+      <c r="D221" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E221" s="58">
+        <v>527.375449</v>
+      </c>
+      <c r="F221" s="58">
+        <v>529.6</v>
+      </c>
+      <c r="G221" s="58">
+        <v>327.29804999999999</v>
+      </c>
+      <c r="H221" s="59">
+        <v>1</v>
+      </c>
+      <c r="I221" s="54"/>
+    </row>
+    <row r="222" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B222" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C222" s="57" t="s">
+        <v>268</v>
+      </c>
+      <c r="D222" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E222" s="58">
+        <v>177.037395</v>
+      </c>
+      <c r="F222" s="58">
+        <v>177.08</v>
+      </c>
+      <c r="G222" s="58">
+        <v>174.9122399</v>
+      </c>
+      <c r="H222" s="59">
+        <v>1</v>
+      </c>
+      <c r="I222" s="54"/>
+    </row>
+    <row r="223" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B223" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C223" s="57" t="s">
+        <v>326</v>
+      </c>
+      <c r="D223" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E223" s="58">
+        <v>765.39838699999996</v>
+      </c>
+      <c r="F223" s="58">
+        <v>764.8</v>
+      </c>
+      <c r="G223" s="58">
+        <v>46.017267999999994</v>
+      </c>
+      <c r="H223" s="59">
+        <v>1</v>
+      </c>
+      <c r="I223" s="54"/>
+    </row>
+    <row r="224" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B224" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C224" s="57" t="s">
+        <v>80</v>
+      </c>
+      <c r="D224" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E224" s="58">
+        <v>73.549268999999995</v>
+      </c>
+      <c r="F224" s="58">
+        <v>70.67</v>
+      </c>
+      <c r="G224" s="58">
+        <v>65.828834999999998</v>
+      </c>
+      <c r="H224" s="59">
+        <v>6.0335195530726256E-2</v>
+      </c>
+      <c r="I224" s="54"/>
+    </row>
+    <row r="225" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B225" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C225" s="57" t="s">
+        <v>284</v>
+      </c>
+      <c r="D225" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E225" s="58">
+        <v>453.47130399999998</v>
+      </c>
+      <c r="F225" s="58">
+        <v>484.85</v>
+      </c>
+      <c r="G225" s="58">
+        <v>155.14528100000001</v>
+      </c>
+      <c r="H225" s="59">
+        <v>1</v>
+      </c>
+      <c r="I225" s="54"/>
+    </row>
+    <row r="226" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B226" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C226" s="57" t="s">
+        <v>69</v>
+      </c>
+      <c r="D226" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E226" s="58">
+        <v>1113.125</v>
+      </c>
+      <c r="F226" s="58">
+        <v>1155.8</v>
+      </c>
+      <c r="G226" s="58">
+        <v>5.4243911999999996</v>
+      </c>
+      <c r="H226" s="59">
+        <v>4.9261083743842365E-3</v>
+      </c>
+      <c r="I226" s="54"/>
+    </row>
+    <row r="227" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B227" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C227" s="57" t="s">
+        <v>26</v>
+      </c>
+      <c r="D227" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E227" s="58">
+        <v>2013.692041</v>
+      </c>
+      <c r="F227" s="58">
+        <v>2015.3</v>
+      </c>
+      <c r="G227" s="58">
+        <v>160.58904600000002</v>
+      </c>
+      <c r="H227" s="59">
+        <v>7.4244415243101186E-2</v>
+      </c>
+      <c r="I227" s="54"/>
+    </row>
+    <row r="228" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B228" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C228" s="57" t="s">
+        <v>138</v>
+      </c>
+      <c r="D228" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E228" s="58">
+        <v>135.91</v>
+      </c>
+      <c r="F228" s="58">
+        <v>136.25</v>
+      </c>
+      <c r="G228" s="58">
+        <v>8.0494845000000002</v>
+      </c>
+      <c r="H228" s="59">
+        <v>9.3283582089552231E-3</v>
+      </c>
+      <c r="I228" s="54"/>
+    </row>
+    <row r="229" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B229" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C229" s="57" t="s">
+        <v>71</v>
+      </c>
+      <c r="D229" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E229" s="58">
+        <v>674.54055700000004</v>
+      </c>
+      <c r="F229" s="58">
+        <v>684.1</v>
+      </c>
+      <c r="G229" s="58">
+        <v>598.64060400000005</v>
+      </c>
+      <c r="H229" s="59">
+        <v>0.50888099467140324</v>
+      </c>
+      <c r="I229" s="54"/>
+    </row>
+    <row r="230" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B230" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C230" s="57" t="s">
+        <v>69</v>
+      </c>
+      <c r="D230" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E230" s="58">
+        <v>1152.259172</v>
+      </c>
+      <c r="F230" s="58">
+        <v>1149.0999999999999</v>
+      </c>
+      <c r="G230" s="58">
+        <v>1090.3595591999999</v>
+      </c>
+      <c r="H230" s="59">
+        <v>0.99507389162561577</v>
+      </c>
+      <c r="I230" s="54"/>
+    </row>
+    <row r="231" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B231" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C231" s="57" t="s">
+        <v>288</v>
+      </c>
+      <c r="D231" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E231" s="58">
+        <v>247.85480000000001</v>
+      </c>
+      <c r="F231" s="58">
+        <v>251.04</v>
+      </c>
+      <c r="G231" s="58">
+        <v>136.795152</v>
+      </c>
+      <c r="H231" s="59">
+        <v>1</v>
+      </c>
+      <c r="I231" s="54"/>
+    </row>
+    <row r="232" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B232" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C232" s="57" t="s">
+        <v>368</v>
+      </c>
+      <c r="D232" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E232" s="58">
+        <v>213.78139999999999</v>
+      </c>
+      <c r="F232" s="58">
+        <v>208.91</v>
+      </c>
+      <c r="G232" s="58">
+        <v>9.7414100000000001</v>
+      </c>
+      <c r="H232" s="59">
+        <v>1</v>
+      </c>
+      <c r="I232" s="54"/>
+    </row>
+    <row r="233" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B233" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C233" s="57" t="s">
+        <v>242</v>
+      </c>
+      <c r="D233" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E233" s="58">
+        <v>240.69587999999999</v>
+      </c>
+      <c r="F233" s="58">
+        <v>240.72</v>
+      </c>
+      <c r="G233" s="58">
+        <v>209.45717099999999</v>
+      </c>
+      <c r="H233" s="59">
+        <v>0.96818181818181814</v>
+      </c>
+      <c r="I233" s="54"/>
+    </row>
+    <row r="234" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B234" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C234" s="57" t="s">
+        <v>276</v>
+      </c>
+      <c r="D234" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E234" s="58">
+        <v>272.76565699999998</v>
+      </c>
+      <c r="F234" s="58">
+        <v>280.25</v>
+      </c>
+      <c r="G234" s="58">
+        <v>139.4300025</v>
+      </c>
+      <c r="H234" s="59">
+        <v>1</v>
+      </c>
+      <c r="I234" s="54"/>
+    </row>
+    <row r="235" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B235" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C235" s="57" t="s">
+        <v>354</v>
+      </c>
+      <c r="D235" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E235" s="58">
+        <v>1527.8</v>
+      </c>
+      <c r="F235" s="58">
+        <v>1518.5</v>
+      </c>
+      <c r="G235" s="58">
+        <v>16.946937999999999</v>
+      </c>
+      <c r="H235" s="59">
+        <v>1</v>
+      </c>
+      <c r="I235" s="54"/>
+    </row>
+    <row r="236" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B236" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C236" s="57" t="s">
+        <v>77</v>
+      </c>
+      <c r="D236" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E236" s="58">
+        <v>376.83567499999998</v>
+      </c>
+      <c r="F236" s="58">
+        <v>375.05</v>
+      </c>
+      <c r="G236" s="58">
+        <v>1458.4630236</v>
+      </c>
+      <c r="H236" s="59">
+        <v>1</v>
+      </c>
+      <c r="I236" s="54"/>
+    </row>
+    <row r="237" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B237" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C237" s="57" t="s">
+        <v>232</v>
+      </c>
+      <c r="D237" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E237" s="58">
+        <v>1816.9770779999999</v>
+      </c>
+      <c r="F237" s="58">
+        <v>1802</v>
+      </c>
+      <c r="G237" s="58">
+        <v>233.44433000000001</v>
+      </c>
+      <c r="H237" s="59">
+        <v>1</v>
+      </c>
+      <c r="I237" s="54"/>
+    </row>
+    <row r="238" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B238" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C238" s="57" t="s">
+        <v>260</v>
+      </c>
+      <c r="D238" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E238" s="58">
+        <v>585.01127199999996</v>
+      </c>
+      <c r="F238" s="58">
+        <v>572.9</v>
+      </c>
+      <c r="G238" s="58">
+        <v>180.01452799999998</v>
+      </c>
+      <c r="H238" s="59">
+        <v>0.98159509202453987</v>
+      </c>
+      <c r="I238" s="54"/>
+    </row>
+    <row r="239" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B239" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C239" s="57" t="s">
+        <v>103</v>
+      </c>
+      <c r="D239" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E239" s="58">
+        <v>608.609419</v>
+      </c>
+      <c r="F239" s="58">
+        <v>620.6</v>
+      </c>
+      <c r="G239" s="58">
+        <v>962.44461910000007</v>
+      </c>
+      <c r="H239" s="59">
+        <v>1</v>
+      </c>
+      <c r="I239" s="54"/>
+    </row>
+    <row r="240" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B240" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C240" s="57" t="s">
+        <v>132</v>
+      </c>
+      <c r="D240" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E240" s="58">
+        <v>1624.0356469999999</v>
+      </c>
+      <c r="F240" s="58">
+        <v>1605.6</v>
+      </c>
+      <c r="G240" s="58">
+        <v>620.64360800000009</v>
+      </c>
+      <c r="H240" s="59">
+        <v>1</v>
+      </c>
+      <c r="I240" s="54"/>
+    </row>
+    <row r="241" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B241" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C241" s="57" t="s">
+        <v>308</v>
+      </c>
+      <c r="D241" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E241" s="58">
+        <v>1256.065006</v>
+      </c>
+      <c r="F241" s="58">
+        <v>1227.5999999999999</v>
+      </c>
+      <c r="G241" s="58">
+        <v>103.39024999999999</v>
+      </c>
+      <c r="H241" s="59">
+        <v>1</v>
+      </c>
+      <c r="I241" s="54"/>
+    </row>
+    <row r="242" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B242" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C242" s="57" t="s">
+        <v>106</v>
+      </c>
+      <c r="D242" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E242" s="58">
+        <v>1103.8140860000001</v>
+      </c>
+      <c r="F242" s="58">
+        <v>1089</v>
+      </c>
+      <c r="G242" s="58">
+        <v>828.71393</v>
+      </c>
+      <c r="H242" s="59">
+        <v>0.99724517906336085</v>
+      </c>
+      <c r="I242" s="54"/>
+    </row>
+    <row r="243" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B243" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C243" s="57" t="s">
+        <v>296</v>
+      </c>
+      <c r="D243" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E243" s="58">
+        <v>5067.2137439999997</v>
+      </c>
+      <c r="F243" s="58">
+        <v>4706</v>
+      </c>
+      <c r="G243" s="58">
+        <v>148.19768000000002</v>
+      </c>
+      <c r="H243" s="59">
+        <v>1</v>
+      </c>
+      <c r="I243" s="54"/>
+    </row>
+    <row r="244" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B244" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C244" s="57" t="s">
+        <v>324</v>
+      </c>
+      <c r="D244" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E244" s="58">
+        <v>659.12809400000003</v>
+      </c>
+      <c r="F244" s="58">
+        <v>660.4</v>
+      </c>
+      <c r="G244" s="58">
+        <v>53.746390400000003</v>
+      </c>
+      <c r="H244" s="59">
+        <v>1</v>
+      </c>
+      <c r="I244" s="54"/>
+    </row>
+    <row r="245" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B245" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C245" s="57" t="s">
+        <v>180</v>
+      </c>
+      <c r="D245" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E245" s="58">
+        <v>20.269829000000001</v>
+      </c>
+      <c r="F245" s="58">
+        <v>21.37</v>
+      </c>
+      <c r="G245" s="58">
+        <v>312.90245999999996</v>
+      </c>
+      <c r="H245" s="59">
+        <v>0.60167130919220058</v>
+      </c>
+      <c r="I245" s="54"/>
+    </row>
+    <row r="246" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B246" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C246" s="57" t="s">
+        <v>65</v>
+      </c>
+      <c r="D246" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E246" s="58">
+        <v>2430.0281030000001</v>
+      </c>
+      <c r="F246" s="58">
+        <v>2539.6</v>
+      </c>
+      <c r="G246" s="58">
+        <v>62.961215999999993</v>
+      </c>
+      <c r="H246" s="59">
+        <v>3.8369304556354913E-2</v>
+      </c>
+      <c r="I246" s="54"/>
+    </row>
+    <row r="247" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B247" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C247" s="57" t="s">
+        <v>280</v>
+      </c>
+      <c r="D247" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E247" s="58">
+        <v>993.43889999999999</v>
+      </c>
+      <c r="F247" s="58">
+        <v>1043.75</v>
+      </c>
+      <c r="G247" s="58">
+        <v>16.946347500000002</v>
+      </c>
+      <c r="H247" s="59">
+        <v>8.1081081081081086E-2</v>
+      </c>
+      <c r="I247" s="54"/>
+    </row>
+    <row r="248" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B248" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C248" s="57" t="s">
+        <v>96</v>
+      </c>
+      <c r="D248" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E248" s="58">
+        <v>395.52037000000001</v>
+      </c>
+      <c r="F248" s="58">
+        <v>405.65</v>
+      </c>
+      <c r="G248" s="58">
+        <v>825.96825090000004</v>
+      </c>
+      <c r="H248" s="59">
+        <v>0.80689655172413788</v>
+      </c>
+      <c r="I248" s="54"/>
+    </row>
+    <row r="249" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B249" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C249" s="57" t="s">
+        <v>246</v>
+      </c>
+      <c r="D249" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E249" s="58">
+        <v>2085.705305</v>
+      </c>
+      <c r="F249" s="58">
+        <v>2053.1999999999998</v>
+      </c>
+      <c r="G249" s="58">
+        <v>377.58487500000001</v>
+      </c>
+      <c r="H249" s="59">
+        <v>1</v>
+      </c>
+      <c r="I249" s="54"/>
+    </row>
+    <row r="250" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B250" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C250" s="57" t="s">
+        <v>96</v>
+      </c>
+      <c r="D250" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E250" s="58">
+        <v>394.42440599999998</v>
+      </c>
+      <c r="F250" s="58">
+        <v>408.3</v>
+      </c>
+      <c r="G250" s="58">
+        <v>198.67926119999998</v>
+      </c>
+      <c r="H250" s="59">
+        <v>0.19310344827586207</v>
+      </c>
+      <c r="I250" s="54"/>
+    </row>
+    <row r="251" spans="2:9" s="53" customFormat="1" ht="67.5" x14ac:dyDescent="0.35">
+      <c r="B251" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C251" s="57" t="s">
+        <v>198</v>
+      </c>
+      <c r="D251" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E251" s="58">
+        <v>300.47508199999999</v>
+      </c>
+      <c r="F251" s="58">
+        <v>292.85000000000002</v>
+      </c>
+      <c r="G251" s="58">
+        <v>370.55077650000004</v>
+      </c>
+      <c r="H251" s="59">
+        <v>1</v>
+      </c>
+      <c r="I251" s="54"/>
+    </row>
+    <row r="252" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B252" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C252" s="57" t="s">
+        <v>184</v>
+      </c>
+      <c r="D252" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E252" s="58">
+        <v>1578.502536</v>
+      </c>
+      <c r="F252" s="58">
+        <v>1597.5</v>
+      </c>
+      <c r="G252" s="58">
+        <v>527.69282859999998</v>
+      </c>
+      <c r="H252" s="59">
+        <v>1</v>
+      </c>
+      <c r="I252" s="54"/>
+    </row>
+    <row r="253" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B253" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C253" s="57" t="s">
+        <v>292</v>
+      </c>
+      <c r="D253" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E253" s="58">
+        <v>6904.5555700000004</v>
+      </c>
+      <c r="F253" s="58">
+        <v>7057</v>
+      </c>
+      <c r="G253" s="58">
+        <v>112.9315876</v>
+      </c>
+      <c r="H253" s="59">
+        <v>1</v>
+      </c>
+      <c r="I253" s="54"/>
+    </row>
+    <row r="254" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B254" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C254" s="57" t="s">
+        <v>738</v>
+      </c>
+      <c r="D254" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E254" s="58">
+        <v>193.60409899999999</v>
+      </c>
+      <c r="F254" s="58">
+        <v>193.92</v>
+      </c>
+      <c r="G254" s="58">
+        <v>197.94762</v>
+      </c>
+      <c r="H254" s="59">
+        <v>0.87313432835820892</v>
+      </c>
+      <c r="I254" s="54"/>
+    </row>
+    <row r="255" spans="2:9" s="53" customFormat="1" ht="67.5" x14ac:dyDescent="0.35">
+      <c r="B255" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C255" s="57" t="s">
+        <v>144</v>
+      </c>
+      <c r="D255" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E255" s="58">
+        <v>712.16099999999994</v>
+      </c>
+      <c r="F255" s="58">
+        <v>707.7</v>
+      </c>
+      <c r="G255" s="58">
+        <v>223.89548549999998</v>
+      </c>
+      <c r="H255" s="59">
+        <v>0.40275049115913558</v>
+      </c>
+      <c r="I255" s="54"/>
+    </row>
+    <row r="256" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B256" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C256" s="57" t="s">
+        <v>322</v>
+      </c>
+      <c r="D256" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E256" s="58">
+        <v>5571.6944000000003</v>
+      </c>
+      <c r="F256" s="58">
+        <v>5553.5</v>
+      </c>
+      <c r="G256" s="58">
+        <v>58.313836800000004</v>
+      </c>
+      <c r="H256" s="59">
+        <v>1</v>
+      </c>
+      <c r="I256" s="54"/>
+    </row>
+    <row r="257" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B257" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C257" s="57" t="s">
+        <v>242</v>
+      </c>
+      <c r="D257" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E257" s="58">
+        <v>236.4743</v>
+      </c>
+      <c r="F257" s="58">
+        <v>241.95</v>
+      </c>
+      <c r="G257" s="58">
+        <v>6.9155492000000001</v>
+      </c>
+      <c r="H257" s="59">
+        <v>3.1818181818181815E-2</v>
+      </c>
+      <c r="I257" s="54"/>
+    </row>
+    <row r="258" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B258" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C258" s="57" t="s">
+        <v>129</v>
+      </c>
+      <c r="D258" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E258" s="58">
+        <v>3578.3483419999998</v>
+      </c>
+      <c r="F258" s="58">
+        <v>3410.7</v>
+      </c>
+      <c r="G258" s="58">
+        <v>96.452301399999996</v>
+      </c>
+      <c r="H258" s="59">
+        <v>0.15242881072026801</v>
+      </c>
+      <c r="I258" s="54"/>
+    </row>
+    <row r="259" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B259" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C259" s="57" t="s">
+        <v>50</v>
+      </c>
+      <c r="D259" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E259" s="58">
+        <v>8.2643489999999993</v>
+      </c>
+      <c r="F259" s="58">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="G259" s="58">
+        <v>2606.8959031999998</v>
+      </c>
+      <c r="H259" s="59">
+        <v>1</v>
+      </c>
+      <c r="I259" s="54"/>
+    </row>
+    <row r="260" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B260" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C260" s="57" t="s">
+        <v>264</v>
+      </c>
+      <c r="D260" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E260" s="58">
+        <v>284.91326800000002</v>
+      </c>
+      <c r="F260" s="58">
+        <v>282.75</v>
+      </c>
+      <c r="G260" s="58">
+        <v>221.89668750000001</v>
+      </c>
+      <c r="H260" s="59">
+        <v>1</v>
+      </c>
+      <c r="I260" s="54"/>
+    </row>
+    <row r="261" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B261" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C261" s="57" t="s">
+        <v>370</v>
+      </c>
+      <c r="D261" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E261" s="58">
+        <v>1589.5</v>
+      </c>
+      <c r="F261" s="58">
+        <v>1584.1</v>
+      </c>
+      <c r="G261" s="58">
+        <v>4.4386159999999997</v>
+      </c>
+      <c r="H261" s="59">
+        <v>1</v>
+      </c>
+      <c r="I261" s="54"/>
+    </row>
+    <row r="262" spans="2:9" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B262" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C262" s="57" t="s">
+        <v>286</v>
+      </c>
+      <c r="D262" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E262" s="58">
+        <v>2713.4258300000001</v>
+      </c>
+      <c r="F262" s="58">
+        <v>2671.5</v>
+      </c>
+      <c r="G262" s="58">
+        <v>140.72963670000001</v>
+      </c>
+      <c r="H262" s="59">
+        <v>1</v>
+      </c>
+      <c r="I262" s="54"/>
+    </row>
+    <row r="263" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B263" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C263" s="57" t="s">
+        <v>328</v>
+      </c>
+      <c r="D263" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E263" s="58">
+        <v>112.56034699999999</v>
+      </c>
+      <c r="F263" s="58">
+        <v>107.61</v>
+      </c>
+      <c r="G263" s="58">
+        <v>61.248409600000002</v>
+      </c>
+      <c r="H263" s="59">
+        <v>1</v>
+      </c>
+      <c r="I263" s="54"/>
+    </row>
+    <row r="264" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B264" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C264" s="57" t="s">
+        <v>338</v>
+      </c>
+      <c r="D264" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E264" s="58">
+        <v>6356.9142700000002</v>
+      </c>
+      <c r="F264" s="58">
+        <v>6340.5</v>
+      </c>
+      <c r="G264" s="58">
+        <v>44.816733500000005</v>
+      </c>
+      <c r="H264" s="59">
+        <v>1</v>
+      </c>
+      <c r="I264" s="54"/>
+    </row>
+    <row r="265" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B265" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C265" s="57" t="s">
+        <v>364</v>
+      </c>
+      <c r="D265" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E265" s="58">
+        <v>5061.2222220000003</v>
+      </c>
+      <c r="F265" s="58">
+        <v>4850</v>
+      </c>
+      <c r="G265" s="58">
+        <v>9.7328699999999984</v>
+      </c>
+      <c r="H265" s="59">
+        <v>1</v>
+      </c>
+      <c r="I265" s="54"/>
+    </row>
+    <row r="266" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B266" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C266" s="57" t="s">
+        <v>240</v>
+      </c>
+      <c r="D266" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E266" s="58">
+        <v>1570.005795</v>
+      </c>
+      <c r="F266" s="58">
+        <v>1566</v>
+      </c>
+      <c r="G266" s="58">
+        <v>287.46595500000001</v>
+      </c>
+      <c r="H266" s="59">
+        <v>1</v>
+      </c>
+      <c r="I266" s="54"/>
+    </row>
+    <row r="267" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B267" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C267" s="57" t="s">
+        <v>162</v>
+      </c>
+      <c r="D267" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E267" s="58">
+        <v>848.44224099999997</v>
+      </c>
+      <c r="F267" s="58">
+        <v>869</v>
+      </c>
+      <c r="G267" s="58">
+        <v>785.70425890000013</v>
+      </c>
+      <c r="H267" s="59">
+        <v>1</v>
+      </c>
+      <c r="I267" s="54"/>
+    </row>
+    <row r="268" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B268" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C268" s="57" t="s">
+        <v>190</v>
+      </c>
+      <c r="D268" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E268" s="58">
+        <v>289.006441</v>
+      </c>
+      <c r="F268" s="58">
+        <v>294.2</v>
+      </c>
+      <c r="G268" s="58">
+        <v>486.58260300000001</v>
+      </c>
+      <c r="H268" s="59">
+        <v>1</v>
+      </c>
+      <c r="I268" s="54"/>
+    </row>
+    <row r="269" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B269" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C269" s="57" t="s">
+        <v>258</v>
+      </c>
+      <c r="D269" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E269" s="58">
+        <v>411.45934699999998</v>
+      </c>
+      <c r="F269" s="58">
+        <v>413.65</v>
+      </c>
+      <c r="G269" s="58">
+        <v>228.2797344</v>
+      </c>
+      <c r="H269" s="59">
+        <v>1</v>
+      </c>
+      <c r="I269" s="54"/>
+    </row>
+    <row r="270" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B270" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C270" s="57" t="s">
+        <v>129</v>
+      </c>
+      <c r="D270" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E270" s="58">
+        <v>3416.8537449999999</v>
+      </c>
+      <c r="F270" s="58">
+        <v>3391</v>
+      </c>
+      <c r="G270" s="58">
+        <v>533.68771279999999</v>
+      </c>
+      <c r="H270" s="59">
+        <v>0.84757118927973196</v>
+      </c>
+      <c r="I270" s="54"/>
+    </row>
+    <row r="271" spans="2:9" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B271" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C271" s="57" t="s">
+        <v>238</v>
+      </c>
+      <c r="D271" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E271" s="58">
+        <v>2070.858068</v>
+      </c>
+      <c r="F271" s="58">
+        <v>2020.7</v>
+      </c>
+      <c r="G271" s="58">
+        <v>222.48979</v>
+      </c>
+      <c r="H271" s="59">
+        <v>1</v>
+      </c>
+      <c r="I271" s="54"/>
+    </row>
+    <row r="272" spans="2:9" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B272" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C272" s="57" t="s">
+        <v>352</v>
+      </c>
+      <c r="D272" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E272" s="58">
+        <v>1016.96002</v>
+      </c>
+      <c r="F272" s="58">
+        <v>988.95</v>
+      </c>
+      <c r="G272" s="58">
+        <v>15.821392999999999</v>
+      </c>
+      <c r="H272" s="59">
+        <v>1</v>
+      </c>
+      <c r="I272" s="54"/>
+    </row>
+    <row r="273" spans="2:11" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B273" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C273" s="57" t="s">
+        <v>150</v>
+      </c>
+      <c r="D273" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E273" s="58">
+        <v>1390.969746</v>
+      </c>
+      <c r="F273" s="58">
+        <v>1418</v>
+      </c>
+      <c r="G273" s="58">
+        <v>60.504977500000003</v>
+      </c>
+      <c r="H273" s="59">
+        <v>9.9307159353348731E-2</v>
+      </c>
+      <c r="I273" s="54"/>
+    </row>
+    <row r="274" spans="2:11" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B274" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C274" s="57" t="s">
+        <v>35</v>
+      </c>
+      <c r="D274" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E274" s="58">
+        <v>1120.3148839999999</v>
+      </c>
+      <c r="F274" s="58">
+        <v>1143.2</v>
+      </c>
+      <c r="G274" s="58">
+        <v>483.278975</v>
+      </c>
+      <c r="H274" s="59">
+        <v>0.26615705350938151</v>
+      </c>
+      <c r="I274" s="54"/>
+    </row>
+    <row r="275" spans="2:11" s="53" customFormat="1" ht="27" x14ac:dyDescent="0.35">
+      <c r="B275" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C275" s="57" t="s">
+        <v>106</v>
+      </c>
+      <c r="D275" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E275" s="58">
+        <v>1110.9000000000001</v>
+      </c>
+      <c r="F275" s="58">
+        <v>1094.9000000000001</v>
+      </c>
+      <c r="G275" s="58">
+        <v>2.3003366000000001</v>
+      </c>
+      <c r="H275" s="59">
+        <v>2.7548209366391185E-3</v>
+      </c>
+      <c r="I275" s="54"/>
+    </row>
+    <row r="276" spans="2:11" s="53" customFormat="1" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B276" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C276" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="D276" s="57" t="s">
+        <v>736</v>
+      </c>
+      <c r="E276" s="58">
+        <v>4472.7429050000001</v>
+      </c>
+      <c r="F276" s="58">
+        <v>4807.3</v>
+      </c>
+      <c r="G276" s="58">
+        <v>10.8390331</v>
+      </c>
+      <c r="H276" s="59">
+        <v>7.829977628635347E-3</v>
+      </c>
+      <c r="I276" s="54"/>
+    </row>
+    <row r="277" spans="2:11" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B277" s="54"/>
+      <c r="C277" s="54"/>
+      <c r="D277" s="54"/>
+      <c r="E277" s="54"/>
+      <c r="F277" s="54"/>
+      <c r="G277" s="60"/>
+      <c r="H277" s="54"/>
+      <c r="I277" s="54"/>
+    </row>
+    <row r="278" spans="2:11" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B278" s="54" t="s">
+        <v>742</v>
+      </c>
+      <c r="C278" s="54"/>
+      <c r="D278" s="54"/>
+      <c r="E278" s="54"/>
+      <c r="F278" s="54"/>
+      <c r="G278" s="54"/>
+      <c r="H278" s="54"/>
+      <c r="I278" s="55" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="279" spans="2:11" s="53" customFormat="1" ht="67.5" x14ac:dyDescent="0.35">
+      <c r="B279" s="56" t="s">
+        <v>743</v>
+      </c>
+      <c r="C279" s="56" t="s">
+        <v>744</v>
+      </c>
+      <c r="D279" s="56" t="s">
+        <v>745</v>
+      </c>
+      <c r="E279" s="56" t="s">
+        <v>746</v>
+      </c>
+      <c r="F279" s="56" t="s">
+        <v>747</v>
+      </c>
+      <c r="G279" s="56" t="s">
+        <v>748</v>
+      </c>
+      <c r="H279" s="56" t="s">
+        <v>749</v>
+      </c>
+      <c r="I279" s="56" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="280" spans="2:11" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B280" s="57" t="s">
+        <v>0</v>
+      </c>
+      <c r="C280" s="61">
+        <v>0</v>
+      </c>
+      <c r="D280" s="61">
+        <v>419615.56701030931</v>
+      </c>
+      <c r="E280" s="61">
+        <v>70144</v>
+      </c>
+      <c r="F280" s="61">
+        <v>349471.56701030926</v>
+      </c>
+      <c r="G280" s="62">
+        <v>267622481043.62045</v>
+      </c>
+      <c r="H280" s="62">
+        <v>265129701926.97122</v>
+      </c>
+      <c r="I280" s="61">
+        <v>-2492779104.240015</v>
+      </c>
+      <c r="J280" s="63"/>
+      <c r="K280" s="64"/>
+    </row>
+    <row r="281" spans="2:11" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B281" s="65"/>
+      <c r="C281" s="66"/>
+      <c r="D281" s="66"/>
+      <c r="E281" s="66"/>
+      <c r="F281" s="66"/>
+      <c r="G281" s="67"/>
+      <c r="H281" s="67"/>
+      <c r="I281" s="66"/>
+      <c r="J281" s="63"/>
+      <c r="K281" s="64"/>
+    </row>
+    <row r="282" spans="2:11" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B282" s="54"/>
+      <c r="C282" s="54"/>
+      <c r="D282" s="54"/>
+      <c r="E282" s="54"/>
+      <c r="F282" s="54"/>
+      <c r="G282" s="54"/>
+      <c r="H282" s="54"/>
+      <c r="I282" s="54"/>
+    </row>
+    <row r="283" spans="2:11" s="53" customFormat="1" ht="13.5" x14ac:dyDescent="0.35">
+      <c r="B283" s="54" t="s">
+        <v>751</v>
+      </c>
+      <c r="C283" s="54"/>
+      <c r="D283" s="54"/>
+      <c r="E283" s="54"/>
+      <c r="F283" s="54"/>
+      <c r="G283" s="54"/>
+      <c r="H283" s="54"/>
+      <c r="I283" s="54"/>
+    </row>
+  </sheetData>
+  <mergeCells count="12">
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C15:D15"/>
+  </mergeCells>
+  <conditionalFormatting sqref="C23:D32 C45:D50">
+    <cfRule type="cellIs" dxfId="3" priority="17" operator="equal">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="18">
+      <formula>C$1=2</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="1" priority="19">
+      <formula>C$1=4</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="0" priority="20">
+      <formula>C$1=3</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="4" baseType="lpstr">
+      <vt:lpstr>Monthly Portfolio</vt:lpstr>
+      <vt:lpstr>Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Notes to Half Yearly Portfolio</vt:lpstr>
+      <vt:lpstr>Sheet1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ICRON Research</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SetDate">
+    <vt:lpwstr>2025-10-07T12:33:24Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Name">
+    <vt:lpwstr>Public</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_SiteId">
+    <vt:lpwstr>1771ae17-e764-4e0f-a476-d4184d79a5d9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ActionId">
+    <vt:lpwstr>cd2ff430-4f52-4ef8-8abe-345c4c03ace6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_d291669d-c62a-41f9-9790-e463798003d8_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>