--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,2979 +1,784 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D1D88F3C-DA05-4544-B445-301399D42FE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
-    <sheet name="Monthly Portfolio" sheetId="1" r:id="rId1"/>
-[...2 lines deleted...]
-    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId4"/>
+    <sheet name="ARBITRAGE" sheetId="1" state="visible" r:id="rId1"/>
+    <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames/>
+  <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...2265 lines deleted...]
-
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...9 lines deleted...]
-    <numFmt numFmtId="172" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
+    <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="24">
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="14"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color rgb="FFFFFFFF"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="10"/>
-      <color rgb="FF000000"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color rgb="FFFFFFFF"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <color theme="1"/>
       <name val="trebuchet MS"/>
       <family val="2"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
       <sz val="10"/>
+    </font>
+    <font>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <color theme="10"/>
+      <sz val="11"/>
+      <u val="single"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <name val="Trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+      <u val="single"/>
+    </font>
+    <font>
       <name val="Arial"/>
       <family val="2"/>
+      <sz val="10"/>
     </font>
     <font>
-      <b/>
-      <sz val="9"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="0"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="10"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <b val="1"/>
+      <color indexed="8"/>
+      <sz val="10"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Trebuchet MS"/>
+      <name val="Arial"/>
       <family val="2"/>
+      <color theme="1"/>
+      <sz val="11"/>
     </font>
     <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
       <sz val="10"/>
-      <name val="Trebuchet MS"/>
-[...6 lines deleted...]
-      <family val="2"/>
+      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
-      <patternFill patternType="none"/>
+      <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
+        <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="7">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="89">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+  <cellXfs count="96">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="5" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="1" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="4" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="15" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="4" fontId="8" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="10" fontId="8" fillId="4" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="8" fillId="0" borderId="1" xfId="2" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="169" fontId="8" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="171" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...3 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="49" fontId="13" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="13" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+    <xf numFmtId="166" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="right"/>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="16" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="19" fillId="0" borderId="2" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="2" fontId="18" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="18" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="4" fontId="10" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="13" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="6" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="2" fontId="13" fillId="0" borderId="0" xfId="4" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="172" fontId="13" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="7" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="172" fontId="13" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...70 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="7">
-[...1 lines deleted...]
-    <cellStyle name="Comma 4 2" xfId="5" xr:uid="{E4CDC333-52D2-4514-A02C-C7B73C1A7289}"/>
+  <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="3" xr:uid="{5245ED7C-0C63-4D13-9376-B9D6EF24D8ED}"/>
-[...2 lines deleted...]
-    <cellStyle name="Percent 2 3" xfId="6" xr:uid="{C54CA7FF-B9E2-4139-8BFA-DC5D0A44FF07}"/>
+    <cellStyle name="Percent" xfId="1" builtinId="5"/>
+    <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
-  <dxfs count="4">
-[...12 lines deleted...]
-  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00000000"/>
+      <rgbColor rgb="00FFFFFF"/>
+      <rgbColor rgb="00FF0000"/>
+      <rgbColor rgb="0000FF00"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008000"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00808000"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="00C0C0C0"/>
+      <rgbColor rgb="00808080"/>
+      <rgbColor rgb="009999FF"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00FFFFCC"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00660066"/>
+      <rgbColor rgb="00FF8080"/>
+      <rgbColor rgb="000066CC"/>
+      <rgbColor rgb="00CCCCFF"/>
+      <rgbColor rgb="00000080"/>
+      <rgbColor rgb="00FF00FF"/>
+      <rgbColor rgb="00FFFF00"/>
+      <rgbColor rgb="0000FFFF"/>
+      <rgbColor rgb="00800080"/>
+      <rgbColor rgb="00800000"/>
+      <rgbColor rgb="00008080"/>
+      <rgbColor rgb="000000FF"/>
+      <rgbColor rgb="0000CCFF"/>
+      <rgbColor rgb="00CCFFFF"/>
+      <rgbColor rgb="00CCFFCC"/>
+      <rgbColor rgb="00FFFF99"/>
+      <rgbColor rgb="0099CCFF"/>
+      <rgbColor rgb="00FF99CC"/>
+      <rgbColor rgb="00CC99FF"/>
+      <rgbColor rgb="00FFCC99"/>
+      <rgbColor rgb="003366FF"/>
+      <rgbColor rgb="0033CCCC"/>
+      <rgbColor rgb="0099CC00"/>
+      <rgbColor rgb="00FFCC00"/>
+      <rgbColor rgb="00FF9900"/>
+      <rgbColor rgb="00FF6600"/>
+      <rgbColor rgb="00666699"/>
+      <rgbColor rgb="00969696"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
-<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...22 lines deleted...]
-        <xdr:cNvPicPr>
+<wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>442</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>451</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="2" name="Picture 1"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="78092300"/>
+          <a:off x="457200" y="76377800"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...25 lines deleted...]
-        <xdr:cNvPicPr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+  <twoCellAnchor editAs="oneCell">
+    <from>
+      <col>1</col>
+      <colOff>0</colOff>
+      <row>456</row>
+      <rowOff>0</rowOff>
+    </from>
+    <to>
+      <col>1</col>
+      <colOff>2374900</colOff>
+      <row>465</row>
+      <rowOff>31750</rowOff>
+    </to>
+    <pic>
+      <nvPicPr>
+        <cNvPr id="3" name="Picture 2"/>
+        <cNvPicPr>
           <a:picLocks/>
-        </xdr:cNvPicPr>
-[...2 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
+        </cNvPicPr>
+      </nvPicPr>
+      <blipFill>
+        <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
-      </xdr:blipFill>
-      <xdr:spPr>
+      </blipFill>
+      <spPr>
         <a:xfrm>
-          <a:off x="457200" y="80505300"/>
+          <a:off x="457200" y="78790800"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
-          <a:avLst/>
+          <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
-      </xdr:spPr>
-[...102 lines deleted...]
-</xdr:wsDr>
+      </spPr>
+    </pic>
+    <clientData/>
+  </twoCellAnchor>
+</wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3193,27097 +998,12537 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:L462"/>
+<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:L455"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="13.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col min="1" max="1" width="6.54296875" style="1" bestFit="1" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="8.7265625" style="1"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
+    <col width="55" bestFit="1" customWidth="1" style="2" min="2" max="2"/>
+    <col width="18" bestFit="1" customWidth="1" style="2" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="4" max="4"/>
+    <col width="15.1796875" customWidth="1" style="2" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="2" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="2" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="2" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="2" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="2" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18.75" customHeight="1" x14ac:dyDescent="0.45">
-[...10 lines deleted...]
-      <c r="B2" s="2" t="s">
+    <row r="1" ht="19" customHeight="1" s="77">
+      <c r="A1" s="76" t="n"/>
+      <c r="B1" s="76" t="inlineStr">
+        <is>
+          <t>DSP Arbitrage Fund</t>
+        </is>
+      </c>
+    </row>
+    <row r="2">
+      <c r="B2" s="4" t="inlineStr">
+        <is>
+          <t>Portfolio as on October 31, 2025</t>
+        </is>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" s="5" t="inlineStr">
+        <is>
+          <t>Sr. No.</t>
+        </is>
+      </c>
+      <c r="B4" s="5" t="inlineStr">
+        <is>
+          <t>Name of Instrument</t>
+        </is>
+      </c>
+      <c r="C4" s="5" t="inlineStr">
+        <is>
+          <t>ISIN</t>
+        </is>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t>Rating/Industry</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Quantity</t>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t>Market value (Rs. In lakhs)</t>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t>% to Net Assets</t>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t>Maturity Date</t>
+        </is>
+      </c>
+      <c r="I4" s="5" t="inlineStr">
+        <is>
+          <t>Put/Call Option</t>
+        </is>
+      </c>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t>YTM (%)</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="B6" s="4" t="inlineStr">
+        <is>
+          <t>EQUITY &amp; EQUITY RELATED</t>
+        </is>
+      </c>
+    </row>
+    <row r="7">
+      <c r="B7" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="B8" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="2" t="inlineStr">
+        <is>
+          <t>INE002A01018</t>
+        </is>
+      </c>
+      <c r="D8" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E8" s="6" t="n">
+        <v>1301000</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>19338.06</v>
+      </c>
+      <c r="G8" s="8" t="n">
+        <v>0.03</v>
+      </c>
+      <c r="J8" s="7" t="n"/>
+      <c r="K8" s="4" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="4" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
         <v>2</v>
       </c>
-      <c r="B4" s="3" t="s">
+      <c r="B9" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C9" s="2" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D9" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E9" s="6" t="n">
+        <v>553000</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>16910.74</v>
+      </c>
+      <c r="G9" s="8" t="n">
+        <v>0.0262</v>
+      </c>
+      <c r="J9" s="7" t="n"/>
+      <c r="K9" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="8" t="n">
+        <v>0.1691</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
         <v>3</v>
       </c>
-      <c r="C4" s="3" t="s">
+      <c r="B10" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="2" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D10" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="6" t="n">
+        <v>1519100</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>14998.07</v>
+      </c>
+      <c r="G10" s="8" t="n">
+        <v>0.0233</v>
+      </c>
+      <c r="J10" s="7" t="n"/>
+      <c r="K10" s="2" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+      <c r="L10" s="8" t="n">
+        <v>0.0931</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
         <v>4</v>
       </c>
-      <c r="D4" s="3" t="s">
+      <c r="B11" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="2" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D11" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E11" s="6" t="n">
+        <v>1072400</v>
+      </c>
+      <c r="F11" s="7" t="n">
+        <v>14427</v>
+      </c>
+      <c r="G11" s="8" t="n">
+        <v>0.0224</v>
+      </c>
+      <c r="J11" s="7" t="n"/>
+      <c r="K11" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L11" s="8" t="n">
+        <v>0.09030000000000001</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
         <v>5</v>
       </c>
-      <c r="E4" s="3" t="s">
+      <c r="B12" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="2" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D12" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="6" t="n">
+        <v>601200</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>12638.43</v>
+      </c>
+      <c r="G12" s="8" t="n">
+        <v>0.0196</v>
+      </c>
+      <c r="J12" s="7" t="n"/>
+      <c r="K12" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L12" s="8" t="n">
+        <v>0.08210000000000001</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
         <v>6</v>
       </c>
-      <c r="F4" s="3" t="s">
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="2" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D13" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="6" t="n">
+        <v>906875</v>
+      </c>
+      <c r="F13" s="7" t="n">
+        <v>11179.96</v>
+      </c>
+      <c r="G13" s="8" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="J13" s="7" t="n"/>
+      <c r="K13" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L13" s="8" t="n">
+        <v>0.0806</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
         <v>7</v>
       </c>
-      <c r="G4" s="3" t="s">
+      <c r="B14" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="2" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D14" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E14" s="6" t="n">
+        <v>2654400</v>
+      </c>
+      <c r="F14" s="7" t="n">
+        <v>11157.77</v>
+      </c>
+      <c r="G14" s="8" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="J14" s="7" t="n"/>
+      <c r="K14" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L14" s="8" t="n">
+        <v>0.0356</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>8</v>
       </c>
-      <c r="H4" s="3" t="s">
+      <c r="B15" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="2" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D15" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E15" s="6" t="n">
+        <v>273175</v>
+      </c>
+      <c r="F15" s="7" t="n">
+        <v>11011.41</v>
+      </c>
+      <c r="G15" s="8" t="n">
+        <v>0.0171</v>
+      </c>
+      <c r="J15" s="7" t="n"/>
+      <c r="K15" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L15" s="8" t="n">
+        <v>0.0325</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="2" t="n">
         <v>9</v>
       </c>
-      <c r="I4" s="3" t="s">
+      <c r="B16" s="2" t="inlineStr">
+        <is>
+          <t>Sammaan Capital Limited</t>
+        </is>
+      </c>
+      <c r="C16" s="2" t="inlineStr">
+        <is>
+          <t>INE148I01020</t>
+        </is>
+      </c>
+      <c r="D16" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E16" s="6" t="n">
+        <v>5744800</v>
+      </c>
+      <c r="F16" s="7" t="n">
+        <v>10834.12</v>
+      </c>
+      <c r="G16" s="8" t="n">
+        <v>0.0168</v>
+      </c>
+      <c r="J16" s="7" t="n"/>
+      <c r="K16" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L16" s="8" t="n">
+        <v>0.0281</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="2" t="n">
         <v>10</v>
       </c>
-      <c r="J4" s="3" t="s">
+      <c r="B17" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C17" s="2" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D17" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E17" s="6" t="n">
+        <v>3861000</v>
+      </c>
+      <c r="F17" s="7" t="n">
+        <v>10749.02</v>
+      </c>
+      <c r="G17" s="8" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="J17" s="7" t="n"/>
+      <c r="K17" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L17" s="8" t="n">
+        <v>0.0249</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="2" t="n">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B6" s="2" t="s">
+      <c r="B18" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C18" s="2" t="inlineStr">
+        <is>
+          <t>INE476A01022</t>
+        </is>
+      </c>
+      <c r="D18" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E18" s="6" t="n">
+        <v>6716250</v>
+      </c>
+      <c r="F18" s="7" t="n">
+        <v>9200.59</v>
+      </c>
+      <c r="G18" s="8" t="n">
+        <v>0.0143</v>
+      </c>
+      <c r="J18" s="7" t="n"/>
+      <c r="K18" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L18" s="8" t="n">
+        <v>0.0211</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="2" t="n">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="B19" s="2" t="inlineStr">
+        <is>
+          <t>GMR Airports Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="2" t="inlineStr">
+        <is>
+          <t>INE776C01039</t>
+        </is>
+      </c>
+      <c r="D19" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E19" s="6" t="n">
+        <v>7330725</v>
+      </c>
+      <c r="F19" s="7" t="n">
+        <v>6888.68</v>
+      </c>
+      <c r="G19" s="8" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J19" s="7" t="n"/>
+      <c r="K19" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L19" s="8" t="n">
+        <v>0.0208</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="2" t="n">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="1">
+      <c r="B20" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="2" t="inlineStr">
+        <is>
+          <t>INE115A01026</t>
+        </is>
+      </c>
+      <c r="D20" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E20" s="6" t="n">
+        <v>1191000</v>
+      </c>
+      <c r="F20" s="7" t="n">
+        <v>6800.01</v>
+      </c>
+      <c r="G20" s="8" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="J20" s="7" t="n"/>
+      <c r="K20" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L20" s="8" t="n">
+        <v>0.0192</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="2" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="2" t="inlineStr">
+        <is>
+          <t>INE092T01019</t>
+        </is>
+      </c>
+      <c r="D21" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E21" s="6" t="n">
+        <v>8254750</v>
+      </c>
+      <c r="F21" s="7" t="n">
+        <v>6749.91</v>
+      </c>
+      <c r="G21" s="8" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="J21" s="7" t="n"/>
+      <c r="K21" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L21" s="8" t="n">
+        <v>0.0191</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="2" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D22" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E22" s="6" t="n">
+        <v>1642850</v>
+      </c>
+      <c r="F22" s="7" t="n">
+        <v>6651.9</v>
+      </c>
+      <c r="G22" s="8" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J22" s="7" t="n"/>
+      <c r="K22" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L22" s="8" t="n">
+        <v>0.0189</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="2" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C23" s="2" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D23" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E23" s="6" t="n">
+        <v>548100</v>
+      </c>
+      <c r="F23" s="7" t="n">
+        <v>6610.09</v>
+      </c>
+      <c r="G23" s="8" t="n">
+        <v>0.0103</v>
+      </c>
+      <c r="J23" s="7" t="n"/>
+      <c r="K23" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L23" s="8" t="n">
+        <v>0.018</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C24" s="2" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D24" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E24" s="6" t="n">
+        <v>5320000</v>
+      </c>
+      <c r="F24" s="7" t="n">
+        <v>6537.75</v>
+      </c>
+      <c r="G24" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J24" s="7" t="n"/>
+      <c r="K24" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L24" s="8" t="n">
+        <v>0.0176</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C25" s="2" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D25" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E25" s="6" t="n">
+        <v>696750</v>
+      </c>
+      <c r="F25" s="7" t="n">
+        <v>6528.55</v>
+      </c>
+      <c r="G25" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J25" s="7" t="n"/>
+      <c r="K25" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L25" s="8" t="n">
+        <v>0.0158</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="2" t="inlineStr">
+        <is>
+          <t>INE020B01018</t>
+        </is>
+      </c>
+      <c r="D26" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E26" s="6" t="n">
+        <v>1730175</v>
+      </c>
+      <c r="F26" s="7" t="n">
+        <v>6485.56</v>
+      </c>
+      <c r="G26" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J26" s="7" t="n"/>
+      <c r="K26" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L26" s="8" t="n">
+        <v>0.0131</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="2" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D27" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E27" s="6" t="n">
+        <v>1313300</v>
+      </c>
+      <c r="F27" s="7" t="n">
+        <v>6481.79</v>
+      </c>
+      <c r="G27" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+      <c r="J27" s="7" t="n"/>
+      <c r="K27" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L27" s="8" t="n">
+        <v>0.0129</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="2" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D28" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E28" s="6" t="n">
+        <v>134100</v>
+      </c>
+      <c r="F28" s="7" t="n">
+        <v>6275.61</v>
+      </c>
+      <c r="G28" s="8" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J28" s="7" t="n"/>
+      <c r="K28" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L28" s="8" t="n">
+        <v>0.0127</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="2" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D29" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E29" s="6" t="n">
+        <v>250200</v>
+      </c>
+      <c r="F29" s="7" t="n">
+        <v>6207.46</v>
+      </c>
+      <c r="G29" s="8" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J29" s="7" t="n"/>
+      <c r="K29" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L29" s="8" t="n">
+        <v>0.0126</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="2" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D30" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E30" s="6" t="n">
+        <v>1385100</v>
+      </c>
+      <c r="F30" s="7" t="n">
+        <v>5901.91</v>
+      </c>
+      <c r="G30" s="8" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J30" s="7" t="n"/>
+      <c r="K30" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L30" s="8" t="n">
+        <v>0.0113</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="2" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D31" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E31" s="6" t="n">
+        <v>1430000</v>
+      </c>
+      <c r="F31" s="7" t="n">
+        <v>5766.48</v>
+      </c>
+      <c r="G31" s="8" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="J31" s="7" t="n"/>
+      <c r="K31" s="2" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L31" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="2" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="2" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="2" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D32" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E32" s="6" t="n">
+        <v>792000</v>
+      </c>
+      <c r="F32" s="7" t="n">
+        <v>5702</v>
+      </c>
+      <c r="G32" s="8" t="n">
+        <v>0.008800000000000001</v>
+      </c>
+      <c r="J32" s="7" t="n"/>
+      <c r="K32" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L32" s="8" t="n">
+        <v>0.0101</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="2" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="2" t="inlineStr">
+        <is>
+          <t>INE669E01016</t>
+        </is>
+      </c>
+      <c r="D33" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E33" s="6" t="n">
+        <v>62469150</v>
+      </c>
+      <c r="F33" s="7" t="n">
+        <v>5453.56</v>
+      </c>
+      <c r="G33" s="8" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J33" s="7" t="n"/>
+      <c r="K33" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L33" s="8" t="n">
+        <v>0.01</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E34" s="6" t="n">
+        <v>693825</v>
+      </c>
+      <c r="F34" s="7" t="n">
+        <v>5196.06</v>
+      </c>
+      <c r="G34" s="8" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J34" s="7" t="n"/>
+      <c r="K34" s="2" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L34" s="8" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E35" s="6" t="n">
+        <v>237975</v>
+      </c>
+      <c r="F35" s="7" t="n">
+        <v>4889.2</v>
+      </c>
+      <c r="G35" s="8" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="J35" s="7" t="n"/>
+      <c r="K35" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L35" s="8" t="n">
+        <v>0.0095</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>INE406A01037</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E36" s="6" t="n">
+        <v>399300</v>
+      </c>
+      <c r="F36" s="7" t="n">
+        <v>4547.63</v>
+      </c>
+      <c r="G36" s="8" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="J36" s="7" t="n"/>
+      <c r="K36" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L36" s="8" t="n">
+        <v>0.0094</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E37" s="6" t="n">
+        <v>1423475</v>
+      </c>
+      <c r="F37" s="7" t="n">
+        <v>4523.09</v>
+      </c>
+      <c r="G37" s="8" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J37" s="7" t="n"/>
+      <c r="K37" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L37" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E38" s="6" t="n">
+        <v>523600</v>
+      </c>
+      <c r="F38" s="7" t="n">
+        <v>4439.34</v>
+      </c>
+      <c r="G38" s="8" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J38" s="7" t="n"/>
+      <c r="K38" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L38" s="8" t="n">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Jio Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>INE758E01017</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E39" s="6" t="n">
+        <v>1391200</v>
+      </c>
+      <c r="F39" s="7" t="n">
+        <v>4268.2</v>
+      </c>
+      <c r="G39" s="8" t="n">
+        <v>0.0066</v>
+      </c>
+      <c r="J39" s="7" t="n"/>
+      <c r="K39" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L39" s="8" t="n">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E40" s="6" t="n">
+        <v>35250</v>
+      </c>
+      <c r="F40" s="7" t="n">
+        <v>4211.32</v>
+      </c>
+      <c r="G40" s="8" t="n">
+        <v>0.0065</v>
+      </c>
+      <c r="J40" s="7" t="n"/>
+      <c r="K40" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L40" s="8" t="n">
+        <v>0.0073</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>TATA CONSUMER PRODUCTS LIMITED</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>INE192A01025</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E41" s="6" t="n">
+        <v>350350</v>
+      </c>
+      <c r="F41" s="7" t="n">
+        <v>4081.58</v>
+      </c>
+      <c r="G41" s="8" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J41" s="7" t="n"/>
+      <c r="K41" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L41" s="8" t="n">
+        <v>0.0071</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>One 97 Communications Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>INE982J01020</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E42" s="6" t="n">
+        <v>311025</v>
+      </c>
+      <c r="F42" s="7" t="n">
+        <v>4053.28</v>
+      </c>
+      <c r="G42" s="8" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J42" s="7" t="n"/>
+      <c r="K42" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L42" s="8" t="n">
+        <v>0.007</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E43" s="6" t="n">
+        <v>106750</v>
+      </c>
+      <c r="F43" s="7" t="n">
+        <v>3999.6</v>
+      </c>
+      <c r="G43" s="8" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J43" s="7" t="n"/>
+      <c r="K43" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="L43" s="8" t="n">
+        <v>0.0066</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Heavy Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>INE257A01026</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E44" s="6" t="n">
+        <v>1496250</v>
+      </c>
+      <c r="F44" s="7" t="n">
+        <v>3972.39</v>
+      </c>
+      <c r="G44" s="8" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J44" s="7" t="n"/>
+      <c r="K44" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L44" s="8" t="n">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E45" s="6" t="n">
+        <v>213850</v>
+      </c>
+      <c r="F45" s="7" t="n">
+        <v>3831.12</v>
+      </c>
+      <c r="G45" s="8" t="n">
+        <v>0.0059</v>
+      </c>
+      <c r="J45" s="7" t="n"/>
+      <c r="K45" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L45" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Max Healthcare Institute Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>INE027H01010</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E46" s="6" t="n">
+        <v>301350</v>
+      </c>
+      <c r="F46" s="7" t="n">
+        <v>3458.9</v>
+      </c>
+      <c r="G46" s="8" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J46" s="7" t="n"/>
+      <c r="K46" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="L46" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E47" s="6" t="n">
+        <v>390000</v>
+      </c>
+      <c r="F47" s="7" t="n">
+        <v>3423.62</v>
+      </c>
+      <c r="G47" s="8" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J47" s="7" t="n"/>
+      <c r="K47" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L47" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E48" s="6" t="n">
+        <v>227525</v>
+      </c>
+      <c r="F48" s="7" t="n">
+        <v>3302.53</v>
+      </c>
+      <c r="G48" s="8" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J48" s="7" t="n"/>
+      <c r="K48" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L48" s="8" t="n">
+        <v>0.0037</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E49" s="6" t="n">
+        <v>194250</v>
+      </c>
+      <c r="F49" s="7" t="n">
+        <v>3284.18</v>
+      </c>
+      <c r="G49" s="8" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J49" s="7" t="n"/>
+      <c r="K49" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L49" s="8" t="n">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Adani Energy Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>INE931S01010</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E50" s="6" t="n">
+        <v>325350</v>
+      </c>
+      <c r="F50" s="7" t="n">
+        <v>3208.6</v>
+      </c>
+      <c r="G50" s="8" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J50" s="7" t="n"/>
+      <c r="K50" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L50" s="8" t="n">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>National Aluminium Company Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>INE139A01034</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E51" s="6" t="n">
+        <v>1368750</v>
+      </c>
+      <c r="F51" s="7" t="n">
+        <v>3204.79</v>
+      </c>
+      <c r="G51" s="8" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J51" s="7" t="n"/>
+      <c r="K51" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L51" s="8" t="n">
+        <v>0.0019</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>INE335Y01020</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E52" s="6" t="n">
+        <v>445375</v>
+      </c>
+      <c r="F52" s="7" t="n">
+        <v>3200.91</v>
+      </c>
+      <c r="G52" s="8" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="J52" s="7" t="n"/>
+      <c r="K52" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L52" s="8" t="n">
+        <v>0.0014</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E53" s="6" t="n">
+        <v>304500</v>
+      </c>
+      <c r="F53" s="7" t="n">
+        <v>3175.33</v>
+      </c>
+      <c r="G53" s="8" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J53" s="7" t="n"/>
+      <c r="K53" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L53" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Divi's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>INE361B01024</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E54" s="6" t="n">
+        <v>46200</v>
+      </c>
+      <c r="F54" s="7" t="n">
+        <v>3112.96</v>
+      </c>
+      <c r="G54" s="8" t="n">
+        <v>0.0048</v>
+      </c>
+      <c r="J54" s="7" t="n"/>
+      <c r="K54" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L54" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>INE095A01012</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E55" s="6" t="n">
+        <v>378000</v>
+      </c>
+      <c r="F55" s="7" t="n">
+        <v>3004.34</v>
+      </c>
+      <c r="G55" s="8" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J55" s="7" t="n"/>
+      <c r="K55" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L55" s="8" t="n">
+        <v>0.001</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Grasim Industries Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>INE047A01021</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E56" s="6" t="n">
+        <v>103000</v>
+      </c>
+      <c r="F56" s="7" t="n">
+        <v>2978.45</v>
+      </c>
+      <c r="G56" s="8" t="n">
+        <v>0.0046</v>
+      </c>
+      <c r="J56" s="7" t="n"/>
+      <c r="K56" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L56" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Lupin Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>INE326A01037</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E57" s="6" t="n">
+        <v>148750</v>
+      </c>
+      <c r="F57" s="7" t="n">
+        <v>2920.71</v>
+      </c>
+      <c r="G57" s="8" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J57" s="7" t="n"/>
+      <c r="K57" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L57" s="8" t="n">
+        <v>-0.6847</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>INE114A01011</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E58" s="6" t="n">
+        <v>2119700</v>
+      </c>
+      <c r="F58" s="7" t="n">
+        <v>2900.81</v>
+      </c>
+      <c r="G58" s="8" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J58" s="7" t="n"/>
+      <c r="K58" s="2" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L58" s="8" t="n">
+        <v>0.0066</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>Nestle India Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>INE239A01024</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E59" s="6" t="n">
+        <v>223500</v>
+      </c>
+      <c r="F59" s="7" t="n">
+        <v>2842.03</v>
+      </c>
+      <c r="G59" s="8" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J59" s="7" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E60" s="6" t="n">
+        <v>158625</v>
+      </c>
+      <c r="F60" s="7" t="n">
+        <v>2820.51</v>
+      </c>
+      <c r="G60" s="8" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J60" s="7" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>PNB Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>INE572E01012</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E61" s="6" t="n">
+        <v>303550</v>
+      </c>
+      <c r="F61" s="7" t="n">
+        <v>2819.07</v>
+      </c>
+      <c r="G61" s="8" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J61" s="7" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>DLF Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>INE271C01023</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E62" s="6" t="n">
+        <v>362175</v>
+      </c>
+      <c r="F62" s="7" t="n">
+        <v>2738.95</v>
+      </c>
+      <c r="G62" s="8" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J62" s="7" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E63" s="6" t="n">
+        <v>29000</v>
+      </c>
+      <c r="F63" s="7" t="n">
+        <v>2680.62</v>
+      </c>
+      <c r="G63" s="8" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="J63" s="7" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Yes Bank Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>INE528G01035</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E64" s="6" t="n">
+        <v>11196000</v>
+      </c>
+      <c r="F64" s="7" t="n">
+        <v>2545.97</v>
+      </c>
+      <c r="G64" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J64" s="7" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>INE674K01013</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E65" s="6" t="n">
+        <v>771900</v>
+      </c>
+      <c r="F65" s="7" t="n">
+        <v>2502.5</v>
+      </c>
+      <c r="G65" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J65" s="7" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E66" s="6" t="n">
+        <v>71000</v>
+      </c>
+      <c r="F66" s="7" t="n">
+        <v>2475.91</v>
+      </c>
+      <c r="G66" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J66" s="7" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Patanjali Foods Limited</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>INE619A01035</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E67" s="6" t="n">
+        <v>402300</v>
+      </c>
+      <c r="F67" s="7" t="n">
+        <v>2423.46</v>
+      </c>
+      <c r="G67" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="J67" s="7" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E68" s="6" t="n">
+        <v>693000</v>
+      </c>
+      <c r="F68" s="7" t="n">
+        <v>2335.06</v>
+      </c>
+      <c r="G68" s="8" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J68" s="7" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>RBL Bank Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>INE976G01028</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E69" s="6" t="n">
+        <v>711200</v>
+      </c>
+      <c r="F69" s="7" t="n">
+        <v>2321</v>
+      </c>
+      <c r="G69" s="8" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J69" s="7" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E70" s="6" t="n">
+        <v>90300</v>
+      </c>
+      <c r="F70" s="7" t="n">
+        <v>2226.35</v>
+      </c>
+      <c r="G70" s="8" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J70" s="7" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>INE216A01030</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E71" s="6" t="n">
+        <v>35250</v>
+      </c>
+      <c r="F71" s="7" t="n">
+        <v>2057.37</v>
+      </c>
+      <c r="G71" s="8" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J71" s="7" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E72" s="6" t="n">
+        <v>1100000</v>
+      </c>
+      <c r="F72" s="7" t="n">
+        <v>2011.24</v>
+      </c>
+      <c r="G72" s="8" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J72" s="7" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>INE299U01018</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E73" s="6" t="n">
+        <v>694800</v>
+      </c>
+      <c r="F73" s="7" t="n">
+        <v>1964.2</v>
+      </c>
+      <c r="G73" s="8" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J73" s="7" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E74" s="6" t="n">
+        <v>2565000</v>
+      </c>
+      <c r="F74" s="7" t="n">
+        <v>1944.01</v>
+      </c>
+      <c r="G74" s="8" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J74" s="7" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>JSW Energy Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>INE121E01018</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E75" s="6" t="n">
+        <v>367000</v>
+      </c>
+      <c r="F75" s="7" t="n">
+        <v>1935.74</v>
+      </c>
+      <c r="G75" s="8" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J75" s="7" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E76" s="6" t="n">
+        <v>296000</v>
+      </c>
+      <c r="F76" s="7" t="n">
+        <v>1924.3</v>
+      </c>
+      <c r="G76" s="8" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J76" s="7" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="2" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E77" s="6" t="n">
+        <v>11600</v>
+      </c>
+      <c r="F77" s="7" t="n">
+        <v>1877.58</v>
+      </c>
+      <c r="G77" s="8" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J77" s="7" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="2" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E78" s="6" t="n">
+        <v>119350</v>
+      </c>
+      <c r="F78" s="7" t="n">
+        <v>1839.78</v>
+      </c>
+      <c r="G78" s="8" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J78" s="7" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>Exide Industries Limited</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>INE302A01020</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E79" s="6" t="n">
+        <v>469800</v>
+      </c>
+      <c r="F79" s="7" t="n">
+        <v>1794.17</v>
+      </c>
+      <c r="G79" s="8" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J79" s="7" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E80" s="6" t="n">
+        <v>1141200</v>
+      </c>
+      <c r="F80" s="7" t="n">
+        <v>1786.66</v>
+      </c>
+      <c r="G80" s="8" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J80" s="7" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Biocon Limited</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>INE376G01013</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E81" s="6" t="n">
+        <v>467500</v>
+      </c>
+      <c r="F81" s="7" t="n">
+        <v>1739.57</v>
+      </c>
+      <c r="G81" s="8" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J81" s="7" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>BSE Limited</t>
+        </is>
+      </c>
+      <c r="C82" s="2" t="inlineStr">
+        <is>
+          <t>INE118H01025</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E82" s="6" t="n">
+        <v>70125</v>
+      </c>
+      <c r="F82" s="7" t="n">
+        <v>1738.4</v>
+      </c>
+      <c r="G82" s="8" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J82" s="7" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>76</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <t>INE0J1Y01017</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E83" s="6" t="n">
+        <v>190400</v>
+      </c>
+      <c r="F83" s="7" t="n">
+        <v>1703.51</v>
+      </c>
+      <c r="G83" s="8" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J83" s="7" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>77</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>Bank of India</t>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <t>INE084A01016</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E84" s="6" t="n">
+        <v>1211600</v>
+      </c>
+      <c r="F84" s="7" t="n">
+        <v>1694.79</v>
+      </c>
+      <c r="G84" s="8" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J84" s="7" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>Container Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <t>INE111A01025</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E85" s="6" t="n">
+        <v>310000</v>
+      </c>
+      <c r="F85" s="7" t="n">
+        <v>1690.28</v>
+      </c>
+      <c r="G85" s="8" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J85" s="7" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>IIFL Finance Limited</t>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <t>INE530B01024</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E86" s="6" t="n">
+        <v>308550</v>
+      </c>
+      <c r="F86" s="7" t="n">
+        <v>1649.51</v>
+      </c>
+      <c r="G86" s="8" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J86" s="7" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Kalyan Jewellers India Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>INE303R01014</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E87" s="6" t="n">
+        <v>303150</v>
+      </c>
+      <c r="F87" s="7" t="n">
+        <v>1545.16</v>
+      </c>
+      <c r="G87" s="8" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J87" s="7" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Lodha Developers Limited</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>INE670K01029</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E88" s="6" t="n">
+        <v>115650</v>
+      </c>
+      <c r="F88" s="7" t="n">
+        <v>1385.37</v>
+      </c>
+      <c r="G88" s="8" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J88" s="7" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E89" s="6" t="n">
+        <v>63000</v>
+      </c>
+      <c r="F89" s="7" t="n">
+        <v>1315.63</v>
+      </c>
+      <c r="G89" s="8" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J89" s="7" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E90" s="6" t="n">
+        <v>78050</v>
+      </c>
+      <c r="F90" s="7" t="n">
+        <v>1313.27</v>
+      </c>
+      <c r="G90" s="8" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J90" s="7" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>Computer Age Management Services Limited</t>
+        </is>
+      </c>
+      <c r="C91" s="2" t="inlineStr">
+        <is>
+          <t>INE596I01012</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E91" s="6" t="n">
+        <v>33000</v>
+      </c>
+      <c r="F91" s="7" t="n">
+        <v>1300.63</v>
+      </c>
+      <c r="G91" s="8" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J91" s="7" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>Sona BLW Precision Forgings Limited</t>
+        </is>
+      </c>
+      <c r="C92" s="2" t="inlineStr">
+        <is>
+          <t>INE073K01018</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E92" s="6" t="n">
+        <v>258300</v>
+      </c>
+      <c r="F92" s="7" t="n">
+        <v>1221.11</v>
+      </c>
+      <c r="G92" s="8" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J92" s="7" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <t>Indian Energy Exchange Limited</t>
+        </is>
+      </c>
+      <c r="C93" s="2" t="inlineStr">
+        <is>
+          <t>INE022Q01020</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E93" s="6" t="n">
+        <v>877500</v>
+      </c>
+      <c r="F93" s="7" t="n">
+        <v>1220.25</v>
+      </c>
+      <c r="G93" s="8" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J93" s="7" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C94" s="2" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E94" s="6" t="n">
+        <v>326400</v>
+      </c>
+      <c r="F94" s="7" t="n">
+        <v>1186.79</v>
+      </c>
+      <c r="G94" s="8" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J94" s="7" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <t>SRF Limited</t>
+        </is>
+      </c>
+      <c r="C95" s="2" t="inlineStr">
+        <is>
+          <t>INE647A01010</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E95" s="6" t="n">
+        <v>38600</v>
+      </c>
+      <c r="F95" s="7" t="n">
+        <v>1131.17</v>
+      </c>
+      <c r="G95" s="8" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J95" s="7" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited</t>
+        </is>
+      </c>
+      <c r="C96" s="2" t="inlineStr">
+        <is>
+          <t>INE318A01026</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E96" s="6" t="n">
+        <v>77000</v>
+      </c>
+      <c r="F96" s="7" t="n">
+        <v>1112.34</v>
+      </c>
+      <c r="G96" s="8" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J96" s="7" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="2" t="n">
+        <v>90</v>
+      </c>
+      <c r="B97" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C97" s="2" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E97" s="6" t="n">
+        <v>53625</v>
+      </c>
+      <c r="F97" s="7" t="n">
+        <v>1048.74</v>
+      </c>
+      <c r="G97" s="8" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J97" s="7" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited</t>
+        </is>
+      </c>
+      <c r="C98" s="2" t="inlineStr">
+        <is>
+          <t>INE484J01027</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E98" s="6" t="n">
+        <v>45375</v>
+      </c>
+      <c r="F98" s="7" t="n">
+        <v>1038.18</v>
+      </c>
+      <c r="G98" s="8" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J98" s="7" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited</t>
+        </is>
+      </c>
+      <c r="C99" s="2" t="inlineStr">
+        <is>
+          <t>INE663F01032</t>
+        </is>
+      </c>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E99" s="6" t="n">
+        <v>72375</v>
+      </c>
+      <c r="F99" s="7" t="n">
+        <v>997.54</v>
+      </c>
+      <c r="G99" s="8" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J99" s="7" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="B100" s="2" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C100" s="2" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E100" s="6" t="n">
+        <v>174300</v>
+      </c>
+      <c r="F100" s="7" t="n">
+        <v>985.49</v>
+      </c>
+      <c r="G100" s="8" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J100" s="7" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C101" s="2" t="inlineStr">
+        <is>
+          <t>INE726G01019</t>
+        </is>
+      </c>
+      <c r="D101" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E101" s="6" t="n">
+        <v>161875</v>
+      </c>
+      <c r="F101" s="7" t="n">
+        <v>956.92</v>
+      </c>
+      <c r="G101" s="8" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J101" s="7" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="B102" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C102" s="2" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E102" s="6" t="n">
+        <v>891750</v>
+      </c>
+      <c r="F102" s="7" t="n">
+        <v>939.8200000000001</v>
+      </c>
+      <c r="G102" s="8" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J102" s="7" t="n"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>Manappuram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C103" s="2" t="inlineStr">
+        <is>
+          <t>INE522D01027</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E103" s="6" t="n">
+        <v>336000</v>
+      </c>
+      <c r="F103" s="7" t="n">
+        <v>905.52</v>
+      </c>
+      <c r="G103" s="8" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J103" s="7" t="n"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited</t>
+        </is>
+      </c>
+      <c r="C104" s="2" t="inlineStr">
+        <is>
+          <t>INE171A01029</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E104" s="6" t="n">
+        <v>380000</v>
+      </c>
+      <c r="F104" s="7" t="n">
+        <v>899.12</v>
+      </c>
+      <c r="G104" s="8" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J104" s="7" t="n"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C105" s="2" t="inlineStr">
+        <is>
+          <t>INE795G01014</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E105" s="6" t="n">
+        <v>118800</v>
+      </c>
+      <c r="F105" s="7" t="n">
+        <v>869.4400000000001</v>
+      </c>
+      <c r="G105" s="8" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J105" s="7" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="B106" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C106" s="2" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E106" s="6" t="n">
+        <v>180225</v>
+      </c>
+      <c r="F106" s="7" t="n">
+        <v>857.87</v>
+      </c>
+      <c r="G106" s="8" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J106" s="7" t="n"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="B107" s="2" t="inlineStr">
+        <is>
+          <t>Varun Beverages Limited</t>
+        </is>
+      </c>
+      <c r="C107" s="2" t="inlineStr">
+        <is>
+          <t>INE200M01039</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E107" s="6" t="n">
+        <v>178350</v>
+      </c>
+      <c r="F107" s="7" t="n">
+        <v>837.62</v>
+      </c>
+      <c r="G107" s="8" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J107" s="7" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="B108" s="2" t="inlineStr">
+        <is>
+          <t>Laurus Labs Limited</t>
+        </is>
+      </c>
+      <c r="C108" s="2" t="inlineStr">
+        <is>
+          <t>INE947Q01028</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E108" s="6" t="n">
+        <v>86700</v>
+      </c>
+      <c r="F108" s="7" t="n">
+        <v>826.8099999999999</v>
+      </c>
+      <c r="G108" s="8" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J108" s="7" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="B109" s="2" t="inlineStr">
+        <is>
+          <t>HFCL Limited</t>
+        </is>
+      </c>
+      <c r="C109" s="2" t="inlineStr">
+        <is>
+          <t>INE548A01028</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E109" s="6" t="n">
+        <v>1122300</v>
+      </c>
+      <c r="F109" s="7" t="n">
+        <v>825</v>
+      </c>
+      <c r="G109" s="8" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J109" s="7" t="n"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="B110" s="2" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C110" s="2" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E110" s="6" t="n">
+        <v>68425</v>
+      </c>
+      <c r="F110" s="7" t="n">
+        <v>795.4400000000001</v>
+      </c>
+      <c r="G110" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J110" s="7" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="B111" s="2" t="inlineStr">
+        <is>
+          <t>The Indian Hotels Company Limited</t>
+        </is>
+      </c>
+      <c r="C111" s="2" t="inlineStr">
+        <is>
+          <t>INE053A01029</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E111" s="6" t="n">
+        <v>105000</v>
+      </c>
+      <c r="F111" s="7" t="n">
+        <v>778.89</v>
+      </c>
+      <c r="G111" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J111" s="7" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C112" s="2" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E112" s="6" t="n">
+        <v>271800</v>
+      </c>
+      <c r="F112" s="7" t="n">
+        <v>764.4400000000001</v>
+      </c>
+      <c r="G112" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J112" s="7" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="B113" s="2" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited</t>
+        </is>
+      </c>
+      <c r="C113" s="2" t="inlineStr">
+        <is>
+          <t>INE498L01015</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E113" s="6" t="n">
+        <v>281106</v>
+      </c>
+      <c r="F113" s="7" t="n">
+        <v>760.36</v>
+      </c>
+      <c r="G113" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J113" s="7" t="n"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="2" t="n">
+        <v>107</v>
+      </c>
+      <c r="B114" s="2" t="inlineStr">
+        <is>
+          <t>Adani Green Energy Limited</t>
+        </is>
+      </c>
+      <c r="C114" s="2" t="inlineStr">
+        <is>
+          <t>INE364U01010</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E114" s="6" t="n">
+        <v>66600</v>
+      </c>
+      <c r="F114" s="7" t="n">
+        <v>759.24</v>
+      </c>
+      <c r="G114" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J114" s="7" t="n"/>
+    </row>
+    <row r="115">
+      <c r="A115" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="B115" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C115" s="2" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E115" s="6" t="n">
+        <v>297000</v>
+      </c>
+      <c r="F115" s="7" t="n">
+        <v>758.45</v>
+      </c>
+      <c r="G115" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J115" s="7" t="n"/>
+    </row>
+    <row r="116">
+      <c r="A116" s="2" t="n">
+        <v>109</v>
+      </c>
+      <c r="B116" s="2" t="inlineStr">
+        <is>
+          <t>Indian Oil Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C116" s="2" t="inlineStr">
+        <is>
+          <t>INE242A01010</t>
+        </is>
+      </c>
+      <c r="D116" s="2" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E116" s="6" t="n">
+        <v>448500</v>
+      </c>
+      <c r="F116" s="7" t="n">
+        <v>744.0599999999999</v>
+      </c>
+      <c r="G116" s="8" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J116" s="7" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="B117" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C117" s="2" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D117" s="2" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E117" s="6" t="n">
+        <v>396900</v>
+      </c>
+      <c r="F117" s="7" t="n">
+        <v>725.37</v>
+      </c>
+      <c r="G117" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J117" s="7" t="n"/>
+    </row>
+    <row r="118">
+      <c r="A118" s="2" t="n">
+        <v>111</v>
+      </c>
+      <c r="B118" s="2" t="inlineStr">
+        <is>
+          <t>Angel One Limited</t>
+        </is>
+      </c>
+      <c r="C118" s="2" t="inlineStr">
+        <is>
+          <t>INE732I01013</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E118" s="6" t="n">
+        <v>28250</v>
+      </c>
+      <c r="F118" s="7" t="n">
+        <v>704.1</v>
+      </c>
+      <c r="G118" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J118" s="7" t="n"/>
+    </row>
+    <row r="119">
+      <c r="A119" s="2" t="n">
+        <v>112</v>
+      </c>
+      <c r="B119" s="2" t="inlineStr">
+        <is>
+          <t>UPL Limited</t>
+        </is>
+      </c>
+      <c r="C119" s="2" t="inlineStr">
+        <is>
+          <t>INE628A01036</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E119" s="6" t="n">
+        <v>96205</v>
+      </c>
+      <c r="F119" s="7" t="n">
+        <v>692.77</v>
+      </c>
+      <c r="G119" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J119" s="7" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="2" t="n">
+        <v>113</v>
+      </c>
+      <c r="B120" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited</t>
+        </is>
+      </c>
+      <c r="C120" s="2" t="inlineStr">
+        <is>
+          <t>INE437A01024</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E120" s="6" t="n">
+        <v>9000</v>
+      </c>
+      <c r="F120" s="7" t="n">
+        <v>691.29</v>
+      </c>
+      <c r="G120" s="8" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J120" s="7" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="2" t="n">
+        <v>114</v>
+      </c>
+      <c r="B121" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C121" s="2" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D121" s="2" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E121" s="6" t="n">
+        <v>140875</v>
+      </c>
+      <c r="F121" s="7" t="n">
+        <v>671.27</v>
+      </c>
+      <c r="G121" s="8" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J121" s="7" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="2" t="n">
+        <v>115</v>
+      </c>
+      <c r="B122" s="2" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C122" s="2" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E122" s="6" t="n">
+        <v>46800</v>
+      </c>
+      <c r="F122" s="7" t="n">
+        <v>666.62</v>
+      </c>
+      <c r="G122" s="8" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J122" s="7" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="2" t="n">
+        <v>116</v>
+      </c>
+      <c r="B123" s="2" t="inlineStr">
+        <is>
+          <t>Trent Limited</t>
+        </is>
+      </c>
+      <c r="C123" s="2" t="inlineStr">
+        <is>
+          <t>INE849A01020</t>
+        </is>
+      </c>
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E123" s="6" t="n">
+        <v>14100</v>
+      </c>
+      <c r="F123" s="7" t="n">
+        <v>661.9</v>
+      </c>
+      <c r="G123" s="8" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J123" s="7" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="2" t="n">
+        <v>117</v>
+      </c>
+      <c r="B124" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C124" s="2" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E124" s="6" t="n">
+        <v>214700</v>
+      </c>
+      <c r="F124" s="7" t="n">
+        <v>618.66</v>
+      </c>
+      <c r="G124" s="8" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J124" s="7" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="2" t="n">
+        <v>118</v>
+      </c>
+      <c r="B125" s="2" t="inlineStr">
+        <is>
+          <t>Titagarh Rail Systems Limited</t>
+        </is>
+      </c>
+      <c r="C125" s="2" t="inlineStr">
+        <is>
+          <t>INE615H01020</t>
+        </is>
+      </c>
+      <c r="D125" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E125" s="6" t="n">
+        <v>68150</v>
+      </c>
+      <c r="F125" s="7" t="n">
+        <v>602.8200000000001</v>
+      </c>
+      <c r="G125" s="8" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J125" s="7" t="n"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="2" t="n">
+        <v>119</v>
+      </c>
+      <c r="B126" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C126" s="2" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D126" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E126" s="6" t="n">
+        <v>38625</v>
+      </c>
+      <c r="F126" s="7" t="n">
+        <v>579.88</v>
+      </c>
+      <c r="G126" s="8" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J126" s="7" t="n"/>
+    </row>
+    <row r="127">
+      <c r="A127" s="2" t="n">
+        <v>120</v>
+      </c>
+      <c r="B127" s="2" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C127" s="2" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E127" s="6" t="n">
+        <v>20625</v>
+      </c>
+      <c r="F127" s="7" t="n">
+        <v>570.16</v>
+      </c>
+      <c r="G127" s="8" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J127" s="7" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="2" t="n">
+        <v>121</v>
+      </c>
+      <c r="B128" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C128" s="2" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E128" s="6" t="n">
+        <v>136800</v>
+      </c>
+      <c r="F128" s="7" t="n">
+        <v>560.88</v>
+      </c>
+      <c r="G128" s="8" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J128" s="7" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="2" t="n">
+        <v>122</v>
+      </c>
+      <c r="B129" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C129" s="2" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E129" s="6" t="n">
+        <v>7250</v>
+      </c>
+      <c r="F129" s="7" t="n">
+        <v>558.54</v>
+      </c>
+      <c r="G129" s="8" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J129" s="7" t="n"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="2" t="n">
+        <v>123</v>
+      </c>
+      <c r="B130" s="2" t="inlineStr">
+        <is>
+          <t>Jubilant Foodworks Limited</t>
+        </is>
+      </c>
+      <c r="C130" s="2" t="inlineStr">
+        <is>
+          <t>INE797F01020</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E130" s="6" t="n">
+        <v>92500</v>
+      </c>
+      <c r="F130" s="7" t="n">
+        <v>553.01</v>
+      </c>
+      <c r="G130" s="8" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J130" s="7" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="2" t="n">
+        <v>124</v>
+      </c>
+      <c r="B131" s="2" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C131" s="2" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E131" s="6" t="n">
+        <v>7875</v>
+      </c>
+      <c r="F131" s="7" t="n">
+        <v>551.8</v>
+      </c>
+      <c r="G131" s="8" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J131" s="7" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="B132" s="2" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C132" s="2" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D132" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E132" s="6" t="n">
+        <v>3400</v>
+      </c>
+      <c r="F132" s="7" t="n">
+        <v>526.8</v>
+      </c>
+      <c r="G132" s="8" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J132" s="7" t="n"/>
+    </row>
+    <row r="133">
+      <c r="A133" s="2" t="n">
+        <v>126</v>
+      </c>
+      <c r="B133" s="2" t="inlineStr">
+        <is>
+          <t>Glenmark Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C133" s="2" t="inlineStr">
+        <is>
+          <t>INE935A01035</t>
+        </is>
+      </c>
+      <c r="D133" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E133" s="6" t="n">
+        <v>27000</v>
+      </c>
+      <c r="F133" s="7" t="n">
+        <v>510.62</v>
+      </c>
+      <c r="G133" s="8" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J133" s="7" t="n"/>
+    </row>
+    <row r="134">
+      <c r="A134" s="2" t="n">
+        <v>127</v>
+      </c>
+      <c r="B134" s="2" t="inlineStr">
+        <is>
+          <t>Torrent Power Limited</t>
+        </is>
+      </c>
+      <c r="C134" s="2" t="inlineStr">
+        <is>
+          <t>INE813H01021</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E134" s="6" t="n">
+        <v>37500</v>
+      </c>
+      <c r="F134" s="7" t="n">
+        <v>493.69</v>
+      </c>
+      <c r="G134" s="8" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J134" s="7" t="n"/>
+    </row>
+    <row r="135">
+      <c r="A135" s="2" t="n">
+        <v>128</v>
+      </c>
+      <c r="B135" s="2" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited</t>
+        </is>
+      </c>
+      <c r="C135" s="2" t="inlineStr">
+        <is>
+          <t>INE195A01028</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E135" s="6" t="n">
+        <v>12425</v>
+      </c>
+      <c r="F135" s="7" t="n">
+        <v>473.7</v>
+      </c>
+      <c r="G135" s="8" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J135" s="7" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="2" t="n">
+        <v>129</v>
+      </c>
+      <c r="B136" s="2" t="inlineStr">
+        <is>
+          <t>Delhivery Limited</t>
+        </is>
+      </c>
+      <c r="C136" s="2" t="inlineStr">
+        <is>
+          <t>INE148O01028</t>
+        </is>
+      </c>
+      <c r="D136" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E136" s="6" t="n">
+        <v>93375</v>
+      </c>
+      <c r="F136" s="7" t="n">
+        <v>435.08</v>
+      </c>
+      <c r="G136" s="8" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J136" s="7" t="n"/>
+    </row>
+    <row r="137">
+      <c r="A137" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="B137" s="2" t="inlineStr">
+        <is>
+          <t>Oil India Limited</t>
+        </is>
+      </c>
+      <c r="C137" s="2" t="inlineStr">
+        <is>
+          <t>INE274J01014</t>
+        </is>
+      </c>
+      <c r="D137" s="2" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E137" s="6" t="n">
+        <v>99400</v>
+      </c>
+      <c r="F137" s="7" t="n">
+        <v>430.75</v>
+      </c>
+      <c r="G137" s="8" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J137" s="7" t="n"/>
+    </row>
+    <row r="138">
+      <c r="A138" s="2" t="n">
+        <v>131</v>
+      </c>
+      <c r="B138" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C138" s="2" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D138" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E138" s="6" t="n">
+        <v>7950</v>
+      </c>
+      <c r="F138" s="7" t="n">
+        <v>427.63</v>
+      </c>
+      <c r="G138" s="8" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J138" s="7" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="2" t="n">
+        <v>132</v>
+      </c>
+      <c r="B139" s="2" t="inlineStr">
+        <is>
+          <t>FSN E-Commerce Ventures Limited</t>
+        </is>
+      </c>
+      <c r="C139" s="2" t="inlineStr">
+        <is>
+          <t>INE388Y01029</t>
+        </is>
+      </c>
+      <c r="D139" s="2" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E139" s="6" t="n">
+        <v>153125</v>
+      </c>
+      <c r="F139" s="7" t="n">
+        <v>379.66</v>
+      </c>
+      <c r="G139" s="8" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J139" s="7" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="2" t="n">
+        <v>133</v>
+      </c>
+      <c r="B140" s="2" t="inlineStr">
+        <is>
+          <t>KEI Industries Limited</t>
+        </is>
+      </c>
+      <c r="C140" s="2" t="inlineStr">
+        <is>
+          <t>INE878B01027</t>
+        </is>
+      </c>
+      <c r="D140" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E140" s="6" t="n">
+        <v>8925</v>
+      </c>
+      <c r="F140" s="7" t="n">
+        <v>359.86</v>
+      </c>
+      <c r="G140" s="8" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J140" s="7" t="n"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="2" t="n">
+        <v>134</v>
+      </c>
+      <c r="B141" s="2" t="inlineStr">
+        <is>
+          <t>360 ONE WAM LIMITED</t>
+        </is>
+      </c>
+      <c r="C141" s="2" t="inlineStr">
+        <is>
+          <t>INE466L01038</t>
+        </is>
+      </c>
+      <c r="D141" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E141" s="6" t="n">
+        <v>31000</v>
+      </c>
+      <c r="F141" s="7" t="n">
+        <v>335.02</v>
+      </c>
+      <c r="G141" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J141" s="7" t="n"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="2" t="n">
+        <v>135</v>
+      </c>
+      <c r="B142" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C142" s="2" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D142" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E142" s="6" t="n">
+        <v>6000</v>
+      </c>
+      <c r="F142" s="7" t="n">
+        <v>332.64</v>
+      </c>
+      <c r="G142" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J142" s="7" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="2" t="n">
+        <v>136</v>
+      </c>
+      <c r="B143" s="2" t="inlineStr">
+        <is>
+          <t>Interglobe Aviation Limited</t>
+        </is>
+      </c>
+      <c r="C143" s="2" t="inlineStr">
+        <is>
+          <t>INE646L01027</t>
+        </is>
+      </c>
+      <c r="D143" s="2" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E143" s="6" t="n">
+        <v>5400</v>
+      </c>
+      <c r="F143" s="7" t="n">
+        <v>303.75</v>
+      </c>
+      <c r="G143" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J143" s="7" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="2" t="n">
+        <v>137</v>
+      </c>
+      <c r="B144" s="2" t="inlineStr">
+        <is>
+          <t>Indian Bank</t>
+        </is>
+      </c>
+      <c r="C144" s="2" t="inlineStr">
+        <is>
+          <t>INE562A01011</t>
+        </is>
+      </c>
+      <c r="D144" s="2" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E144" s="6" t="n">
+        <v>35000</v>
+      </c>
+      <c r="F144" s="7" t="n">
+        <v>300.54</v>
+      </c>
+      <c r="G144" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J144" s="7" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="2" t="n">
+        <v>138</v>
+      </c>
+      <c r="B145" s="2" t="inlineStr">
+        <is>
+          <t>Indian Renewable Energy Development Agency Limited</t>
+        </is>
+      </c>
+      <c r="C145" s="2" t="inlineStr">
+        <is>
+          <t>INE202E01016</t>
+        </is>
+      </c>
+      <c r="D145" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E145" s="6" t="n">
+        <v>193200</v>
+      </c>
+      <c r="F145" s="7" t="n">
+        <v>293.53</v>
+      </c>
+      <c r="G145" s="8" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J145" s="7" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="2" t="n">
+        <v>139</v>
+      </c>
+      <c r="B146" s="2" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C146" s="2" t="inlineStr">
+        <is>
+          <t>INE634S01028</t>
+        </is>
+      </c>
+      <c r="D146" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E146" s="6" t="n">
+        <v>11700</v>
+      </c>
+      <c r="F146" s="7" t="n">
+        <v>278.93</v>
+      </c>
+      <c r="G146" s="8" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J146" s="7" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="B147" s="2" t="inlineStr">
+        <is>
+          <t>Suzlon Energy Limited</t>
+        </is>
+      </c>
+      <c r="C147" s="2" t="inlineStr">
+        <is>
+          <t>INE040H01021</t>
+        </is>
+      </c>
+      <c r="D147" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E147" s="6" t="n">
+        <v>456000</v>
+      </c>
+      <c r="F147" s="7" t="n">
+        <v>270.41</v>
+      </c>
+      <c r="G147" s="8" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J147" s="7" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="2" t="n">
+        <v>141</v>
+      </c>
+      <c r="B148" s="2" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C148" s="2" t="inlineStr">
+        <is>
+          <t>INE685A01028</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E148" s="6" t="n">
+        <v>7250</v>
+      </c>
+      <c r="F148" s="7" t="n">
+        <v>258.11</v>
+      </c>
+      <c r="G148" s="8" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J148" s="7" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="2" t="n">
+        <v>142</v>
+      </c>
+      <c r="B149" s="2" t="inlineStr">
+        <is>
+          <t>NBCC (India) Limited</t>
+        </is>
+      </c>
+      <c r="C149" s="2" t="inlineStr">
+        <is>
+          <t>INE095N01031</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E149" s="6" t="n">
+        <v>208000</v>
+      </c>
+      <c r="F149" s="7" t="n">
+        <v>244.21</v>
+      </c>
+      <c r="G149" s="8" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J149" s="7" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="2" t="n">
+        <v>143</v>
+      </c>
+      <c r="B150" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C150" s="2" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E150" s="6" t="n">
+        <v>6650</v>
+      </c>
+      <c r="F150" s="7" t="n">
+        <v>233.33</v>
+      </c>
+      <c r="G150" s="8" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J150" s="7" t="n"/>
+    </row>
+    <row r="151">
+      <c r="A151" s="2" t="n">
+        <v>144</v>
+      </c>
+      <c r="B151" s="2" t="inlineStr">
+        <is>
+          <t>PB Fintech Limited</t>
+        </is>
+      </c>
+      <c r="C151" s="2" t="inlineStr">
+        <is>
+          <t>INE417T01026</t>
+        </is>
+      </c>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E151" s="6" t="n">
+        <v>12250</v>
+      </c>
+      <c r="F151" s="7" t="n">
+        <v>218.71</v>
+      </c>
+      <c r="G151" s="8" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J151" s="7" t="n"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="2" t="n">
+        <v>145</v>
+      </c>
+      <c r="B152" s="2" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C152" s="2" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D152" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E152" s="6" t="n">
+        <v>7750</v>
+      </c>
+      <c r="F152" s="7" t="n">
+        <v>194.59</v>
+      </c>
+      <c r="G152" s="8" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J152" s="7" t="n"/>
+    </row>
+    <row r="153">
+      <c r="A153" s="2" t="n">
+        <v>146</v>
+      </c>
+      <c r="B153" s="2" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C153" s="2" t="inlineStr">
+        <is>
+          <t>INE067A01029</t>
+        </is>
+      </c>
+      <c r="D153" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E153" s="6" t="n">
+        <v>26350</v>
+      </c>
+      <c r="F153" s="7" t="n">
+        <v>194.11</v>
+      </c>
+      <c r="G153" s="8" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J153" s="7" t="n"/>
+    </row>
+    <row r="154">
+      <c r="A154" s="2" t="n">
+        <v>147</v>
+      </c>
+      <c r="B154" s="2" t="inlineStr">
+        <is>
+          <t>ABB India Limited</t>
+        </is>
+      </c>
+      <c r="C154" s="2" t="inlineStr">
+        <is>
+          <t>INE117A01022</t>
+        </is>
+      </c>
+      <c r="D154" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E154" s="6" t="n">
+        <v>3625</v>
+      </c>
+      <c r="F154" s="7" t="n">
+        <v>189.22</v>
+      </c>
+      <c r="G154" s="8" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J154" s="7" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="2" t="n">
+        <v>148</v>
+      </c>
+      <c r="B155" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C155" s="2" t="inlineStr">
+        <is>
+          <t>INE053F01010</t>
+        </is>
+      </c>
+      <c r="D155" s="2" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E155" s="6" t="n">
+        <v>119000</v>
+      </c>
+      <c r="F155" s="7" t="n">
+        <v>146.74</v>
+      </c>
+      <c r="G155" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J155" s="7" t="n"/>
+    </row>
+    <row r="156">
+      <c r="A156" s="2" t="n">
+        <v>149</v>
+      </c>
+      <c r="B156" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Dynamics Limited</t>
+        </is>
+      </c>
+      <c r="C156" s="2" t="inlineStr">
+        <is>
+          <t>INE171Z01026</t>
+        </is>
+      </c>
+      <c r="D156" s="2" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E156" s="6" t="n">
+        <v>9425</v>
+      </c>
+      <c r="F156" s="7" t="n">
+        <v>144.19</v>
+      </c>
+      <c r="G156" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J156" s="7" t="n"/>
+    </row>
+    <row r="157">
+      <c r="A157" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="B157" s="2" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited</t>
+        </is>
+      </c>
+      <c r="C157" s="2" t="inlineStr">
+        <is>
+          <t>INE343H01029</t>
+        </is>
+      </c>
+      <c r="D157" s="2" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E157" s="6" t="n">
+        <v>975</v>
+      </c>
+      <c r="F157" s="7" t="n">
+        <v>135.31</v>
+      </c>
+      <c r="G157" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J157" s="7" t="n"/>
+    </row>
+    <row r="158">
+      <c r="A158" s="2" t="n">
+        <v>151</v>
+      </c>
+      <c r="B158" s="2" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited</t>
+        </is>
+      </c>
+      <c r="C158" s="2" t="inlineStr">
+        <is>
+          <t>INE259A01022</t>
+        </is>
+      </c>
+      <c r="D158" s="2" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E158" s="6" t="n">
+        <v>5400</v>
+      </c>
+      <c r="F158" s="7" t="n">
+        <v>121.12</v>
+      </c>
+      <c r="G158" s="8" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J158" s="7" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="2" t="n">
+        <v>152</v>
+      </c>
+      <c r="B159" s="2" t="inlineStr">
+        <is>
+          <t>Oracle Financial Services Software Limited</t>
+        </is>
+      </c>
+      <c r="C159" s="2" t="inlineStr">
+        <is>
+          <t>INE881D01027</t>
+        </is>
+      </c>
+      <c r="D159" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E159" s="6" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F159" s="7" t="n">
+        <v>89.41</v>
+      </c>
+      <c r="G159" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J159" s="7" t="n"/>
+    </row>
+    <row r="160">
+      <c r="A160" s="2" t="n">
+        <v>153</v>
+      </c>
+      <c r="B160" s="2" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited</t>
+        </is>
+      </c>
+      <c r="C160" s="2" t="inlineStr">
+        <is>
+          <t>INE010B01027</t>
+        </is>
+      </c>
+      <c r="D160" s="2" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E160" s="6" t="n">
+        <v>9000</v>
+      </c>
+      <c r="F160" s="7" t="n">
+        <v>87.7</v>
+      </c>
+      <c r="G160" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J160" s="7" t="n"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="2" t="n">
+        <v>154</v>
+      </c>
+      <c r="B161" s="2" t="inlineStr">
+        <is>
+          <t>Inox Wind Limited</t>
+        </is>
+      </c>
+      <c r="C161" s="2" t="inlineStr">
+        <is>
+          <t>INE066P01011</t>
+        </is>
+      </c>
+      <c r="D161" s="2" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E161" s="6" t="n">
+        <v>55624</v>
+      </c>
+      <c r="F161" s="7" t="n">
+        <v>86.29000000000001</v>
+      </c>
+      <c r="G161" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J161" s="7" t="n"/>
+    </row>
+    <row r="162">
+      <c r="A162" s="2" t="n">
+        <v>155</v>
+      </c>
+      <c r="B162" s="2" t="inlineStr">
+        <is>
+          <t>Prestige Estates Projects Limited</t>
+        </is>
+      </c>
+      <c r="C162" s="2" t="inlineStr">
+        <is>
+          <t>INE811K01011</t>
+        </is>
+      </c>
+      <c r="D162" s="2" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E162" s="6" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F162" s="7" t="n">
+        <v>78.51000000000001</v>
+      </c>
+      <c r="G162" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J162" s="7" t="n"/>
+    </row>
+    <row r="163">
+      <c r="A163" s="2" t="n">
+        <v>156</v>
+      </c>
+      <c r="B163" s="2" t="inlineStr">
+        <is>
+          <t>United Spirits Limited</t>
+        </is>
+      </c>
+      <c r="C163" s="2" t="inlineStr">
+        <is>
+          <t>INE854D01024</t>
+        </is>
+      </c>
+      <c r="D163" s="2" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E163" s="6" t="n">
+        <v>4800</v>
+      </c>
+      <c r="F163" s="7" t="n">
+        <v>68.70999999999999</v>
+      </c>
+      <c r="G163" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J163" s="7" t="n"/>
+    </row>
+    <row r="164">
+      <c r="A164" s="2" t="n">
+        <v>157</v>
+      </c>
+      <c r="B164" s="2" t="inlineStr">
+        <is>
+          <t>Kaynes Technology India Limited</t>
+        </is>
+      </c>
+      <c r="C164" s="2" t="inlineStr">
+        <is>
+          <t>INE918Z01012</t>
+        </is>
+      </c>
+      <c r="D164" s="2" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E164" s="6" t="n">
+        <v>900</v>
+      </c>
+      <c r="F164" s="7" t="n">
+        <v>60.34</v>
+      </c>
+      <c r="G164" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J164" s="7" t="n"/>
+    </row>
+    <row r="165">
+      <c r="A165" s="2" t="n">
+        <v>158</v>
+      </c>
+      <c r="B165" s="2" t="inlineStr">
+        <is>
+          <t>Persistent Systems Limited</t>
+        </is>
+      </c>
+      <c r="C165" s="2" t="inlineStr">
+        <is>
+          <t>INE262H01021</t>
+        </is>
+      </c>
+      <c r="D165" s="2" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E165" s="6" t="n">
+        <v>900</v>
+      </c>
+      <c r="F165" s="7" t="n">
+        <v>53.25</v>
+      </c>
+      <c r="G165" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J165" s="7" t="n"/>
+    </row>
+    <row r="166">
+      <c r="A166" s="2" t="n">
+        <v>159</v>
+      </c>
+      <c r="B166" s="2" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C166" s="2" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D166" s="2" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E166" s="6" t="n">
+        <v>4375</v>
+      </c>
+      <c r="F166" s="7" t="n">
+        <v>46.67</v>
+      </c>
+      <c r="G166" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J166" s="7" t="n"/>
+    </row>
+    <row r="167">
+      <c r="A167" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="B167" s="2" t="inlineStr">
+        <is>
+          <t>NCC Limited</t>
+        </is>
+      </c>
+      <c r="C167" s="2" t="inlineStr">
+        <is>
+          <t>INE868B01028</t>
+        </is>
+      </c>
+      <c r="D167" s="2" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E167" s="6" t="n">
+        <v>21600</v>
+      </c>
+      <c r="F167" s="7" t="n">
+        <v>45.87</v>
+      </c>
+      <c r="G167" s="8" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J167" s="7" t="n"/>
+    </row>
+    <row r="168">
+      <c r="A168" s="2" t="n">
+        <v>161</v>
+      </c>
+      <c r="B168" s="2" t="inlineStr">
+        <is>
+          <t>Central Depository Services (India) Limited</t>
+        </is>
+      </c>
+      <c r="C168" s="2" t="inlineStr">
+        <is>
+          <t>INE736A01011</t>
+        </is>
+      </c>
+      <c r="D168" s="2" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E168" s="6" t="n">
+        <v>1900</v>
+      </c>
+      <c r="F168" s="7" t="n">
+        <v>30.16</v>
+      </c>
+      <c r="G168" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J168" s="7" t="n"/>
+    </row>
+    <row r="169">
+      <c r="A169" s="2" t="n">
+        <v>162</v>
+      </c>
+      <c r="B169" s="2" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C169" s="2" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D169" s="2" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E169" s="6" t="n">
+        <v>1600</v>
+      </c>
+      <c r="F169" s="7" t="n">
+        <v>24.74</v>
+      </c>
+      <c r="G169" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J169" s="7" t="n"/>
+    </row>
+    <row r="170">
+      <c r="A170" s="2" t="n">
+        <v>163</v>
+      </c>
+      <c r="B170" s="2" t="inlineStr">
+        <is>
+          <t>Tata Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C170" s="2" t="inlineStr">
+        <is>
+          <t>INE142M01025</t>
+        </is>
+      </c>
+      <c r="D170" s="2" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E170" s="6" t="n">
+        <v>2400</v>
+      </c>
+      <c r="F170" s="7" t="n">
+        <v>16.61</v>
+      </c>
+      <c r="G170" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J170" s="7" t="n"/>
+    </row>
+    <row r="171">
+      <c r="A171" s="2" t="n">
+        <v>164</v>
+      </c>
+      <c r="B171" s="2" t="inlineStr">
+        <is>
+          <t>Havells India Limited</t>
+        </is>
+      </c>
+      <c r="C171" s="2" t="inlineStr">
+        <is>
+          <t>INE176B01034</t>
+        </is>
+      </c>
+      <c r="D171" s="2" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E171" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F171" s="7" t="n">
+        <v>7.47</v>
+      </c>
+      <c r="G171" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J171" s="7" t="n"/>
+    </row>
+    <row r="172">
+      <c r="A172" s="9" t="n"/>
+      <c r="B172" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C172" s="9" t="n"/>
+      <c r="D172" s="9" t="n"/>
+      <c r="E172" s="9" t="n"/>
+      <c r="F172" s="10" t="n">
+        <v>439175.63</v>
+      </c>
+      <c r="G172" s="11" t="n">
+        <v>0.6812</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="B174" s="4" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="2" t="n">
+        <v>165</v>
+      </c>
+      <c r="B175" s="2" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D175" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E175" s="6" t="n">
+        <v>-1800</v>
+      </c>
+      <c r="F175" s="7" t="n">
+        <v>-5.15</v>
+      </c>
+      <c r="G175" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H175" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J175" s="7" t="n"/>
+    </row>
+    <row r="176">
+      <c r="A176" s="2" t="n">
+        <v>166</v>
+      </c>
+      <c r="B176" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D176" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E176" s="6" t="n">
+        <v>-2250</v>
+      </c>
+      <c r="F176" s="7" t="n">
+        <v>-5.81</v>
+      </c>
+      <c r="G176" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H176" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J176" s="7" t="n"/>
+    </row>
+    <row r="177">
+      <c r="A177" s="2" t="n">
+        <v>167</v>
+      </c>
+      <c r="B177" s="2" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D177" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E177" s="6" t="n">
+        <v>-4700</v>
+      </c>
+      <c r="F177" s="7" t="n">
+        <v>-6.5</v>
+      </c>
+      <c r="G177" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H177" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J177" s="7" t="n"/>
+    </row>
+    <row r="178">
+      <c r="A178" s="2" t="n">
+        <v>168</v>
+      </c>
+      <c r="B178" s="2" t="inlineStr">
+        <is>
+          <t>Yes Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D178" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E178" s="6" t="n">
+        <v>-31100</v>
+      </c>
+      <c r="F178" s="7" t="n">
+        <v>-7.16</v>
+      </c>
+      <c r="G178" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H178" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J178" s="7" t="n"/>
+    </row>
+    <row r="179">
+      <c r="A179" s="2" t="n">
+        <v>169</v>
+      </c>
+      <c r="B179" s="2" t="inlineStr">
+        <is>
+          <t>Havells India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D179" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E179" s="6" t="n">
+        <v>-500</v>
+      </c>
+      <c r="F179" s="7" t="n">
+        <v>-7.5</v>
+      </c>
+      <c r="G179" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H179" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J179" s="7" t="n"/>
+    </row>
+    <row r="180">
+      <c r="A180" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="B180" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Dec25</t>
+        </is>
+      </c>
+      <c r="D180" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E180" s="6" t="n">
+        <v>-2925</v>
+      </c>
+      <c r="F180" s="7" t="n">
+        <v>-8.23</v>
+      </c>
+      <c r="G180" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H180" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J180" s="7" t="n"/>
+    </row>
+    <row r="181">
+      <c r="A181" s="2" t="n">
+        <v>171</v>
+      </c>
+      <c r="B181" s="2" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D181" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E181" s="6" t="n">
+        <v>-600</v>
+      </c>
+      <c r="F181" s="7" t="n">
+        <v>-8.65</v>
+      </c>
+      <c r="G181" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H181" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J181" s="7" t="n"/>
+    </row>
+    <row r="182">
+      <c r="A182" s="2" t="n">
+        <v>172</v>
+      </c>
+      <c r="B182" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D182" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E182" s="6" t="n">
+        <v>-3000</v>
+      </c>
+      <c r="F182" s="7" t="n">
+        <v>-10.13</v>
+      </c>
+      <c r="G182" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H182" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J182" s="7" t="n"/>
+    </row>
+    <row r="183">
+      <c r="A183" s="2" t="n">
+        <v>173</v>
+      </c>
+      <c r="B183" s="2" t="inlineStr">
+        <is>
+          <t>Tata Technologies Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D183" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E183" s="6" t="n">
+        <v>-2400</v>
+      </c>
+      <c r="F183" s="7" t="n">
+        <v>-16.64</v>
+      </c>
+      <c r="G183" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H183" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J183" s="7" t="n"/>
+    </row>
+    <row r="184">
+      <c r="A184" s="2" t="n">
+        <v>174</v>
+      </c>
+      <c r="B184" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D184" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E184" s="6" t="n">
+        <v>-4350</v>
+      </c>
+      <c r="F184" s="7" t="n">
+        <v>-17.8</v>
+      </c>
+      <c r="G184" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H184" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J184" s="7" t="n"/>
+    </row>
+    <row r="185">
+      <c r="A185" s="2" t="n">
+        <v>175</v>
+      </c>
+      <c r="B185" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D185" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E185" s="6" t="n">
+        <v>-3300</v>
+      </c>
+      <c r="F185" s="7" t="n">
+        <v>-24.47</v>
+      </c>
+      <c r="G185" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H185" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J185" s="7" t="n"/>
+    </row>
+    <row r="186">
+      <c r="A186" s="2" t="n">
+        <v>176</v>
+      </c>
+      <c r="B186" s="2" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D186" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E186" s="6" t="n">
+        <v>-1600</v>
+      </c>
+      <c r="F186" s="7" t="n">
+        <v>-24.84</v>
+      </c>
+      <c r="G186" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H186" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J186" s="7" t="n"/>
+    </row>
+    <row r="187">
+      <c r="A187" s="2" t="n">
+        <v>177</v>
+      </c>
+      <c r="B187" s="2" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D187" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E187" s="6" t="n">
+        <v>-285900</v>
+      </c>
+      <c r="F187" s="7" t="n">
+        <v>-25.3</v>
+      </c>
+      <c r="G187" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H187" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J187" s="7" t="n"/>
+    </row>
+    <row r="188">
+      <c r="A188" s="2" t="n">
+        <v>178</v>
+      </c>
+      <c r="B188" s="2" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D188" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E188" s="6" t="n">
+        <v>-3500</v>
+      </c>
+      <c r="F188" s="7" t="n">
+        <v>-28.14</v>
+      </c>
+      <c r="G188" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H188" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J188" s="7" t="n"/>
+    </row>
+    <row r="189">
+      <c r="A189" s="2" t="n">
+        <v>179</v>
+      </c>
+      <c r="B189" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D189" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E189" s="6" t="n">
+        <v>-250</v>
+      </c>
+      <c r="F189" s="7" t="n">
+        <v>-30.24</v>
+      </c>
+      <c r="G189" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H189" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J189" s="7" t="n"/>
+    </row>
+    <row r="190">
+      <c r="A190" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="B190" s="2" t="inlineStr">
+        <is>
+          <t>Central Depository Services (India) Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D190" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E190" s="6" t="n">
+        <v>-1900</v>
+      </c>
+      <c r="F190" s="7" t="n">
+        <v>-30.35</v>
+      </c>
+      <c r="G190" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H190" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J190" s="7" t="n"/>
+    </row>
+    <row r="191">
+      <c r="A191" s="2" t="n">
+        <v>181</v>
+      </c>
+      <c r="B191" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D191" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E191" s="6" t="n">
+        <v>-8500</v>
+      </c>
+      <c r="F191" s="7" t="n">
+        <v>-31.36</v>
+      </c>
+      <c r="G191" s="8" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H191" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J191" s="7" t="n"/>
+    </row>
+    <row r="192">
+      <c r="A192" s="2" t="n">
+        <v>182</v>
+      </c>
+      <c r="B192" s="2" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D192" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E192" s="6" t="n">
+        <v>-250</v>
+      </c>
+      <c r="F192" s="7" t="n">
+        <v>-39.2</v>
+      </c>
+      <c r="G192" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H192" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J192" s="7" t="n"/>
+    </row>
+    <row r="193">
+      <c r="A193" s="2" t="n">
+        <v>183</v>
+      </c>
+      <c r="B193" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D193" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E193" s="6" t="n">
+        <v>-2000</v>
+      </c>
+      <c r="F193" s="7" t="n">
+        <v>-42.59</v>
+      </c>
+      <c r="G193" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H193" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J193" s="7" t="n"/>
+    </row>
+    <row r="194">
+      <c r="A194" s="2" t="n">
+        <v>184</v>
+      </c>
+      <c r="B194" s="2" t="inlineStr">
+        <is>
+          <t>NCC Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D194" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E194" s="6" t="n">
+        <v>-21600</v>
+      </c>
+      <c r="F194" s="7" t="n">
+        <v>-46.05</v>
+      </c>
+      <c r="G194" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H194" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J194" s="7" t="n"/>
+    </row>
+    <row r="195">
+      <c r="A195" s="2" t="n">
+        <v>185</v>
+      </c>
+      <c r="B195" s="2" t="inlineStr">
+        <is>
+          <t>JINDAL STEEL LIMITED Nov25</t>
+        </is>
+      </c>
+      <c r="D195" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E195" s="6" t="n">
+        <v>-4375</v>
+      </c>
+      <c r="F195" s="7" t="n">
+        <v>-46.97</v>
+      </c>
+      <c r="G195" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H195" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J195" s="7" t="n"/>
+    </row>
+    <row r="196">
+      <c r="A196" s="2" t="n">
+        <v>186</v>
+      </c>
+      <c r="B196" s="2" t="inlineStr">
+        <is>
+          <t>Persistent Systems Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D196" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E196" s="6" t="n">
+        <v>-900</v>
+      </c>
+      <c r="F196" s="7" t="n">
+        <v>-53.45</v>
+      </c>
+      <c r="G196" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H196" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J196" s="7" t="n"/>
+    </row>
+    <row r="197">
+      <c r="A197" s="2" t="n">
+        <v>187</v>
+      </c>
+      <c r="B197" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Dec25</t>
+        </is>
+      </c>
+      <c r="D197" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E197" s="6" t="n">
+        <v>-48000</v>
+      </c>
+      <c r="F197" s="7" t="n">
+        <v>-59.57</v>
+      </c>
+      <c r="G197" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H197" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J197" s="7" t="n"/>
+    </row>
+    <row r="198">
+      <c r="A198" s="2" t="n">
+        <v>188</v>
+      </c>
+      <c r="B198" s="2" t="inlineStr">
+        <is>
+          <t>Kaynes Technology India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D198" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E198" s="6" t="n">
+        <v>-900</v>
+      </c>
+      <c r="F198" s="7" t="n">
+        <v>-60.39</v>
+      </c>
+      <c r="G198" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H198" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J198" s="7" t="n"/>
+    </row>
+    <row r="199">
+      <c r="A199" s="2" t="n">
+        <v>189</v>
+      </c>
+      <c r="B199" s="2" t="inlineStr">
+        <is>
+          <t>United Spirits Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D199" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E199" s="6" t="n">
+        <v>-4800</v>
+      </c>
+      <c r="F199" s="7" t="n">
+        <v>-69.16</v>
+      </c>
+      <c r="G199" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H199" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J199" s="7" t="n"/>
+    </row>
+    <row r="200">
+      <c r="A200" s="2" t="n">
+        <v>190</v>
+      </c>
+      <c r="B200" s="2" t="inlineStr">
+        <is>
+          <t>DLF Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D200" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E200" s="6" t="n">
+        <v>-9900</v>
+      </c>
+      <c r="F200" s="7" t="n">
+        <v>-75.84</v>
+      </c>
+      <c r="G200" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H200" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J200" s="7" t="n"/>
+    </row>
+    <row r="201">
+      <c r="A201" s="2" t="n">
+        <v>191</v>
+      </c>
+      <c r="B201" s="2" t="inlineStr">
+        <is>
+          <t>Prestige Estates Projects Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D201" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E201" s="6" t="n">
+        <v>-4500</v>
+      </c>
+      <c r="F201" s="7" t="n">
+        <v>-79.03</v>
+      </c>
+      <c r="G201" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H201" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J201" s="7" t="n"/>
+    </row>
+    <row r="202">
+      <c r="A202" s="2" t="n">
+        <v>192</v>
+      </c>
+      <c r="B202" s="2" t="inlineStr">
+        <is>
+          <t>Inox Wind Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D202" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E202" s="6" t="n">
+        <v>-55624</v>
+      </c>
+      <c r="F202" s="7" t="n">
+        <v>-86.73</v>
+      </c>
+      <c r="G202" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H202" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J202" s="7" t="n"/>
+    </row>
+    <row r="203">
+      <c r="A203" s="2" t="n">
+        <v>193</v>
+      </c>
+      <c r="B203" s="2" t="inlineStr">
+        <is>
+          <t>Zydus Lifesciences Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D203" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E203" s="6" t="n">
+        <v>-9000</v>
+      </c>
+      <c r="F203" s="7" t="n">
+        <v>-88.3</v>
+      </c>
+      <c r="G203" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H203" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J203" s="7" t="n"/>
+    </row>
+    <row r="204">
+      <c r="A204" s="2" t="n">
+        <v>194</v>
+      </c>
+      <c r="B204" s="2" t="inlineStr">
+        <is>
+          <t>Oracle Financial Services Software Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D204" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E204" s="6" t="n">
+        <v>-1050</v>
+      </c>
+      <c r="F204" s="7" t="n">
+        <v>-88.47</v>
+      </c>
+      <c r="G204" s="8" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H204" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J204" s="7" t="n"/>
+    </row>
+    <row r="205">
+      <c r="A205" s="2" t="n">
+        <v>195</v>
+      </c>
+      <c r="B205" s="2" t="inlineStr">
+        <is>
+          <t>ETERNAL LIMITED Dec25</t>
+        </is>
+      </c>
+      <c r="D205" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E205" s="6" t="n">
+        <v>-31525</v>
+      </c>
+      <c r="F205" s="7" t="n">
+        <v>-101.46</v>
+      </c>
+      <c r="G205" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H205" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J205" s="7" t="n"/>
+    </row>
+    <row r="206">
+      <c r="A206" s="2" t="n">
+        <v>196</v>
+      </c>
+      <c r="B206" s="2" t="inlineStr">
+        <is>
+          <t>Colgate Palmolive (India) Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D206" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E206" s="6" t="n">
+        <v>-5400</v>
+      </c>
+      <c r="F206" s="7" t="n">
+        <v>-120.32</v>
+      </c>
+      <c r="G206" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H206" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J206" s="7" t="n"/>
+    </row>
+    <row r="207">
+      <c r="A207" s="2" t="n">
+        <v>197</v>
+      </c>
+      <c r="B207" s="2" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D207" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E207" s="6" t="n">
+        <v>-975</v>
+      </c>
+      <c r="F207" s="7" t="n">
+        <v>-136.31</v>
+      </c>
+      <c r="G207" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H207" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J207" s="7" t="n"/>
+    </row>
+    <row r="208">
+      <c r="A208" s="2" t="n">
+        <v>198</v>
+      </c>
+      <c r="B208" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Dynamics Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D208" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E208" s="6" t="n">
+        <v>-9425</v>
+      </c>
+      <c r="F208" s="7" t="n">
+        <v>-145.25</v>
+      </c>
+      <c r="G208" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H208" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J208" s="7" t="n"/>
+    </row>
+    <row r="209">
+      <c r="A209" s="2" t="n">
+        <v>199</v>
+      </c>
+      <c r="B209" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D209" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E209" s="6" t="n">
+        <v>-119000</v>
+      </c>
+      <c r="F209" s="7" t="n">
+        <v>-147.11</v>
+      </c>
+      <c r="G209" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H209" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J209" s="7" t="n"/>
+    </row>
+    <row r="210">
+      <c r="A210" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="B210" s="2" t="inlineStr">
+        <is>
+          <t>Jio Financial Services Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D210" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E210" s="6" t="n">
+        <v>-51700</v>
+      </c>
+      <c r="F210" s="7" t="n">
+        <v>-160.63</v>
+      </c>
+      <c r="G210" s="8" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H210" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J210" s="7" t="n"/>
+    </row>
+    <row r="211">
+      <c r="A211" s="2" t="n">
+        <v>201</v>
+      </c>
+      <c r="B211" s="2" t="inlineStr">
+        <is>
+          <t>ABB India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D211" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E211" s="6" t="n">
+        <v>-3625</v>
+      </c>
+      <c r="F211" s="7" t="n">
+        <v>-190.2</v>
+      </c>
+      <c r="G211" s="8" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H211" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J211" s="7" t="n"/>
+    </row>
+    <row r="212">
+      <c r="A212" s="2" t="n">
+        <v>202</v>
+      </c>
+      <c r="B212" s="2" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D212" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E212" s="6" t="n">
+        <v>-26350</v>
+      </c>
+      <c r="F212" s="7" t="n">
+        <v>-194.83</v>
+      </c>
+      <c r="G212" s="8" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H212" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J212" s="7" t="n"/>
+    </row>
+    <row r="213">
+      <c r="A213" s="2" t="n">
+        <v>203</v>
+      </c>
+      <c r="B213" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D213" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E213" s="6" t="n">
+        <v>-13300</v>
+      </c>
+      <c r="F213" s="7" t="n">
+        <v>-195.5</v>
+      </c>
+      <c r="G213" s="8" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H213" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J213" s="7" t="n"/>
+    </row>
+    <row r="214">
+      <c r="A214" s="2" t="n">
+        <v>204</v>
+      </c>
+      <c r="B214" s="2" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D214" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E214" s="6" t="n">
+        <v>-7750</v>
+      </c>
+      <c r="F214" s="7" t="n">
+        <v>-195.53</v>
+      </c>
+      <c r="G214" s="8" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H214" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J214" s="7" t="n"/>
+    </row>
+    <row r="215">
+      <c r="A215" s="2" t="n">
+        <v>205</v>
+      </c>
+      <c r="B215" s="2" t="inlineStr">
+        <is>
+          <t>PB Fintech Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D215" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E215" s="6" t="n">
+        <v>-12250</v>
+      </c>
+      <c r="F215" s="7" t="n">
+        <v>-220.08</v>
+      </c>
+      <c r="G215" s="8" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H215" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J215" s="7" t="n"/>
+    </row>
+    <row r="216">
+      <c r="A216" s="2" t="n">
+        <v>206</v>
+      </c>
+      <c r="B216" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D216" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E216" s="6" t="n">
+        <v>-58650</v>
+      </c>
+      <c r="F216" s="7" t="n">
+        <v>-222.28</v>
+      </c>
+      <c r="G216" s="8" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H216" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J216" s="7" t="n"/>
+    </row>
+    <row r="217">
+      <c r="A217" s="2" t="n">
+        <v>207</v>
+      </c>
+      <c r="B217" s="2" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D217" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E217" s="6" t="n">
+        <v>-6650</v>
+      </c>
+      <c r="F217" s="7" t="n">
+        <v>-234.57</v>
+      </c>
+      <c r="G217" s="8" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H217" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J217" s="7" t="n"/>
+    </row>
+    <row r="218">
+      <c r="A218" s="2" t="n">
+        <v>208</v>
+      </c>
+      <c r="B218" s="2" t="inlineStr">
+        <is>
+          <t>NBCC (India) Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D218" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E218" s="6" t="n">
+        <v>-208000</v>
+      </c>
+      <c r="F218" s="7" t="n">
+        <v>-245.34</v>
+      </c>
+      <c r="G218" s="8" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H218" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J218" s="7" t="n"/>
+    </row>
+    <row r="219">
+      <c r="A219" s="2" t="n">
+        <v>209</v>
+      </c>
+      <c r="B219" s="2" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D219" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E219" s="6" t="n">
+        <v>-7250</v>
+      </c>
+      <c r="F219" s="7" t="n">
+        <v>-259.33</v>
+      </c>
+      <c r="G219" s="8" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H219" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J219" s="7" t="n"/>
+    </row>
+    <row r="220">
+      <c r="A220" s="2" t="n">
+        <v>210</v>
+      </c>
+      <c r="B220" s="2" t="inlineStr">
+        <is>
+          <t>Suzlon Energy Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D220" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E220" s="6" t="n">
+        <v>-456000</v>
+      </c>
+      <c r="F220" s="7" t="n">
+        <v>-272.19</v>
+      </c>
+      <c r="G220" s="8" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H220" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J220" s="7" t="n"/>
+    </row>
+    <row r="221">
+      <c r="A221" s="2" t="n">
+        <v>211</v>
+      </c>
+      <c r="B221" s="2" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D221" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E221" s="6" t="n">
+        <v>-11700</v>
+      </c>
+      <c r="F221" s="7" t="n">
+        <v>-278.96</v>
+      </c>
+      <c r="G221" s="8" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H221" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J221" s="7" t="n"/>
+    </row>
+    <row r="222">
+      <c r="A222" s="2" t="n">
+        <v>212</v>
+      </c>
+      <c r="B222" s="2" t="inlineStr">
+        <is>
+          <t>Indian Renewable Energy Development Agency Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D222" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E222" s="6" t="n">
+        <v>-193200</v>
+      </c>
+      <c r="F222" s="7" t="n">
+        <v>-294.55</v>
+      </c>
+      <c r="G222" s="8" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H222" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J222" s="7" t="n"/>
+    </row>
+    <row r="223">
+      <c r="A223" s="2" t="n">
+        <v>213</v>
+      </c>
+      <c r="B223" s="2" t="inlineStr">
+        <is>
+          <t>Indian Bank Nov25</t>
+        </is>
+      </c>
+      <c r="D223" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E223" s="6" t="n">
+        <v>-35000</v>
+      </c>
+      <c r="F223" s="7" t="n">
+        <v>-302.54</v>
+      </c>
+      <c r="G223" s="8" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H223" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J223" s="7" t="n"/>
+    </row>
+    <row r="224">
+      <c r="A224" s="2" t="n">
+        <v>214</v>
+      </c>
+      <c r="B224" s="2" t="inlineStr">
+        <is>
+          <t>InterGlobe Aviation Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D224" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E224" s="6" t="n">
+        <v>-5400</v>
+      </c>
+      <c r="F224" s="7" t="n">
+        <v>-305.5</v>
+      </c>
+      <c r="G224" s="8" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H224" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J224" s="7" t="n"/>
+    </row>
+    <row r="225">
+      <c r="A225" s="2" t="n">
+        <v>215</v>
+      </c>
+      <c r="B225" s="2" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D225" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E225" s="6" t="n">
+        <v>-6000</v>
+      </c>
+      <c r="F225" s="7" t="n">
+        <v>-334.74</v>
+      </c>
+      <c r="G225" s="8" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H225" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J225" s="7" t="n"/>
+    </row>
+    <row r="226">
+      <c r="A226" s="2" t="n">
+        <v>216</v>
+      </c>
+      <c r="B226" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D226" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E226" s="6" t="n">
+        <v>-10850</v>
+      </c>
+      <c r="F226" s="7" t="n">
+        <v>-335.92</v>
+      </c>
+      <c r="G226" s="8" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H226" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J226" s="7" t="n"/>
+    </row>
+    <row r="227">
+      <c r="A227" s="2" t="n">
+        <v>217</v>
+      </c>
+      <c r="B227" s="2" t="inlineStr">
+        <is>
+          <t>360 ONE WAM LIMITED Nov25</t>
+        </is>
+      </c>
+      <c r="D227" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E227" s="6" t="n">
+        <v>-31000</v>
+      </c>
+      <c r="F227" s="7" t="n">
+        <v>-337.16</v>
+      </c>
+      <c r="G227" s="8" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H227" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J227" s="7" t="n"/>
+    </row>
+    <row r="228">
+      <c r="A228" s="2" t="n">
+        <v>218</v>
+      </c>
+      <c r="B228" s="2" t="inlineStr">
+        <is>
+          <t>KEI Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D228" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E228" s="6" t="n">
+        <v>-8925</v>
+      </c>
+      <c r="F228" s="7" t="n">
+        <v>-360.63</v>
+      </c>
+      <c r="G228" s="8" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H228" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J228" s="7" t="n"/>
+    </row>
+    <row r="229">
+      <c r="A229" s="2" t="n">
+        <v>219</v>
+      </c>
+      <c r="B229" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D229" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E229" s="6" t="n">
+        <v>-25000</v>
+      </c>
+      <c r="F229" s="7" t="n">
+        <v>-376.2</v>
+      </c>
+      <c r="G229" s="8" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H229" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J229" s="7" t="n"/>
+    </row>
+    <row r="230">
+      <c r="A230" s="2" t="n">
+        <v>220</v>
+      </c>
+      <c r="B230" s="2" t="inlineStr">
+        <is>
+          <t>FSN E-Commerce Ventures Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D230" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E230" s="6" t="n">
+        <v>-153125</v>
+      </c>
+      <c r="F230" s="7" t="n">
+        <v>-381.13</v>
+      </c>
+      <c r="G230" s="8" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H230" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J230" s="7" t="n"/>
+    </row>
+    <row r="231">
+      <c r="A231" s="2" t="n">
+        <v>221</v>
+      </c>
+      <c r="B231" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D231" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E231" s="6" t="n">
+        <v>-98800</v>
+      </c>
+      <c r="F231" s="7" t="n">
+        <v>-398.31</v>
+      </c>
+      <c r="G231" s="8" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H231" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J231" s="7" t="n"/>
+    </row>
+    <row r="232">
+      <c r="A232" s="2" t="n">
+        <v>222</v>
+      </c>
+      <c r="B232" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D232" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E232" s="6" t="n">
+        <v>-7950</v>
+      </c>
+      <c r="F232" s="7" t="n">
+        <v>-428.5</v>
+      </c>
+      <c r="G232" s="8" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H232" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J232" s="7" t="n"/>
+    </row>
+    <row r="233">
+      <c r="A233" s="2" t="n">
+        <v>223</v>
+      </c>
+      <c r="B233" s="2" t="inlineStr">
+        <is>
+          <t>Oil India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D233" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E233" s="6" t="n">
+        <v>-99400</v>
+      </c>
+      <c r="F233" s="7" t="n">
+        <v>-429.51</v>
+      </c>
+      <c r="G233" s="8" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H233" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J233" s="7" t="n"/>
+    </row>
+    <row r="234">
+      <c r="A234" s="2" t="n">
+        <v>224</v>
+      </c>
+      <c r="B234" s="2" t="inlineStr">
+        <is>
+          <t>Delhivery Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D234" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E234" s="6" t="n">
+        <v>-93375</v>
+      </c>
+      <c r="F234" s="7" t="n">
+        <v>-438.21</v>
+      </c>
+      <c r="G234" s="8" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H234" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J234" s="7" t="n"/>
+    </row>
+    <row r="235">
+      <c r="A235" s="2" t="n">
+        <v>225</v>
+      </c>
+      <c r="B235" s="2" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D235" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E235" s="6" t="n">
+        <v>-12425</v>
+      </c>
+      <c r="F235" s="7" t="n">
+        <v>-474.86</v>
+      </c>
+      <c r="G235" s="8" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H235" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J235" s="7" t="n"/>
+    </row>
+    <row r="236">
+      <c r="A236" s="2" t="n">
+        <v>226</v>
+      </c>
+      <c r="B236" s="2" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D236" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E236" s="6" t="n">
+        <v>-3150</v>
+      </c>
+      <c r="F236" s="7" t="n">
+        <v>-490.52</v>
+      </c>
+      <c r="G236" s="8" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H236" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J236" s="7" t="n"/>
+    </row>
+    <row r="237">
+      <c r="A237" s="2" t="n">
+        <v>227</v>
+      </c>
+      <c r="B237" s="2" t="inlineStr">
+        <is>
+          <t>Torrent Power Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D237" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E237" s="6" t="n">
+        <v>-37500</v>
+      </c>
+      <c r="F237" s="7" t="n">
+        <v>-495.6</v>
+      </c>
+      <c r="G237" s="8" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H237" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J237" s="7" t="n"/>
+    </row>
+    <row r="238">
+      <c r="A238" s="2" t="n">
+        <v>228</v>
+      </c>
+      <c r="B238" s="2" t="inlineStr">
+        <is>
+          <t>Glenmark Pharmaceuticals Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D238" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E238" s="6" t="n">
+        <v>-27000</v>
+      </c>
+      <c r="F238" s="7" t="n">
+        <v>-513.84</v>
+      </c>
+      <c r="G238" s="8" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H238" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J238" s="7" t="n"/>
+    </row>
+    <row r="239">
+      <c r="A239" s="2" t="n">
+        <v>229</v>
+      </c>
+      <c r="B239" s="2" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D239" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E239" s="6" t="n">
+        <v>-7875</v>
+      </c>
+      <c r="F239" s="7" t="n">
+        <v>-555.34</v>
+      </c>
+      <c r="G239" s="8" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H239" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J239" s="7" t="n"/>
+    </row>
+    <row r="240">
+      <c r="A240" s="2" t="n">
+        <v>230</v>
+      </c>
+      <c r="B240" s="2" t="inlineStr">
+        <is>
+          <t>Jubilant Foodworks Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D240" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E240" s="6" t="n">
+        <v>-92500</v>
+      </c>
+      <c r="F240" s="7" t="n">
+        <v>-555.83</v>
+      </c>
+      <c r="G240" s="8" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H240" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J240" s="7" t="n"/>
+    </row>
+    <row r="241">
+      <c r="A241" s="2" t="n">
+        <v>231</v>
+      </c>
+      <c r="B241" s="2" t="inlineStr">
+        <is>
+          <t>Polycab India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D241" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E241" s="6" t="n">
+        <v>-7250</v>
+      </c>
+      <c r="F241" s="7" t="n">
+        <v>-561.62</v>
+      </c>
+      <c r="G241" s="8" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H241" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J241" s="7" t="n"/>
+    </row>
+    <row r="242">
+      <c r="A242" s="2" t="n">
+        <v>232</v>
+      </c>
+      <c r="B242" s="2" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited 25 Nov 2025</t>
+        </is>
+      </c>
+      <c r="D242" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E242" s="6" t="n">
+        <v>-136800</v>
+      </c>
+      <c r="F242" s="7" t="n">
+        <v>-563.8200000000001</v>
+      </c>
+      <c r="G242" s="8" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H242" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J242" s="7" t="n"/>
+    </row>
+    <row r="243">
+      <c r="A243" s="2" t="n">
+        <v>233</v>
+      </c>
+      <c r="B243" s="2" t="inlineStr">
+        <is>
+          <t>MphasiS Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D243" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E243" s="6" t="n">
+        <v>-20625</v>
+      </c>
+      <c r="F243" s="7" t="n">
+        <v>-573.66</v>
+      </c>
+      <c r="G243" s="8" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H243" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J243" s="7" t="n"/>
+    </row>
+    <row r="244">
+      <c r="A244" s="2" t="n">
+        <v>234</v>
+      </c>
+      <c r="B244" s="2" t="inlineStr">
+        <is>
+          <t>Cipla Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D244" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E244" s="6" t="n">
+        <v>-38625</v>
+      </c>
+      <c r="F244" s="7" t="n">
+        <v>-582.1900000000001</v>
+      </c>
+      <c r="G244" s="8" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H244" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J244" s="7" t="n"/>
+    </row>
+    <row r="245">
+      <c r="A245" s="2" t="n">
+        <v>235</v>
+      </c>
+      <c r="B245" s="2" t="inlineStr">
+        <is>
+          <t>TITAGARH RAIL SYSTEMS LIMITED Nov25</t>
+        </is>
+      </c>
+      <c r="D245" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E245" s="6" t="n">
+        <v>-68150</v>
+      </c>
+      <c r="F245" s="7" t="n">
+        <v>-604.9299999999999</v>
+      </c>
+      <c r="G245" s="8" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H245" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J245" s="7" t="n"/>
+    </row>
+    <row r="246">
+      <c r="A246" s="2" t="n">
+        <v>236</v>
+      </c>
+      <c r="B246" s="2" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D246" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E246" s="6" t="n">
+        <v>-214700</v>
+      </c>
+      <c r="F246" s="7" t="n">
+        <v>-613.83</v>
+      </c>
+      <c r="G246" s="8" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H246" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J246" s="7" t="n"/>
+    </row>
+    <row r="247">
+      <c r="A247" s="2" t="n">
+        <v>237</v>
+      </c>
+      <c r="B247" s="2" t="inlineStr">
+        <is>
+          <t>Sammaan Capital Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D247" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E247" s="6" t="n">
+        <v>-326800</v>
+      </c>
+      <c r="F247" s="7" t="n">
+        <v>-625.2</v>
+      </c>
+      <c r="G247" s="8" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H247" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J247" s="7" t="n"/>
+    </row>
+    <row r="248">
+      <c r="A248" s="2" t="n">
+        <v>238</v>
+      </c>
+      <c r="B248" s="2" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D248" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E248" s="6" t="n">
+        <v>-46200</v>
+      </c>
+      <c r="F248" s="7" t="n">
+        <v>-662.42</v>
+      </c>
+      <c r="G248" s="8" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H248" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J248" s="7" t="n"/>
+    </row>
+    <row r="249">
+      <c r="A249" s="2" t="n">
+        <v>239</v>
+      </c>
+      <c r="B249" s="2" t="inlineStr">
+        <is>
+          <t>Trent Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D249" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E249" s="6" t="n">
+        <v>-14100</v>
+      </c>
+      <c r="F249" s="7" t="n">
+        <v>-664.39</v>
+      </c>
+      <c r="G249" s="8" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H249" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J249" s="7" t="n"/>
+    </row>
+    <row r="250">
+      <c r="A250" s="2" t="n">
+        <v>240</v>
+      </c>
+      <c r="B250" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D250" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E250" s="6" t="n">
+        <v>-140875</v>
+      </c>
+      <c r="F250" s="7" t="n">
+        <v>-674.16</v>
+      </c>
+      <c r="G250" s="8" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H250" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J250" s="7" t="n"/>
+    </row>
+    <row r="251">
+      <c r="A251" s="2" t="n">
+        <v>241</v>
+      </c>
+      <c r="B251" s="2" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D251" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E251" s="6" t="n">
+        <v>-9000</v>
+      </c>
+      <c r="F251" s="7" t="n">
+        <v>-694.89</v>
+      </c>
+      <c r="G251" s="8" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H251" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J251" s="7" t="n"/>
+    </row>
+    <row r="252">
+      <c r="A252" s="2" t="n">
+        <v>242</v>
+      </c>
+      <c r="B252" s="2" t="inlineStr">
+        <is>
+          <t>UPL Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D252" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E252" s="6" t="n">
+        <v>-96205</v>
+      </c>
+      <c r="F252" s="7" t="n">
+        <v>-697.6799999999999</v>
+      </c>
+      <c r="G252" s="8" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H252" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J252" s="7" t="n"/>
+    </row>
+    <row r="253">
+      <c r="A253" s="2" t="n">
+        <v>243</v>
+      </c>
+      <c r="B253" s="2" t="inlineStr">
+        <is>
+          <t>Angel One Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D253" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E253" s="6" t="n">
+        <v>-28250</v>
+      </c>
+      <c r="F253" s="7" t="n">
+        <v>-708.03</v>
+      </c>
+      <c r="G253" s="8" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H253" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J253" s="7" t="n"/>
+    </row>
+    <row r="254">
+      <c r="A254" s="2" t="n">
+        <v>244</v>
+      </c>
+      <c r="B254" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D254" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E254" s="6" t="n">
+        <v>-57500</v>
+      </c>
+      <c r="F254" s="7" t="n">
+        <v>-717.89</v>
+      </c>
+      <c r="G254" s="8" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H254" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J254" s="7" t="n"/>
+    </row>
+    <row r="255">
+      <c r="A255" s="2" t="n">
+        <v>245</v>
+      </c>
+      <c r="B255" s="2" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D255" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E255" s="6" t="n">
+        <v>-396900</v>
+      </c>
+      <c r="F255" s="7" t="n">
+        <v>-726.6799999999999</v>
+      </c>
+      <c r="G255" s="8" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H255" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J255" s="7" t="n"/>
+    </row>
+    <row r="256">
+      <c r="A256" s="2" t="n">
+        <v>246</v>
+      </c>
+      <c r="B256" s="2" t="inlineStr">
+        <is>
+          <t>Indian Oil Corporation Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D256" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E256" s="6" t="n">
+        <v>-448500</v>
+      </c>
+      <c r="F256" s="7" t="n">
+        <v>-747.29</v>
+      </c>
+      <c r="G256" s="8" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H256" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J256" s="7" t="n"/>
+    </row>
+    <row r="257">
+      <c r="A257" s="2" t="n">
+        <v>247</v>
+      </c>
+      <c r="B257" s="2" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D257" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E257" s="6" t="n">
+        <v>-294750</v>
+      </c>
+      <c r="F257" s="7" t="n">
+        <v>-756.39</v>
+      </c>
+      <c r="G257" s="8" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H257" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J257" s="7" t="n"/>
+    </row>
+    <row r="258">
+      <c r="A258" s="2" t="n">
+        <v>248</v>
+      </c>
+      <c r="B258" s="2" t="inlineStr">
+        <is>
+          <t>Adani Green Energy Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D258" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E258" s="6" t="n">
+        <v>-66600</v>
+      </c>
+      <c r="F258" s="7" t="n">
+        <v>-763.04</v>
+      </c>
+      <c r="G258" s="8" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H258" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J258" s="7" t="n"/>
+    </row>
+    <row r="259">
+      <c r="A259" s="2" t="n">
+        <v>249</v>
+      </c>
+      <c r="B259" s="2" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D259" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E259" s="6" t="n">
+        <v>-281106</v>
+      </c>
+      <c r="F259" s="7" t="n">
+        <v>-765.48</v>
+      </c>
+      <c r="G259" s="8" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H259" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J259" s="7" t="n"/>
+    </row>
+    <row r="260">
+      <c r="A260" s="2" t="n">
+        <v>250</v>
+      </c>
+      <c r="B260" s="2" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D260" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E260" s="6" t="n">
+        <v>-271800</v>
+      </c>
+      <c r="F260" s="7" t="n">
+        <v>-768.92</v>
+      </c>
+      <c r="G260" s="8" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H260" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J260" s="7" t="n"/>
+    </row>
+    <row r="261">
+      <c r="A261" s="2" t="n">
+        <v>251</v>
+      </c>
+      <c r="B261" s="2" t="inlineStr">
+        <is>
+          <t>The Indian Hotels Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D261" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E261" s="6" t="n">
+        <v>-105000</v>
+      </c>
+      <c r="F261" s="7" t="n">
+        <v>-784.24</v>
+      </c>
+      <c r="G261" s="8" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H261" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J261" s="7" t="n"/>
+    </row>
+    <row r="262">
+      <c r="A262" s="2" t="n">
+        <v>252</v>
+      </c>
+      <c r="B262" s="2" t="inlineStr">
+        <is>
+          <t>Cyient Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D262" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E262" s="6" t="n">
+        <v>-68425</v>
+      </c>
+      <c r="F262" s="7" t="n">
+        <v>-799.89</v>
+      </c>
+      <c r="G262" s="8" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H262" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J262" s="7" t="n"/>
+    </row>
+    <row r="263">
+      <c r="A263" s="2" t="n">
+        <v>253</v>
+      </c>
+      <c r="B263" s="2" t="inlineStr">
+        <is>
+          <t>HFCL Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D263" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E263" s="6" t="n">
+        <v>-1122300</v>
+      </c>
+      <c r="F263" s="7" t="n">
+        <v>-828.48</v>
+      </c>
+      <c r="G263" s="8" t="n">
+        <v>-0.0013</v>
+      </c>
+      <c r="H263" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J263" s="7" t="n"/>
+    </row>
+    <row r="264">
+      <c r="A264" s="2" t="n">
+        <v>254</v>
+      </c>
+      <c r="B264" s="2" t="inlineStr">
+        <is>
+          <t>Laurus Labs Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D264" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E264" s="6" t="n">
+        <v>-86700</v>
+      </c>
+      <c r="F264" s="7" t="n">
+        <v>-830.98</v>
+      </c>
+      <c r="G264" s="8" t="n">
+        <v>-0.0013</v>
+      </c>
+      <c r="H264" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J264" s="7" t="n"/>
+    </row>
+    <row r="265">
+      <c r="A265" s="2" t="n">
+        <v>255</v>
+      </c>
+      <c r="B265" s="2" t="inlineStr">
+        <is>
+          <t>Varun Beverages Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D265" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E265" s="6" t="n">
+        <v>-178350</v>
+      </c>
+      <c r="F265" s="7" t="n">
+        <v>-841.9</v>
+      </c>
+      <c r="G265" s="8" t="n">
+        <v>-0.0013</v>
+      </c>
+      <c r="H265" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J265" s="7" t="n"/>
+    </row>
+    <row r="266">
+      <c r="A266" s="2" t="n">
+        <v>256</v>
+      </c>
+      <c r="B266" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D266" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E266" s="6" t="n">
+        <v>-115500</v>
+      </c>
+      <c r="F266" s="7" t="n">
+        <v>-850.54</v>
+      </c>
+      <c r="G266" s="8" t="n">
+        <v>-0.0013</v>
+      </c>
+      <c r="H266" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J266" s="7" t="n"/>
+    </row>
+    <row r="267">
+      <c r="A267" s="2" t="n">
+        <v>257</v>
+      </c>
+      <c r="B267" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D267" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E267" s="6" t="n">
+        <v>-180225</v>
+      </c>
+      <c r="F267" s="7" t="n">
+        <v>-854.09</v>
+      </c>
+      <c r="G267" s="8" t="n">
+        <v>-0.0013</v>
+      </c>
+      <c r="H267" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J267" s="7" t="n"/>
+    </row>
+    <row r="268">
+      <c r="A268" s="2" t="n">
+        <v>258</v>
+      </c>
+      <c r="B268" s="2" t="inlineStr">
+        <is>
+          <t>The Federal Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D268" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E268" s="6" t="n">
+        <v>-380000</v>
+      </c>
+      <c r="F268" s="7" t="n">
+        <v>-902.35</v>
+      </c>
+      <c r="G268" s="8" t="n">
+        <v>-0.0014</v>
+      </c>
+      <c r="H268" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J268" s="7" t="n"/>
+    </row>
+    <row r="269">
+      <c r="A269" s="2" t="n">
+        <v>259</v>
+      </c>
+      <c r="B269" s="2" t="inlineStr">
+        <is>
+          <t>Manappuram Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D269" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E269" s="6" t="n">
+        <v>-336000</v>
+      </c>
+      <c r="F269" s="7" t="n">
+        <v>-911.9</v>
+      </c>
+      <c r="G269" s="8" t="n">
+        <v>-0.0014</v>
+      </c>
+      <c r="H269" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J269" s="7" t="n"/>
+    </row>
+    <row r="270">
+      <c r="A270" s="2" t="n">
+        <v>260</v>
+      </c>
+      <c r="B270" s="2" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D270" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E270" s="6" t="n">
+        <v>-891750</v>
+      </c>
+      <c r="F270" s="7" t="n">
+        <v>-945.17</v>
+      </c>
+      <c r="G270" s="8" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H270" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J270" s="7" t="n"/>
+    </row>
+    <row r="271">
+      <c r="A271" s="2" t="n">
+        <v>261</v>
+      </c>
+      <c r="B271" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Life Insurance Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D271" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E271" s="6" t="n">
+        <v>-161875</v>
+      </c>
+      <c r="F271" s="7" t="n">
+        <v>-960.8099999999999</v>
+      </c>
+      <c r="G271" s="8" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H271" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J271" s="7" t="n"/>
+    </row>
+    <row r="272">
+      <c r="A272" s="2" t="n">
+        <v>262</v>
+      </c>
+      <c r="B272" s="2" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D272" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E272" s="6" t="n">
+        <v>-174300</v>
+      </c>
+      <c r="F272" s="7" t="n">
+        <v>-991.33</v>
+      </c>
+      <c r="G272" s="8" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H272" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J272" s="7" t="n"/>
+    </row>
+    <row r="273">
+      <c r="A273" s="2" t="n">
+        <v>263</v>
+      </c>
+      <c r="B273" s="2" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D273" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E273" s="6" t="n">
+        <v>-72375</v>
+      </c>
+      <c r="F273" s="7" t="n">
+        <v>-997.4</v>
+      </c>
+      <c r="G273" s="8" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H273" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J273" s="7" t="n"/>
+    </row>
+    <row r="274">
+      <c r="A274" s="2" t="n">
+        <v>264</v>
+      </c>
+      <c r="B274" s="2" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D274" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E274" s="6" t="n">
+        <v>-45375</v>
+      </c>
+      <c r="F274" s="7" t="n">
+        <v>-1044.21</v>
+      </c>
+      <c r="G274" s="8" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H274" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J274" s="7" t="n"/>
+    </row>
+    <row r="275">
+      <c r="A275" s="2" t="n">
+        <v>265</v>
+      </c>
+      <c r="B275" s="2" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D275" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E275" s="6" t="n">
+        <v>-53625</v>
+      </c>
+      <c r="F275" s="7" t="n">
+        <v>-1050.73</v>
+      </c>
+      <c r="G275" s="8" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H275" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J275" s="7" t="n"/>
+    </row>
+    <row r="276">
+      <c r="A276" s="2" t="n">
+        <v>266</v>
+      </c>
+      <c r="B276" s="2" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D276" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E276" s="6" t="n">
+        <v>-77000</v>
+      </c>
+      <c r="F276" s="7" t="n">
+        <v>-1119.66</v>
+      </c>
+      <c r="G276" s="8" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H276" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J276" s="7" t="n"/>
+    </row>
+    <row r="277">
+      <c r="A277" s="2" t="n">
+        <v>267</v>
+      </c>
+      <c r="B277" s="2" t="inlineStr">
+        <is>
+          <t>SRF Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D277" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E277" s="6" t="n">
+        <v>-38600</v>
+      </c>
+      <c r="F277" s="7" t="n">
+        <v>-1136.92</v>
+      </c>
+      <c r="G277" s="8" t="n">
+        <v>-0.0018</v>
+      </c>
+      <c r="H277" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J277" s="7" t="n"/>
+    </row>
+    <row r="278">
+      <c r="A278" s="2" t="n">
+        <v>268</v>
+      </c>
+      <c r="B278" s="2" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D278" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E278" s="6" t="n">
+        <v>-317900</v>
+      </c>
+      <c r="F278" s="7" t="n">
+        <v>-1163.99</v>
+      </c>
+      <c r="G278" s="8" t="n">
+        <v>-0.0018</v>
+      </c>
+      <c r="H278" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J278" s="7" t="n"/>
+    </row>
+    <row r="279">
+      <c r="A279" s="2" t="n">
+        <v>269</v>
+      </c>
+      <c r="B279" s="2" t="inlineStr">
+        <is>
+          <t>Indian Energy Exchange Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D279" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E279" s="6" t="n">
+        <v>-877500</v>
+      </c>
+      <c r="F279" s="7" t="n">
+        <v>-1225.08</v>
+      </c>
+      <c r="G279" s="8" t="n">
+        <v>-0.0019</v>
+      </c>
+      <c r="H279" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J279" s="7" t="n"/>
+    </row>
+    <row r="280">
+      <c r="A280" s="2" t="n">
+        <v>270</v>
+      </c>
+      <c r="B280" s="2" t="inlineStr">
+        <is>
+          <t>Sona BLW Precision Forgings Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D280" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E280" s="6" t="n">
+        <v>-258300</v>
+      </c>
+      <c r="F280" s="7" t="n">
+        <v>-1225.89</v>
+      </c>
+      <c r="G280" s="8" t="n">
+        <v>-0.0019</v>
+      </c>
+      <c r="H280" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J280" s="7" t="n"/>
+    </row>
+    <row r="281">
+      <c r="A281" s="2" t="n">
+        <v>271</v>
+      </c>
+      <c r="B281" s="2" t="inlineStr">
+        <is>
+          <t>Computer Age Management Services Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D281" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E281" s="6" t="n">
+        <v>-33000</v>
+      </c>
+      <c r="F281" s="7" t="n">
+        <v>-1300.3</v>
+      </c>
+      <c r="G281" s="8" t="n">
+        <v>-0.002</v>
+      </c>
+      <c r="H281" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J281" s="7" t="n"/>
+    </row>
+    <row r="282">
+      <c r="A282" s="2" t="n">
+        <v>272</v>
+      </c>
+      <c r="B282" s="2" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D282" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E282" s="6" t="n">
+        <v>-78050</v>
+      </c>
+      <c r="F282" s="7" t="n">
+        <v>-1321.93</v>
+      </c>
+      <c r="G282" s="8" t="n">
+        <v>-0.0021</v>
+      </c>
+      <c r="H282" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J282" s="7" t="n"/>
+    </row>
+    <row r="283">
+      <c r="A283" s="2" t="n">
+        <v>273</v>
+      </c>
+      <c r="B283" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D283" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E283" s="6" t="n">
+        <v>-63000</v>
+      </c>
+      <c r="F283" s="7" t="n">
+        <v>-1324.26</v>
+      </c>
+      <c r="G283" s="8" t="n">
+        <v>-0.0021</v>
+      </c>
+      <c r="H283" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J283" s="7" t="n"/>
+    </row>
+    <row r="284">
+      <c r="A284" s="2" t="n">
+        <v>274</v>
+      </c>
+      <c r="B284" s="2" t="inlineStr">
+        <is>
+          <t>Lodha Developers Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D284" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E284" s="6" t="n">
+        <v>-115650</v>
+      </c>
+      <c r="F284" s="7" t="n">
+        <v>-1393.81</v>
+      </c>
+      <c r="G284" s="8" t="n">
+        <v>-0.0022</v>
+      </c>
+      <c r="H284" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J284" s="7" t="n"/>
+    </row>
+    <row r="285">
+      <c r="A285" s="2" t="n">
+        <v>275</v>
+      </c>
+      <c r="B285" s="2" t="inlineStr">
+        <is>
+          <t>Kalyan Jewellers India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D285" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E285" s="6" t="n">
+        <v>-303150</v>
+      </c>
+      <c r="F285" s="7" t="n">
+        <v>-1555.77</v>
+      </c>
+      <c r="G285" s="8" t="n">
+        <v>-0.0024</v>
+      </c>
+      <c r="H285" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J285" s="7" t="n"/>
+    </row>
+    <row r="286">
+      <c r="A286" s="2" t="n">
+        <v>276</v>
+      </c>
+      <c r="B286" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D286" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E286" s="6" t="n">
+        <v>-158400</v>
+      </c>
+      <c r="F286" s="7" t="n">
+        <v>-1584.48</v>
+      </c>
+      <c r="G286" s="8" t="n">
+        <v>-0.0025</v>
+      </c>
+      <c r="H286" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J286" s="7" t="n"/>
+    </row>
+    <row r="287">
+      <c r="A287" s="2" t="n">
+        <v>277</v>
+      </c>
+      <c r="B287" s="2" t="inlineStr">
+        <is>
+          <t>IIFL Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D287" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E287" s="6" t="n">
+        <v>-308550</v>
+      </c>
+      <c r="F287" s="7" t="n">
+        <v>-1655.68</v>
+      </c>
+      <c r="G287" s="8" t="n">
+        <v>-0.0026</v>
+      </c>
+      <c r="H287" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J287" s="7" t="n"/>
+    </row>
+    <row r="288">
+      <c r="A288" s="2" t="n">
+        <v>278</v>
+      </c>
+      <c r="B288" s="2" t="inlineStr">
+        <is>
+          <t>Container Corporation of India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D288" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E288" s="6" t="n">
+        <v>-310000</v>
+      </c>
+      <c r="F288" s="7" t="n">
+        <v>-1693.68</v>
+      </c>
+      <c r="G288" s="8" t="n">
+        <v>-0.0026</v>
+      </c>
+      <c r="H288" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J288" s="7" t="n"/>
+    </row>
+    <row r="289">
+      <c r="A289" s="2" t="n">
+        <v>279</v>
+      </c>
+      <c r="B289" s="2" t="inlineStr">
+        <is>
+          <t>Bank of India Nov25</t>
+        </is>
+      </c>
+      <c r="D289" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E289" s="6" t="n">
+        <v>-1211600</v>
+      </c>
+      <c r="F289" s="7" t="n">
+        <v>-1700.72</v>
+      </c>
+      <c r="G289" s="8" t="n">
+        <v>-0.0026</v>
+      </c>
+      <c r="H289" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J289" s="7" t="n"/>
+    </row>
+    <row r="290">
+      <c r="A290" s="2" t="n">
+        <v>280</v>
+      </c>
+      <c r="B290" s="2" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation Of India Nov25</t>
+        </is>
+      </c>
+      <c r="D290" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E290" s="6" t="n">
+        <v>-190400</v>
+      </c>
+      <c r="F290" s="7" t="n">
+        <v>-1709.51</v>
+      </c>
+      <c r="G290" s="8" t="n">
+        <v>-0.0027</v>
+      </c>
+      <c r="H290" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J290" s="7" t="n"/>
+    </row>
+    <row r="291">
+      <c r="A291" s="2" t="n">
+        <v>281</v>
+      </c>
+      <c r="B291" s="2" t="inlineStr">
+        <is>
+          <t>BSE Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D291" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E291" s="6" t="n">
+        <v>-70125</v>
+      </c>
+      <c r="F291" s="7" t="n">
+        <v>-1749.83</v>
+      </c>
+      <c r="G291" s="8" t="n">
+        <v>-0.0027</v>
+      </c>
+      <c r="H291" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J291" s="7" t="n"/>
+    </row>
+    <row r="292">
+      <c r="A292" s="2" t="n">
+        <v>282</v>
+      </c>
+      <c r="B292" s="2" t="inlineStr">
+        <is>
+          <t>Biocon Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D292" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E292" s="6" t="n">
+        <v>-467500</v>
+      </c>
+      <c r="F292" s="7" t="n">
+        <v>-1750.79</v>
+      </c>
+      <c r="G292" s="8" t="n">
+        <v>-0.0027</v>
+      </c>
+      <c r="H292" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J292" s="7" t="n"/>
+    </row>
+    <row r="293">
+      <c r="A293" s="2" t="n">
+        <v>283</v>
+      </c>
+      <c r="B293" s="2" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D293" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E293" s="6" t="n">
+        <v>-1141200</v>
+      </c>
+      <c r="F293" s="7" t="n">
+        <v>-1792.94</v>
+      </c>
+      <c r="G293" s="8" t="n">
+        <v>-0.0028</v>
+      </c>
+      <c r="H293" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J293" s="7" t="n"/>
+    </row>
+    <row r="294">
+      <c r="A294" s="2" t="n">
+        <v>284</v>
+      </c>
+      <c r="B294" s="2" t="inlineStr">
+        <is>
+          <t>Exide Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D294" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E294" s="6" t="n">
+        <v>-469800</v>
+      </c>
+      <c r="F294" s="7" t="n">
+        <v>-1801.21</v>
+      </c>
+      <c r="G294" s="8" t="n">
+        <v>-0.0028</v>
+      </c>
+      <c r="H294" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J294" s="7" t="n"/>
+    </row>
+    <row r="295">
+      <c r="A295" s="2" t="n">
+        <v>285</v>
+      </c>
+      <c r="B295" s="2" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D295" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E295" s="6" t="n">
+        <v>-119350</v>
+      </c>
+      <c r="F295" s="7" t="n">
+        <v>-1849.81</v>
+      </c>
+      <c r="G295" s="8" t="n">
+        <v>-0.0029</v>
+      </c>
+      <c r="H295" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J295" s="7" t="n"/>
+    </row>
+    <row r="296">
+      <c r="A296" s="2" t="n">
+        <v>286</v>
+      </c>
+      <c r="B296" s="2" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D296" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E296" s="6" t="n">
+        <v>-11600</v>
+      </c>
+      <c r="F296" s="7" t="n">
+        <v>-1889.29</v>
+      </c>
+      <c r="G296" s="8" t="n">
+        <v>-0.0029</v>
+      </c>
+      <c r="H296" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J296" s="7" t="n"/>
+    </row>
+    <row r="297">
+      <c r="A297" s="2" t="n">
+        <v>287</v>
+      </c>
+      <c r="B297" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D297" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E297" s="6" t="n">
+        <v>-140700</v>
+      </c>
+      <c r="F297" s="7" t="n">
+        <v>-1918.16</v>
+      </c>
+      <c r="G297" s="8" t="n">
+        <v>-0.003</v>
+      </c>
+      <c r="H297" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J297" s="7" t="n"/>
+    </row>
+    <row r="298">
+      <c r="A298" s="2" t="n">
+        <v>288</v>
+      </c>
+      <c r="B298" s="2" t="inlineStr">
+        <is>
+          <t>Syngene International Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D298" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E298" s="6" t="n">
+        <v>-296000</v>
+      </c>
+      <c r="F298" s="7" t="n">
+        <v>-1934.36</v>
+      </c>
+      <c r="G298" s="8" t="n">
+        <v>-0.003</v>
+      </c>
+      <c r="H298" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J298" s="7" t="n"/>
+    </row>
+    <row r="299">
+      <c r="A299" s="2" t="n">
+        <v>289</v>
+      </c>
+      <c r="B299" s="2" t="inlineStr">
+        <is>
+          <t>JSW Energy Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D299" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E299" s="6" t="n">
+        <v>-367000</v>
+      </c>
+      <c r="F299" s="7" t="n">
+        <v>-1947.67</v>
+      </c>
+      <c r="G299" s="8" t="n">
+        <v>-0.003</v>
+      </c>
+      <c r="H299" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J299" s="7" t="n"/>
+    </row>
+    <row r="300">
+      <c r="A300" s="2" t="n">
+        <v>290</v>
+      </c>
+      <c r="B300" s="2" t="inlineStr">
+        <is>
+          <t>NMDC Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D300" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E300" s="6" t="n">
+        <v>-2565000</v>
+      </c>
+      <c r="F300" s="7" t="n">
+        <v>-1951.2</v>
+      </c>
+      <c r="G300" s="8" t="n">
+        <v>-0.003</v>
+      </c>
+      <c r="H300" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J300" s="7" t="n"/>
+    </row>
+    <row r="301">
+      <c r="A301" s="2" t="n">
+        <v>291</v>
+      </c>
+      <c r="B301" s="2" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D301" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E301" s="6" t="n">
+        <v>-693000</v>
+      </c>
+      <c r="F301" s="7" t="n">
+        <v>-1970.89</v>
+      </c>
+      <c r="G301" s="8" t="n">
+        <v>-0.0031</v>
+      </c>
+      <c r="H301" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J301" s="7" t="n"/>
+    </row>
+    <row r="302">
+      <c r="A302" s="2" t="n">
+        <v>292</v>
+      </c>
+      <c r="B302" s="2" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D302" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E302" s="6" t="n">
+        <v>-1100000</v>
+      </c>
+      <c r="F302" s="7" t="n">
+        <v>-2022.79</v>
+      </c>
+      <c r="G302" s="8" t="n">
+        <v>-0.0031</v>
+      </c>
+      <c r="H302" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J302" s="7" t="n"/>
+    </row>
+    <row r="303">
+      <c r="A303" s="2" t="n">
+        <v>293</v>
+      </c>
+      <c r="B303" s="2" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D303" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E303" s="6" t="n">
+        <v>-35250</v>
+      </c>
+      <c r="F303" s="7" t="n">
+        <v>-2069.7</v>
+      </c>
+      <c r="G303" s="8" t="n">
+        <v>-0.0032</v>
+      </c>
+      <c r="H303" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J303" s="7" t="n"/>
+    </row>
+    <row r="304">
+      <c r="A304" s="2" t="n">
+        <v>294</v>
+      </c>
+      <c r="B304" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D304" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E304" s="6" t="n">
+        <v>-90300</v>
+      </c>
+      <c r="F304" s="7" t="n">
+        <v>-2223.55</v>
+      </c>
+      <c r="G304" s="8" t="n">
+        <v>-0.0034</v>
+      </c>
+      <c r="H304" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J304" s="7" t="n"/>
+    </row>
+    <row r="305">
+      <c r="A305" s="2" t="n">
+        <v>295</v>
+      </c>
+      <c r="B305" s="2" t="inlineStr">
+        <is>
+          <t>NTPC Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D305" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E305" s="6" t="n">
+        <v>-690000</v>
+      </c>
+      <c r="F305" s="7" t="n">
+        <v>-2314.6</v>
+      </c>
+      <c r="G305" s="8" t="n">
+        <v>-0.0036</v>
+      </c>
+      <c r="H305" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J305" s="7" t="n"/>
+    </row>
+    <row r="306">
+      <c r="A306" s="2" t="n">
+        <v>296</v>
+      </c>
+      <c r="B306" s="2" t="inlineStr">
+        <is>
+          <t>RBL Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D306" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E306" s="6" t="n">
+        <v>-711200</v>
+      </c>
+      <c r="F306" s="7" t="n">
+        <v>-2332.02</v>
+      </c>
+      <c r="G306" s="8" t="n">
+        <v>-0.0036</v>
+      </c>
+      <c r="H306" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J306" s="7" t="n"/>
+    </row>
+    <row r="307">
+      <c r="A307" s="2" t="n">
+        <v>297</v>
+      </c>
+      <c r="B307" s="2" t="inlineStr">
+        <is>
+          <t>Patanjali Foods Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D307" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E307" s="6" t="n">
+        <v>-402300</v>
+      </c>
+      <c r="F307" s="7" t="n">
+        <v>-2439.55</v>
+      </c>
+      <c r="G307" s="8" t="n">
+        <v>-0.0038</v>
+      </c>
+      <c r="H307" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J307" s="7" t="n"/>
+    </row>
+    <row r="308">
+      <c r="A308" s="2" t="n">
+        <v>298</v>
+      </c>
+      <c r="B308" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D308" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E308" s="6" t="n">
+        <v>-71000</v>
+      </c>
+      <c r="F308" s="7" t="n">
+        <v>-2492.24</v>
+      </c>
+      <c r="G308" s="8" t="n">
+        <v>-0.0039</v>
+      </c>
+      <c r="H308" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J308" s="7" t="n"/>
+    </row>
+    <row r="309">
+      <c r="A309" s="2" t="n">
+        <v>299</v>
+      </c>
+      <c r="B309" s="2" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D309" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E309" s="6" t="n">
+        <v>-771900</v>
+      </c>
+      <c r="F309" s="7" t="n">
+        <v>-2519.1</v>
+      </c>
+      <c r="G309" s="8" t="n">
+        <v>-0.0039</v>
+      </c>
+      <c r="H309" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J309" s="7" t="n"/>
+    </row>
+    <row r="310">
+      <c r="A310" s="2" t="n">
+        <v>300</v>
+      </c>
+      <c r="B310" s="2" t="inlineStr">
+        <is>
+          <t>Yes Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D310" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E310" s="6" t="n">
+        <v>-11164900</v>
+      </c>
+      <c r="F310" s="7" t="n">
+        <v>-2551.18</v>
+      </c>
+      <c r="G310" s="8" t="n">
+        <v>-0.004</v>
+      </c>
+      <c r="H310" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J310" s="7" t="n"/>
+    </row>
+    <row r="311">
+      <c r="A311" s="2" t="n">
+        <v>301</v>
+      </c>
+      <c r="B311" s="2" t="inlineStr">
+        <is>
+          <t>DLF Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D311" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E311" s="6" t="n">
+        <v>-352275</v>
+      </c>
+      <c r="F311" s="7" t="n">
+        <v>-2681.34</v>
+      </c>
+      <c r="G311" s="8" t="n">
+        <v>-0.0042</v>
+      </c>
+      <c r="H311" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J311" s="7" t="n"/>
+    </row>
+    <row r="312">
+      <c r="A312" s="2" t="n">
+        <v>302</v>
+      </c>
+      <c r="B312" s="2" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D312" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E312" s="6" t="n">
+        <v>-29000</v>
+      </c>
+      <c r="F312" s="7" t="n">
+        <v>-2696.71</v>
+      </c>
+      <c r="G312" s="8" t="n">
+        <v>-0.0042</v>
+      </c>
+      <c r="H312" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J312" s="7" t="n"/>
+    </row>
+    <row r="313">
+      <c r="A313" s="2" t="n">
+        <v>303</v>
+      </c>
+      <c r="B313" s="2" t="inlineStr">
+        <is>
+          <t>PNB Housing Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D313" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E313" s="6" t="n">
+        <v>-303550</v>
+      </c>
+      <c r="F313" s="7" t="n">
+        <v>-2829.39</v>
+      </c>
+      <c r="G313" s="8" t="n">
+        <v>-0.0044</v>
+      </c>
+      <c r="H313" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J313" s="7" t="n"/>
+    </row>
+    <row r="314">
+      <c r="A314" s="2" t="n">
+        <v>304</v>
+      </c>
+      <c r="B314" s="2" t="inlineStr">
+        <is>
+          <t>Coforge Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D314" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E314" s="6" t="n">
+        <v>-158625</v>
+      </c>
+      <c r="F314" s="7" t="n">
+        <v>-2839.7</v>
+      </c>
+      <c r="G314" s="8" t="n">
+        <v>-0.0044</v>
+      </c>
+      <c r="H314" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J314" s="7" t="n"/>
+    </row>
+    <row r="315">
+      <c r="A315" s="2" t="n">
+        <v>305</v>
+      </c>
+      <c r="B315" s="2" t="inlineStr">
+        <is>
+          <t>Nestle India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D315" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E315" s="6" t="n">
+        <v>-223500</v>
+      </c>
+      <c r="F315" s="7" t="n">
+        <v>-2860.8</v>
+      </c>
+      <c r="G315" s="8" t="n">
+        <v>-0.0044</v>
+      </c>
+      <c r="H315" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J315" s="7" t="n"/>
+    </row>
+    <row r="316">
+      <c r="A316" s="2" t="n">
+        <v>306</v>
+      </c>
+      <c r="B316" s="2" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D316" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E316" s="6" t="n">
+        <v>-2115000</v>
+      </c>
+      <c r="F316" s="7" t="n">
+        <v>-2911.3</v>
+      </c>
+      <c r="G316" s="8" t="n">
+        <v>-0.0045</v>
+      </c>
+      <c r="H316" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J316" s="7" t="n"/>
+    </row>
+    <row r="317">
+      <c r="A317" s="2" t="n">
+        <v>307</v>
+      </c>
+      <c r="B317" s="2" t="inlineStr">
+        <is>
+          <t>Lupin Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D317" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E317" s="6" t="n">
+        <v>-148750</v>
+      </c>
+      <c r="F317" s="7" t="n">
+        <v>-2941.38</v>
+      </c>
+      <c r="G317" s="8" t="n">
+        <v>-0.0046</v>
+      </c>
+      <c r="H317" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J317" s="7" t="n"/>
+    </row>
+    <row r="318">
+      <c r="A318" s="2" t="n">
+        <v>308</v>
+      </c>
+      <c r="B318" s="2" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D318" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E318" s="6" t="n">
+        <v>-374500</v>
+      </c>
+      <c r="F318" s="7" t="n">
+        <v>-2989.63</v>
+      </c>
+      <c r="G318" s="8" t="n">
+        <v>-0.0046</v>
+      </c>
+      <c r="H318" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J318" s="7" t="n"/>
+    </row>
+    <row r="319">
+      <c r="A319" s="2" t="n">
+        <v>309</v>
+      </c>
+      <c r="B319" s="2" t="inlineStr">
+        <is>
+          <t>Grasim Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D319" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E319" s="6" t="n">
+        <v>-103000</v>
+      </c>
+      <c r="F319" s="7" t="n">
+        <v>-2991.22</v>
+      </c>
+      <c r="G319" s="8" t="n">
+        <v>-0.0046</v>
+      </c>
+      <c r="H319" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J319" s="7" t="n"/>
+    </row>
+    <row r="320">
+      <c r="A320" s="2" t="n">
+        <v>310</v>
+      </c>
+      <c r="B320" s="2" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D320" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E320" s="6" t="n">
+        <v>-214225</v>
+      </c>
+      <c r="F320" s="7" t="n">
+        <v>-3127.68</v>
+      </c>
+      <c r="G320" s="8" t="n">
+        <v>-0.0049</v>
+      </c>
+      <c r="H320" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J320" s="7" t="n"/>
+    </row>
+    <row r="321">
+      <c r="A321" s="2" t="n">
+        <v>311</v>
+      </c>
+      <c r="B321" s="2" t="inlineStr">
+        <is>
+          <t>Divi's Laboratories Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D321" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E321" s="6" t="n">
+        <v>-46200</v>
+      </c>
+      <c r="F321" s="7" t="n">
+        <v>-3136.75</v>
+      </c>
+      <c r="G321" s="8" t="n">
+        <v>-0.0049</v>
+      </c>
+      <c r="H321" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J321" s="7" t="n"/>
+    </row>
+    <row r="322">
+      <c r="A322" s="2" t="n">
+        <v>312</v>
+      </c>
+      <c r="B322" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D322" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E322" s="6" t="n">
+        <v>-304500</v>
+      </c>
+      <c r="F322" s="7" t="n">
+        <v>-3196.03</v>
+      </c>
+      <c r="G322" s="8" t="n">
+        <v>-0.005</v>
+      </c>
+      <c r="H322" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J322" s="7" t="n"/>
+    </row>
+    <row r="323">
+      <c r="A323" s="2" t="n">
+        <v>313</v>
+      </c>
+      <c r="B323" s="2" t="inlineStr">
+        <is>
+          <t>National Aluminium Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D323" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E323" s="6" t="n">
+        <v>-1368750</v>
+      </c>
+      <c r="F323" s="7" t="n">
+        <v>-3198.91</v>
+      </c>
+      <c r="G323" s="8" t="n">
+        <v>-0.005</v>
+      </c>
+      <c r="H323" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J323" s="7" t="n"/>
+    </row>
+    <row r="324">
+      <c r="A324" s="2" t="n">
+        <v>314</v>
+      </c>
+      <c r="B324" s="2" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D324" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E324" s="6" t="n">
+        <v>-445375</v>
+      </c>
+      <c r="F324" s="7" t="n">
+        <v>-3205.59</v>
+      </c>
+      <c r="G324" s="8" t="n">
+        <v>-0.005</v>
+      </c>
+      <c r="H324" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J324" s="7" t="n"/>
+    </row>
+    <row r="325">
+      <c r="A325" s="2" t="n">
+        <v>315</v>
+      </c>
+      <c r="B325" s="2" t="inlineStr">
+        <is>
+          <t>Adani Energy Solutions Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D325" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E325" s="6" t="n">
+        <v>-325350</v>
+      </c>
+      <c r="F325" s="7" t="n">
+        <v>-3225.85</v>
+      </c>
+      <c r="G325" s="8" t="n">
+        <v>-0.005</v>
+      </c>
+      <c r="H325" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J325" s="7" t="n"/>
+    </row>
+    <row r="326">
+      <c r="A326" s="2" t="n">
+        <v>316</v>
+      </c>
+      <c r="B326" s="2" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D326" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E326" s="6" t="n">
+        <v>-194250</v>
+      </c>
+      <c r="F326" s="7" t="n">
+        <v>-3302.64</v>
+      </c>
+      <c r="G326" s="8" t="n">
+        <v>-0.0051</v>
+      </c>
+      <c r="H326" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J326" s="7" t="n"/>
+    </row>
+    <row r="327">
+      <c r="A327" s="2" t="n">
+        <v>317</v>
+      </c>
+      <c r="B327" s="2" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D327" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E327" s="6" t="n">
+        <v>-390000</v>
+      </c>
+      <c r="F327" s="7" t="n">
+        <v>-3438.82</v>
+      </c>
+      <c r="G327" s="8" t="n">
+        <v>-0.0053</v>
+      </c>
+      <c r="H327" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J327" s="7" t="n"/>
+    </row>
+    <row r="328">
+      <c r="A328" s="2" t="n">
+        <v>318</v>
+      </c>
+      <c r="B328" s="2" t="inlineStr">
+        <is>
+          <t>Max Healthcare Institute Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D328" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E328" s="6" t="n">
+        <v>-301350</v>
+      </c>
+      <c r="F328" s="7" t="n">
+        <v>-3482.4</v>
+      </c>
+      <c r="G328" s="8" t="n">
+        <v>-0.0054</v>
+      </c>
+      <c r="H328" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J328" s="7" t="n"/>
+    </row>
+    <row r="329">
+      <c r="A329" s="2" t="n">
+        <v>319</v>
+      </c>
+      <c r="B329" s="2" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D329" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E329" s="6" t="n">
+        <v>-213850</v>
+      </c>
+      <c r="F329" s="7" t="n">
+        <v>-3845.24</v>
+      </c>
+      <c r="G329" s="8" t="n">
+        <v>-0.006</v>
+      </c>
+      <c r="H329" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J329" s="7" t="n"/>
+    </row>
+    <row r="330">
+      <c r="A330" s="2" t="n">
+        <v>320</v>
+      </c>
+      <c r="B330" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Heavy Electricals Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D330" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E330" s="6" t="n">
+        <v>-1496250</v>
+      </c>
+      <c r="F330" s="7" t="n">
+        <v>-3991.55</v>
+      </c>
+      <c r="G330" s="8" t="n">
+        <v>-0.0062</v>
+      </c>
+      <c r="H330" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J330" s="7" t="n"/>
+    </row>
+    <row r="331">
+      <c r="A331" s="2" t="n">
+        <v>321</v>
+      </c>
+      <c r="B331" s="2" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D331" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E331" s="6" t="n">
+        <v>-106750</v>
+      </c>
+      <c r="F331" s="7" t="n">
+        <v>-4023.3</v>
+      </c>
+      <c r="G331" s="8" t="n">
+        <v>-0.0062</v>
+      </c>
+      <c r="H331" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J331" s="7" t="n"/>
+    </row>
+    <row r="332">
+      <c r="A332" s="2" t="n">
+        <v>322</v>
+      </c>
+      <c r="B332" s="2" t="inlineStr">
+        <is>
+          <t>One 97 Communications Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D332" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E332" s="6" t="n">
+        <v>-311025</v>
+      </c>
+      <c r="F332" s="7" t="n">
+        <v>-4066.65</v>
+      </c>
+      <c r="G332" s="8" t="n">
+        <v>-0.0063</v>
+      </c>
+      <c r="H332" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J332" s="7" t="n"/>
+    </row>
+    <row r="333">
+      <c r="A333" s="2" t="n">
+        <v>323</v>
+      </c>
+      <c r="B333" s="2" t="inlineStr">
+        <is>
+          <t>TATA CONSUMER PRODUCTS LIMITED Nov25</t>
+        </is>
+      </c>
+      <c r="D333" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E333" s="6" t="n">
+        <v>-350350</v>
+      </c>
+      <c r="F333" s="7" t="n">
+        <v>-4105.75</v>
+      </c>
+      <c r="G333" s="8" t="n">
+        <v>-0.0064</v>
+      </c>
+      <c r="H333" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J333" s="7" t="n"/>
+    </row>
+    <row r="334">
+      <c r="A334" s="2" t="n">
+        <v>324</v>
+      </c>
+      <c r="B334" s="2" t="inlineStr">
+        <is>
+          <t>Jio Financial Services Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D334" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E334" s="6" t="n">
+        <v>-1339500</v>
+      </c>
+      <c r="F334" s="7" t="n">
+        <v>-4132.36</v>
+      </c>
+      <c r="G334" s="8" t="n">
+        <v>-0.0064</v>
+      </c>
+      <c r="H334" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J334" s="7" t="n"/>
+    </row>
+    <row r="335">
+      <c r="A335" s="2" t="n">
+        <v>325</v>
+      </c>
+      <c r="B335" s="2" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D335" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E335" s="6" t="n">
+        <v>-35000</v>
+      </c>
+      <c r="F335" s="7" t="n">
+        <v>-4203.5</v>
+      </c>
+      <c r="G335" s="8" t="n">
+        <v>-0.0065</v>
+      </c>
+      <c r="H335" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J335" s="7" t="n"/>
+    </row>
+    <row r="336">
+      <c r="A336" s="2" t="n">
+        <v>326</v>
+      </c>
+      <c r="B336" s="2" t="inlineStr">
+        <is>
+          <t>ETERNAL LIMITED Nov25</t>
+        </is>
+      </c>
+      <c r="D336" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E336" s="6" t="n">
+        <v>-1391950</v>
+      </c>
+      <c r="F336" s="7" t="n">
+        <v>-4452.85</v>
+      </c>
+      <c r="G336" s="8" t="n">
+        <v>-0.0069</v>
+      </c>
+      <c r="H336" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J336" s="7" t="n"/>
+    </row>
+    <row r="337">
+      <c r="A337" s="2" t="n">
+        <v>327</v>
+      </c>
+      <c r="B337" s="2" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D337" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E337" s="6" t="n">
+        <v>-523600</v>
+      </c>
+      <c r="F337" s="7" t="n">
+        <v>-4468.4</v>
+      </c>
+      <c r="G337" s="8" t="n">
+        <v>-0.0069</v>
+      </c>
+      <c r="H337" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J337" s="7" t="n"/>
+    </row>
+    <row r="338">
+      <c r="A338" s="2" t="n">
+        <v>328</v>
+      </c>
+      <c r="B338" s="2" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D338" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E338" s="6" t="n">
+        <v>-399300</v>
+      </c>
+      <c r="F338" s="7" t="n">
+        <v>-4582.37</v>
+      </c>
+      <c r="G338" s="8" t="n">
+        <v>-0.0071</v>
+      </c>
+      <c r="H338" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J338" s="7" t="n"/>
+    </row>
+    <row r="339">
+      <c r="A339" s="2" t="n">
+        <v>329</v>
+      </c>
+      <c r="B339" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D339" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E339" s="6" t="n">
+        <v>-237975</v>
+      </c>
+      <c r="F339" s="7" t="n">
+        <v>-4920.37</v>
+      </c>
+      <c r="G339" s="8" t="n">
+        <v>-0.0076</v>
+      </c>
+      <c r="H339" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J339" s="7" t="n"/>
+    </row>
+    <row r="340">
+      <c r="A340" s="2" t="n">
+        <v>330</v>
+      </c>
+      <c r="B340" s="2" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D340" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E340" s="6" t="n">
+        <v>-693825</v>
+      </c>
+      <c r="F340" s="7" t="n">
+        <v>-5200.22</v>
+      </c>
+      <c r="G340" s="8" t="n">
+        <v>-0.0081</v>
+      </c>
+      <c r="H340" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J340" s="7" t="n"/>
+    </row>
+    <row r="341">
+      <c r="A341" s="2" t="n">
+        <v>331</v>
+      </c>
+      <c r="B341" s="2" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D341" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E341" s="6" t="n">
+        <v>-1331200</v>
+      </c>
+      <c r="F341" s="7" t="n">
+        <v>-5347.43</v>
+      </c>
+      <c r="G341" s="8" t="n">
+        <v>-0.0083</v>
+      </c>
+      <c r="H341" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J341" s="7" t="n"/>
+    </row>
+    <row r="342">
+      <c r="A342" s="2" t="n">
+        <v>332</v>
+      </c>
+      <c r="B342" s="2" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D342" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E342" s="6" t="n">
+        <v>-62183250</v>
+      </c>
+      <c r="F342" s="7" t="n">
+        <v>-5459.69</v>
+      </c>
+      <c r="G342" s="8" t="n">
+        <v>-0.008500000000000001</v>
+      </c>
+      <c r="H342" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J342" s="7" t="n"/>
+    </row>
+    <row r="343">
+      <c r="A343" s="2" t="n">
+        <v>333</v>
+      </c>
+      <c r="B343" s="2" t="inlineStr">
+        <is>
+          <t>Marico Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D343" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E343" s="6" t="n">
+        <v>-792000</v>
+      </c>
+      <c r="F343" s="7" t="n">
+        <v>-5739.62</v>
+      </c>
+      <c r="G343" s="8" t="n">
+        <v>-0.0089</v>
+      </c>
+      <c r="H343" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J343" s="7" t="n"/>
+    </row>
+    <row r="344">
+      <c r="A344" s="2" t="n">
+        <v>334</v>
+      </c>
+      <c r="B344" s="2" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D344" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E344" s="6" t="n">
+        <v>-1385100</v>
+      </c>
+      <c r="F344" s="7" t="n">
+        <v>-5941.39</v>
+      </c>
+      <c r="G344" s="8" t="n">
+        <v>-0.0092</v>
+      </c>
+      <c r="H344" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J344" s="7" t="n"/>
+    </row>
+    <row r="345">
+      <c r="A345" s="2" t="n">
+        <v>335</v>
+      </c>
+      <c r="B345" s="2" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D345" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E345" s="6" t="n">
+        <v>-250200</v>
+      </c>
+      <c r="F345" s="7" t="n">
+        <v>-6234.98</v>
+      </c>
+      <c r="G345" s="8" t="n">
+        <v>-0.0097</v>
+      </c>
+      <c r="H345" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J345" s="7" t="n"/>
+    </row>
+    <row r="346">
+      <c r="A346" s="2" t="n">
+        <v>336</v>
+      </c>
+      <c r="B346" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D346" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E346" s="6" t="n">
+        <v>-1671525</v>
+      </c>
+      <c r="F346" s="7" t="n">
+        <v>-6293.29</v>
+      </c>
+      <c r="G346" s="8" t="n">
+        <v>-0.0098</v>
+      </c>
+      <c r="H346" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J346" s="7" t="n"/>
+    </row>
+    <row r="347">
+      <c r="A347" s="2" t="n">
+        <v>337</v>
+      </c>
+      <c r="B347" s="2" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D347" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E347" s="6" t="n">
+        <v>-134100</v>
+      </c>
+      <c r="F347" s="7" t="n">
+        <v>-6318.79</v>
+      </c>
+      <c r="G347" s="8" t="n">
+        <v>-0.0098</v>
+      </c>
+      <c r="H347" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J347" s="7" t="n"/>
+    </row>
+    <row r="348">
+      <c r="A348" s="2" t="n">
+        <v>338</v>
+      </c>
+      <c r="B348" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Nov25</t>
+        </is>
+      </c>
+      <c r="D348" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E348" s="6" t="n">
+        <v>-5272000</v>
+      </c>
+      <c r="F348" s="7" t="n">
+        <v>-6503.01</v>
+      </c>
+      <c r="G348" s="8" t="n">
+        <v>-0.0101</v>
+      </c>
+      <c r="H348" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J348" s="7" t="n"/>
+    </row>
+    <row r="349">
+      <c r="A349" s="2" t="n">
+        <v>339</v>
+      </c>
+      <c r="B349" s="2" t="inlineStr">
+        <is>
+          <t>Vedanta Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D349" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E349" s="6" t="n">
+        <v>-1313300</v>
+      </c>
+      <c r="F349" s="7" t="n">
+        <v>-6521.85</v>
+      </c>
+      <c r="G349" s="8" t="n">
+        <v>-0.0101</v>
+      </c>
+      <c r="H349" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J349" s="7" t="n"/>
+    </row>
+    <row r="350">
+      <c r="A350" s="2" t="n">
+        <v>340</v>
+      </c>
+      <c r="B350" s="2" t="inlineStr">
+        <is>
+          <t>State Bank of India Nov25</t>
+        </is>
+      </c>
+      <c r="D350" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E350" s="6" t="n">
+        <v>-696750</v>
+      </c>
+      <c r="F350" s="7" t="n">
+        <v>-6569.31</v>
+      </c>
+      <c r="G350" s="8" t="n">
+        <v>-0.0102</v>
+      </c>
+      <c r="H350" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J350" s="7" t="n"/>
+    </row>
+    <row r="351">
+      <c r="A351" s="2" t="n">
+        <v>341</v>
+      </c>
+      <c r="B351" s="2" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D351" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E351" s="6" t="n">
+        <v>-548100</v>
+      </c>
+      <c r="F351" s="7" t="n">
+        <v>-6644.07</v>
+      </c>
+      <c r="G351" s="8" t="n">
+        <v>-0.0103</v>
+      </c>
+      <c r="H351" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J351" s="7" t="n"/>
+    </row>
+    <row r="352">
+      <c r="A352" s="2" t="n">
+        <v>342</v>
+      </c>
+      <c r="B352" s="2" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D352" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E352" s="6" t="n">
+        <v>-1638500</v>
+      </c>
+      <c r="F352" s="7" t="n">
+        <v>-6660.5</v>
+      </c>
+      <c r="G352" s="8" t="n">
+        <v>-0.0103</v>
+      </c>
+      <c r="H352" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J352" s="7" t="n"/>
+    </row>
+    <row r="353">
+      <c r="A353" s="2" t="n">
+        <v>343</v>
+      </c>
+      <c r="B353" s="2" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D353" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E353" s="6" t="n">
+        <v>-8254750</v>
+      </c>
+      <c r="F353" s="7" t="n">
+        <v>-6787.88</v>
+      </c>
+      <c r="G353" s="8" t="n">
+        <v>-0.0105</v>
+      </c>
+      <c r="H353" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J353" s="7" t="n"/>
+    </row>
+    <row r="354">
+      <c r="A354" s="2" t="n">
+        <v>344</v>
+      </c>
+      <c r="B354" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D354" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E354" s="6" t="n">
+        <v>-1191000</v>
+      </c>
+      <c r="F354" s="7" t="n">
+        <v>-6825.03</v>
+      </c>
+      <c r="G354" s="8" t="n">
+        <v>-0.0106</v>
+      </c>
+      <c r="H354" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J354" s="7" t="n"/>
+    </row>
+    <row r="355">
+      <c r="A355" s="2" t="n">
+        <v>345</v>
+      </c>
+      <c r="B355" s="2" t="inlineStr">
+        <is>
+          <t>GMR AIRPORTS LIMITED Nov25</t>
+        </is>
+      </c>
+      <c r="D355" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E355" s="6" t="n">
+        <v>-7330725</v>
+      </c>
+      <c r="F355" s="7" t="n">
+        <v>-6924.6</v>
+      </c>
+      <c r="G355" s="8" t="n">
+        <v>-0.0107</v>
+      </c>
+      <c r="H355" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J355" s="7" t="n"/>
+    </row>
+    <row r="356">
+      <c r="A356" s="2" t="n">
+        <v>346</v>
+      </c>
+      <c r="B356" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank Nov25</t>
+        </is>
+      </c>
+      <c r="D356" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E356" s="6" t="n">
+        <v>-6716250</v>
+      </c>
+      <c r="F356" s="7" t="n">
+        <v>-9247.6</v>
+      </c>
+      <c r="G356" s="8" t="n">
+        <v>-0.0143</v>
+      </c>
+      <c r="H356" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J356" s="7" t="n"/>
+    </row>
+    <row r="357">
+      <c r="A357" s="2" t="n">
+        <v>347</v>
+      </c>
+      <c r="B357" s="2" t="inlineStr">
+        <is>
+          <t>Sammaan Capital Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D357" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E357" s="6" t="n">
+        <v>-5418000</v>
+      </c>
+      <c r="F357" s="7" t="n">
+        <v>-10290.95</v>
+      </c>
+      <c r="G357" s="8" t="n">
+        <v>-0.016</v>
+      </c>
+      <c r="H357" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J357" s="7" t="n"/>
+    </row>
+    <row r="358">
+      <c r="A358" s="2" t="n">
+        <v>348</v>
+      </c>
+      <c r="B358" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D358" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E358" s="6" t="n">
+        <v>-849375</v>
+      </c>
+      <c r="F358" s="7" t="n">
+        <v>-10537.35</v>
+      </c>
+      <c r="G358" s="8" t="n">
+        <v>-0.0163</v>
+      </c>
+      <c r="H358" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J358" s="7" t="n"/>
+    </row>
+    <row r="359">
+      <c r="A359" s="2" t="n">
+        <v>349</v>
+      </c>
+      <c r="B359" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Nov25</t>
+        </is>
+      </c>
+      <c r="D359" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E359" s="6" t="n">
+        <v>-3858075</v>
+      </c>
+      <c r="F359" s="7" t="n">
+        <v>-10791.04</v>
+      </c>
+      <c r="G359" s="8" t="n">
+        <v>-0.0167</v>
+      </c>
+      <c r="H359" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J359" s="7" t="n"/>
+    </row>
+    <row r="360">
+      <c r="A360" s="2" t="n">
+        <v>350</v>
+      </c>
+      <c r="B360" s="2" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D360" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E360" s="6" t="n">
+        <v>-273175</v>
+      </c>
+      <c r="F360" s="7" t="n">
+        <v>-11074.79</v>
+      </c>
+      <c r="G360" s="8" t="n">
+        <v>-0.0172</v>
+      </c>
+      <c r="H360" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J360" s="7" t="n"/>
+    </row>
+    <row r="361">
+      <c r="A361" s="2" t="n">
+        <v>351</v>
+      </c>
+      <c r="B361" s="2" t="inlineStr">
+        <is>
+          <t>ITC Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D361" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E361" s="6" t="n">
+        <v>-2654400</v>
+      </c>
+      <c r="F361" s="7" t="n">
+        <v>-11228.11</v>
+      </c>
+      <c r="G361" s="8" t="n">
+        <v>-0.0174</v>
+      </c>
+      <c r="H361" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J361" s="7" t="n"/>
+    </row>
+    <row r="362">
+      <c r="A362" s="2" t="n">
+        <v>352</v>
+      </c>
+      <c r="B362" s="2" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D362" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E362" s="6" t="n">
+        <v>-931700</v>
+      </c>
+      <c r="F362" s="7" t="n">
+        <v>-12618.94</v>
+      </c>
+      <c r="G362" s="8" t="n">
+        <v>-0.0196</v>
+      </c>
+      <c r="H362" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J362" s="7" t="n"/>
+    </row>
+    <row r="363">
+      <c r="A363" s="2" t="n">
+        <v>353</v>
+      </c>
+      <c r="B363" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D363" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E363" s="6" t="n">
+        <v>-599200</v>
+      </c>
+      <c r="F363" s="7" t="n">
+        <v>-12680.27</v>
+      </c>
+      <c r="G363" s="8" t="n">
+        <v>-0.0197</v>
+      </c>
+      <c r="H363" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J363" s="7" t="n"/>
+    </row>
+    <row r="364">
+      <c r="A364" s="2" t="n">
+        <v>354</v>
+      </c>
+      <c r="B364" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D364" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E364" s="6" t="n">
+        <v>-1360700</v>
+      </c>
+      <c r="F364" s="7" t="n">
+        <v>-13524</v>
+      </c>
+      <c r="G364" s="8" t="n">
+        <v>-0.021</v>
+      </c>
+      <c r="H364" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J364" s="7" t="n"/>
+    </row>
+    <row r="365">
+      <c r="A365" s="2" t="n">
+        <v>355</v>
+      </c>
+      <c r="B365" s="2" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D365" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E365" s="6" t="n">
+        <v>-542150</v>
+      </c>
+      <c r="F365" s="7" t="n">
+        <v>-16674.37</v>
+      </c>
+      <c r="G365" s="8" t="n">
+        <v>-0.0259</v>
+      </c>
+      <c r="H365" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J365" s="7" t="n"/>
+    </row>
+    <row r="366">
+      <c r="A366" s="2" t="n">
+        <v>356</v>
+      </c>
+      <c r="B366" s="2" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Nov25</t>
+        </is>
+      </c>
+      <c r="D366" s="2" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E366" s="6" t="n">
+        <v>-1276000</v>
+      </c>
+      <c r="F366" s="7" t="n">
+        <v>-19088.96</v>
+      </c>
+      <c r="G366" s="8" t="n">
+        <v>-0.0296</v>
+      </c>
+      <c r="H366" s="12" t="n">
+        <v>45986</v>
+      </c>
+      <c r="J366" s="7" t="n"/>
+    </row>
+    <row r="367">
+      <c r="A367" s="9" t="n"/>
+      <c r="B367" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C367" s="9" t="n"/>
+      <c r="D367" s="9" t="n"/>
+      <c r="E367" s="9" t="n"/>
+      <c r="F367" s="10" t="n">
+        <v>-441528.41</v>
+      </c>
+      <c r="G367" s="11" t="n">
+        <v>-0.6847</v>
+      </c>
+    </row>
+    <row r="369">
+      <c r="B369" s="4" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="370">
+      <c r="B370" s="4" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="371">
+      <c r="B371" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="2" t="n">
+        <v>357</v>
+      </c>
+      <c r="B372" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C372" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08DX0</t>
+        </is>
+      </c>
+      <c r="D372" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E372" s="6" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F372" s="7" t="n">
+        <v>10250.77</v>
+      </c>
+      <c r="G372" s="8" t="n">
+        <v>0.0159</v>
+      </c>
+      <c r="H372" s="12" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J372" s="7" t="n">
+        <v>6.64</v>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="2" t="n">
+        <v>358</v>
+      </c>
+      <c r="B373" s="2" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C373" s="2" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D373" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E373" s="6" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F373" s="7" t="n">
+        <v>7795.06</v>
+      </c>
+      <c r="G373" s="8" t="n">
+        <v>0.0121</v>
+      </c>
+      <c r="H373" s="12" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J373" s="7" t="n">
+        <v>6.83</v>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="2" t="n">
+        <v>359</v>
+      </c>
+      <c r="B374" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C374" s="2" t="inlineStr">
+        <is>
+          <t>INE261F08EF5</t>
+        </is>
+      </c>
+      <c r="D374" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E374" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F374" s="7" t="n">
+        <v>5317.4</v>
+      </c>
+      <c r="G374" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H374" s="12" t="n">
+        <v>46461</v>
+      </c>
+      <c r="J374" s="7" t="n">
+        <v>6.64</v>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="2" t="n">
+        <v>360</v>
+      </c>
+      <c r="B375" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C375" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07QB9</t>
+        </is>
+      </c>
+      <c r="D375" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E375" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F375" s="7" t="n">
+        <v>5291.41</v>
+      </c>
+      <c r="G375" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H375" s="12" t="n">
+        <v>46065</v>
+      </c>
+      <c r="J375" s="7" t="n">
+        <v>6.3351</v>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="2" t="n">
+        <v>361</v>
+      </c>
+      <c r="B376" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C376" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07PN6</t>
+        </is>
+      </c>
+      <c r="D376" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E376" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F376" s="7" t="n">
+        <v>5277.92</v>
+      </c>
+      <c r="G376" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H376" s="12" t="n">
+        <v>46356</v>
+      </c>
+      <c r="J376" s="7" t="n">
+        <v>6.715</v>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="2" t="n">
+        <v>362</v>
+      </c>
+      <c r="B377" s="2" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C377" s="2" t="inlineStr">
+        <is>
+          <t>INE774D07UT1</t>
+        </is>
+      </c>
+      <c r="D377" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E377" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F377" s="7" t="n">
+        <v>5266.43</v>
+      </c>
+      <c r="G377" s="8" t="n">
+        <v>0.008200000000000001</v>
+      </c>
+      <c r="H377" s="12" t="n">
+        <v>46107</v>
+      </c>
+      <c r="J377" s="7" t="n">
+        <v>6.8199</v>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="2" t="n">
+        <v>363</v>
+      </c>
+      <c r="B378" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C378" s="2" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D378" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E378" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F378" s="7" t="n">
+        <v>5216.85</v>
+      </c>
+      <c r="G378" s="8" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="H378" s="12" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J378" s="7" t="n">
+        <v>7.0199</v>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="2" t="n">
+        <v>364</v>
+      </c>
+      <c r="B379" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C379" s="2" t="inlineStr">
+        <is>
+          <t>INE121A07SN8</t>
+        </is>
+      </c>
+      <c r="D379" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E379" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F379" s="7" t="n">
+        <v>5164.17</v>
+      </c>
+      <c r="G379" s="8" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H379" s="12" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J379" s="7" t="n">
+        <v>7.26</v>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" s="2" t="n">
+        <v>365</v>
+      </c>
+      <c r="B380" s="2" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C380" s="2" t="inlineStr">
+        <is>
+          <t>INE020B08ED9</t>
+        </is>
+      </c>
+      <c r="D380" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E380" s="6" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F380" s="7" t="n">
+        <v>5158.81</v>
+      </c>
+      <c r="G380" s="8" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H380" s="12" t="n">
+        <v>46203</v>
+      </c>
+      <c r="J380" s="7" t="n">
+        <v>6.435</v>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" s="2" t="n">
+        <v>366</v>
+      </c>
+      <c r="B381" s="2" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C381" s="2" t="inlineStr">
+        <is>
+          <t>INE121A07QT9</t>
+        </is>
+      </c>
+      <c r="D381" s="2" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E381" s="6" t="n">
+        <v>300</v>
+      </c>
+      <c r="F381" s="7" t="n">
+        <v>3241.03</v>
+      </c>
+      <c r="G381" s="8" t="n">
+        <v>0.005</v>
+      </c>
+      <c r="H381" s="12" t="n">
+        <v>45982</v>
+      </c>
+      <c r="J381" s="7" t="n">
+        <v>7.0251</v>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" s="2" t="n">
+        <v>367</v>
+      </c>
+      <c r="B382" s="2" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C382" s="2" t="inlineStr">
+        <is>
+          <t>INE115A07RA9</t>
+        </is>
+      </c>
+      <c r="D382" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E382" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F382" s="7" t="n">
+        <v>2695.3</v>
+      </c>
+      <c r="G382" s="8" t="n">
+        <v>0.0042</v>
+      </c>
+      <c r="H382" s="12" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J382" s="7" t="n">
+        <v>6.715</v>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" s="2" t="n">
+        <v>368</v>
+      </c>
+      <c r="B383" s="2" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C383" s="2" t="inlineStr">
+        <is>
+          <t>INE916DA7RW2</t>
+        </is>
+      </c>
+      <c r="D383" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E383" s="6" t="n">
+        <v>250</v>
+      </c>
+      <c r="F383" s="7" t="n">
+        <v>2643.76</v>
+      </c>
+      <c r="G383" s="8" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H383" s="12" t="n">
+        <v>46073</v>
+      </c>
+      <c r="J383" s="7" t="n">
+        <v>6.7583</v>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" s="2" t="n">
+        <v>369</v>
+      </c>
+      <c r="B384" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India</t>
+        </is>
+      </c>
+      <c r="C384" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KH1</t>
+        </is>
+      </c>
+      <c r="D384" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E384" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F384" s="7" t="n">
+        <v>2545.84</v>
+      </c>
+      <c r="G384" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H384" s="12" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J384" s="7" t="n">
+        <v>6.62</v>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" s="2" t="n">
+        <v>370</v>
+      </c>
+      <c r="B385" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C385" s="2" t="inlineStr">
+        <is>
+          <t>INE556F08KI9</t>
+        </is>
+      </c>
+      <c r="D385" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E385" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F385" s="7" t="n">
+        <v>2544.33</v>
+      </c>
+      <c r="G385" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H385" s="12" t="n">
+        <v>46269</v>
+      </c>
+      <c r="J385" s="7" t="n">
+        <v>6.62</v>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" s="2" t="n">
+        <v>371</v>
+      </c>
+      <c r="B386" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C386" s="2" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D386" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E386" s="6" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F386" s="7" t="n">
+        <v>2511.48</v>
+      </c>
+      <c r="G386" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H386" s="12" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J386" s="7" t="n">
+        <v>7.2774</v>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" s="9" t="n"/>
+      <c r="B387" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C387" s="9" t="n"/>
+      <c r="D387" s="9" t="n"/>
+      <c r="E387" s="9" t="n"/>
+      <c r="F387" s="10" t="n">
+        <v>70920.56</v>
+      </c>
+      <c r="G387" s="11" t="n">
+        <v>0.1099</v>
+      </c>
+    </row>
+    <row r="389">
+      <c r="B389" s="4" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="390">
+      <c r="B390" s="4" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" s="2" t="n">
+        <v>372</v>
+      </c>
+      <c r="B391" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C391" s="2" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D391" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E391" s="6" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F391" s="7" t="n">
+        <v>7268.82</v>
+      </c>
+      <c r="G391" s="8" t="n">
+        <v>0.0113</v>
+      </c>
+      <c r="H391" s="12" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J391" s="7" t="n">
+        <v>6.275</v>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" s="2" t="n">
+        <v>373</v>
+      </c>
+      <c r="B392" s="2" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C392" s="2" t="inlineStr">
+        <is>
+          <t>INE261F16926</t>
+        </is>
+      </c>
+      <c r="D392" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E392" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F392" s="7" t="n">
+        <v>4921.98</v>
+      </c>
+      <c r="G392" s="8" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H392" s="12" t="n">
+        <v>46057</v>
+      </c>
+      <c r="J392" s="7" t="n">
+        <v>6.0899</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" s="2" t="n">
+        <v>374</v>
+      </c>
+      <c r="B393" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C393" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D393" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E393" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F393" s="7" t="n">
+        <v>4872.96</v>
+      </c>
+      <c r="G393" s="8" t="n">
+        <v>0.0076</v>
+      </c>
+      <c r="H393" s="12" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J393" s="7" t="n">
+        <v>6.2601</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" s="2" t="n">
+        <v>375</v>
+      </c>
+      <c r="B394" s="2" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C394" s="2" t="inlineStr">
+        <is>
+          <t>INE092T16YR1</t>
+        </is>
+      </c>
+      <c r="D394" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E394" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F394" s="7" t="n">
+        <v>4813.03</v>
+      </c>
+      <c r="G394" s="8" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H394" s="12" t="n">
+        <v>46182</v>
+      </c>
+      <c r="J394" s="7" t="n">
+        <v>6.445</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" s="2" t="n">
+        <v>376</v>
+      </c>
+      <c r="B395" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C395" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D395" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E395" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F395" s="7" t="n">
+        <v>4805.58</v>
+      </c>
+      <c r="G395" s="8" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H395" s="12" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J395" s="7" t="n">
+        <v>6.2574</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" s="2" t="n">
+        <v>377</v>
+      </c>
+      <c r="B396" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C396" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D396" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E396" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F396" s="7" t="n">
+        <v>4768.05</v>
+      </c>
+      <c r="G396" s="8" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H396" s="12" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J396" s="7" t="n">
+        <v>6.4101</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" s="2" t="n">
+        <v>378</v>
+      </c>
+      <c r="B397" s="2" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C397" s="2" t="inlineStr">
+        <is>
+          <t>INE556F16BO9</t>
+        </is>
+      </c>
+      <c r="D397" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E397" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F397" s="7" t="n">
+        <v>4698.42</v>
+      </c>
+      <c r="G397" s="8" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H397" s="12" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J397" s="7" t="n">
+        <v>6.49</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" s="2" t="n">
+        <v>379</v>
+      </c>
+      <c r="B398" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C398" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6991</t>
+        </is>
+      </c>
+      <c r="D398" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E398" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F398" s="7" t="n">
+        <v>2495.59</v>
+      </c>
+      <c r="G398" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H398" s="12" t="n">
+        <v>45973</v>
+      </c>
+      <c r="J398" s="7" t="n">
+        <v>5.8603</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" s="2" t="n">
+        <v>380</v>
+      </c>
+      <c r="B399" s="2" t="inlineStr">
+        <is>
+          <t>Canara Bank**</t>
+        </is>
+      </c>
+      <c r="C399" s="2" t="inlineStr">
+        <is>
+          <t>INE476A16ZP7</t>
+        </is>
+      </c>
+      <c r="D399" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E399" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F399" s="7" t="n">
+        <v>2486.32</v>
+      </c>
+      <c r="G399" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H399" s="12" t="n">
+        <v>45996</v>
+      </c>
+      <c r="J399" s="7" t="n">
+        <v>5.905</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" s="2" t="n">
+        <v>381</v>
+      </c>
+      <c r="B400" s="2" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C400" s="2" t="inlineStr">
+        <is>
+          <t>INE160A16QL5</t>
+        </is>
+      </c>
+      <c r="D400" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E400" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F400" s="7" t="n">
+        <v>2483.8</v>
+      </c>
+      <c r="G400" s="8" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="H400" s="12" t="n">
+        <v>46002</v>
+      </c>
+      <c r="J400" s="7" t="n">
+        <v>5.9497</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" s="2" t="n">
+        <v>382</v>
+      </c>
+      <c r="B401" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C401" s="2" t="inlineStr">
+        <is>
+          <t>INE514E16CI1</t>
+        </is>
+      </c>
+      <c r="D401" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E401" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F401" s="7" t="n">
+        <v>2476.14</v>
+      </c>
+      <c r="G401" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H401" s="12" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J401" s="7" t="n">
+        <v>5.96</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" s="2" t="n">
+        <v>383</v>
+      </c>
+      <c r="B402" s="2" t="inlineStr">
+        <is>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C402" s="2" t="inlineStr">
+        <is>
+          <t>INE562A16NV8</t>
+        </is>
+      </c>
+      <c r="D402" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E402" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F402" s="7" t="n">
+        <v>2472.39</v>
+      </c>
+      <c r="G402" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H402" s="12" t="n">
+        <v>46030</v>
+      </c>
+      <c r="J402" s="7" t="n">
+        <v>5.9937</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" s="2" t="n">
+        <v>384</v>
+      </c>
+      <c r="B403" s="2" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C403" s="2" t="inlineStr">
+        <is>
+          <t>INE692A16IP5</t>
+        </is>
+      </c>
+      <c r="D403" s="2" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E403" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F403" s="7" t="n">
+        <v>2461.39</v>
+      </c>
+      <c r="G403" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H403" s="12" t="n">
+        <v>46056</v>
+      </c>
+      <c r="J403" s="7" t="n">
+        <v>6.0919</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" s="2" t="n">
+        <v>385</v>
+      </c>
+      <c r="B404" s="2" t="inlineStr">
+        <is>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C404" s="2" t="inlineStr">
+        <is>
+          <t>INE028A16JO3</t>
+        </is>
+      </c>
+      <c r="D404" s="2" t="inlineStr">
+        <is>
+          <t>IND A1+</t>
+        </is>
+      </c>
+      <c r="E404" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F404" s="7" t="n">
+        <v>2453.41</v>
+      </c>
+      <c r="G404" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H404" s="12" t="n">
+        <v>46076</v>
+      </c>
+      <c r="J404" s="7" t="n">
+        <v>6.0801</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" s="2" t="n">
+        <v>386</v>
+      </c>
+      <c r="B405" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India</t>
+        </is>
+      </c>
+      <c r="C405" s="2" t="inlineStr">
+        <is>
+          <t>INE514E16CJ9</t>
+        </is>
+      </c>
+      <c r="D405" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E405" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F405" s="7" t="n">
+        <v>2449.97</v>
+      </c>
+      <c r="G405" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H405" s="12" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J405" s="7" t="n">
+        <v>6.0601</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" s="2" t="n">
+        <v>387</v>
+      </c>
+      <c r="B406" s="2" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C406" s="2" t="inlineStr">
+        <is>
+          <t>INE514E16CK7</t>
+        </is>
+      </c>
+      <c r="D406" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E406" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F406" s="7" t="n">
+        <v>2443.61</v>
+      </c>
+      <c r="G406" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H406" s="12" t="n">
+        <v>46101</v>
+      </c>
+      <c r="J406" s="7" t="n">
+        <v>6.0599</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" s="2" t="n">
+        <v>388</v>
+      </c>
+      <c r="B407" s="2" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C407" s="2" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D407" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E407" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F407" s="7" t="n">
+        <v>2417.49</v>
+      </c>
+      <c r="G407" s="8" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="H407" s="12" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J407" s="7" t="n">
+        <v>6.2599</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" s="2" t="n">
+        <v>389</v>
+      </c>
+      <c r="B408" s="2" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C408" s="2" t="inlineStr">
+        <is>
+          <t>INE238AD6AT7</t>
+        </is>
+      </c>
+      <c r="D408" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E408" s="6" t="n">
+        <v>500</v>
+      </c>
+      <c r="F408" s="7" t="n">
+        <v>2408.16</v>
+      </c>
+      <c r="G408" s="8" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="H408" s="12" t="n">
+        <v>46184</v>
+      </c>
+      <c r="J408" s="7" t="n">
+        <v>6.27</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" s="9" t="n"/>
+      <c r="B409" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C409" s="9" t="n"/>
+      <c r="D409" s="9" t="n"/>
+      <c r="E409" s="9" t="n"/>
+      <c r="F409" s="10" t="n">
+        <v>63197.11</v>
+      </c>
+      <c r="G409" s="11" t="n">
+        <v>0.09810000000000001</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="B411" s="4" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="412">
+      <c r="B412" s="4" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" s="2" t="n">
+        <v>390</v>
+      </c>
+      <c r="B413" s="2" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C413" s="2" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D413" s="2" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E413" s="6" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F413" s="7" t="n">
+        <v>4702.54</v>
+      </c>
+      <c r="G413" s="8" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H413" s="12" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J413" s="7" t="n">
+        <v>7.1925</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" s="9" t="n"/>
+      <c r="B414" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C414" s="9" t="n"/>
+      <c r="D414" s="9" t="n"/>
+      <c r="E414" s="9" t="n"/>
+      <c r="F414" s="10" t="n">
+        <v>4702.54</v>
+      </c>
+      <c r="G414" s="11" t="n">
+        <v>0.0073</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="B416" s="4" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" s="2" t="n">
+        <v>391</v>
+      </c>
+      <c r="B417" s="2" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C417" s="2" t="inlineStr">
+        <is>
+          <t>IN002024Z420</t>
+        </is>
+      </c>
+      <c r="D417" s="2" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E417" s="6" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F417" s="7" t="n">
+        <v>2467.27</v>
+      </c>
+      <c r="G417" s="8" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H417" s="12" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J417" s="7" t="n">
+        <v>5.44</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" s="9" t="n"/>
+      <c r="B418" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C418" s="9" t="n"/>
+      <c r="D418" s="9" t="n"/>
+      <c r="E418" s="9" t="n"/>
+      <c r="F418" s="10" t="n">
+        <v>2467.27</v>
+      </c>
+      <c r="G418" s="11" t="n">
+        <v>0.0038</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" s="2" t="n">
+        <v>392</v>
+      </c>
+      <c r="B420" s="4" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F420" s="7" t="n">
+        <v>11933.35</v>
+      </c>
+      <c r="G420" s="8" t="n">
+        <v>0.0185</v>
+      </c>
+      <c r="H420" s="12" t="n">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" s="9" t="n"/>
+      <c r="B421" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C421" s="9" t="n"/>
+      <c r="D421" s="9" t="n"/>
+      <c r="E421" s="9" t="n"/>
+      <c r="F421" s="10" t="n">
+        <v>11933.35</v>
+      </c>
+      <c r="G421" s="11" t="n">
+        <v>0.0185</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="B423" s="4" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" s="2" t="n">
+        <v>393</v>
+      </c>
+      <c r="B424" s="2" t="inlineStr">
+        <is>
+          <t>DSP Savings Fund - Direct Plan - Growth</t>
+        </is>
+      </c>
+      <c r="C424" s="2" t="inlineStr">
+        <is>
+          <t>INF740K01NU2</t>
+        </is>
+      </c>
+      <c r="D424" s="2" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+      <c r="E424" s="6" t="n">
+        <v>108220231.366</v>
+      </c>
+      <c r="F424" s="7" t="n">
+        <v>60026.73</v>
+      </c>
+      <c r="G424" s="8" t="n">
+        <v>0.0931</v>
+      </c>
+      <c r="J424" s="7" t="n">
+        <v>6.305804</v>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" s="9" t="n"/>
+      <c r="B425" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C425" s="9" t="n"/>
+      <c r="D425" s="9" t="n"/>
+      <c r="E425" s="9" t="n"/>
+      <c r="F425" s="10" t="n">
+        <v>60026.73</v>
+      </c>
+      <c r="G425" s="11" t="n">
+        <v>0.0931</v>
+      </c>
+    </row>
+    <row r="427">
+      <c r="B427" s="4" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="428">
+      <c r="B428" s="2" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E428" s="6" t="n"/>
+      <c r="F428" s="7" t="n">
+        <v>-7631.09</v>
+      </c>
+      <c r="G428" s="8" t="n">
+        <v>-0.0119</v>
+      </c>
+      <c r="J428" s="7" t="n"/>
+    </row>
+    <row r="429">
+      <c r="A429" s="9" t="n"/>
+      <c r="B429" s="9" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C429" s="9" t="n"/>
+      <c r="D429" s="9" t="n"/>
+      <c r="E429" s="9" t="n"/>
+      <c r="F429" s="10" t="n">
+        <v>-7631.09</v>
+      </c>
+      <c r="G429" s="11" t="n">
+        <v>-0.0119</v>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" s="5" t="n"/>
+      <c r="B431" s="5" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C431" s="5" t="n"/>
+      <c r="D431" s="5" t="n"/>
+      <c r="E431" s="5" t="n"/>
+      <c r="F431" s="13" t="n">
+        <v>644792.1</v>
+      </c>
+      <c r="G431" s="14" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A9" s="1">
+    </row>
+    <row r="432">
+      <c r="A432" s="2" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" s="2" t="n">
+        <v>1</v>
+      </c>
+      <c r="B433" s="2" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" s="93" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A10" s="1">
+      <c r="B434" s="93" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="435" ht="40.5" customHeight="1" s="77">
+      <c r="A435" s="16" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A11" s="1">
+      <c r="B435" s="16" t="inlineStr">
+        <is>
+          <t>As on October 31, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Arbitrage Fund is  ₹  68,213.71 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="16" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...26 lines deleted...]
-      <c r="A12" s="1">
+      <c r="B436" s="16" t="inlineStr">
+        <is>
+          <t>Market value includes accrued interest</t>
+        </is>
+      </c>
+    </row>
+    <row r="437" ht="27" customHeight="1" s="77">
+      <c r="A437" s="16" t="n">
         <v>5</v>
       </c>
-      <c r="B12" s="1" t="s">
-[...10258 lines deleted...]
-        <v>663</v>
+      <c r="B437" s="16" t="inlineStr">
+        <is>
+          <t>Net Assets does not include unit activity for the last day of the month</t>
+        </is>
+      </c>
+    </row>
+    <row r="441" ht="14.5" customHeight="1" s="77">
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Scheme Riskometer</t>
+        </is>
+      </c>
+    </row>
+    <row r="455" ht="14.5" customHeight="1" s="77">
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Benchmark Riskometer: Nifty 50 Arbitrage Index</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{696799DC-98D1-42BC-9D20-9898BBE7BC96}">
-  <dimension ref="A1:L462"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <sheetPr>
+    <outlinePr summaryBelow="1" summaryRight="1"/>
+    <pageSetUpPr/>
+  </sheetPr>
+  <dimension ref="A1:A1"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
-[...10478 lines deleted...]
-      <selection activeCell="A4" sqref="A4"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
-[...6028 lines deleted...]
-  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
-  <DocSecurity>0</DocSecurity>
-[...21 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Ujjwal Paul</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>
-
-[...27 lines deleted...]
-</file>