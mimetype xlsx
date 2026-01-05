--- v2 (2025-11-19)
+++ v3 (2026-01-05)
@@ -1,80 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="999" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="ARBITRAGE" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
-    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="24">
+  <fonts count="15">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
@@ -109,507 +103,378 @@
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
-      <name val="Arial"/>
-[...42 lines deleted...]
-    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
-      <name val="Arial"/>
+      <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
-      <color indexed="8"/>
-[...4 lines deleted...]
-      <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="12">
+  <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...35 lines deleted...]
-    <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="96">
+  <cellXfs count="70">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="10" fontId="2" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="16" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="10" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="19" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...60 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-[...9 lines deleted...]
-    </xf>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -656,116 +521,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>442</row>
+      <row>534</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>451</row>
+      <row>543</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="76377800"/>
+          <a:off x="457200" y="92665550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>456</row>
+      <row>548</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>465</row>
+      <row>557</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="78790800"/>
+          <a:off x="457200" y="95078550"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -1002,12533 +867,15148 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L455"/>
+  <dimension ref="A1:L547"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
-    <col width="6.54296875" bestFit="1" customWidth="1" style="2" min="1" max="1"/>
-[...11 lines deleted...]
-    <col width="8.7265625" customWidth="1" style="2" min="13" max="16384"/>
+    <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
+    <col width="54.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="18" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="12.81640625" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="23.81640625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
+    <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
+    <col width="30" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
+    <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
+    <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="77">
-[...1 lines deleted...]
-      <c r="B1" s="76" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="49">
+      <c r="A1" s="48" t="n"/>
+      <c r="B1" s="48" t="inlineStr">
         <is>
           <t>DSP Arbitrage Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="B2" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Portfolio as on October 31, 2025</t>
+      <c r="B2" s="3" t="inlineStr">
+        <is>
+          <t>Portfolio as on November 30, 2025</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="inlineStr">
+      <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
-      <c r="B4" s="5" t="inlineStr">
+      <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
-      <c r="C4" s="5" t="inlineStr">
+      <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
-      <c r="D4" s="5" t="inlineStr">
+      <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
-      <c r="E4" s="5" t="inlineStr">
+      <c r="E4" s="4" t="inlineStr">
         <is>
           <t>Quantity</t>
         </is>
       </c>
-      <c r="F4" s="5" t="inlineStr">
+      <c r="F4" s="4" t="inlineStr">
         <is>
           <t>Market value (Rs. In lakhs)</t>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
+      <c r="G4" s="4" t="inlineStr">
         <is>
           <t>% to Net Assets</t>
         </is>
       </c>
-      <c r="H4" s="5" t="inlineStr">
+      <c r="H4" s="4" t="inlineStr">
         <is>
           <t>Maturity Date</t>
         </is>
       </c>
-      <c r="I4" s="5" t="inlineStr">
+      <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Put/Call Option</t>
         </is>
       </c>
-      <c r="J4" s="5" t="inlineStr">
+      <c r="J4" s="4" t="inlineStr">
         <is>
           <t>YTM (%)</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="B6" s="4" t="inlineStr">
+      <c r="B6" s="3" t="inlineStr">
         <is>
           <t>EQUITY &amp; EQUITY RELATED</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="B7" s="4" t="inlineStr">
+      <c r="B7" s="3" t="inlineStr">
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="n">
+      <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
-      <c r="B8" s="2" t="inlineStr">
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited</t>
+        </is>
+      </c>
+      <c r="C8" s="1" t="inlineStr">
+        <is>
+          <t>INE040A01034</t>
+        </is>
+      </c>
+      <c r="D8" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E8" s="5" t="n">
+        <v>2342450</v>
+      </c>
+      <c r="F8" s="6" t="n">
+        <v>23602.53</v>
+      </c>
+      <c r="G8" s="7" t="n">
+        <v>0.0354</v>
+      </c>
+      <c r="J8" s="6" t="n"/>
+      <c r="K8" s="3" t="inlineStr">
+        <is>
+          <t>Sector/Rating</t>
+        </is>
+      </c>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>Percent</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="1" t="n">
+        <v>2</v>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Reliance Industries Limited</t>
         </is>
       </c>
-      <c r="C8" s="2" t="inlineStr">
+      <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE002A01018</t>
         </is>
       </c>
-      <c r="D8" s="2" t="inlineStr">
+      <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
-      <c r="E8" s="6" t="n">
-[...21 lines deleted...]
-      <c r="A9" s="2" t="n">
+      <c r="E9" s="5" t="n">
+        <v>1404000</v>
+      </c>
+      <c r="F9" s="6" t="n">
+        <v>22007.7</v>
+      </c>
+      <c r="G9" s="7" t="n">
+        <v>0.033</v>
+      </c>
+      <c r="J9" s="6" t="n"/>
+      <c r="K9" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="L9" s="7" t="n">
+        <v>0.1787</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="1" t="n">
+        <v>3</v>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>INE090A01021</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E10" s="5" t="n">
+        <v>1342600</v>
+      </c>
+      <c r="F10" s="6" t="n">
+        <v>18646.03</v>
+      </c>
+      <c r="G10" s="7" t="n">
+        <v>0.028</v>
+      </c>
+      <c r="J10" s="6" t="n"/>
+      <c r="K10" s="1" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+      <c r="L10" s="7" t="n">
+        <v>0.0935</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="n">
+        <v>4</v>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited</t>
+        </is>
+      </c>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>INE154A01025</t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="n">
+        <v>3622400</v>
+      </c>
+      <c r="F11" s="6" t="n">
+        <v>14643.55</v>
+      </c>
+      <c r="G11" s="7" t="n">
+        <v>0.022</v>
+      </c>
+      <c r="J11" s="6" t="n"/>
+      <c r="K11" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="L11" s="7" t="n">
+        <v>0.0796</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="n">
+        <v>5</v>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>INE237A01028</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="n">
+        <v>670800</v>
+      </c>
+      <c r="F12" s="6" t="n">
+        <v>14250.48</v>
+      </c>
+      <c r="G12" s="7" t="n">
+        <v>0.0214</v>
+      </c>
+      <c r="J12" s="6" t="n"/>
+      <c r="K12" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="L12" s="7" t="n">
+        <v>0.0701</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="n">
+        <v>6</v>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>INE238A01034</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="n">
+        <v>1076875</v>
+      </c>
+      <c r="F13" s="6" t="n">
+        <v>13780.77</v>
+      </c>
+      <c r="G13" s="7" t="n">
+        <v>0.0207</v>
+      </c>
+      <c r="J13" s="6" t="n"/>
+      <c r="K13" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="n">
+        <v>0.06909999999999999</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="1" t="n">
+        <v>7</v>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>INE467B01029</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="n">
+        <v>424725</v>
+      </c>
+      <c r="F14" s="6" t="n">
+        <v>13325.75</v>
+      </c>
+      <c r="G14" s="7" t="n">
+        <v>0.02</v>
+      </c>
+      <c r="J14" s="6" t="n"/>
+      <c r="K14" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="L14" s="7" t="n">
+        <v>0.0355</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="1" t="n">
+        <v>8</v>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>INE018A01030</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="n">
+        <v>286300</v>
+      </c>
+      <c r="F15" s="6" t="n">
+        <v>11651.26</v>
+      </c>
+      <c r="G15" s="7" t="n">
+        <v>0.0175</v>
+      </c>
+      <c r="J15" s="6" t="n"/>
+      <c r="K15" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="L15" s="7" t="n">
+        <v>0.0304</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="1" t="n">
+        <v>9</v>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>INE028A01039</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="n">
+        <v>3799575</v>
+      </c>
+      <c r="F16" s="6" t="n">
+        <v>11011.17</v>
+      </c>
+      <c r="G16" s="7" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="J16" s="6" t="n"/>
+      <c r="K16" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="L16" s="7" t="n">
+        <v>0.0296</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="1" t="n">
+        <v>10</v>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>INE669E01016</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="n">
+        <v>93989625</v>
+      </c>
+      <c r="F17" s="6" t="n">
+        <v>9361.370000000001</v>
+      </c>
+      <c r="G17" s="7" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="J17" s="6" t="n"/>
+      <c r="K17" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="L17" s="7" t="n">
+        <v>0.0265</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="1" t="n">
+        <v>11</v>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Eternal Limited</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>INE758T01015</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="n">
+        <v>2766925</v>
+      </c>
+      <c r="F18" s="6" t="n">
+        <v>8303.540000000001</v>
+      </c>
+      <c r="G18" s="7" t="n">
+        <v>0.0125</v>
+      </c>
+      <c r="J18" s="6" t="n"/>
+      <c r="K18" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="n">
+        <v>0.025</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" s="1" t="n">
+        <v>12</v>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>INE019A01038</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="n">
+        <v>697950</v>
+      </c>
+      <c r="F19" s="6" t="n">
+        <v>8098.31</v>
+      </c>
+      <c r="G19" s="7" t="n">
+        <v>0.0122</v>
+      </c>
+      <c r="J19" s="6" t="n"/>
+      <c r="K19" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="L19" s="7" t="n">
+        <v>0.0239</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" s="1" t="n">
+        <v>13</v>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>GMR Airports Limited</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>INE776C01039</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="n">
+        <v>7372575</v>
+      </c>
+      <c r="F20" s="6" t="n">
+        <v>7988.19</v>
+      </c>
+      <c r="G20" s="7" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="J20" s="6" t="n"/>
+      <c r="K20" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L20" s="7" t="n">
+        <v>0.0223</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" s="1" t="n">
+        <v>14</v>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>INE205A01025</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="n">
+        <v>1506500</v>
+      </c>
+      <c r="F21" s="6" t="n">
+        <v>7924.19</v>
+      </c>
+      <c r="G21" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+      <c r="J21" s="6" t="n"/>
+      <c r="K21" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="L21" s="7" t="n">
+        <v>0.0192</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" s="1" t="n">
+        <v>15</v>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Sammaan Capital Limited</t>
+        </is>
+      </c>
+      <c r="C22" s="1" t="inlineStr">
+        <is>
+          <t>INE148I01020</t>
+        </is>
+      </c>
+      <c r="D22" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="n">
+        <v>4863300</v>
+      </c>
+      <c r="F22" s="6" t="n">
+        <v>7477.81</v>
+      </c>
+      <c r="G22" s="7" t="n">
+        <v>0.0112</v>
+      </c>
+      <c r="J22" s="6" t="n"/>
+      <c r="K22" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="L22" s="7" t="n">
+        <v>0.0187</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="1" t="n">
+        <v>16</v>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank</t>
+        </is>
+      </c>
+      <c r="C23" s="1" t="inlineStr">
+        <is>
+          <t>INE160A01022</t>
+        </is>
+      </c>
+      <c r="D23" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="n">
+        <v>5704000</v>
+      </c>
+      <c r="F23" s="6" t="n">
+        <v>7101.48</v>
+      </c>
+      <c r="G23" s="7" t="n">
+        <v>0.0107</v>
+      </c>
+      <c r="J23" s="6" t="n"/>
+      <c r="K23" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="L23" s="7" t="n">
+        <v>0.0175</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="1" t="n">
+        <v>17</v>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C24" s="1" t="inlineStr">
+        <is>
+          <t>INE115A01026</t>
+        </is>
+      </c>
+      <c r="D24" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="n">
+        <v>1273000</v>
+      </c>
+      <c r="F24" s="6" t="n">
+        <v>6990.04</v>
+      </c>
+      <c r="G24" s="7" t="n">
+        <v>0.0105</v>
+      </c>
+      <c r="J24" s="6" t="n"/>
+      <c r="K24" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="L24" s="7" t="n">
+        <v>0.0161</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="1" t="n">
+        <v>18</v>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited</t>
+        </is>
+      </c>
+      <c r="C25" s="1" t="inlineStr">
+        <is>
+          <t>INE263A01024</t>
+        </is>
+      </c>
+      <c r="D25" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="n">
+        <v>1571775</v>
+      </c>
+      <c r="F25" s="6" t="n">
+        <v>6471.78</v>
+      </c>
+      <c r="G25" s="7" t="n">
+        <v>0.0097</v>
+      </c>
+      <c r="J25" s="6" t="n"/>
+      <c r="K25" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="L25" s="7" t="n">
+        <v>0.0157</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="1" t="n">
+        <v>19</v>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Jio Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C26" s="1" t="inlineStr">
+        <is>
+          <t>INE758E01017</t>
+        </is>
+      </c>
+      <c r="D26" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="n">
+        <v>2096200</v>
+      </c>
+      <c r="F26" s="6" t="n">
+        <v>6418.56</v>
+      </c>
+      <c r="G26" s="7" t="n">
+        <v>0.009599999999999999</v>
+      </c>
+      <c r="J26" s="6" t="n"/>
+      <c r="K26" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="L26" s="7" t="n">
+        <v>0.0156</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="1" t="n">
+        <v>20</v>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited</t>
+        </is>
+      </c>
+      <c r="C27" s="1" t="inlineStr">
+        <is>
+          <t>INE245A01021</t>
+        </is>
+      </c>
+      <c r="D27" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="n">
+        <v>1593550</v>
+      </c>
+      <c r="F27" s="6" t="n">
+        <v>6216.44</v>
+      </c>
+      <c r="G27" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J27" s="6" t="n"/>
+      <c r="K27" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="L27" s="7" t="n">
+        <v>0.0152</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="1" t="n">
+        <v>21</v>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited</t>
+        </is>
+      </c>
+      <c r="C28" s="1" t="inlineStr">
+        <is>
+          <t>INE092T01019</t>
+        </is>
+      </c>
+      <c r="D28" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="n">
+        <v>7726075</v>
+      </c>
+      <c r="F28" s="6" t="n">
+        <v>6190.9</v>
+      </c>
+      <c r="G28" s="7" t="n">
+        <v>0.009299999999999999</v>
+      </c>
+      <c r="J28" s="6" t="n"/>
+      <c r="K28" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="L28" s="7" t="n">
+        <v>0.0149</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="1" t="n">
+        <v>22</v>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited</t>
+        </is>
+      </c>
+      <c r="C29" s="1" t="inlineStr">
+        <is>
+          <t>INE038A01020</t>
+        </is>
+      </c>
+      <c r="D29" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="n">
+        <v>760200</v>
+      </c>
+      <c r="F29" s="6" t="n">
+        <v>6145.46</v>
+      </c>
+      <c r="G29" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J29" s="6" t="n"/>
+      <c r="K29" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="L29" s="7" t="n">
+        <v>0.0138</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="1" t="n">
+        <v>23</v>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited</t>
+        </is>
+      </c>
+      <c r="C30" s="1" t="inlineStr">
+        <is>
+          <t>INE066F01020</t>
+        </is>
+      </c>
+      <c r="D30" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="n">
+        <v>134850</v>
+      </c>
+      <c r="F30" s="6" t="n">
+        <v>6125.43</v>
+      </c>
+      <c r="G30" s="7" t="n">
+        <v>0.0092</v>
+      </c>
+      <c r="J30" s="6" t="n"/>
+      <c r="K30" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="L30" s="7" t="n">
+        <v>0.013</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="1" t="n">
+        <v>24</v>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C31" s="1" t="inlineStr">
+        <is>
+          <t>INE721A01047</t>
+        </is>
+      </c>
+      <c r="D31" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="n">
+        <v>697950</v>
+      </c>
+      <c r="F31" s="6" t="n">
+        <v>5944.09</v>
+      </c>
+      <c r="G31" s="7" t="n">
+        <v>0.0089</v>
+      </c>
+      <c r="J31" s="6" t="n"/>
+      <c r="K31" s="1" t="inlineStr">
+        <is>
+          <t>Diversified Metals</t>
+        </is>
+      </c>
+      <c r="L31" s="7" t="n">
+        <v>0.0119</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="1" t="n">
+        <v>25</v>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Marico Limited</t>
+        </is>
+      </c>
+      <c r="C32" s="1" t="inlineStr">
+        <is>
+          <t>INE196A01026</t>
+        </is>
+      </c>
+      <c r="D32" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="n">
+        <v>793200</v>
+      </c>
+      <c r="F32" s="6" t="n">
+        <v>5690.42</v>
+      </c>
+      <c r="G32" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+      <c r="J32" s="6" t="n"/>
+      <c r="K32" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="L32" s="7" t="n">
+        <v>0.0116</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="1" t="n">
+        <v>26</v>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited</t>
+        </is>
+      </c>
+      <c r="C33" s="1" t="inlineStr">
+        <is>
+          <t>INE296A01032</t>
+        </is>
+      </c>
+      <c r="D33" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="n">
+        <v>517500</v>
+      </c>
+      <c r="F33" s="6" t="n">
+        <v>5369.06</v>
+      </c>
+      <c r="G33" s="7" t="n">
+        <v>0.0081</v>
+      </c>
+      <c r="J33" s="6" t="n"/>
+      <c r="K33" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="L33" s="7" t="n">
+        <v>0.0111</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="1" t="n">
+        <v>27</v>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited</t>
+        </is>
+      </c>
+      <c r="C34" s="1" t="inlineStr">
+        <is>
+          <t>INE397D01024</t>
+        </is>
+      </c>
+      <c r="D34" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="n">
+        <v>254125</v>
+      </c>
+      <c r="F34" s="6" t="n">
+        <v>5340.69</v>
+      </c>
+      <c r="G34" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="J34" s="6" t="n"/>
+      <c r="K34" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="L34" s="7" t="n">
+        <v>0.0109</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="1" t="n">
+        <v>28</v>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C35" s="1" t="inlineStr">
+        <is>
+          <t>INE134E01011</t>
+        </is>
+      </c>
+      <c r="D35" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="n">
+        <v>1448200</v>
+      </c>
+      <c r="F35" s="6" t="n">
+        <v>5252.62</v>
+      </c>
+      <c r="G35" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="J35" s="6" t="n"/>
+      <c r="K35" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="L35" s="7" t="n">
+        <v>0.009900000000000001</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="1" t="n">
+        <v>29</v>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India</t>
+        </is>
+      </c>
+      <c r="C36" s="1" t="inlineStr">
+        <is>
+          <t>INE062A01020</t>
+        </is>
+      </c>
+      <c r="D36" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="n">
+        <v>504750</v>
+      </c>
+      <c r="F36" s="6" t="n">
+        <v>4941.5</v>
+      </c>
+      <c r="G36" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="J36" s="6" t="n"/>
+      <c r="K36" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="L36" s="7" t="n">
+        <v>0.008500000000000001</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="1" t="n">
+        <v>30</v>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C37" s="1" t="inlineStr">
+        <is>
+          <t>INE406A01037</t>
+        </is>
+      </c>
+      <c r="D37" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="n">
+        <v>400400</v>
+      </c>
+      <c r="F37" s="6" t="n">
+        <v>4911.71</v>
+      </c>
+      <c r="G37" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="J37" s="6" t="n"/>
+      <c r="K37" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="L37" s="7" t="n">
+        <v>0.008</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="1" t="n">
+        <v>31</v>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C38" s="1" t="inlineStr">
+        <is>
+          <t>INE020B01018</t>
+        </is>
+      </c>
+      <c r="D38" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="n">
+        <v>1339075</v>
+      </c>
+      <c r="F38" s="6" t="n">
+        <v>4832.72</v>
+      </c>
+      <c r="G38" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="J38" s="6" t="n"/>
+      <c r="K38" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="L38" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="1" t="n">
+        <v>32</v>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Heavy Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C39" s="1" t="inlineStr">
+        <is>
+          <t>INE257A01026</t>
+        </is>
+      </c>
+      <c r="D39" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="n">
+        <v>1609125</v>
+      </c>
+      <c r="F39" s="6" t="n">
+        <v>4680.14</v>
+      </c>
+      <c r="G39" s="7" t="n">
+        <v>0.007</v>
+      </c>
+      <c r="J39" s="6" t="n"/>
+      <c r="K39" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="L39" s="7" t="n">
+        <v>0.007</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="1" t="n">
+        <v>33</v>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited</t>
+        </is>
+      </c>
+      <c r="C40" s="1" t="inlineStr">
+        <is>
+          <t>INE423A01024</t>
+        </is>
+      </c>
+      <c r="D40" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="n">
+        <v>202086</v>
+      </c>
+      <c r="F40" s="6" t="n">
+        <v>4607.96</v>
+      </c>
+      <c r="G40" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+      <c r="J40" s="6" t="n"/>
+      <c r="K40" s="1" t="inlineStr">
+        <is>
+          <t>Metals &amp; Minerals Trading</t>
+        </is>
+      </c>
+      <c r="L40" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="1" t="n">
+        <v>34</v>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited</t>
+        </is>
+      </c>
+      <c r="C41" s="1" t="inlineStr">
+        <is>
+          <t>INE481G01011</t>
+        </is>
+      </c>
+      <c r="D41" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="n">
+        <v>36850</v>
+      </c>
+      <c r="F41" s="6" t="n">
+        <v>4274.6</v>
+      </c>
+      <c r="G41" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+      <c r="J41" s="6" t="n"/>
+      <c r="K41" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="n">
+        <v>0.0069</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="1" t="n">
+        <v>35</v>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited</t>
+        </is>
+      </c>
+      <c r="C42" s="1" t="inlineStr">
+        <is>
+          <t>INE280A01028</t>
+        </is>
+      </c>
+      <c r="D42" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="n">
+        <v>106750</v>
+      </c>
+      <c r="F42" s="6" t="n">
+        <v>4171.47</v>
+      </c>
+      <c r="G42" s="7" t="n">
+        <v>0.0063</v>
+      </c>
+      <c r="J42" s="6" t="n"/>
+      <c r="K42" s="1" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="L42" s="7" t="n">
+        <v>0.0065</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="1" t="n">
+        <v>36</v>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Container Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C43" s="1" t="inlineStr">
+        <is>
+          <t>INE111A01025</t>
+        </is>
+      </c>
+      <c r="D43" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="n">
+        <v>803750</v>
+      </c>
+      <c r="F43" s="6" t="n">
+        <v>4109.17</v>
+      </c>
+      <c r="G43" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J43" s="6" t="n"/>
+      <c r="K43" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="L43" s="7" t="n">
+        <v>0.0064</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="1" t="n">
+        <v>37</v>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>One 97 Communications Limited</t>
+        </is>
+      </c>
+      <c r="C44" s="1" t="inlineStr">
+        <is>
+          <t>INE982J01020</t>
+        </is>
+      </c>
+      <c r="D44" s="1" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="n">
+        <v>311025</v>
+      </c>
+      <c r="F44" s="6" t="n">
+        <v>4107.4</v>
+      </c>
+      <c r="G44" s="7" t="n">
+        <v>0.0062</v>
+      </c>
+      <c r="J44" s="6" t="n"/>
+      <c r="K44" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="L44" s="7" t="n">
+        <v>0.0059</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="n">
+        <v>38</v>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank</t>
+        </is>
+      </c>
+      <c r="C45" s="1" t="inlineStr">
+        <is>
+          <t>INE476A01022</t>
+        </is>
+      </c>
+      <c r="D45" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="n">
+        <v>2673000</v>
+      </c>
+      <c r="F45" s="6" t="n">
+        <v>4051.73</v>
+      </c>
+      <c r="G45" s="7" t="n">
+        <v>0.0061</v>
+      </c>
+      <c r="J45" s="6" t="n"/>
+      <c r="K45" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="L45" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="1" t="n">
+        <v>39</v>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Max Healthcare Institute Limited</t>
+        </is>
+      </c>
+      <c r="C46" s="1" t="inlineStr">
+        <is>
+          <t>INE027H01010</t>
+        </is>
+      </c>
+      <c r="D46" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="n">
+        <v>331275</v>
+      </c>
+      <c r="F46" s="6" t="n">
+        <v>3852.07</v>
+      </c>
+      <c r="G46" s="7" t="n">
+        <v>0.0058</v>
+      </c>
+      <c r="J46" s="6" t="n"/>
+      <c r="K46" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="L46" s="7" t="n">
+        <v>0.0042</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="1" t="n">
+        <v>40</v>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited</t>
+        </is>
+      </c>
+      <c r="C47" s="1" t="inlineStr">
+        <is>
+          <t>INE081A01020</t>
+        </is>
+      </c>
+      <c r="D47" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="n">
+        <v>2238500</v>
+      </c>
+      <c r="F47" s="6" t="n">
+        <v>3759.78</v>
+      </c>
+      <c r="G47" s="7" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="J47" s="6" t="n"/>
+      <c r="K47" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="L47" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="1" t="n">
+        <v>41</v>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited</t>
+        </is>
+      </c>
+      <c r="C48" s="1" t="inlineStr">
+        <is>
+          <t>INE742F01042</t>
+        </is>
+      </c>
+      <c r="D48" s="1" t="inlineStr">
+        <is>
+          <t>Transport Infrastructure</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="n">
+        <v>239875</v>
+      </c>
+      <c r="F48" s="6" t="n">
+        <v>3638.66</v>
+      </c>
+      <c r="G48" s="7" t="n">
+        <v>0.0055</v>
+      </c>
+      <c r="J48" s="6" t="n"/>
+      <c r="K48" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="L48" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="1" t="n">
+        <v>42</v>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>DLF Limited</t>
+        </is>
+      </c>
+      <c r="C49" s="1" t="inlineStr">
+        <is>
+          <t>INE271C01023</t>
+        </is>
+      </c>
+      <c r="D49" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="n">
+        <v>500775</v>
+      </c>
+      <c r="F49" s="6" t="n">
+        <v>3623.61</v>
+      </c>
+      <c r="G49" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J49" s="6" t="n"/>
+      <c r="K49" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="L49" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="1" t="n">
+        <v>43</v>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited</t>
+        </is>
+      </c>
+      <c r="C50" s="1" t="inlineStr">
+        <is>
+          <t>INE702C01027</t>
+        </is>
+      </c>
+      <c r="D50" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="n">
+        <v>208600</v>
+      </c>
+      <c r="F50" s="6" t="n">
+        <v>3585.63</v>
+      </c>
+      <c r="G50" s="7" t="n">
+        <v>0.0054</v>
+      </c>
+      <c r="J50" s="6" t="n"/>
+      <c r="K50" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="L50" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="1" t="n">
+        <v>44</v>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>National Aluminium Company Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="1" t="inlineStr">
+        <is>
+          <t>INE139A01034</t>
+        </is>
+      </c>
+      <c r="D51" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="n">
+        <v>1368750</v>
+      </c>
+      <c r="F51" s="6" t="n">
+        <v>3558.48</v>
+      </c>
+      <c r="G51" s="7" t="n">
+        <v>0.0053</v>
+      </c>
+      <c r="J51" s="6" t="n"/>
+      <c r="K51" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="L51" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="1" t="n">
+        <v>45</v>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited</t>
+        </is>
+      </c>
+      <c r="C52" s="1" t="inlineStr">
+        <is>
+          <t>INE745G01035</t>
+        </is>
+      </c>
+      <c r="D52" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="n">
+        <v>33625</v>
+      </c>
+      <c r="F52" s="6" t="n">
+        <v>3387.21</v>
+      </c>
+      <c r="G52" s="7" t="n">
+        <v>0.0051</v>
+      </c>
+      <c r="J52" s="6" t="n"/>
+      <c r="K52" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="L52" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="n">
+        <v>46</v>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Adani Energy Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C53" s="1" t="inlineStr">
+        <is>
+          <t>INE931S01010</t>
+        </is>
+      </c>
+      <c r="D53" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="n">
+        <v>328050</v>
+      </c>
+      <c r="F53" s="6" t="n">
+        <v>3262.62</v>
+      </c>
+      <c r="G53" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J53" s="6" t="n"/>
+      <c r="K53" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="L53" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="n">
+        <v>47</v>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited</t>
+        </is>
+      </c>
+      <c r="C54" s="1" t="inlineStr">
+        <is>
+          <t>INE095A01012</t>
+        </is>
+      </c>
+      <c r="D54" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="n">
+        <v>377300</v>
+      </c>
+      <c r="F54" s="6" t="n">
+        <v>3239.31</v>
+      </c>
+      <c r="G54" s="7" t="n">
+        <v>0.0049</v>
+      </c>
+      <c r="J54" s="6" t="n"/>
+      <c r="K54" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="L54" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="1" t="n">
+        <v>48</v>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>RBL Bank Limited</t>
+        </is>
+      </c>
+      <c r="C55" s="1" t="inlineStr">
+        <is>
+          <t>INE976G01028</t>
+        </is>
+      </c>
+      <c r="D55" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="n">
+        <v>1000125</v>
+      </c>
+      <c r="F55" s="6" t="n">
+        <v>3124.39</v>
+      </c>
+      <c r="G55" s="7" t="n">
+        <v>0.0047</v>
+      </c>
+      <c r="J55" s="6" t="n"/>
+      <c r="K55" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="L55" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="1" t="n">
+        <v>49</v>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Divi's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C56" s="1" t="inlineStr">
+        <is>
+          <t>INE361B01024</t>
+        </is>
+      </c>
+      <c r="D56" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="n">
+        <v>46600</v>
+      </c>
+      <c r="F56" s="6" t="n">
+        <v>3018.28</v>
+      </c>
+      <c r="G56" s="7" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="J56" s="6" t="n"/>
+      <c r="K56" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="L56" s="7" t="n">
+        <v>-0.7223000000000001</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="n">
+        <v>50</v>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited</t>
+        </is>
+      </c>
+      <c r="C57" s="1" t="inlineStr">
+        <is>
+          <t>INE114A01011</t>
+        </is>
+      </c>
+      <c r="D57" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="n">
+        <v>2157300</v>
+      </c>
+      <c r="F57" s="6" t="n">
+        <v>2910.41</v>
+      </c>
+      <c r="G57" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J57" s="6" t="n"/>
+      <c r="K57" s="1" t="inlineStr">
+        <is>
+          <t>Cash &amp; Equivalent</t>
+        </is>
+      </c>
+      <c r="L57" s="7" t="n">
+        <v>0.0106</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="1" t="n">
+        <v>51</v>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited</t>
+        </is>
+      </c>
+      <c r="C58" s="1" t="inlineStr">
+        <is>
+          <t>INE591G01025</t>
+        </is>
+      </c>
+      <c r="D58" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="n">
+        <v>152250</v>
+      </c>
+      <c r="F58" s="6" t="n">
+        <v>2906</v>
+      </c>
+      <c r="G58" s="7" t="n">
+        <v>0.0044</v>
+      </c>
+      <c r="J58" s="6" t="n"/>
+    </row>
+    <row r="59">
+      <c r="A59" s="1" t="n">
+        <v>52</v>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Grasim Industries Limited</t>
+        </is>
+      </c>
+      <c r="C59" s="1" t="inlineStr">
+        <is>
+          <t>INE047A01021</t>
+        </is>
+      </c>
+      <c r="D59" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="n">
+        <v>105000</v>
+      </c>
+      <c r="F59" s="6" t="n">
+        <v>2876.37</v>
+      </c>
+      <c r="G59" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J59" s="6" t="n"/>
+    </row>
+    <row r="60">
+      <c r="A60" s="1" t="n">
+        <v>53</v>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited</t>
+        </is>
+      </c>
+      <c r="C60" s="1" t="inlineStr">
+        <is>
+          <t>INE674K01013</t>
+        </is>
+      </c>
+      <c r="D60" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="n">
+        <v>802900</v>
+      </c>
+      <c r="F60" s="6" t="n">
+        <v>2874.78</v>
+      </c>
+      <c r="G60" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J60" s="6" t="n"/>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="n">
+        <v>54</v>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Lupin Limited</t>
+        </is>
+      </c>
+      <c r="C61" s="1" t="inlineStr">
+        <is>
+          <t>INE326A01037</t>
+        </is>
+      </c>
+      <c r="D61" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="n">
+        <v>137275</v>
+      </c>
+      <c r="F61" s="6" t="n">
+        <v>2858.34</v>
+      </c>
+      <c r="G61" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J61" s="6" t="n"/>
+    </row>
+    <row r="62">
+      <c r="A62" s="1" t="n">
+        <v>55</v>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>PNB Housing Finance Limited</t>
+        </is>
+      </c>
+      <c r="C62" s="1" t="inlineStr">
+        <is>
+          <t>INE572E01012</t>
+        </is>
+      </c>
+      <c r="D62" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="n">
+        <v>315250</v>
+      </c>
+      <c r="F62" s="6" t="n">
+        <v>2853.96</v>
+      </c>
+      <c r="G62" s="7" t="n">
+        <v>0.0043</v>
+      </c>
+      <c r="J62" s="6" t="n"/>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="n">
+        <v>56</v>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Nestle India Limited</t>
+        </is>
+      </c>
+      <c r="C63" s="1" t="inlineStr">
+        <is>
+          <t>INE239A01024</t>
+        </is>
+      </c>
+      <c r="D63" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="n">
+        <v>208500</v>
+      </c>
+      <c r="F63" s="6" t="n">
+        <v>2629.39</v>
+      </c>
+      <c r="G63" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J63" s="6" t="n"/>
+    </row>
+    <row r="64">
+      <c r="A64" s="1" t="n">
+        <v>57</v>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Yes Bank Limited</t>
+        </is>
+      </c>
+      <c r="C64" s="1" t="inlineStr">
+        <is>
+          <t>INE528G01035</t>
+        </is>
+      </c>
+      <c r="D64" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="n">
+        <v>11196000</v>
+      </c>
+      <c r="F64" s="6" t="n">
+        <v>2567.24</v>
+      </c>
+      <c r="G64" s="7" t="n">
+        <v>0.0039</v>
+      </c>
+      <c r="J64" s="6" t="n"/>
+    </row>
+    <row r="65">
+      <c r="A65" s="1" t="n">
+        <v>58</v>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited</t>
+        </is>
+      </c>
+      <c r="C65" s="1" t="inlineStr">
+        <is>
+          <t>INE545U01014</t>
+        </is>
+      </c>
+      <c r="D65" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="n">
+        <v>1659600</v>
+      </c>
+      <c r="F65" s="6" t="n">
+        <v>2495.37</v>
+      </c>
+      <c r="G65" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="J65" s="6" t="n"/>
+    </row>
+    <row r="66">
+      <c r="A66" s="1" t="n">
+        <v>59</v>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C66" s="1" t="inlineStr">
+        <is>
+          <t>INE101A01026</t>
+        </is>
+      </c>
+      <c r="D66" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="n">
+        <v>63200</v>
+      </c>
+      <c r="F66" s="6" t="n">
+        <v>2374.61</v>
+      </c>
+      <c r="G66" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="J66" s="6" t="n"/>
+    </row>
+    <row r="67">
+      <c r="A67" s="1" t="n">
+        <v>60</v>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>TATA CONSUMER PRODUCTS LIMITED</t>
+        </is>
+      </c>
+      <c r="C67" s="1" t="inlineStr">
+        <is>
+          <t>INE192A01025</t>
+        </is>
+      </c>
+      <c r="D67" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="n">
+        <v>197450</v>
+      </c>
+      <c r="F67" s="6" t="n">
+        <v>2314.9</v>
+      </c>
+      <c r="G67" s="7" t="n">
+        <v>0.0035</v>
+      </c>
+      <c r="J67" s="6" t="n"/>
+    </row>
+    <row r="68">
+      <c r="A68" s="1" t="n">
+        <v>61</v>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited</t>
+        </is>
+      </c>
+      <c r="C68" s="1" t="inlineStr">
+        <is>
+          <t>INE585B01010</t>
+        </is>
+      </c>
+      <c r="D68" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="n">
+        <v>14400</v>
+      </c>
+      <c r="F68" s="6" t="n">
+        <v>2289.6</v>
+      </c>
+      <c r="G68" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J68" s="6" t="n"/>
+    </row>
+    <row r="69">
+      <c r="A69" s="1" t="n">
+        <v>62</v>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited</t>
+        </is>
+      </c>
+      <c r="C69" s="1" t="inlineStr">
+        <is>
+          <t>INE733E01010</t>
+        </is>
+      </c>
+      <c r="D69" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="n">
+        <v>693000</v>
+      </c>
+      <c r="F69" s="6" t="n">
+        <v>2262.3</v>
+      </c>
+      <c r="G69" s="7" t="n">
+        <v>0.0034</v>
+      </c>
+      <c r="J69" s="6" t="n"/>
+    </row>
+    <row r="70">
+      <c r="A70" s="1" t="n">
+        <v>63</v>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited</t>
+        </is>
+      </c>
+      <c r="C70" s="1" t="inlineStr">
+        <is>
+          <t>INE044A01036</t>
+        </is>
+      </c>
+      <c r="D70" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="n">
+        <v>119350</v>
+      </c>
+      <c r="F70" s="6" t="n">
+        <v>2186.01</v>
+      </c>
+      <c r="G70" s="7" t="n">
+        <v>0.0033</v>
+      </c>
+      <c r="J70" s="6" t="n"/>
+    </row>
+    <row r="71">
+      <c r="A71" s="1" t="n">
+        <v>64</v>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited</t>
+        </is>
+      </c>
+      <c r="C71" s="1" t="inlineStr">
+        <is>
+          <t>INE121J01017</t>
+        </is>
+      </c>
+      <c r="D71" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="n">
+        <v>528700</v>
+      </c>
+      <c r="F71" s="6" t="n">
+        <v>2120.35</v>
+      </c>
+      <c r="G71" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J71" s="6" t="n"/>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="n">
+        <v>65</v>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>JSW Energy Limited</t>
+        </is>
+      </c>
+      <c r="C72" s="1" t="inlineStr">
+        <is>
+          <t>INE121E01018</t>
+        </is>
+      </c>
+      <c r="D72" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="n">
+        <v>432000</v>
+      </c>
+      <c r="F72" s="6" t="n">
+        <v>2110.97</v>
+      </c>
+      <c r="G72" s="7" t="n">
+        <v>0.0032</v>
+      </c>
+      <c r="J72" s="6" t="n"/>
+    </row>
+    <row r="73">
+      <c r="A73" s="1" t="n">
+        <v>66</v>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>BSE Limited</t>
+        </is>
+      </c>
+      <c r="C73" s="1" t="inlineStr">
+        <is>
+          <t>INE118H01025</t>
+        </is>
+      </c>
+      <c r="D73" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="n">
+        <v>71250</v>
+      </c>
+      <c r="F73" s="6" t="n">
+        <v>2067.96</v>
+      </c>
+      <c r="G73" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J73" s="6" t="n"/>
+    </row>
+    <row r="74">
+      <c r="A74" s="1" t="n">
+        <v>67</v>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Biocon Limited</t>
+        </is>
+      </c>
+      <c r="C74" s="1" t="inlineStr">
+        <is>
+          <t>INE376G01013</t>
+        </is>
+      </c>
+      <c r="D74" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="n">
+        <v>512500</v>
+      </c>
+      <c r="F74" s="6" t="n">
+        <v>2041.54</v>
+      </c>
+      <c r="G74" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J74" s="6" t="n"/>
+    </row>
+    <row r="75">
+      <c r="A75" s="1" t="n">
+        <v>68</v>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited</t>
+        </is>
+      </c>
+      <c r="C75" s="1" t="inlineStr">
+        <is>
+          <t>INE299U01018</t>
+        </is>
+      </c>
+      <c r="D75" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="n">
+        <v>766800</v>
+      </c>
+      <c r="F75" s="6" t="n">
+        <v>2034.7</v>
+      </c>
+      <c r="G75" s="7" t="n">
+        <v>0.0031</v>
+      </c>
+      <c r="J75" s="6" t="n"/>
+    </row>
+    <row r="76">
+      <c r="A76" s="1" t="n">
+        <v>69</v>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited</t>
+        </is>
+      </c>
+      <c r="C76" s="1" t="inlineStr">
+        <is>
+          <t>INE030A01027</t>
+        </is>
+      </c>
+      <c r="D76" s="1" t="inlineStr">
+        <is>
+          <t>Diversified FMCG</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="n">
+        <v>81600</v>
+      </c>
+      <c r="F76" s="6" t="n">
+        <v>2012.75</v>
+      </c>
+      <c r="G76" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J76" s="6" t="n"/>
+    </row>
+    <row r="77">
+      <c r="A77" s="1" t="n">
+        <v>70</v>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Exide Industries Limited</t>
+        </is>
+      </c>
+      <c r="C77" s="1" t="inlineStr">
+        <is>
+          <t>INE302A01020</t>
+        </is>
+      </c>
+      <c r="D77" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="n">
+        <v>534600</v>
+      </c>
+      <c r="F77" s="6" t="n">
+        <v>2003.68</v>
+      </c>
+      <c r="G77" s="7" t="n">
+        <v>0.003</v>
+      </c>
+      <c r="J77" s="6" t="n"/>
+    </row>
+    <row r="78">
+      <c r="A78" s="1" t="n">
+        <v>71</v>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Patanjali Foods Limited</t>
+        </is>
+      </c>
+      <c r="C78" s="1" t="inlineStr">
+        <is>
+          <t>INE619A01035</t>
+        </is>
+      </c>
+      <c r="D78" s="1" t="inlineStr">
+        <is>
+          <t>Agricultural Food &amp; other Products</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="n">
+        <v>342900</v>
+      </c>
+      <c r="F78" s="6" t="n">
+        <v>1948.19</v>
+      </c>
+      <c r="G78" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J78" s="6" t="n"/>
+    </row>
+    <row r="79">
+      <c r="A79" s="1" t="n">
+        <v>72</v>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited</t>
+        </is>
+      </c>
+      <c r="C79" s="1" t="inlineStr">
+        <is>
+          <t>INE398R01022</t>
+        </is>
+      </c>
+      <c r="D79" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="n">
+        <v>296000</v>
+      </c>
+      <c r="F79" s="6" t="n">
+        <v>1918.97</v>
+      </c>
+      <c r="G79" s="7" t="n">
+        <v>0.0029</v>
+      </c>
+      <c r="J79" s="6" t="n"/>
+    </row>
+    <row r="80">
+      <c r="A80" s="1" t="n">
+        <v>73</v>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation of India</t>
+        </is>
+      </c>
+      <c r="C80" s="1" t="inlineStr">
+        <is>
+          <t>INE0J1Y01017</t>
+        </is>
+      </c>
+      <c r="D80" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="n">
+        <v>211400</v>
+      </c>
+      <c r="F80" s="6" t="n">
+        <v>1890.87</v>
+      </c>
+      <c r="G80" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J80" s="6" t="n"/>
+    </row>
+    <row r="81">
+      <c r="A81" s="1" t="n">
+        <v>74</v>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Glenmark Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C81" s="1" t="inlineStr">
+        <is>
+          <t>INE935A01035</t>
+        </is>
+      </c>
+      <c r="D81" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="n">
+        <v>94875</v>
+      </c>
+      <c r="F81" s="6" t="n">
+        <v>1846.46</v>
+      </c>
+      <c r="G81" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J81" s="6" t="n"/>
+    </row>
+    <row r="82">
+      <c r="A82" s="1" t="n">
+        <v>75</v>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited</t>
+        </is>
+      </c>
+      <c r="C82" s="1" t="inlineStr">
+        <is>
+          <t>INE949L01017</t>
+        </is>
+      </c>
+      <c r="D82" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="n">
+        <v>193000</v>
+      </c>
+      <c r="F82" s="6" t="n">
+        <v>1843.63</v>
+      </c>
+      <c r="G82" s="7" t="n">
+        <v>0.0028</v>
+      </c>
+      <c r="J82" s="6" t="n"/>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="n">
+        <v>76</v>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited</t>
+        </is>
+      </c>
+      <c r="C83" s="1" t="inlineStr">
+        <is>
+          <t>INE584A01023</t>
+        </is>
+      </c>
+      <c r="D83" s="1" t="inlineStr">
+        <is>
+          <t>Minerals &amp; Mining</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="n">
+        <v>2463750</v>
+      </c>
+      <c r="F83" s="6" t="n">
+        <v>1821.2</v>
+      </c>
+      <c r="G83" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J83" s="6" t="n"/>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="n">
+        <v>77</v>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Bank of India</t>
+        </is>
+      </c>
+      <c r="C84" s="1" t="inlineStr">
+        <is>
+          <t>INE084A01016</t>
+        </is>
+      </c>
+      <c r="D84" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="n">
+        <v>1222000</v>
+      </c>
+      <c r="F84" s="6" t="n">
+        <v>1798.05</v>
+      </c>
+      <c r="G84" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J84" s="6" t="n"/>
+    </row>
+    <row r="85">
+      <c r="A85" s="1" t="n">
+        <v>78</v>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>IIFL Finance Limited</t>
+        </is>
+      </c>
+      <c r="C85" s="1" t="inlineStr">
+        <is>
+          <t>INE530B01024</t>
+        </is>
+      </c>
+      <c r="D85" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="n">
+        <v>308550</v>
+      </c>
+      <c r="F85" s="6" t="n">
+        <v>1785.58</v>
+      </c>
+      <c r="G85" s="7" t="n">
+        <v>0.0027</v>
+      </c>
+      <c r="J85" s="6" t="n"/>
+    </row>
+    <row r="86">
+      <c r="A86" s="1" t="n">
+        <v>79</v>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Kalyan Jewellers India Limited</t>
+        </is>
+      </c>
+      <c r="C86" s="1" t="inlineStr">
+        <is>
+          <t>INE303R01014</t>
+        </is>
+      </c>
+      <c r="D86" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="n">
+        <v>344275</v>
+      </c>
+      <c r="F86" s="6" t="n">
+        <v>1739.79</v>
+      </c>
+      <c r="G86" s="7" t="n">
+        <v>0.0026</v>
+      </c>
+      <c r="J86" s="6" t="n"/>
+    </row>
+    <row r="87">
+      <c r="A87" s="1" t="n">
+        <v>80</v>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>SRF Limited</t>
+        </is>
+      </c>
+      <c r="C87" s="1" t="inlineStr">
+        <is>
+          <t>INE647A01010</t>
+        </is>
+      </c>
+      <c r="D87" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="n">
+        <v>58000</v>
+      </c>
+      <c r="F87" s="6" t="n">
+        <v>1697.83</v>
+      </c>
+      <c r="G87" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J87" s="6" t="n"/>
+    </row>
+    <row r="88">
+      <c r="A88" s="1" t="n">
+        <v>81</v>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited</t>
+        </is>
+      </c>
+      <c r="C88" s="1" t="inlineStr">
+        <is>
+          <t>INE216A01030</t>
+        </is>
+      </c>
+      <c r="D88" s="1" t="inlineStr">
+        <is>
+          <t>Food Products</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="n">
+        <v>28625</v>
+      </c>
+      <c r="F88" s="6" t="n">
+        <v>1673.42</v>
+      </c>
+      <c r="G88" s="7" t="n">
+        <v>0.0025</v>
+      </c>
+      <c r="J88" s="6" t="n"/>
+    </row>
+    <row r="89">
+      <c r="A89" s="1" t="n">
+        <v>82</v>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited</t>
+        </is>
+      </c>
+      <c r="C89" s="1" t="inlineStr">
+        <is>
+          <t>INE860A01027</t>
+        </is>
+      </c>
+      <c r="D89" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="n">
+        <v>97300</v>
+      </c>
+      <c r="F89" s="6" t="n">
+        <v>1580.35</v>
+      </c>
+      <c r="G89" s="7" t="n">
+        <v>0.0024</v>
+      </c>
+      <c r="J89" s="6" t="n"/>
+    </row>
+    <row r="90">
+      <c r="A90" s="1" t="n">
+        <v>83</v>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited</t>
+        </is>
+      </c>
+      <c r="C90" s="1" t="inlineStr">
+        <is>
+          <t>INE136B01020</t>
+        </is>
+      </c>
+      <c r="D90" s="1" t="inlineStr">
+        <is>
+          <t>IT - Services</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="n">
+        <v>132600</v>
+      </c>
+      <c r="F90" s="6" t="n">
+        <v>1489.89</v>
+      </c>
+      <c r="G90" s="7" t="n">
+        <v>0.0022</v>
+      </c>
+      <c r="J90" s="6" t="n"/>
+    </row>
+    <row r="91">
+      <c r="A91" s="1" t="n">
+        <v>84</v>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited</t>
+        </is>
+      </c>
+      <c r="C91" s="1" t="inlineStr">
+        <is>
+          <t>INE775A01035</t>
+        </is>
+      </c>
+      <c r="D91" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="n">
+        <v>1223850</v>
+      </c>
+      <c r="F91" s="6" t="n">
+        <v>1423.46</v>
+      </c>
+      <c r="G91" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J91" s="6" t="n"/>
+    </row>
+    <row r="92">
+      <c r="A92" s="1" t="n">
+        <v>85</v>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C92" s="1" t="inlineStr">
+        <is>
+          <t>INE540L01014</t>
+        </is>
+      </c>
+      <c r="D92" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="n">
+        <v>24875</v>
+      </c>
+      <c r="F92" s="6" t="n">
+        <v>1414.14</v>
+      </c>
+      <c r="G92" s="7" t="n">
+        <v>0.0021</v>
+      </c>
+      <c r="J92" s="6" t="n"/>
+    </row>
+    <row r="93">
+      <c r="A93" s="1" t="n">
+        <v>86</v>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Lodha Developers Limited</t>
+        </is>
+      </c>
+      <c r="C93" s="1" t="inlineStr">
+        <is>
+          <t>INE670K01029</t>
+        </is>
+      </c>
+      <c r="D93" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="n">
+        <v>118350</v>
+      </c>
+      <c r="F93" s="6" t="n">
+        <v>1358.89</v>
+      </c>
+      <c r="G93" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J93" s="6" t="n"/>
+    </row>
+    <row r="94">
+      <c r="A94" s="1" t="n">
+        <v>87</v>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited</t>
+        </is>
+      </c>
+      <c r="C94" s="1" t="inlineStr">
+        <is>
+          <t>INE211B01039</t>
+        </is>
+      </c>
+      <c r="D94" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="n">
+        <v>78050</v>
+      </c>
+      <c r="F94" s="6" t="n">
+        <v>1355.57</v>
+      </c>
+      <c r="G94" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J94" s="6" t="n"/>
+    </row>
+    <row r="95">
+      <c r="A95" s="1" t="n">
+        <v>88</v>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Varun Beverages Limited</t>
+        </is>
+      </c>
+      <c r="C95" s="1" t="inlineStr">
+        <is>
+          <t>INE200M01039</t>
+        </is>
+      </c>
+      <c r="D95" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="n">
+        <v>280700</v>
+      </c>
+      <c r="F95" s="6" t="n">
+        <v>1351.71</v>
+      </c>
+      <c r="G95" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J95" s="6" t="n"/>
+    </row>
+    <row r="96">
+      <c r="A96" s="1" t="n">
+        <v>89</v>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Indian Energy Exchange Limited</t>
+        </is>
+      </c>
+      <c r="C96" s="1" t="inlineStr">
+        <is>
+          <t>INE022Q01020</t>
+        </is>
+      </c>
+      <c r="D96" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="n">
+        <v>967500</v>
+      </c>
+      <c r="F96" s="6" t="n">
+        <v>1347.63</v>
+      </c>
+      <c r="G96" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J96" s="6" t="n"/>
+    </row>
+    <row r="97">
+      <c r="A97" s="1" t="n">
+        <v>90</v>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited</t>
+        </is>
+      </c>
+      <c r="C97" s="1" t="inlineStr">
+        <is>
+          <t>INE158A01026</t>
+        </is>
+      </c>
+      <c r="D97" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="n">
+        <v>21600</v>
+      </c>
+      <c r="F97" s="6" t="n">
+        <v>1333.69</v>
+      </c>
+      <c r="G97" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J97" s="6" t="n"/>
+    </row>
+    <row r="98">
+      <c r="A98" s="1" t="n">
+        <v>91</v>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited</t>
+        </is>
+      </c>
+      <c r="C98" s="1" t="inlineStr">
+        <is>
+          <t>INE935N01020</t>
+        </is>
+      </c>
+      <c r="D98" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="n">
+        <v>9050</v>
+      </c>
+      <c r="F98" s="6" t="n">
+        <v>1321.39</v>
+      </c>
+      <c r="G98" s="7" t="n">
+        <v>0.002</v>
+      </c>
+      <c r="J98" s="6" t="n"/>
+    </row>
+    <row r="99">
+      <c r="A99" s="1" t="n">
+        <v>92</v>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited</t>
+        </is>
+      </c>
+      <c r="C99" s="1" t="inlineStr">
+        <is>
+          <t>INE079A01024</t>
+        </is>
+      </c>
+      <c r="D99" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="n">
+        <v>229950</v>
+      </c>
+      <c r="F99" s="6" t="n">
+        <v>1265.18</v>
+      </c>
+      <c r="G99" s="7" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="J99" s="6" t="n"/>
+    </row>
+    <row r="100">
+      <c r="A100" s="1" t="n">
+        <v>93</v>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>The Indian Hotels Company Limited</t>
+        </is>
+      </c>
+      <c r="C100" s="1" t="inlineStr">
+        <is>
+          <t>INE053A01029</t>
+        </is>
+      </c>
+      <c r="D100" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="n">
+        <v>165000</v>
+      </c>
+      <c r="F100" s="6" t="n">
+        <v>1228.1</v>
+      </c>
+      <c r="G100" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J100" s="6" t="n"/>
+    </row>
+    <row r="101">
+      <c r="A101" s="1" t="n">
+        <v>94</v>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited</t>
+        </is>
+      </c>
+      <c r="C101" s="1" t="inlineStr">
+        <is>
+          <t>INE918I01026</t>
+        </is>
+      </c>
+      <c r="D101" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="n">
+        <v>58500</v>
+      </c>
+      <c r="F101" s="6" t="n">
+        <v>1224.99</v>
+      </c>
+      <c r="G101" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J101" s="6" t="n"/>
+    </row>
+    <row r="102">
+      <c r="A102" s="1" t="n">
+        <v>95</v>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited</t>
+        </is>
+      </c>
+      <c r="C102" s="1" t="inlineStr">
+        <is>
+          <t>INE155A01022</t>
+        </is>
+      </c>
+      <c r="D102" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="n">
+        <v>343200</v>
+      </c>
+      <c r="F102" s="6" t="n">
+        <v>1224.54</v>
+      </c>
+      <c r="G102" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J102" s="6" t="n"/>
+    </row>
+    <row r="103">
+      <c r="A103" s="1" t="n">
+        <v>96</v>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Manappuram Finance Limited</t>
+        </is>
+      </c>
+      <c r="C103" s="1" t="inlineStr">
+        <is>
+          <t>INE522D01027</t>
+        </is>
+      </c>
+      <c r="D103" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="n">
+        <v>429000</v>
+      </c>
+      <c r="F103" s="6" t="n">
+        <v>1222.44</v>
+      </c>
+      <c r="G103" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J103" s="6" t="n"/>
+    </row>
+    <row r="104">
+      <c r="A104" s="1" t="n">
+        <v>97</v>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Central Depository Services (India) Limited</t>
+        </is>
+      </c>
+      <c r="C104" s="1" t="inlineStr">
+        <is>
+          <t>INE736A01011</t>
+        </is>
+      </c>
+      <c r="D104" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="n">
+        <v>75050</v>
+      </c>
+      <c r="F104" s="6" t="n">
+        <v>1213.71</v>
+      </c>
+      <c r="G104" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J104" s="6" t="n"/>
+    </row>
+    <row r="105">
+      <c r="A105" s="1" t="n">
+        <v>98</v>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Trent Limited</t>
+        </is>
+      </c>
+      <c r="C105" s="1" t="inlineStr">
+        <is>
+          <t>INE849A01020</t>
+        </is>
+      </c>
+      <c r="D105" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="n">
+        <v>28000</v>
+      </c>
+      <c r="F105" s="6" t="n">
+        <v>1190.11</v>
+      </c>
+      <c r="G105" s="7" t="n">
+        <v>0.0018</v>
+      </c>
+      <c r="J105" s="6" t="n"/>
+    </row>
+    <row r="106">
+      <c r="A106" s="1" t="n">
+        <v>99</v>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C106" s="1" t="inlineStr">
+        <is>
+          <t>INE335Y01020</t>
+        </is>
+      </c>
+      <c r="D106" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="n">
+        <v>161875</v>
+      </c>
+      <c r="F106" s="6" t="n">
+        <v>1111.6</v>
+      </c>
+      <c r="G106" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J106" s="6" t="n"/>
+    </row>
+    <row r="107">
+      <c r="A107" s="1" t="n">
+        <v>100</v>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C107" s="1" t="inlineStr">
+        <is>
+          <t>INE726G01019</t>
+        </is>
+      </c>
+      <c r="D107" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="n">
+        <v>177600</v>
+      </c>
+      <c r="F107" s="6" t="n">
+        <v>1100.68</v>
+      </c>
+      <c r="G107" s="7" t="n">
+        <v>0.0017</v>
+      </c>
+      <c r="J107" s="6" t="n"/>
+    </row>
+    <row r="108">
+      <c r="A108" s="1" t="n">
+        <v>101</v>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Adani Green Energy Limited</t>
+        </is>
+      </c>
+      <c r="C108" s="1" t="inlineStr">
+        <is>
+          <t>INE364U01010</t>
+        </is>
+      </c>
+      <c r="D108" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="n">
+        <v>104400</v>
+      </c>
+      <c r="F108" s="6" t="n">
+        <v>1094.32</v>
+      </c>
+      <c r="G108" s="7" t="n">
+        <v>0.0016</v>
+      </c>
+      <c r="J108" s="6" t="n"/>
+    </row>
+    <row r="109">
+      <c r="A109" s="1" t="n">
+        <v>102</v>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Sona BLW Precision Forgings Limited</t>
+        </is>
+      </c>
+      <c r="C109" s="1" t="inlineStr">
+        <is>
+          <t>INE073K01018</t>
+        </is>
+      </c>
+      <c r="D109" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="n">
+        <v>196525</v>
+      </c>
+      <c r="F109" s="6" t="n">
+        <v>1005.72</v>
+      </c>
+      <c r="G109" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J109" s="6" t="n"/>
+    </row>
+    <row r="110">
+      <c r="A110" s="1" t="n">
+        <v>103</v>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C110" s="1" t="inlineStr">
+        <is>
+          <t>INE213A01029</t>
+        </is>
+      </c>
+      <c r="D110" s="1" t="inlineStr">
+        <is>
+          <t>Oil</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="n">
+        <v>405000</v>
+      </c>
+      <c r="F110" s="6" t="n">
+        <v>985.16</v>
+      </c>
+      <c r="G110" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J110" s="6" t="n"/>
+    </row>
+    <row r="111">
+      <c r="A111" s="1" t="n">
+        <v>104</v>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited</t>
+        </is>
+      </c>
+      <c r="C111" s="1" t="inlineStr">
+        <is>
+          <t>INE484J01027</t>
+        </is>
+      </c>
+      <c r="D111" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="n">
+        <v>46475</v>
+      </c>
+      <c r="F111" s="6" t="n">
+        <v>982.76</v>
+      </c>
+      <c r="G111" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J111" s="6" t="n"/>
+    </row>
+    <row r="112">
+      <c r="A112" s="1" t="n">
+        <v>105</v>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited</t>
+        </is>
+      </c>
+      <c r="C112" s="1" t="inlineStr">
+        <is>
+          <t>INE663F01032</t>
+        </is>
+      </c>
+      <c r="D112" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="n">
+        <v>72750</v>
+      </c>
+      <c r="F112" s="6" t="n">
+        <v>967.72</v>
+      </c>
+      <c r="G112" s="7" t="n">
+        <v>0.0015</v>
+      </c>
+      <c r="J112" s="6" t="n"/>
+    </row>
+    <row r="113">
+      <c r="A113" s="1" t="n">
+        <v>106</v>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>UPL Limited</t>
+        </is>
+      </c>
+      <c r="C113" s="1" t="inlineStr">
+        <is>
+          <t>INE628A01036</t>
+        </is>
+      </c>
+      <c r="D113" s="1" t="inlineStr">
+        <is>
+          <t>Fertilizers &amp; Agrochemicals</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="n">
+        <v>121950</v>
+      </c>
+      <c r="F113" s="6" t="n">
+        <v>925.17</v>
+      </c>
+      <c r="G113" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J113" s="6" t="n"/>
+    </row>
+    <row r="114">
+      <c r="A114" s="1" t="n">
+        <v>107</v>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C114" s="1" t="inlineStr">
+        <is>
+          <t>INE094A01015</t>
+        </is>
+      </c>
+      <c r="D114" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="n">
+        <v>200475</v>
+      </c>
+      <c r="F114" s="6" t="n">
+        <v>917.17</v>
+      </c>
+      <c r="G114" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J114" s="6" t="n"/>
+    </row>
+    <row r="115">
+      <c r="A115" s="1" t="n">
+        <v>108</v>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited</t>
+        </is>
+      </c>
+      <c r="C115" s="1" t="inlineStr">
+        <is>
+          <t>INE318A01026</t>
+        </is>
+      </c>
+      <c r="D115" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="n">
+        <v>62000</v>
+      </c>
+      <c r="F115" s="6" t="n">
+        <v>911.28</v>
+      </c>
+      <c r="G115" s="7" t="n">
+        <v>0.0014</v>
+      </c>
+      <c r="J115" s="6" t="n"/>
+    </row>
+    <row r="116">
+      <c r="A116" s="1" t="n">
+        <v>109</v>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited</t>
+        </is>
+      </c>
+      <c r="C116" s="1" t="inlineStr">
+        <is>
+          <t>INE102D01028</t>
+        </is>
+      </c>
+      <c r="D116" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="n">
+        <v>73000</v>
+      </c>
+      <c r="F116" s="6" t="n">
+        <v>836.29</v>
+      </c>
+      <c r="G116" s="7" t="n">
+        <v>0.0013</v>
+      </c>
+      <c r="J116" s="6" t="n"/>
+    </row>
+    <row r="117">
+      <c r="A117" s="1" t="n">
+        <v>110</v>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited</t>
+        </is>
+      </c>
+      <c r="C117" s="1" t="inlineStr">
+        <is>
+          <t>INE669C01036</t>
+        </is>
+      </c>
+      <c r="D117" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="n">
+        <v>54600</v>
+      </c>
+      <c r="F117" s="6" t="n">
+        <v>828.45</v>
+      </c>
+      <c r="G117" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J117" s="6" t="n"/>
+    </row>
+    <row r="118">
+      <c r="A118" s="1" t="n">
+        <v>111</v>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>MphasiS Limited</t>
+        </is>
+      </c>
+      <c r="C118" s="1" t="inlineStr">
+        <is>
+          <t>INE356A01018</t>
+        </is>
+      </c>
+      <c r="D118" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="n">
+        <v>28600</v>
+      </c>
+      <c r="F118" s="6" t="n">
+        <v>804.0599999999999</v>
+      </c>
+      <c r="G118" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J118" s="6" t="n"/>
+    </row>
+    <row r="119">
+      <c r="A119" s="1" t="n">
+        <v>112</v>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>HFCL Limited</t>
+        </is>
+      </c>
+      <c r="C119" s="1" t="inlineStr">
+        <is>
+          <t>INE548A01028</t>
+        </is>
+      </c>
+      <c r="D119" s="1" t="inlineStr">
+        <is>
+          <t>Telecom - Services</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="n">
+        <v>1141650</v>
+      </c>
+      <c r="F119" s="6" t="n">
+        <v>801.1</v>
+      </c>
+      <c r="G119" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J119" s="6" t="n"/>
+    </row>
+    <row r="120">
+      <c r="A120" s="1" t="n">
+        <v>113</v>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited</t>
+        </is>
+      </c>
+      <c r="C120" s="1" t="inlineStr">
+        <is>
+          <t>INE347G01014</t>
+        </is>
+      </c>
+      <c r="D120" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="n">
+        <v>294600</v>
+      </c>
+      <c r="F120" s="6" t="n">
+        <v>800.87</v>
+      </c>
+      <c r="G120" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J120" s="6" t="n"/>
+    </row>
+    <row r="121">
+      <c r="A121" s="1" t="n">
+        <v>114</v>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited</t>
+        </is>
+      </c>
+      <c r="C121" s="1" t="inlineStr">
+        <is>
+          <t>INE021A01026</t>
+        </is>
+      </c>
+      <c r="D121" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="n">
+        <v>27750</v>
+      </c>
+      <c r="F121" s="6" t="n">
+        <v>797.65</v>
+      </c>
+      <c r="G121" s="7" t="n">
+        <v>0.0012</v>
+      </c>
+      <c r="J121" s="6" t="n"/>
+    </row>
+    <row r="122">
+      <c r="A122" s="1" t="n">
+        <v>115</v>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited</t>
+        </is>
+      </c>
+      <c r="C122" s="1" t="inlineStr">
+        <is>
+          <t>INE059A01026</t>
+        </is>
+      </c>
+      <c r="D122" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="n">
+        <v>49125</v>
+      </c>
+      <c r="F122" s="6" t="n">
+        <v>752.25</v>
+      </c>
+      <c r="G122" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J122" s="6" t="n"/>
+    </row>
+    <row r="123">
+      <c r="A123" s="1" t="n">
+        <v>116</v>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited</t>
+        </is>
+      </c>
+      <c r="C123" s="1" t="inlineStr">
+        <is>
+          <t>INE437A01024</t>
+        </is>
+      </c>
+      <c r="D123" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F123" s="6" t="n">
+        <v>733.55</v>
+      </c>
+      <c r="G123" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J123" s="6" t="n"/>
+    </row>
+    <row r="124">
+      <c r="A124" s="1" t="n">
+        <v>117</v>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Computer Age Management Services Limited</t>
+        </is>
+      </c>
+      <c r="C124" s="1" t="inlineStr">
+        <is>
+          <t>INE596I01012</t>
+        </is>
+      </c>
+      <c r="D124" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="n">
+        <v>18750</v>
+      </c>
+      <c r="F124" s="6" t="n">
+        <v>725.6799999999999</v>
+      </c>
+      <c r="G124" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J124" s="6" t="n"/>
+    </row>
+    <row r="125">
+      <c r="A125" s="1" t="n">
+        <v>118</v>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Indian Oil Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C125" s="1" t="inlineStr">
+        <is>
+          <t>INE242A01010</t>
+        </is>
+      </c>
+      <c r="D125" s="1" t="inlineStr">
+        <is>
+          <t>Petroleum Products</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="n">
+        <v>448500</v>
+      </c>
+      <c r="F125" s="6" t="n">
+        <v>725.45</v>
+      </c>
+      <c r="G125" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J125" s="6" t="n"/>
+    </row>
+    <row r="126">
+      <c r="A126" s="1" t="n">
+        <v>119</v>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited</t>
+        </is>
+      </c>
+      <c r="C126" s="1" t="inlineStr">
+        <is>
+          <t>INE267A01025</t>
+        </is>
+      </c>
+      <c r="D126" s="1" t="inlineStr">
+        <is>
+          <t>Non - Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="n">
+        <v>144550</v>
+      </c>
+      <c r="F126" s="6" t="n">
+        <v>701.36</v>
+      </c>
+      <c r="G126" s="7" t="n">
+        <v>0.0011</v>
+      </c>
+      <c r="J126" s="6" t="n"/>
+    </row>
+    <row r="127">
+      <c r="A127" s="1" t="n">
+        <v>120</v>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Kaynes Technology India Limited</t>
+        </is>
+      </c>
+      <c r="C127" s="1" t="inlineStr">
+        <is>
+          <t>INE918Z01012</t>
+        </is>
+      </c>
+      <c r="D127" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="n">
+        <v>12300</v>
+      </c>
+      <c r="F127" s="6" t="n">
+        <v>675.27</v>
+      </c>
+      <c r="G127" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J127" s="6" t="n"/>
+    </row>
+    <row r="128">
+      <c r="A128" s="1" t="n">
+        <v>121</v>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited</t>
+        </is>
+      </c>
+      <c r="C128" s="1" t="inlineStr">
+        <is>
+          <t>INE752E01010</t>
+        </is>
+      </c>
+      <c r="D128" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="n">
+        <v>243200</v>
+      </c>
+      <c r="F128" s="6" t="n">
+        <v>656.52</v>
+      </c>
+      <c r="G128" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J128" s="6" t="n"/>
+    </row>
+    <row r="129">
+      <c r="A129" s="1" t="n">
+        <v>122</v>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited</t>
+        </is>
+      </c>
+      <c r="C129" s="1" t="inlineStr">
+        <is>
+          <t>INE180A01020</t>
+        </is>
+      </c>
+      <c r="D129" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="n">
+        <v>37600</v>
+      </c>
+      <c r="F129" s="6" t="n">
+        <v>639.99</v>
+      </c>
+      <c r="G129" s="7" t="n">
+        <v>0.001</v>
+      </c>
+      <c r="J129" s="6" t="n"/>
+    </row>
+    <row r="130">
+      <c r="A130" s="1" t="n">
+        <v>123</v>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Interglobe Aviation Limited</t>
+        </is>
+      </c>
+      <c r="C130" s="1" t="inlineStr">
+        <is>
+          <t>INE646L01027</t>
+        </is>
+      </c>
+      <c r="D130" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="n">
+        <v>10050</v>
+      </c>
+      <c r="F130" s="6" t="n">
+        <v>593.1</v>
+      </c>
+      <c r="G130" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J130" s="6" t="n"/>
+    </row>
+    <row r="131">
+      <c r="A131" s="1" t="n">
+        <v>124</v>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited</t>
+        </is>
+      </c>
+      <c r="C131" s="1" t="inlineStr">
+        <is>
+          <t>INE498L01015</t>
+        </is>
+      </c>
+      <c r="D131" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="n">
+        <v>182942</v>
+      </c>
+      <c r="F131" s="6" t="n">
+        <v>571.42</v>
+      </c>
+      <c r="G131" s="7" t="n">
+        <v>0.0009</v>
+      </c>
+      <c r="J131" s="6" t="n"/>
+    </row>
+    <row r="132">
+      <c r="A132" s="1" t="n">
+        <v>125</v>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited</t>
+        </is>
+      </c>
+      <c r="C132" s="1" t="inlineStr">
+        <is>
+          <t>INE455K01017</t>
+        </is>
+      </c>
+      <c r="D132" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="n">
+        <v>7250</v>
+      </c>
+      <c r="F132" s="6" t="n">
+        <v>541.58</v>
+      </c>
+      <c r="G132" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J132" s="6" t="n"/>
+    </row>
+    <row r="133">
+      <c r="A133" s="1" t="n">
+        <v>126</v>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited</t>
+        </is>
+      </c>
+      <c r="C133" s="1" t="inlineStr">
+        <is>
+          <t>INE067A01029</t>
+        </is>
+      </c>
+      <c r="D133" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="n">
+        <v>76500</v>
+      </c>
+      <c r="F133" s="6" t="n">
+        <v>514.77</v>
+      </c>
+      <c r="G133" s="7" t="n">
+        <v>0.0008</v>
+      </c>
+      <c r="J133" s="6" t="n"/>
+    </row>
+    <row r="134">
+      <c r="A134" s="1" t="n">
+        <v>127</v>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Foodworks Limited</t>
+        </is>
+      </c>
+      <c r="C134" s="1" t="inlineStr">
+        <is>
+          <t>INE797F01020</t>
+        </is>
+      </c>
+      <c r="D134" s="1" t="inlineStr">
+        <is>
+          <t>Leisure Services</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="n">
+        <v>82500</v>
+      </c>
+      <c r="F134" s="6" t="n">
+        <v>496.24</v>
+      </c>
+      <c r="G134" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J134" s="6" t="n"/>
+    </row>
+    <row r="135">
+      <c r="A135" s="1" t="n">
+        <v>128</v>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited</t>
+        </is>
+      </c>
+      <c r="C135" s="1" t="inlineStr">
+        <is>
+          <t>INE195A01028</t>
+        </is>
+      </c>
+      <c r="D135" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="n">
+        <v>13300</v>
+      </c>
+      <c r="F135" s="6" t="n">
+        <v>451.08</v>
+      </c>
+      <c r="G135" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J135" s="6" t="n"/>
+    </row>
+    <row r="136">
+      <c r="A136" s="1" t="n">
+        <v>129</v>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Delhivery Limited</t>
+        </is>
+      </c>
+      <c r="C136" s="1" t="inlineStr">
+        <is>
+          <t>INE148O01028</t>
+        </is>
+      </c>
+      <c r="D136" s="1" t="inlineStr">
+        <is>
+          <t>Transport Services</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="n">
+        <v>103750</v>
+      </c>
+      <c r="F136" s="6" t="n">
+        <v>442.18</v>
+      </c>
+      <c r="G136" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J136" s="6" t="n"/>
+    </row>
+    <row r="137">
+      <c r="A137" s="1" t="n">
+        <v>130</v>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>NBCC (India) Limited</t>
+        </is>
+      </c>
+      <c r="C137" s="1" t="inlineStr">
+        <is>
+          <t>INE095N01031</t>
+        </is>
+      </c>
+      <c r="D137" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="n">
+        <v>377000</v>
+      </c>
+      <c r="F137" s="6" t="n">
+        <v>439.92</v>
+      </c>
+      <c r="G137" s="7" t="n">
+        <v>0.0007</v>
+      </c>
+      <c r="J137" s="6" t="n"/>
+    </row>
+    <row r="138">
+      <c r="A138" s="1" t="n">
+        <v>131</v>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited</t>
+        </is>
+      </c>
+      <c r="C138" s="1" t="inlineStr">
+        <is>
+          <t>INE127D01025</t>
+        </is>
+      </c>
+      <c r="D138" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="n">
+        <v>15900</v>
+      </c>
+      <c r="F138" s="6" t="n">
+        <v>425.01</v>
+      </c>
+      <c r="G138" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J138" s="6" t="n"/>
+    </row>
+    <row r="139">
+      <c r="A139" s="1" t="n">
+        <v>132</v>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Laurus Labs Limited</t>
+        </is>
+      </c>
+      <c r="C139" s="1" t="inlineStr">
+        <is>
+          <t>INE947Q01028</t>
+        </is>
+      </c>
+      <c r="D139" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="n">
+        <v>39950</v>
+      </c>
+      <c r="F139" s="6" t="n">
+        <v>412.02</v>
+      </c>
+      <c r="G139" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J139" s="6" t="n"/>
+    </row>
+    <row r="140">
+      <c r="A140" s="1" t="n">
+        <v>133</v>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited</t>
+        </is>
+      </c>
+      <c r="C140" s="1" t="inlineStr">
+        <is>
+          <t>INE634S01028</t>
+        </is>
+      </c>
+      <c r="D140" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="n">
+        <v>18000</v>
+      </c>
+      <c r="F140" s="6" t="n">
+        <v>405.18</v>
+      </c>
+      <c r="G140" s="7" t="n">
+        <v>0.0005999999999999999</v>
+      </c>
+      <c r="J140" s="6" t="n"/>
+    </row>
+    <row r="141">
+      <c r="A141" s="1" t="n">
+        <v>134</v>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C141" s="1" t="inlineStr">
+        <is>
+          <t>INE692A01016</t>
+        </is>
+      </c>
+      <c r="D141" s="1" t="inlineStr">
+        <is>
+          <t>Banks</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="n">
+        <v>225675</v>
+      </c>
+      <c r="F141" s="6" t="n">
+        <v>345.89</v>
+      </c>
+      <c r="G141" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J141" s="6" t="n"/>
+    </row>
+    <row r="142">
+      <c r="A142" s="1" t="n">
+        <v>135</v>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>NCC Limited</t>
+        </is>
+      </c>
+      <c r="C142" s="1" t="inlineStr">
+        <is>
+          <t>INE868B01028</t>
+        </is>
+      </c>
+      <c r="D142" s="1" t="inlineStr">
+        <is>
+          <t>Construction</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="n">
+        <v>186300</v>
+      </c>
+      <c r="F142" s="6" t="n">
+        <v>319.34</v>
+      </c>
+      <c r="G142" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J142" s="6" t="n"/>
+    </row>
+    <row r="143">
+      <c r="A143" s="1" t="n">
+        <v>136</v>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited</t>
+        </is>
+      </c>
+      <c r="C143" s="1" t="inlineStr">
+        <is>
+          <t>INE129A01019</t>
+        </is>
+      </c>
+      <c r="D143" s="1" t="inlineStr">
+        <is>
+          <t>Gas</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="n">
+        <v>176400</v>
+      </c>
+      <c r="F143" s="6" t="n">
+        <v>310.62</v>
+      </c>
+      <c r="G143" s="7" t="n">
+        <v>0.0005</v>
+      </c>
+      <c r="J143" s="6" t="n"/>
+    </row>
+    <row r="144">
+      <c r="A144" s="1" t="n">
+        <v>137</v>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited</t>
+        </is>
+      </c>
+      <c r="C144" s="1" t="inlineStr">
+        <is>
+          <t>INE494B01023</t>
+        </is>
+      </c>
+      <c r="D144" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="n">
+        <v>8400</v>
+      </c>
+      <c r="F144" s="6" t="n">
+        <v>296.65</v>
+      </c>
+      <c r="G144" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J144" s="6" t="n"/>
+    </row>
+    <row r="145">
+      <c r="A145" s="1" t="n">
+        <v>138</v>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited</t>
+        </is>
+      </c>
+      <c r="C145" s="1" t="inlineStr">
+        <is>
+          <t>INE066A01021</t>
+        </is>
+      </c>
+      <c r="D145" s="1" t="inlineStr">
+        <is>
+          <t>Automobiles</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="n">
+        <v>3900</v>
+      </c>
+      <c r="F145" s="6" t="n">
+        <v>275.09</v>
+      </c>
+      <c r="G145" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J145" s="6" t="n"/>
+    </row>
+    <row r="146">
+      <c r="A146" s="1" t="n">
+        <v>139</v>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited</t>
+        </is>
+      </c>
+      <c r="C146" s="1" t="inlineStr">
+        <is>
+          <t>INE685A01028</t>
+        </is>
+      </c>
+      <c r="D146" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="n">
+        <v>7250</v>
+      </c>
+      <c r="F146" s="6" t="n">
+        <v>269.74</v>
+      </c>
+      <c r="G146" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J146" s="6" t="n"/>
+    </row>
+    <row r="147">
+      <c r="A147" s="1" t="n">
+        <v>140</v>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Shree Cement Limited</t>
+        </is>
+      </c>
+      <c r="C147" s="1" t="inlineStr">
+        <is>
+          <t>INE070A01015</t>
+        </is>
+      </c>
+      <c r="D147" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F147" s="6" t="n">
+        <v>264</v>
+      </c>
+      <c r="G147" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J147" s="6" t="n"/>
+    </row>
+    <row r="148">
+      <c r="A148" s="1" t="n">
+        <v>141</v>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>UNO Minda Limited</t>
+        </is>
+      </c>
+      <c r="C148" s="1" t="inlineStr">
+        <is>
+          <t>INE405E01023</t>
+        </is>
+      </c>
+      <c r="D148" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="n">
+        <v>19250</v>
+      </c>
+      <c r="F148" s="6" t="n">
+        <v>251.56</v>
+      </c>
+      <c r="G148" s="7" t="n">
+        <v>0.0004</v>
+      </c>
+      <c r="J148" s="6" t="n"/>
+    </row>
+    <row r="149">
+      <c r="A149" s="1" t="n">
+        <v>142</v>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>PB Fintech Limited</t>
+        </is>
+      </c>
+      <c r="C149" s="1" t="inlineStr">
+        <is>
+          <t>INE417T01026</t>
+        </is>
+      </c>
+      <c r="D149" s="1" t="inlineStr">
+        <is>
+          <t>Financial Technology (Fintech)</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="n">
+        <v>12250</v>
+      </c>
+      <c r="F149" s="6" t="n">
+        <v>222.82</v>
+      </c>
+      <c r="G149" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J149" s="6" t="n"/>
+    </row>
+    <row r="150">
+      <c r="A150" s="1" t="n">
+        <v>143</v>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited</t>
+        </is>
+      </c>
+      <c r="C150" s="1" t="inlineStr">
+        <is>
+          <t>INE343H01029</t>
+        </is>
+      </c>
+      <c r="D150" s="1" t="inlineStr">
+        <is>
+          <t>Chemicals &amp; Petrochemicals</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="n">
+        <v>1550</v>
+      </c>
+      <c r="F150" s="6" t="n">
+        <v>205.72</v>
+      </c>
+      <c r="G150" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J150" s="6" t="n"/>
+    </row>
+    <row r="151">
+      <c r="A151" s="1" t="n">
+        <v>144</v>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Suzlon Energy Limited</t>
+        </is>
+      </c>
+      <c r="C151" s="1" t="inlineStr">
+        <is>
+          <t>INE040H01021</t>
+        </is>
+      </c>
+      <c r="D151" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="n">
+        <v>372300</v>
+      </c>
+      <c r="F151" s="6" t="n">
+        <v>201.08</v>
+      </c>
+      <c r="G151" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J151" s="6" t="n"/>
+    </row>
+    <row r="152">
+      <c r="A152" s="1" t="n">
+        <v>145</v>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C152" s="1" t="inlineStr">
+        <is>
+          <t>INE123W01016</t>
+        </is>
+      </c>
+      <c r="D152" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="n">
+        <v>10125</v>
+      </c>
+      <c r="F152" s="6" t="n">
+        <v>199.06</v>
+      </c>
+      <c r="G152" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J152" s="6" t="n"/>
+    </row>
+    <row r="153">
+      <c r="A153" s="1" t="n">
+        <v>146</v>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Avenue Supermarts Limited</t>
+        </is>
+      </c>
+      <c r="C153" s="1" t="inlineStr">
+        <is>
+          <t>INE192R01011</t>
+        </is>
+      </c>
+      <c r="D153" s="1" t="inlineStr">
+        <is>
+          <t>Retailing</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="n">
+        <v>4950</v>
+      </c>
+      <c r="F153" s="6" t="n">
+        <v>197.83</v>
+      </c>
+      <c r="G153" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J153" s="6" t="n"/>
+    </row>
+    <row r="154">
+      <c r="A154" s="1" t="n">
+        <v>147</v>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Torrent Power Limited</t>
+        </is>
+      </c>
+      <c r="C154" s="1" t="inlineStr">
+        <is>
+          <t>INE813H01021</t>
+        </is>
+      </c>
+      <c r="D154" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="n">
+        <v>14625</v>
+      </c>
+      <c r="F154" s="6" t="n">
+        <v>192.25</v>
+      </c>
+      <c r="G154" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J154" s="6" t="n"/>
+    </row>
+    <row r="155">
+      <c r="A155" s="1" t="n">
+        <v>148</v>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Dynamics Limited</t>
+        </is>
+      </c>
+      <c r="C155" s="1" t="inlineStr">
+        <is>
+          <t>INE171Z01026</t>
+        </is>
+      </c>
+      <c r="D155" s="1" t="inlineStr">
+        <is>
+          <t>Aerospace &amp; Defense</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="n">
+        <v>11700</v>
+      </c>
+      <c r="F155" s="6" t="n">
+        <v>177.09</v>
+      </c>
+      <c r="G155" s="7" t="n">
+        <v>0.0003</v>
+      </c>
+      <c r="J155" s="6" t="n"/>
+    </row>
+    <row r="156">
+      <c r="A156" s="1" t="n">
+        <v>149</v>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Inox Wind Limited</t>
+        </is>
+      </c>
+      <c r="C156" s="1" t="inlineStr">
+        <is>
+          <t>INE066P01011</t>
+        </is>
+      </c>
+      <c r="D156" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="n">
+        <v>113369</v>
+      </c>
+      <c r="F156" s="6" t="n">
+        <v>152.48</v>
+      </c>
+      <c r="G156" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J156" s="6" t="n"/>
+    </row>
+    <row r="157">
+      <c r="A157" s="1" t="n">
+        <v>150</v>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>NHPC Limited</t>
+        </is>
+      </c>
+      <c r="C157" s="1" t="inlineStr">
+        <is>
+          <t>INE848E01016</t>
+        </is>
+      </c>
+      <c r="D157" s="1" t="inlineStr">
+        <is>
+          <t>Power</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="n">
+        <v>185600</v>
+      </c>
+      <c r="F157" s="6" t="n">
+        <v>142.43</v>
+      </c>
+      <c r="G157" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J157" s="6" t="n"/>
+    </row>
+    <row r="158">
+      <c r="A158" s="1" t="n">
+        <v>151</v>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C158" s="1" t="inlineStr">
+        <is>
+          <t>INE053F01010</t>
+        </is>
+      </c>
+      <c r="D158" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="n">
+        <v>119000</v>
+      </c>
+      <c r="F158" s="6" t="n">
+        <v>139.91</v>
+      </c>
+      <c r="G158" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J158" s="6" t="n"/>
+    </row>
+    <row r="159">
+      <c r="A159" s="1" t="n">
+        <v>152</v>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Reddy's Laboratories Limited</t>
+        </is>
+      </c>
+      <c r="C159" s="1" t="inlineStr">
+        <is>
+          <t>INE089A01031</t>
+        </is>
+      </c>
+      <c r="D159" s="1" t="inlineStr">
+        <is>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="n">
+        <v>10625</v>
+      </c>
+      <c r="F159" s="6" t="n">
+        <v>133.75</v>
+      </c>
+      <c r="G159" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J159" s="6" t="n"/>
+    </row>
+    <row r="160">
+      <c r="A160" s="1" t="n">
+        <v>153</v>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Hitachi Energy India Limited</t>
+        </is>
+      </c>
+      <c r="C160" s="1" t="inlineStr">
+        <is>
+          <t>INE07Y701011</t>
+        </is>
+      </c>
+      <c r="D160" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="n">
+        <v>600</v>
+      </c>
+      <c r="F160" s="6" t="n">
+        <v>132.34</v>
+      </c>
+      <c r="G160" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J160" s="6" t="n"/>
+    </row>
+    <row r="161">
+      <c r="A161" s="1" t="n">
+        <v>154</v>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>United Spirits Limited</t>
+        </is>
+      </c>
+      <c r="C161" s="1" t="inlineStr">
+        <is>
+          <t>INE854D01024</t>
+        </is>
+      </c>
+      <c r="D161" s="1" t="inlineStr">
+        <is>
+          <t>Beverages</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="n">
+        <v>8400</v>
+      </c>
+      <c r="F161" s="6" t="n">
+        <v>121.93</v>
+      </c>
+      <c r="G161" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J161" s="6" t="n"/>
+    </row>
+    <row r="162">
+      <c r="A162" s="1" t="n">
+        <v>155</v>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Tata Elxsi Limited</t>
+        </is>
+      </c>
+      <c r="C162" s="1" t="inlineStr">
+        <is>
+          <t>INE670A01012</t>
+        </is>
+      </c>
+      <c r="D162" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="n">
+        <v>2000</v>
+      </c>
+      <c r="F162" s="6" t="n">
+        <v>103.17</v>
+      </c>
+      <c r="G162" s="7" t="n">
+        <v>0.0002</v>
+      </c>
+      <c r="J162" s="6" t="n"/>
+    </row>
+    <row r="163">
+      <c r="A163" s="1" t="n">
+        <v>156</v>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Oracle Financial Services Software Limited</t>
+        </is>
+      </c>
+      <c r="C163" s="1" t="inlineStr">
+        <is>
+          <t>INE881D01027</t>
+        </is>
+      </c>
+      <c r="D163" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="n">
+        <v>1050</v>
+      </c>
+      <c r="F163" s="6" t="n">
+        <v>85.12</v>
+      </c>
+      <c r="G163" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J163" s="6" t="n"/>
+    </row>
+    <row r="164">
+      <c r="A164" s="1" t="n">
+        <v>157</v>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited</t>
+        </is>
+      </c>
+      <c r="C164" s="1" t="inlineStr">
+        <is>
+          <t>INE093I01010</t>
+        </is>
+      </c>
+      <c r="D164" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="n">
+        <v>4900</v>
+      </c>
+      <c r="F164" s="6" t="n">
+        <v>80.70999999999999</v>
+      </c>
+      <c r="G164" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J164" s="6" t="n"/>
+    </row>
+    <row r="165">
+      <c r="A165" s="1" t="n">
+        <v>158</v>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Indian Renewable Energy Development Agency Limited</t>
+        </is>
+      </c>
+      <c r="C165" s="1" t="inlineStr">
+        <is>
+          <t>INE202E01016</t>
+        </is>
+      </c>
+      <c r="D165" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="n">
+        <v>55200</v>
+      </c>
+      <c r="F165" s="6" t="n">
+        <v>78.88</v>
+      </c>
+      <c r="G165" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J165" s="6" t="n"/>
+    </row>
+    <row r="166">
+      <c r="A166" s="1" t="n">
+        <v>159</v>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Prestige Estates Projects Limited</t>
+        </is>
+      </c>
+      <c r="C166" s="1" t="inlineStr">
+        <is>
+          <t>INE811K01011</t>
+        </is>
+      </c>
+      <c r="D166" s="1" t="inlineStr">
+        <is>
+          <t>Realty</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="n">
+        <v>4500</v>
+      </c>
+      <c r="F166" s="6" t="n">
+        <v>75.48</v>
+      </c>
+      <c r="G166" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J166" s="6" t="n"/>
+    </row>
+    <row r="167">
+      <c r="A167" s="1" t="n">
+        <v>160</v>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Persistent Systems Limited</t>
+        </is>
+      </c>
+      <c r="C167" s="1" t="inlineStr">
+        <is>
+          <t>INE262H01021</t>
+        </is>
+      </c>
+      <c r="D167" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="n">
+        <v>1100</v>
+      </c>
+      <c r="F167" s="6" t="n">
+        <v>69.88</v>
+      </c>
+      <c r="G167" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J167" s="6" t="n"/>
+    </row>
+    <row r="168">
+      <c r="A168" s="1" t="n">
+        <v>161</v>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited</t>
+        </is>
+      </c>
+      <c r="C168" s="1" t="inlineStr">
+        <is>
+          <t>INE795G01014</t>
+        </is>
+      </c>
+      <c r="D168" s="1" t="inlineStr">
+        <is>
+          <t>Insurance</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="n">
+        <v>8800</v>
+      </c>
+      <c r="F168" s="6" t="n">
+        <v>67.26000000000001</v>
+      </c>
+      <c r="G168" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J168" s="6" t="n"/>
+    </row>
+    <row r="169">
+      <c r="A169" s="1" t="n">
+        <v>162</v>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Mazagon Dock Shipbuilders Limited</t>
+        </is>
+      </c>
+      <c r="C169" s="1" t="inlineStr">
+        <is>
+          <t>INE249Z01020</t>
+        </is>
+      </c>
+      <c r="D169" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Manufacturing</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="n">
+        <v>2375</v>
+      </c>
+      <c r="F169" s="6" t="n">
+        <v>63.64</v>
+      </c>
+      <c r="G169" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J169" s="6" t="n"/>
+    </row>
+    <row r="170">
+      <c r="A170" s="1" t="n">
+        <v>163</v>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Jindal Steel Limited</t>
+        </is>
+      </c>
+      <c r="C170" s="1" t="inlineStr">
+        <is>
+          <t>INE749A01030</t>
+        </is>
+      </c>
+      <c r="D170" s="1" t="inlineStr">
+        <is>
+          <t>Ferrous Metals</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="n">
+        <v>5625</v>
+      </c>
+      <c r="F170" s="6" t="n">
+        <v>58.75</v>
+      </c>
+      <c r="G170" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J170" s="6" t="n"/>
+    </row>
+    <row r="171">
+      <c r="A171" s="1" t="n">
+        <v>164</v>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Fortis Healthcare Limited</t>
+        </is>
+      </c>
+      <c r="C171" s="1" t="inlineStr">
+        <is>
+          <t>INE061F01013</t>
+        </is>
+      </c>
+      <c r="D171" s="1" t="inlineStr">
+        <is>
+          <t>Healthcare Services</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="n">
+        <v>6200</v>
+      </c>
+      <c r="F171" s="6" t="n">
+        <v>56.98</v>
+      </c>
+      <c r="G171" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J171" s="6" t="n"/>
+    </row>
+    <row r="172">
+      <c r="A172" s="1" t="n">
+        <v>165</v>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Management Limited</t>
+        </is>
+      </c>
+      <c r="C172" s="1" t="inlineStr">
+        <is>
+          <t>INE531F01015</t>
+        </is>
+      </c>
+      <c r="D172" s="1" t="inlineStr">
+        <is>
+          <t>Capital Markets</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="n">
+        <v>600</v>
+      </c>
+      <c r="F172" s="6" t="n">
+        <v>44.78</v>
+      </c>
+      <c r="G172" s="7" t="n">
+        <v>0.0001</v>
+      </c>
+      <c r="J172" s="6" t="n"/>
+    </row>
+    <row r="173">
+      <c r="A173" s="1" t="n">
+        <v>166</v>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Dalmia Bharat Limited</t>
+        </is>
+      </c>
+      <c r="C173" s="1" t="inlineStr">
+        <is>
+          <t>INE00R701025</t>
+        </is>
+      </c>
+      <c r="D173" s="1" t="inlineStr">
+        <is>
+          <t>Cement &amp; Cement Products</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="n">
+        <v>1625</v>
+      </c>
+      <c r="F173" s="6" t="n">
+        <v>32.65</v>
+      </c>
+      <c r="G173" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J173" s="6" t="n"/>
+    </row>
+    <row r="174">
+      <c r="A174" s="1" t="n">
+        <v>167</v>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Bosch Limited</t>
+        </is>
+      </c>
+      <c r="C174" s="1" t="inlineStr">
+        <is>
+          <t>INE323A01026</t>
+        </is>
+      </c>
+      <c r="D174" s="1" t="inlineStr">
+        <is>
+          <t>Auto Components</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="n">
+        <v>75</v>
+      </c>
+      <c r="F174" s="6" t="n">
+        <v>27.08</v>
+      </c>
+      <c r="G174" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J174" s="6" t="n"/>
+    </row>
+    <row r="175">
+      <c r="A175" s="1" t="n">
+        <v>168</v>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Cummins India Limited</t>
+        </is>
+      </c>
+      <c r="C175" s="1" t="inlineStr">
+        <is>
+          <t>INE298A01020</t>
+        </is>
+      </c>
+      <c r="D175" s="1" t="inlineStr">
+        <is>
+          <t>Industrial Products</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="n">
+        <v>600</v>
+      </c>
+      <c r="F175" s="6" t="n">
+        <v>26.88</v>
+      </c>
+      <c r="G175" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J175" s="6" t="n"/>
+    </row>
+    <row r="176">
+      <c r="A176" s="1" t="n">
+        <v>169</v>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>PG Electroplast Limited</t>
+        </is>
+      </c>
+      <c r="C176" s="1" t="inlineStr">
+        <is>
+          <t>INE457L01029</t>
+        </is>
+      </c>
+      <c r="D176" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="n">
+        <v>4200</v>
+      </c>
+      <c r="F176" s="6" t="n">
+        <v>24.82</v>
+      </c>
+      <c r="G176" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J176" s="6" t="n"/>
+    </row>
+    <row r="177">
+      <c r="A177" s="1" t="n">
+        <v>170</v>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Dabur India Limited</t>
+        </is>
+      </c>
+      <c r="C177" s="1" t="inlineStr">
+        <is>
+          <t>INE016A01026</t>
+        </is>
+      </c>
+      <c r="D177" s="1" t="inlineStr">
+        <is>
+          <t>Personal Products</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="n">
+        <v>3750</v>
+      </c>
+      <c r="F177" s="6" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="G177" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J177" s="6" t="n"/>
+    </row>
+    <row r="178">
+      <c r="A178" s="1" t="n">
+        <v>171</v>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Housing &amp; Urban Development Corporation Limited</t>
+        </is>
+      </c>
+      <c r="C178" s="1" t="inlineStr">
+        <is>
+          <t>INE031A01017</t>
+        </is>
+      </c>
+      <c r="D178" s="1" t="inlineStr">
+        <is>
+          <t>Finance</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="n">
+        <v>5550</v>
+      </c>
+      <c r="F178" s="6" t="n">
+        <v>13.28</v>
+      </c>
+      <c r="G178" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J178" s="6" t="n"/>
+    </row>
+    <row r="179">
+      <c r="A179" s="1" t="n">
+        <v>172</v>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Siemens Limited</t>
+        </is>
+      </c>
+      <c r="C179" s="1" t="inlineStr">
+        <is>
+          <t>INE003A01024</t>
+        </is>
+      </c>
+      <c r="D179" s="1" t="inlineStr">
+        <is>
+          <t>Electrical Equipment</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="n">
+        <v>250</v>
+      </c>
+      <c r="F179" s="6" t="n">
+        <v>8.24</v>
+      </c>
+      <c r="G179" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J179" s="6" t="n"/>
+    </row>
+    <row r="180">
+      <c r="A180" s="1" t="n">
+        <v>173</v>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Havells India Limited</t>
+        </is>
+      </c>
+      <c r="C180" s="1" t="inlineStr">
+        <is>
+          <t>INE176B01034</t>
+        </is>
+      </c>
+      <c r="D180" s="1" t="inlineStr">
+        <is>
+          <t>Consumer Durables</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F180" s="6" t="n">
+        <v>7.21</v>
+      </c>
+      <c r="G180" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J180" s="6" t="n"/>
+    </row>
+    <row r="181">
+      <c r="A181" s="1" t="n">
+        <v>174</v>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited</t>
+        </is>
+      </c>
+      <c r="C181" s="1" t="inlineStr">
+        <is>
+          <t>INE009A01021</t>
+        </is>
+      </c>
+      <c r="D181" s="1" t="inlineStr">
+        <is>
+          <t>IT - Software</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="n">
+        <v>400</v>
+      </c>
+      <c r="F181" s="6" t="n">
+        <v>6.24</v>
+      </c>
+      <c r="G181" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J181" s="6" t="n"/>
+    </row>
+    <row r="182">
+      <c r="A182" s="1" t="n">
+        <v>175</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Coal India Limited</t>
+        </is>
+      </c>
+      <c r="C182" s="1" t="inlineStr">
+        <is>
+          <t>INE522F01014</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Consumable Fuels</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="n">
+        <v>1350</v>
+      </c>
+      <c r="F182" s="6" t="n">
+        <v>5.08</v>
+      </c>
+      <c r="G182" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="J182" s="6" t="n"/>
+    </row>
+    <row r="183">
+      <c r="A183" s="8" t="n"/>
+      <c r="B183" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C183" s="8" t="n"/>
+      <c r="D183" s="8" t="n"/>
+      <c r="E183" s="8" t="n"/>
+      <c r="F183" s="9" t="n">
+        <v>478648.75</v>
+      </c>
+      <c r="G183" s="10" t="n">
+        <v>0.7184</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="B185" s="3" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="1" t="n">
+        <v>176</v>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Mazagon Dock Shipbuilders Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D186" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="n">
+        <v>-175</v>
+      </c>
+      <c r="F186" s="6" t="n">
+        <v>-4.72</v>
+      </c>
+      <c r="G186" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H186" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J186" s="6" t="n"/>
+    </row>
+    <row r="187">
+      <c r="A187" s="1" t="n">
+        <v>177</v>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Coal India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D187" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="n">
+        <v>-1350</v>
+      </c>
+      <c r="F187" s="6" t="n">
+        <v>-5.1</v>
+      </c>
+      <c r="G187" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H187" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J187" s="6" t="n"/>
+    </row>
+    <row r="188">
+      <c r="A188" s="1" t="n">
+        <v>178</v>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D188" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="n">
+        <v>-250</v>
+      </c>
+      <c r="F188" s="6" t="n">
+        <v>-5.3</v>
+      </c>
+      <c r="G188" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H188" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J188" s="6" t="n"/>
+    </row>
+    <row r="189">
+      <c r="A189" s="1" t="n">
+        <v>179</v>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D189" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="n">
+        <v>-1000</v>
+      </c>
+      <c r="F189" s="6" t="n">
+        <v>-5.57</v>
+      </c>
+      <c r="G189" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H189" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J189" s="6" t="n"/>
+    </row>
+    <row r="190">
+      <c r="A190" s="1" t="n">
+        <v>180</v>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Life Insurance Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D190" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="n">
+        <v>-925</v>
+      </c>
+      <c r="F190" s="6" t="n">
+        <v>-5.79</v>
+      </c>
+      <c r="G190" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H190" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J190" s="6" t="n"/>
+    </row>
+    <row r="191">
+      <c r="A191" s="1" t="n">
+        <v>181</v>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Infosys Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D191" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="n">
+        <v>-400</v>
+      </c>
+      <c r="F191" s="6" t="n">
+        <v>-6.25</v>
+      </c>
+      <c r="G191" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H191" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J191" s="6" t="n"/>
+    </row>
+    <row r="192">
+      <c r="A192" s="1" t="n">
+        <v>182</v>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Sona BLW Precision Forgings Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D192" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="n">
+        <v>-1225</v>
+      </c>
+      <c r="F192" s="6" t="n">
+        <v>-6.34</v>
+      </c>
+      <c r="G192" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H192" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J192" s="6" t="n"/>
+    </row>
+    <row r="193">
+      <c r="A193" s="1" t="n">
+        <v>183</v>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Dabur India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D193" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="n">
+        <v>-1250</v>
+      </c>
+      <c r="F193" s="6" t="n">
+        <v>-6.54</v>
+      </c>
+      <c r="G193" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H193" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J193" s="6" t="n"/>
+    </row>
+    <row r="194">
+      <c r="A194" s="1" t="n">
+        <v>184</v>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Divi's Laboratories Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D194" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="n">
+        <v>-100</v>
+      </c>
+      <c r="F194" s="6" t="n">
+        <v>-6.55</v>
+      </c>
+      <c r="G194" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H194" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J194" s="6" t="n"/>
+    </row>
+    <row r="195">
+      <c r="A195" s="1" t="n">
+        <v>185</v>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D195" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E195" s="5" t="n">
+        <v>-50</v>
+      </c>
+      <c r="F195" s="6" t="n">
+        <v>-6.71</v>
+      </c>
+      <c r="G195" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H195" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J195" s="6" t="n"/>
+    </row>
+    <row r="196">
+      <c r="A196" s="1" t="n">
+        <v>186</v>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Adani Energy Solutions Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D196" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="n">
+        <v>-675</v>
+      </c>
+      <c r="F196" s="6" t="n">
+        <v>-6.8</v>
+      </c>
+      <c r="G196" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H196" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J196" s="6" t="n"/>
+    </row>
+    <row r="197">
+      <c r="A197" s="1" t="n">
+        <v>187</v>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Havells India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D197" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="n">
+        <v>-500</v>
+      </c>
+      <c r="F197" s="6" t="n">
+        <v>-7.24</v>
+      </c>
+      <c r="G197" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H197" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J197" s="6" t="n"/>
+    </row>
+    <row r="198">
+      <c r="A198" s="1" t="n">
+        <v>188</v>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Bank of India Jan26</t>
+        </is>
+      </c>
+      <c r="D198" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="n">
+        <v>-5200</v>
+      </c>
+      <c r="F198" s="6" t="n">
+        <v>-7.75</v>
+      </c>
+      <c r="G198" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H198" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J198" s="6" t="n"/>
+    </row>
+    <row r="199">
+      <c r="A199" s="1" t="n">
+        <v>189</v>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Siemens Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D199" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="n">
+        <v>-250</v>
+      </c>
+      <c r="F199" s="6" t="n">
+        <v>-8.279999999999999</v>
+      </c>
+      <c r="G199" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H199" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J199" s="6" t="n"/>
+    </row>
+    <row r="200">
+      <c r="A200" s="1" t="n">
+        <v>190</v>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D200" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="n">
+        <v>-400</v>
+      </c>
+      <c r="F200" s="6" t="n">
+        <v>-8.65</v>
+      </c>
+      <c r="G200" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H200" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J200" s="6" t="n"/>
+    </row>
+    <row r="201">
+      <c r="A201" s="1" t="n">
+        <v>191</v>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Bosch Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D201" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="n">
+        <v>-25</v>
+      </c>
+      <c r="F201" s="6" t="n">
+        <v>-9.09</v>
+      </c>
+      <c r="G201" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H201" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J201" s="6" t="n"/>
+    </row>
+    <row r="202">
+      <c r="A202" s="1" t="n">
+        <v>192</v>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D202" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="n">
+        <v>-2025</v>
+      </c>
+      <c r="F202" s="6" t="n">
+        <v>-9.359999999999999</v>
+      </c>
+      <c r="G202" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H202" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J202" s="6" t="n"/>
+    </row>
+    <row r="203">
+      <c r="A203" s="1" t="n">
+        <v>193</v>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D203" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="n">
+        <v>-3600</v>
+      </c>
+      <c r="F203" s="6" t="n">
+        <v>-9.74</v>
+      </c>
+      <c r="G203" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H203" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J203" s="6" t="n"/>
+    </row>
+    <row r="204">
+      <c r="A204" s="1" t="n">
+        <v>194</v>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Biocon Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D204" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="n">
+        <v>-2500</v>
+      </c>
+      <c r="F204" s="6" t="n">
+        <v>-10.16</v>
+      </c>
+      <c r="G204" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H204" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J204" s="6" t="n"/>
+    </row>
+    <row r="205">
+      <c r="A205" s="1" t="n">
+        <v>195</v>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D205" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="n">
+        <v>-3800</v>
+      </c>
+      <c r="F205" s="6" t="n">
+        <v>-10.53</v>
+      </c>
+      <c r="G205" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H205" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J205" s="6" t="n"/>
+    </row>
+    <row r="206">
+      <c r="A206" s="1" t="n">
+        <v>196</v>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D206" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="n">
+        <v>-7200</v>
+      </c>
+      <c r="F206" s="6" t="n">
+        <v>-11.03</v>
+      </c>
+      <c r="G206" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H206" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J206" s="6" t="n"/>
+    </row>
+    <row r="207">
+      <c r="A207" s="1" t="n">
+        <v>197</v>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Nestle India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D207" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="n">
+        <v>-1000</v>
+      </c>
+      <c r="F207" s="6" t="n">
+        <v>-12.77</v>
+      </c>
+      <c r="G207" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H207" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J207" s="6" t="n"/>
+    </row>
+    <row r="208">
+      <c r="A208" s="1" t="n">
+        <v>198</v>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Dabur India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D208" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="n">
+        <v>-2500</v>
+      </c>
+      <c r="F208" s="6" t="n">
+        <v>-13</v>
+      </c>
+      <c r="G208" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H208" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J208" s="6" t="n"/>
+    </row>
+    <row r="209">
+      <c r="A209" s="1" t="n">
+        <v>199</v>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>JINDAL STEEL LIMITED Jan26</t>
+        </is>
+      </c>
+      <c r="D209" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="n">
+        <v>-1250</v>
+      </c>
+      <c r="F209" s="6" t="n">
+        <v>-13.22</v>
+      </c>
+      <c r="G209" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H209" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J209" s="6" t="n"/>
+    </row>
+    <row r="210">
+      <c r="A210" s="1" t="n">
+        <v>200</v>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Housing &amp; Urban Development Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D210" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="n">
+        <v>-5550</v>
+      </c>
+      <c r="F210" s="6" t="n">
+        <v>-13.36</v>
+      </c>
+      <c r="G210" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H210" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J210" s="6" t="n"/>
+    </row>
+    <row r="211">
+      <c r="A211" s="1" t="n">
+        <v>201</v>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Jio Financial Services Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D211" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="n">
+        <v>-4700</v>
+      </c>
+      <c r="F211" s="6" t="n">
+        <v>-14.68</v>
+      </c>
+      <c r="G211" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H211" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J211" s="6" t="n"/>
+    </row>
+    <row r="212">
+      <c r="A212" s="1" t="n">
+        <v>202</v>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Heavy Electricals Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D212" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="n">
+        <v>-5250</v>
+      </c>
+      <c r="F212" s="6" t="n">
+        <v>-15.52</v>
+      </c>
+      <c r="G212" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H212" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J212" s="6" t="n"/>
+    </row>
+    <row r="213">
+      <c r="A213" s="1" t="n">
+        <v>203</v>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D213" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="n">
+        <v>-3000</v>
+      </c>
+      <c r="F213" s="6" t="n">
+        <v>-16.69</v>
+      </c>
+      <c r="G213" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H213" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J213" s="6" t="n"/>
+    </row>
+    <row r="214">
+      <c r="A214" s="1" t="n">
+        <v>204</v>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D214" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="n">
+        <v>-2200</v>
+      </c>
+      <c r="F214" s="6" t="n">
+        <v>-17.02</v>
+      </c>
+      <c r="G214" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H214" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J214" s="6" t="n"/>
+    </row>
+    <row r="215">
+      <c r="A215" s="1" t="n">
+        <v>205</v>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Bosch Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D215" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="n">
+        <v>-50</v>
+      </c>
+      <c r="F215" s="6" t="n">
+        <v>-18.29</v>
+      </c>
+      <c r="G215" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H215" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J215" s="6" t="n"/>
+    </row>
+    <row r="216">
+      <c r="A216" s="1" t="n">
+        <v>206</v>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D216" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="n">
+        <v>-375</v>
+      </c>
+      <c r="F216" s="6" t="n">
+        <v>-22.2</v>
+      </c>
+      <c r="G216" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H216" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J216" s="6" t="n"/>
+    </row>
+    <row r="217">
+      <c r="A217" s="1" t="n">
+        <v>207</v>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>GMR AIRPORTS LIMITED Jan26</t>
+        </is>
+      </c>
+      <c r="D217" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="n">
+        <v>-20925</v>
+      </c>
+      <c r="F217" s="6" t="n">
+        <v>-22.94</v>
+      </c>
+      <c r="G217" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H217" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J217" s="6" t="n"/>
+    </row>
+    <row r="218">
+      <c r="A218" s="1" t="n">
+        <v>208</v>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D218" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="n">
+        <v>-200</v>
+      </c>
+      <c r="F218" s="6" t="n">
+        <v>-23.49</v>
+      </c>
+      <c r="G218" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H218" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J218" s="6" t="n"/>
+    </row>
+    <row r="219">
+      <c r="A219" s="1" t="n">
+        <v>209</v>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D219" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="n">
+        <v>-700</v>
+      </c>
+      <c r="F219" s="6" t="n">
+        <v>-24.07</v>
+      </c>
+      <c r="G219" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H219" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J219" s="6" t="n"/>
+    </row>
+    <row r="220">
+      <c r="A220" s="1" t="n">
+        <v>210</v>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>NHPC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D220" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="n">
+        <v>-32000</v>
+      </c>
+      <c r="F220" s="6" t="n">
+        <v>-24.71</v>
+      </c>
+      <c r="G220" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H220" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J220" s="6" t="n"/>
+    </row>
+    <row r="221">
+      <c r="A221" s="1" t="n">
+        <v>211</v>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>PG Electroplast Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D221" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="n">
+        <v>-4200</v>
+      </c>
+      <c r="F221" s="6" t="n">
+        <v>-24.95</v>
+      </c>
+      <c r="G221" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H221" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J221" s="6" t="n"/>
+    </row>
+    <row r="222">
+      <c r="A222" s="1" t="n">
+        <v>212</v>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Cummins India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D222" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="n">
+        <v>-600</v>
+      </c>
+      <c r="F222" s="6" t="n">
+        <v>-26.98</v>
+      </c>
+      <c r="G222" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H222" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J222" s="6" t="n"/>
+    </row>
+    <row r="223">
+      <c r="A223" s="1" t="n">
+        <v>213</v>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D223" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="n">
+        <v>-400</v>
+      </c>
+      <c r="F223" s="6" t="n">
+        <v>-28.53</v>
+      </c>
+      <c r="G223" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H223" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J223" s="6" t="n"/>
+    </row>
+    <row r="224">
+      <c r="A224" s="1" t="n">
+        <v>214</v>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Dalmia Bharat Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D224" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="n">
+        <v>-1625</v>
+      </c>
+      <c r="F224" s="6" t="n">
+        <v>-32.85</v>
+      </c>
+      <c r="G224" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H224" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J224" s="6" t="n"/>
+    </row>
+    <row r="225">
+      <c r="A225" s="1" t="n">
+        <v>215</v>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Inox Wind Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D225" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="n">
+        <v>-25025</v>
+      </c>
+      <c r="F225" s="6" t="n">
+        <v>-34.13</v>
+      </c>
+      <c r="G225" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H225" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J225" s="6" t="n"/>
+    </row>
+    <row r="226">
+      <c r="A226" s="1" t="n">
+        <v>216</v>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D226" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="n">
+        <v>-750</v>
+      </c>
+      <c r="F226" s="6" t="n">
+        <v>-34.51</v>
+      </c>
+      <c r="G226" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H226" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J226" s="6" t="n"/>
+    </row>
+    <row r="227">
+      <c r="A227" s="1" t="n">
+        <v>217</v>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Delhivery Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D227" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="n">
+        <v>-8300</v>
+      </c>
+      <c r="F227" s="6" t="n">
+        <v>-35.74</v>
+      </c>
+      <c r="G227" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H227" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J227" s="6" t="n"/>
+    </row>
+    <row r="228">
+      <c r="A228" s="1" t="n">
+        <v>218</v>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Kalyan Jewellers India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D228" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="n">
+        <v>-7050</v>
+      </c>
+      <c r="F228" s="6" t="n">
+        <v>-36.12</v>
+      </c>
+      <c r="G228" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H228" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J228" s="6" t="n"/>
+    </row>
+    <row r="229">
+      <c r="A229" s="1" t="n">
+        <v>219</v>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D229" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="n">
+        <v>-13300</v>
+      </c>
+      <c r="F229" s="6" t="n">
+        <v>-36.38</v>
+      </c>
+      <c r="G229" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H229" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J229" s="6" t="n"/>
+    </row>
+    <row r="230">
+      <c r="A230" s="1" t="n">
+        <v>220</v>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Heavy Electricals Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D230" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="n">
+        <v>-13125</v>
+      </c>
+      <c r="F230" s="6" t="n">
+        <v>-38.58</v>
+      </c>
+      <c r="G230" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H230" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J230" s="6" t="n"/>
+    </row>
+    <row r="231">
+      <c r="A231" s="1" t="n">
+        <v>221</v>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Nuvama Wealth Management Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D231" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="n">
+        <v>-600</v>
+      </c>
+      <c r="F231" s="6" t="n">
+        <v>-45.12</v>
+      </c>
+      <c r="G231" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H231" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J231" s="6" t="n"/>
+    </row>
+    <row r="232">
+      <c r="A232" s="1" t="n">
+        <v>222</v>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>JINDAL STEEL LIMITED Dec25</t>
+        </is>
+      </c>
+      <c r="D232" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="n">
+        <v>-4375</v>
+      </c>
+      <c r="F232" s="6" t="n">
+        <v>-46.03</v>
+      </c>
+      <c r="G232" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H232" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J232" s="6" t="n"/>
+    </row>
+    <row r="233">
+      <c r="A233" s="1" t="n">
+        <v>223</v>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D233" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="n">
+        <v>-2163</v>
+      </c>
+      <c r="F233" s="6" t="n">
+        <v>-49.68</v>
+      </c>
+      <c r="G233" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H233" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J233" s="6" t="n"/>
+    </row>
+    <row r="234">
+      <c r="A234" s="1" t="n">
+        <v>224</v>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>RBL Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D234" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="n">
+        <v>-15875</v>
+      </c>
+      <c r="F234" s="6" t="n">
+        <v>-50.09</v>
+      </c>
+      <c r="G234" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H234" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J234" s="6" t="n"/>
+    </row>
+    <row r="235">
+      <c r="A235" s="1" t="n">
+        <v>225</v>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Life Insurance Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D235" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="n">
+        <v>-6600</v>
+      </c>
+      <c r="F235" s="6" t="n">
+        <v>-50.75</v>
+      </c>
+      <c r="G235" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H235" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J235" s="6" t="n"/>
+    </row>
+    <row r="236">
+      <c r="A236" s="1" t="n">
+        <v>226</v>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D236" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="n">
+        <v>-19000</v>
+      </c>
+      <c r="F236" s="6" t="n">
+        <v>-52.35</v>
+      </c>
+      <c r="G236" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H236" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J236" s="6" t="n"/>
+    </row>
+    <row r="237">
+      <c r="A237" s="1" t="n">
+        <v>227</v>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Fortis Healthcare Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D237" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="n">
+        <v>-6200</v>
+      </c>
+      <c r="F237" s="6" t="n">
+        <v>-57.26</v>
+      </c>
+      <c r="G237" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H237" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J237" s="6" t="n"/>
+    </row>
+    <row r="238">
+      <c r="A238" s="1" t="n">
+        <v>228</v>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Suzlon Energy Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D238" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="n">
+        <v>-108300</v>
+      </c>
+      <c r="F238" s="6" t="n">
+        <v>-59.25</v>
+      </c>
+      <c r="G238" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H238" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J238" s="6" t="n"/>
+    </row>
+    <row r="239">
+      <c r="A239" s="1" t="n">
+        <v>229</v>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Mazagon Dock Shipbuilders Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D239" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="n">
+        <v>-2200</v>
+      </c>
+      <c r="F239" s="6" t="n">
+        <v>-59.76</v>
+      </c>
+      <c r="G239" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H239" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J239" s="6" t="n"/>
+    </row>
+    <row r="240">
+      <c r="A240" s="1" t="n">
+        <v>230</v>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D240" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="n">
+        <v>-1750</v>
+      </c>
+      <c r="F240" s="6" t="n">
+        <v>-62.62</v>
+      </c>
+      <c r="G240" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H240" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J240" s="6" t="n"/>
+    </row>
+    <row r="241">
+      <c r="A241" s="1" t="n">
+        <v>231</v>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D241" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="n">
+        <v>-5000</v>
+      </c>
+      <c r="F241" s="6" t="n">
+        <v>-64.72</v>
+      </c>
+      <c r="G241" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H241" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J241" s="6" t="n"/>
+    </row>
+    <row r="242">
+      <c r="A242" s="1" t="n">
+        <v>232</v>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D242" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="n">
+        <v>-875</v>
+      </c>
+      <c r="F242" s="6" t="n">
+        <v>-65.03</v>
+      </c>
+      <c r="G242" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H242" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J242" s="6" t="n"/>
+    </row>
+    <row r="243">
+      <c r="A243" s="1" t="n">
+        <v>233</v>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D243" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="n">
+        <v>-5000</v>
+      </c>
+      <c r="F243" s="6" t="n">
+        <v>-65.2</v>
+      </c>
+      <c r="G243" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H243" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J243" s="6" t="n"/>
+    </row>
+    <row r="244">
+      <c r="A244" s="1" t="n">
+        <v>234</v>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>PNB Housing Finance Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D244" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="n">
+        <v>-7150</v>
+      </c>
+      <c r="F244" s="6" t="n">
+        <v>-65.56999999999999</v>
+      </c>
+      <c r="G244" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H244" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J244" s="6" t="n"/>
+    </row>
+    <row r="245">
+      <c r="A245" s="1" t="n">
+        <v>235</v>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D245" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="n">
+        <v>-27000</v>
+      </c>
+      <c r="F245" s="6" t="n">
+        <v>-66.5</v>
+      </c>
+      <c r="G245" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H245" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J245" s="6" t="n"/>
+    </row>
+    <row r="246">
+      <c r="A246" s="1" t="n">
+        <v>236</v>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D246" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="n">
+        <v>-2100</v>
+      </c>
+      <c r="F246" s="6" t="n">
+        <v>-66.91</v>
+      </c>
+      <c r="G246" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H246" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J246" s="6" t="n"/>
+    </row>
+    <row r="247">
+      <c r="A247" s="1" t="n">
+        <v>237</v>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Persistent Systems Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D247" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="n">
+        <v>-1100</v>
+      </c>
+      <c r="F247" s="6" t="n">
+        <v>-70.38</v>
+      </c>
+      <c r="G247" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H247" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J247" s="6" t="n"/>
+    </row>
+    <row r="248">
+      <c r="A248" s="1" t="n">
+        <v>238</v>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D248" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="n">
+        <v>-3325</v>
+      </c>
+      <c r="F248" s="6" t="n">
+        <v>-71.18000000000001</v>
+      </c>
+      <c r="G248" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H248" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J248" s="6" t="n"/>
+    </row>
+    <row r="249">
+      <c r="A249" s="1" t="n">
+        <v>239</v>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D249" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="n">
+        <v>-20800</v>
+      </c>
+      <c r="F249" s="6" t="n">
+        <v>-75.61</v>
+      </c>
+      <c r="G249" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H249" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J249" s="6" t="n"/>
+    </row>
+    <row r="250">
+      <c r="A250" s="1" t="n">
+        <v>240</v>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Prestige Estates Projects Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D250" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="n">
+        <v>-4500</v>
+      </c>
+      <c r="F250" s="6" t="n">
+        <v>-75.84</v>
+      </c>
+      <c r="G250" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H250" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J250" s="6" t="n"/>
+    </row>
+    <row r="251">
+      <c r="A251" s="1" t="n">
+        <v>241</v>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Indian Renewable Energy Development Agency Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D251" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="n">
+        <v>-55200</v>
+      </c>
+      <c r="F251" s="6" t="n">
+        <v>-79.42</v>
+      </c>
+      <c r="G251" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H251" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J251" s="6" t="n"/>
+    </row>
+    <row r="252">
+      <c r="A252" s="1" t="n">
+        <v>242</v>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Oberoi Realty Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D252" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="n">
+        <v>-4900</v>
+      </c>
+      <c r="F252" s="6" t="n">
+        <v>-81.26000000000001</v>
+      </c>
+      <c r="G252" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H252" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J252" s="6" t="n"/>
+    </row>
+    <row r="253">
+      <c r="A253" s="1" t="n">
+        <v>243</v>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D253" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="n">
+        <v>-2200</v>
+      </c>
+      <c r="F253" s="6" t="n">
+        <v>-83.75</v>
+      </c>
+      <c r="G253" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H253" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J253" s="6" t="n"/>
+    </row>
+    <row r="254">
+      <c r="A254" s="1" t="n">
+        <v>244</v>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Oracle Financial Services Software Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D254" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="n">
+        <v>-1050</v>
+      </c>
+      <c r="F254" s="6" t="n">
+        <v>-85.70999999999999</v>
+      </c>
+      <c r="G254" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H254" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J254" s="6" t="n"/>
+    </row>
+    <row r="255">
+      <c r="A255" s="1" t="n">
+        <v>245</v>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Max Healthcare Institute Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D255" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="n">
+        <v>-7350</v>
+      </c>
+      <c r="F255" s="6" t="n">
+        <v>-86.44</v>
+      </c>
+      <c r="G255" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H255" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J255" s="6" t="n"/>
+    </row>
+    <row r="256">
+      <c r="A256" s="1" t="n">
+        <v>246</v>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>Trent Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D256" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="n">
+        <v>-2000</v>
+      </c>
+      <c r="F256" s="6" t="n">
+        <v>-86.65000000000001</v>
+      </c>
+      <c r="G256" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H256" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J256" s="6" t="n"/>
+    </row>
+    <row r="257">
+      <c r="A257" s="1" t="n">
+        <v>247</v>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Indian Energy Exchange Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D257" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="n">
+        <v>-63750</v>
+      </c>
+      <c r="F257" s="6" t="n">
+        <v>-89.90000000000001</v>
+      </c>
+      <c r="G257" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H257" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J257" s="6" t="n"/>
+    </row>
+    <row r="258">
+      <c r="A258" s="1" t="n">
+        <v>248</v>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D258" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="n">
+        <v>-6000</v>
+      </c>
+      <c r="F258" s="6" t="n">
+        <v>-92</v>
+      </c>
+      <c r="G258" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H258" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J258" s="6" t="n"/>
+    </row>
+    <row r="259">
+      <c r="A259" s="1" t="n">
+        <v>249</v>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>JSW Energy Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D259" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="n">
+        <v>-19000</v>
+      </c>
+      <c r="F259" s="6" t="n">
+        <v>-93.73</v>
+      </c>
+      <c r="G259" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H259" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J259" s="6" t="n"/>
+    </row>
+    <row r="260">
+      <c r="A260" s="1" t="n">
+        <v>250</v>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Tata Elxsi Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D260" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="n">
+        <v>-2000</v>
+      </c>
+      <c r="F260" s="6" t="n">
+        <v>-103.81</v>
+      </c>
+      <c r="G260" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H260" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J260" s="6" t="n"/>
+    </row>
+    <row r="261">
+      <c r="A261" s="1" t="n">
+        <v>251</v>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D261" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E261" s="5" t="n">
+        <v>-59850</v>
+      </c>
+      <c r="F261" s="6" t="n">
+        <v>-106.4</v>
+      </c>
+      <c r="G261" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H261" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J261" s="6" t="n"/>
+    </row>
+    <row r="262">
+      <c r="A262" s="1" t="n">
+        <v>252</v>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D262" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="n">
+        <v>-2625</v>
+      </c>
+      <c r="F262" s="6" t="n">
+        <v>-108.81</v>
+      </c>
+      <c r="G262" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H262" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J262" s="6" t="n"/>
+    </row>
+    <row r="263">
+      <c r="A263" s="1" t="n">
+        <v>253</v>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D263" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="n">
+        <v>-13300</v>
+      </c>
+      <c r="F263" s="6" t="n">
+        <v>-108.93</v>
+      </c>
+      <c r="G263" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H263" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J263" s="6" t="n"/>
+    </row>
+    <row r="264">
+      <c r="A264" s="1" t="n">
+        <v>254</v>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>NHPC Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D264" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="n">
+        <v>-153600</v>
+      </c>
+      <c r="F264" s="6" t="n">
+        <v>-119.3</v>
+      </c>
+      <c r="G264" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H264" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J264" s="6" t="n"/>
+    </row>
+    <row r="265">
+      <c r="A265" s="1" t="n">
+        <v>255</v>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Inox Wind Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D265" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="n">
+        <v>-88344</v>
+      </c>
+      <c r="F265" s="6" t="n">
+        <v>-119.7</v>
+      </c>
+      <c r="G265" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H265" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J265" s="6" t="n"/>
+    </row>
+    <row r="266">
+      <c r="A266" s="1" t="n">
+        <v>256</v>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>United Spirits Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D266" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="n">
+        <v>-8400</v>
+      </c>
+      <c r="F266" s="6" t="n">
+        <v>-122.47</v>
+      </c>
+      <c r="G266" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H266" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J266" s="6" t="n"/>
+    </row>
+    <row r="267">
+      <c r="A267" s="1" t="n">
+        <v>257</v>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D267" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="n">
+        <v>-22050</v>
+      </c>
+      <c r="F267" s="6" t="n">
+        <v>-122.7</v>
+      </c>
+      <c r="G267" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H267" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J267" s="6" t="n"/>
+    </row>
+    <row r="268">
+      <c r="A268" s="1" t="n">
+        <v>258</v>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Exide Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D268" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E268" s="5" t="n">
+        <v>-32400</v>
+      </c>
+      <c r="F268" s="6" t="n">
+        <v>-122.7</v>
+      </c>
+      <c r="G268" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H268" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J268" s="6" t="n"/>
+    </row>
+    <row r="269">
+      <c r="A269" s="1" t="n">
+        <v>259</v>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D269" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E269" s="5" t="n">
+        <v>-110700</v>
+      </c>
+      <c r="F269" s="6" t="n">
+        <v>-130.19</v>
+      </c>
+      <c r="G269" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H269" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J269" s="6" t="n"/>
+    </row>
+    <row r="270">
+      <c r="A270" s="1" t="n">
+        <v>260</v>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D270" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E270" s="5" t="n">
+        <v>-48600</v>
+      </c>
+      <c r="F270" s="6" t="n">
+        <v>-130.71</v>
+      </c>
+      <c r="G270" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H270" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J270" s="6" t="n"/>
+    </row>
+    <row r="271">
+      <c r="A271" s="1" t="n">
+        <v>261</v>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Hitachi Energy India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D271" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E271" s="5" t="n">
+        <v>-600</v>
+      </c>
+      <c r="F271" s="6" t="n">
+        <v>-133.3</v>
+      </c>
+      <c r="G271" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H271" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J271" s="6" t="n"/>
+    </row>
+    <row r="272">
+      <c r="A272" s="1" t="n">
+        <v>262</v>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Reddy's Laboratories Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D272" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E272" s="5" t="n">
+        <v>-10625</v>
+      </c>
+      <c r="F272" s="6" t="n">
+        <v>-134.41</v>
+      </c>
+      <c r="G272" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H272" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J272" s="6" t="n"/>
+    </row>
+    <row r="273">
+      <c r="A273" s="1" t="n">
+        <v>263</v>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>DLF Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D273" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E273" s="5" t="n">
+        <v>-18975</v>
+      </c>
+      <c r="F273" s="6" t="n">
+        <v>-139.89</v>
+      </c>
+      <c r="G273" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H273" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J273" s="6" t="n"/>
+    </row>
+    <row r="274">
+      <c r="A274" s="1" t="n">
+        <v>264</v>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Finance Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D274" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E274" s="5" t="n">
+        <v>-119000</v>
+      </c>
+      <c r="F274" s="6" t="n">
+        <v>-140.91</v>
+      </c>
+      <c r="G274" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H274" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J274" s="6" t="n"/>
+    </row>
+    <row r="275">
+      <c r="A275" s="1" t="n">
+        <v>265</v>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Suzlon Energy Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D275" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E275" s="5" t="n">
+        <v>-264000</v>
+      </c>
+      <c r="F275" s="6" t="n">
+        <v>-143.64</v>
+      </c>
+      <c r="G275" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H275" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J275" s="6" t="n"/>
+    </row>
+    <row r="276">
+      <c r="A276" s="1" t="n">
+        <v>266</v>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D276" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E276" s="5" t="n">
+        <v>-88000</v>
+      </c>
+      <c r="F276" s="6" t="n">
+        <v>-150.68</v>
+      </c>
+      <c r="G276" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H276" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J276" s="6" t="n"/>
+    </row>
+    <row r="277">
+      <c r="A277" s="1" t="n">
+        <v>267</v>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D277" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E277" s="5" t="n">
+        <v>-10500</v>
+      </c>
+      <c r="F277" s="6" t="n">
+        <v>-162.83</v>
+      </c>
+      <c r="G277" s="7" t="n">
+        <v>-0.0002</v>
+      </c>
+      <c r="H277" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J277" s="6" t="n"/>
+    </row>
+    <row r="278">
+      <c r="A278" s="1" t="n">
+        <v>268</v>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Dynamics Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D278" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E278" s="5" t="n">
+        <v>-11700</v>
+      </c>
+      <c r="F278" s="6" t="n">
+        <v>-177.91</v>
+      </c>
+      <c r="G278" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H278" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J278" s="6" t="n"/>
+    </row>
+    <row r="279">
+      <c r="A279" s="1" t="n">
+        <v>269</v>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D279" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E279" s="5" t="n">
+        <v>-11875</v>
+      </c>
+      <c r="F279" s="6" t="n">
+        <v>-182.46</v>
+      </c>
+      <c r="G279" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H279" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J279" s="6" t="n"/>
+    </row>
+    <row r="280">
+      <c r="A280" s="1" t="n">
+        <v>270</v>
+      </c>
+      <c r="B280" s="1" t="inlineStr">
+        <is>
+          <t>SRF Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D280" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E280" s="5" t="n">
+        <v>-6200</v>
+      </c>
+      <c r="F280" s="6" t="n">
+        <v>-184.51</v>
+      </c>
+      <c r="G280" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H280" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J280" s="6" t="n"/>
+    </row>
+    <row r="281">
+      <c r="A281" s="1" t="n">
+        <v>271</v>
+      </c>
+      <c r="B281" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D281" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E281" s="5" t="n">
+        <v>-1250</v>
+      </c>
+      <c r="F281" s="6" t="n">
+        <v>-184.69</v>
+      </c>
+      <c r="G281" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H281" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J281" s="6" t="n"/>
+    </row>
+    <row r="282">
+      <c r="A282" s="1" t="n">
+        <v>272</v>
+      </c>
+      <c r="B282" s="1" t="inlineStr">
+        <is>
+          <t>Torrent Power Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D282" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E282" s="5" t="n">
+        <v>-14625</v>
+      </c>
+      <c r="F282" s="6" t="n">
+        <v>-193.39</v>
+      </c>
+      <c r="G282" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H282" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J282" s="6" t="n"/>
+    </row>
+    <row r="283">
+      <c r="A283" s="1" t="n">
+        <v>273</v>
+      </c>
+      <c r="B283" s="1" t="inlineStr">
+        <is>
+          <t>Manappuram Finance Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D283" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E283" s="5" t="n">
+        <v>-69000</v>
+      </c>
+      <c r="F283" s="6" t="n">
+        <v>-198.86</v>
+      </c>
+      <c r="G283" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H283" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J283" s="6" t="n"/>
+    </row>
+    <row r="284">
+      <c r="A284" s="1" t="n">
+        <v>274</v>
+      </c>
+      <c r="B284" s="1" t="inlineStr">
+        <is>
+          <t>Avenue Supermarts Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D284" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E284" s="5" t="n">
+        <v>-4950</v>
+      </c>
+      <c r="F284" s="6" t="n">
+        <v>-199.06</v>
+      </c>
+      <c r="G284" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H284" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J284" s="6" t="n"/>
+    </row>
+    <row r="285">
+      <c r="A285" s="1" t="n">
+        <v>275</v>
+      </c>
+      <c r="B285" s="1" t="inlineStr">
+        <is>
+          <t>SBI Life Insurance Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D285" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E285" s="5" t="n">
+        <v>-10125</v>
+      </c>
+      <c r="F285" s="6" t="n">
+        <v>-200.31</v>
+      </c>
+      <c r="G285" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H285" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J285" s="6" t="n"/>
+    </row>
+    <row r="286">
+      <c r="A286" s="1" t="n">
+        <v>276</v>
+      </c>
+      <c r="B286" s="1" t="inlineStr">
+        <is>
+          <t>Solar Industries India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D286" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E286" s="5" t="n">
+        <v>-1500</v>
+      </c>
+      <c r="F286" s="6" t="n">
+        <v>-200.32</v>
+      </c>
+      <c r="G286" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H286" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J286" s="6" t="n"/>
+    </row>
+    <row r="287">
+      <c r="A287" s="1" t="n">
+        <v>277</v>
+      </c>
+      <c r="B287" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D287" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E287" s="5" t="n">
+        <v>-10850</v>
+      </c>
+      <c r="F287" s="6" t="n">
+        <v>-200.82</v>
+      </c>
+      <c r="G287" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H287" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J287" s="6" t="n"/>
+    </row>
+    <row r="288">
+      <c r="A288" s="1" t="n">
+        <v>278</v>
+      </c>
+      <c r="B288" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D288" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E288" s="5" t="n">
+        <v>-116550</v>
+      </c>
+      <c r="F288" s="6" t="n">
+        <v>-205.94</v>
+      </c>
+      <c r="G288" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H288" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J288" s="6" t="n"/>
+    </row>
+    <row r="289">
+      <c r="A289" s="1" t="n">
+        <v>279</v>
+      </c>
+      <c r="B289" s="1" t="inlineStr">
+        <is>
+          <t>ETERNAL LIMITED Feb26</t>
+        </is>
+      </c>
+      <c r="D289" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E289" s="5" t="n">
+        <v>-67900</v>
+      </c>
+      <c r="F289" s="6" t="n">
+        <v>-207.57</v>
+      </c>
+      <c r="G289" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H289" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J289" s="6" t="n"/>
+    </row>
+    <row r="290">
+      <c r="A290" s="1" t="n">
+        <v>280</v>
+      </c>
+      <c r="B290" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D290" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E290" s="5" t="n">
+        <v>-144000</v>
+      </c>
+      <c r="F290" s="6" t="n">
+        <v>-219.23</v>
+      </c>
+      <c r="G290" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H290" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J290" s="6" t="n"/>
+    </row>
+    <row r="291">
+      <c r="A291" s="1" t="n">
+        <v>281</v>
+      </c>
+      <c r="B291" s="1" t="inlineStr">
+        <is>
+          <t>PB Fintech Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D291" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E291" s="5" t="n">
+        <v>-12250</v>
+      </c>
+      <c r="F291" s="6" t="n">
+        <v>-223.82</v>
+      </c>
+      <c r="G291" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H291" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J291" s="6" t="n"/>
+    </row>
+    <row r="292">
+      <c r="A292" s="1" t="n">
+        <v>282</v>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Jan26</t>
+        </is>
+      </c>
+      <c r="D292" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E292" s="5" t="n">
+        <v>-78975</v>
+      </c>
+      <c r="F292" s="6" t="n">
+        <v>-231.91</v>
+      </c>
+      <c r="G292" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H292" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J292" s="6" t="n"/>
+    </row>
+    <row r="293">
+      <c r="A293" s="1" t="n">
+        <v>283</v>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Container Corporation of India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D293" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E293" s="5" t="n">
+        <v>-45000</v>
+      </c>
+      <c r="F293" s="6" t="n">
+        <v>-232.54</v>
+      </c>
+      <c r="G293" s="7" t="n">
+        <v>-0.0003</v>
+      </c>
+      <c r="H293" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J293" s="6" t="n"/>
+    </row>
+    <row r="294">
+      <c r="A294" s="1" t="n">
+        <v>284</v>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>TVS Motor Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D294" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E294" s="5" t="n">
+        <v>-6650</v>
+      </c>
+      <c r="F294" s="6" t="n">
+        <v>-236.51</v>
+      </c>
+      <c r="G294" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H294" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J294" s="6" t="n"/>
+    </row>
+    <row r="295">
+      <c r="A295" s="1" t="n">
+        <v>285</v>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D295" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E295" s="5" t="n">
+        <v>-1500</v>
+      </c>
+      <c r="F295" s="6" t="n">
+        <v>-241.64</v>
+      </c>
+      <c r="G295" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H295" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J295" s="6" t="n"/>
+    </row>
+    <row r="296">
+      <c r="A296" s="1" t="n">
+        <v>286</v>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D296" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E296" s="5" t="n">
+        <v>-35700</v>
+      </c>
+      <c r="F296" s="6" t="n">
+        <v>-241.74</v>
+      </c>
+      <c r="G296" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H296" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J296" s="6" t="n"/>
+    </row>
+    <row r="297">
+      <c r="A297" s="1" t="n">
+        <v>287</v>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D297" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E297" s="5" t="n">
+        <v>-20925</v>
+      </c>
+      <c r="F297" s="6" t="n">
+        <v>-245.97</v>
+      </c>
+      <c r="G297" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H297" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J297" s="6" t="n"/>
+    </row>
+    <row r="298">
+      <c r="A298" s="1" t="n">
+        <v>288</v>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Eicher Motors Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D298" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E298" s="5" t="n">
+        <v>-3500</v>
+      </c>
+      <c r="F298" s="6" t="n">
+        <v>-248.08</v>
+      </c>
+      <c r="G298" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H298" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J298" s="6" t="n"/>
+    </row>
+    <row r="299">
+      <c r="A299" s="1" t="n">
+        <v>289</v>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>UNO Minda Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D299" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E299" s="5" t="n">
+        <v>-19250</v>
+      </c>
+      <c r="F299" s="6" t="n">
+        <v>-253.02</v>
+      </c>
+      <c r="G299" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H299" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J299" s="6" t="n"/>
+    </row>
+    <row r="300">
+      <c r="A300" s="1" t="n">
+        <v>290</v>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>SHREE CEMENT LIMITED Dec25</t>
+        </is>
+      </c>
+      <c r="D300" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E300" s="5" t="n">
+        <v>-1000</v>
+      </c>
+      <c r="F300" s="6" t="n">
+        <v>-265.15</v>
+      </c>
+      <c r="G300" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H300" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J300" s="6" t="n"/>
+    </row>
+    <row r="301">
+      <c r="A301" s="1" t="n">
+        <v>291</v>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Torrent Pharmaceuticals Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D301" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E301" s="5" t="n">
+        <v>-7250</v>
+      </c>
+      <c r="F301" s="6" t="n">
+        <v>-271.56</v>
+      </c>
+      <c r="G301" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H301" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J301" s="6" t="n"/>
+    </row>
+    <row r="302">
+      <c r="A302" s="1" t="n">
+        <v>292</v>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D302" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E302" s="5" t="n">
+        <v>-75400</v>
+      </c>
+      <c r="F302" s="6" t="n">
+        <v>-277.02</v>
+      </c>
+      <c r="G302" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H302" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J302" s="6" t="n"/>
+    </row>
+    <row r="303">
+      <c r="A303" s="1" t="n">
+        <v>293</v>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>CG Power and Industrial Solutions Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D303" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E303" s="5" t="n">
+        <v>-40800</v>
+      </c>
+      <c r="F303" s="6" t="n">
+        <v>-277.89</v>
+      </c>
+      <c r="G303" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H303" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J303" s="6" t="n"/>
+    </row>
+    <row r="304">
+      <c r="A304" s="1" t="n">
+        <v>294</v>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D304" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E304" s="5" t="n">
+        <v>-343175</v>
+      </c>
+      <c r="F304" s="6" t="n">
+        <v>-278.56</v>
+      </c>
+      <c r="G304" s="7" t="n">
+        <v>-0.0004</v>
+      </c>
+      <c r="H304" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J304" s="6" t="n"/>
+    </row>
+    <row r="305">
+      <c r="A305" s="1" t="n">
+        <v>295</v>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Trent Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D305" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E305" s="5" t="n">
+        <v>-7000</v>
+      </c>
+      <c r="F305" s="6" t="n">
+        <v>-301.52</v>
+      </c>
+      <c r="G305" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H305" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J305" s="6" t="n"/>
+    </row>
+    <row r="306">
+      <c r="A306" s="1" t="n">
+        <v>296</v>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Sammaan Capital Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D306" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E306" s="5" t="n">
+        <v>-197800</v>
+      </c>
+      <c r="F306" s="6" t="n">
+        <v>-308.67</v>
+      </c>
+      <c r="G306" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H306" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J306" s="6" t="n"/>
+    </row>
+    <row r="307">
+      <c r="A307" s="1" t="n">
+        <v>297</v>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D307" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E307" s="5" t="n">
+        <v>-3125</v>
+      </c>
+      <c r="F307" s="6" t="n">
+        <v>-318.81</v>
+      </c>
+      <c r="G307" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H307" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J307" s="6" t="n"/>
+    </row>
+    <row r="308">
+      <c r="A308" s="1" t="n">
+        <v>298</v>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>NCC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D308" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E308" s="5" t="n">
+        <v>-186300</v>
+      </c>
+      <c r="F308" s="6" t="n">
+        <v>-321.09</v>
+      </c>
+      <c r="G308" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H308" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J308" s="6" t="n"/>
+    </row>
+    <row r="309">
+      <c r="A309" s="1" t="n">
+        <v>299</v>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Varun Beverages Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D309" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E309" s="5" t="n">
+        <v>-67500</v>
+      </c>
+      <c r="F309" s="6" t="n">
+        <v>-329.06</v>
+      </c>
+      <c r="G309" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H309" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J309" s="6" t="n"/>
+    </row>
+    <row r="310">
+      <c r="A310" s="1" t="n">
+        <v>300</v>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Adani Green Energy Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D310" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E310" s="5" t="n">
+        <v>-31800</v>
+      </c>
+      <c r="F310" s="6" t="n">
+        <v>-337.27</v>
+      </c>
+      <c r="G310" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H310" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J310" s="6" t="n"/>
+    </row>
+    <row r="311">
+      <c r="A311" s="1" t="n">
+        <v>301</v>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Glenmark Pharmaceuticals Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D311" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E311" s="5" t="n">
+        <v>-17250</v>
+      </c>
+      <c r="F311" s="6" t="n">
+        <v>-339.55</v>
+      </c>
+      <c r="G311" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H311" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J311" s="6" t="n"/>
+    </row>
+    <row r="312">
+      <c r="A312" s="1" t="n">
+        <v>302</v>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India Dec25</t>
+        </is>
+      </c>
+      <c r="D312" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E312" s="5" t="n">
+        <v>-225675</v>
+      </c>
+      <c r="F312" s="6" t="n">
+        <v>-347.83</v>
+      </c>
+      <c r="G312" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H312" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J312" s="6" t="n"/>
+    </row>
+    <row r="313">
+      <c r="A313" s="1" t="n">
+        <v>303</v>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India Jan26</t>
+        </is>
+      </c>
+      <c r="D313" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E313" s="5" t="n">
+        <v>-36000</v>
+      </c>
+      <c r="F313" s="6" t="n">
+        <v>-356.76</v>
+      </c>
+      <c r="G313" s="7" t="n">
+        <v>-0.0005</v>
+      </c>
+      <c r="H313" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J313" s="6" t="n"/>
+    </row>
+    <row r="314">
+      <c r="A314" s="1" t="n">
+        <v>304</v>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D314" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E314" s="5" t="n">
+        <v>-9100</v>
+      </c>
+      <c r="F314" s="6" t="n">
+        <v>-374.83</v>
+      </c>
+      <c r="G314" s="7" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H314" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J314" s="6" t="n"/>
+    </row>
+    <row r="315">
+      <c r="A315" s="1" t="n">
+        <v>305</v>
+      </c>
+      <c r="B315" s="1" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D315" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E315" s="5" t="n">
+        <v>-44800</v>
+      </c>
+      <c r="F315" s="6" t="n">
+        <v>-388.82</v>
+      </c>
+      <c r="G315" s="7" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H315" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J315" s="6" t="n"/>
+    </row>
+    <row r="316">
+      <c r="A316" s="1" t="n">
+        <v>306</v>
+      </c>
+      <c r="B316" s="1" t="inlineStr">
+        <is>
+          <t>Mankind Pharma Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D316" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E316" s="5" t="n">
+        <v>-18000</v>
+      </c>
+      <c r="F316" s="6" t="n">
+        <v>-407.05</v>
+      </c>
+      <c r="G316" s="7" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H316" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J316" s="6" t="n"/>
+    </row>
+    <row r="317">
+      <c r="A317" s="1" t="n">
+        <v>307</v>
+      </c>
+      <c r="B317" s="1" t="inlineStr">
+        <is>
+          <t>Delhivery Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D317" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E317" s="5" t="n">
+        <v>-95450</v>
+      </c>
+      <c r="F317" s="6" t="n">
+        <v>-408.53</v>
+      </c>
+      <c r="G317" s="7" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H317" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J317" s="6" t="n"/>
+    </row>
+    <row r="318">
+      <c r="A318" s="1" t="n">
+        <v>308</v>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D318" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E318" s="5" t="n">
+        <v>-242000</v>
+      </c>
+      <c r="F318" s="6" t="n">
+        <v>-411.86</v>
+      </c>
+      <c r="G318" s="7" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H318" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J318" s="6" t="n"/>
+    </row>
+    <row r="319">
+      <c r="A319" s="1" t="n">
+        <v>309</v>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Laurus Labs Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D319" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E319" s="5" t="n">
+        <v>-39950</v>
+      </c>
+      <c r="F319" s="6" t="n">
+        <v>-414.92</v>
+      </c>
+      <c r="G319" s="7" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H319" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J319" s="6" t="n"/>
+    </row>
+    <row r="320">
+      <c r="A320" s="1" t="n">
+        <v>310</v>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Asset Management Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D320" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E320" s="5" t="n">
+        <v>-15900</v>
+      </c>
+      <c r="F320" s="6" t="n">
+        <v>-427.31</v>
+      </c>
+      <c r="G320" s="7" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H320" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J320" s="6" t="n"/>
+    </row>
+    <row r="321">
+      <c r="A321" s="1" t="n">
+        <v>311</v>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D321" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E321" s="5" t="n">
+        <v>-12600</v>
+      </c>
+      <c r="F321" s="6" t="n">
+        <v>-430.33</v>
+      </c>
+      <c r="G321" s="7" t="n">
+        <v>-0.0005999999999999999</v>
+      </c>
+      <c r="H321" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J321" s="6" t="n"/>
+    </row>
+    <row r="322">
+      <c r="A322" s="1" t="n">
+        <v>312</v>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>NBCC (India) Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D322" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E322" s="5" t="n">
+        <v>-377000</v>
+      </c>
+      <c r="F322" s="6" t="n">
+        <v>-442.98</v>
+      </c>
+      <c r="G322" s="7" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H322" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J322" s="6" t="n"/>
+    </row>
+    <row r="323">
+      <c r="A323" s="1" t="n">
+        <v>313</v>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D323" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E323" s="5" t="n">
+        <v>-324300</v>
+      </c>
+      <c r="F323" s="6" t="n">
+        <v>-443.87</v>
+      </c>
+      <c r="G323" s="7" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H323" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J323" s="6" t="n"/>
+    </row>
+    <row r="324">
+      <c r="A324" s="1" t="n">
+        <v>314</v>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>The Indian Hotels Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D324" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E324" s="5" t="n">
+        <v>-60000</v>
+      </c>
+      <c r="F324" s="6" t="n">
+        <v>-451.23</v>
+      </c>
+      <c r="G324" s="7" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H324" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J324" s="6" t="n"/>
+    </row>
+    <row r="325">
+      <c r="A325" s="1" t="n">
+        <v>315</v>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D325" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E325" s="5" t="n">
+        <v>-21200</v>
+      </c>
+      <c r="F325" s="6" t="n">
+        <v>-456.1</v>
+      </c>
+      <c r="G325" s="7" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H325" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J325" s="6" t="n"/>
+    </row>
+    <row r="326">
+      <c r="A326" s="1" t="n">
+        <v>316</v>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D326" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E326" s="5" t="n">
+        <v>-46500</v>
+      </c>
+      <c r="F326" s="6" t="n">
+        <v>-488.16</v>
+      </c>
+      <c r="G326" s="7" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H326" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J326" s="6" t="n"/>
+    </row>
+    <row r="327">
+      <c r="A327" s="1" t="n">
+        <v>317</v>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Jubilant Foodworks Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D327" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E327" s="5" t="n">
+        <v>-82500</v>
+      </c>
+      <c r="F327" s="6" t="n">
+        <v>-499.54</v>
+      </c>
+      <c r="G327" s="7" t="n">
+        <v>-0.0007</v>
+      </c>
+      <c r="H327" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J327" s="6" t="n"/>
+    </row>
+    <row r="328">
+      <c r="A328" s="1" t="n">
+        <v>318</v>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Polycab India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D328" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E328" s="5" t="n">
+        <v>-7250</v>
+      </c>
+      <c r="F328" s="6" t="n">
+        <v>-544.11</v>
+      </c>
+      <c r="G328" s="7" t="n">
+        <v>-0.0008</v>
+      </c>
+      <c r="H328" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J328" s="6" t="n"/>
+    </row>
+    <row r="329">
+      <c r="A329" s="1" t="n">
+        <v>319</v>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>L&amp;T Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D329" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E329" s="5" t="n">
+        <v>-182942</v>
+      </c>
+      <c r="F329" s="6" t="n">
+        <v>-573.25</v>
+      </c>
+      <c r="G329" s="7" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H329" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J329" s="6" t="n"/>
+    </row>
+    <row r="330">
+      <c r="A330" s="1" t="n">
+        <v>320</v>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D330" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E330" s="5" t="n">
+        <v>-783000</v>
+      </c>
+      <c r="F330" s="6" t="n">
+        <v>-584.04</v>
+      </c>
+      <c r="G330" s="7" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H330" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J330" s="6" t="n"/>
+    </row>
+    <row r="331">
+      <c r="A331" s="1" t="n">
+        <v>321</v>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>InterGlobe Aviation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D331" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E331" s="5" t="n">
+        <v>-10050</v>
+      </c>
+      <c r="F331" s="6" t="n">
+        <v>-594.86</v>
+      </c>
+      <c r="G331" s="7" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H331" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J331" s="6" t="n"/>
+    </row>
+    <row r="332">
+      <c r="A332" s="1" t="n">
+        <v>322</v>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Cipla Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D332" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E332" s="5" t="n">
+        <v>-38625</v>
+      </c>
+      <c r="F332" s="6" t="n">
+        <v>-595.29</v>
+      </c>
+      <c r="G332" s="7" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H332" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J332" s="6" t="n"/>
+    </row>
+    <row r="333">
+      <c r="A333" s="1" t="n">
+        <v>323</v>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>DLF Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D333" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E333" s="5" t="n">
+        <v>-81675</v>
+      </c>
+      <c r="F333" s="6" t="n">
+        <v>-598.96</v>
+      </c>
+      <c r="G333" s="7" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H333" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J333" s="6" t="n"/>
+    </row>
+    <row r="334">
+      <c r="A334" s="1" t="n">
+        <v>324</v>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Power Grid Corporation of India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D334" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E334" s="5" t="n">
+        <v>-229900</v>
+      </c>
+      <c r="F334" s="6" t="n">
+        <v>-625.1</v>
+      </c>
+      <c r="G334" s="7" t="n">
+        <v>-0.0009</v>
+      </c>
+      <c r="H334" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J334" s="6" t="n"/>
+    </row>
+    <row r="335">
+      <c r="A335" s="1" t="n">
+        <v>325</v>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Max Financial Services Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D335" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E335" s="5" t="n">
+        <v>-37600</v>
+      </c>
+      <c r="F335" s="6" t="n">
+        <v>-643.9</v>
+      </c>
+      <c r="G335" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H335" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J335" s="6" t="n"/>
+    </row>
+    <row r="336">
+      <c r="A336" s="1" t="n">
+        <v>326</v>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Apollo Hospitals Enterprise Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D336" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E336" s="5" t="n">
+        <v>-9125</v>
+      </c>
+      <c r="F336" s="6" t="n">
+        <v>-674.02</v>
+      </c>
+      <c r="G336" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H336" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J336" s="6" t="n"/>
+    </row>
+    <row r="337">
+      <c r="A337" s="1" t="n">
+        <v>327</v>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Kaynes Technology India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D337" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E337" s="5" t="n">
+        <v>-12300</v>
+      </c>
+      <c r="F337" s="6" t="n">
+        <v>-680.5</v>
+      </c>
+      <c r="G337" s="7" t="n">
+        <v>-0.001</v>
+      </c>
+      <c r="H337" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J337" s="6" t="n"/>
+    </row>
+    <row r="338">
+      <c r="A338" s="1" t="n">
+        <v>328</v>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Zinc Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D338" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E338" s="5" t="n">
+        <v>-144550</v>
+      </c>
+      <c r="F338" s="6" t="n">
+        <v>-706.34</v>
+      </c>
+      <c r="G338" s="7" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H338" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J338" s="6" t="n"/>
+    </row>
+    <row r="339">
+      <c r="A339" s="1" t="n">
+        <v>329</v>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Indian Oil Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D339" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E339" s="5" t="n">
+        <v>-448500</v>
+      </c>
+      <c r="F339" s="6" t="n">
+        <v>-728.9</v>
+      </c>
+      <c r="G339" s="7" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H339" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J339" s="6" t="n"/>
+    </row>
+    <row r="340">
+      <c r="A340" s="1" t="n">
+        <v>330</v>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Computer Age Management Services Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D340" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E340" s="5" t="n">
+        <v>-18750</v>
+      </c>
+      <c r="F340" s="6" t="n">
+        <v>-730.8200000000001</v>
+      </c>
+      <c r="G340" s="7" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H340" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J340" s="6" t="n"/>
+    </row>
+    <row r="341">
+      <c r="A341" s="1" t="n">
+        <v>331</v>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Tech Mahindra Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D341" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E341" s="5" t="n">
+        <v>-48600</v>
+      </c>
+      <c r="F341" s="6" t="n">
+        <v>-740.66</v>
+      </c>
+      <c r="G341" s="7" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H341" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J341" s="6" t="n"/>
+    </row>
+    <row r="342">
+      <c r="A342" s="1" t="n">
+        <v>332</v>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Petronet LNG Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D342" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E342" s="5" t="n">
+        <v>-271800</v>
+      </c>
+      <c r="F342" s="6" t="n">
+        <v>-744.3200000000001</v>
+      </c>
+      <c r="G342" s="7" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H342" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J342" s="6" t="n"/>
+    </row>
+    <row r="343">
+      <c r="A343" s="1" t="n">
+        <v>333</v>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Adani Green Energy Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D343" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E343" s="5" t="n">
+        <v>-72600</v>
+      </c>
+      <c r="F343" s="6" t="n">
+        <v>-765.35</v>
+      </c>
+      <c r="G343" s="7" t="n">
+        <v>-0.0011</v>
+      </c>
+      <c r="H343" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J343" s="6" t="n"/>
+    </row>
+    <row r="344">
+      <c r="A344" s="1" t="n">
+        <v>334</v>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D344" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E344" s="5" t="n">
+        <v>-54600</v>
+      </c>
+      <c r="F344" s="6" t="n">
+        <v>-766.64</v>
+      </c>
+      <c r="G344" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H344" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J344" s="6" t="n"/>
+    </row>
+    <row r="345">
+      <c r="A345" s="1" t="n">
+        <v>335</v>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>The Indian Hotels Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D345" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E345" s="5" t="n">
+        <v>-105000</v>
+      </c>
+      <c r="F345" s="6" t="n">
+        <v>-784.9299999999999</v>
+      </c>
+      <c r="G345" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H345" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J345" s="6" t="n"/>
+    </row>
+    <row r="346">
+      <c r="A346" s="1" t="n">
+        <v>336</v>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Asian Paints Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D346" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E346" s="5" t="n">
+        <v>-27750</v>
+      </c>
+      <c r="F346" s="6" t="n">
+        <v>-802.86</v>
+      </c>
+      <c r="G346" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H346" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J346" s="6" t="n"/>
+    </row>
+    <row r="347">
+      <c r="A347" s="1" t="n">
+        <v>337</v>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>HFCL Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D347" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E347" s="5" t="n">
+        <v>-1141650</v>
+      </c>
+      <c r="F347" s="6" t="n">
+        <v>-807.15</v>
+      </c>
+      <c r="G347" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H347" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J347" s="6" t="n"/>
+    </row>
+    <row r="348">
+      <c r="A348" s="1" t="n">
+        <v>338</v>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>MphasiS Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D348" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E348" s="5" t="n">
+        <v>-28600</v>
+      </c>
+      <c r="F348" s="6" t="n">
+        <v>-807.78</v>
+      </c>
+      <c r="G348" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H348" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J348" s="6" t="n"/>
+    </row>
+    <row r="349">
+      <c r="A349" s="1" t="n">
+        <v>339</v>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Trent Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D349" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E349" s="5" t="n">
+        <v>-19000</v>
+      </c>
+      <c r="F349" s="6" t="n">
+        <v>-813.28</v>
+      </c>
+      <c r="G349" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H349" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J349" s="6" t="n"/>
+    </row>
+    <row r="350">
+      <c r="A350" s="1" t="n">
+        <v>340</v>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D350" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E350" s="5" t="n">
+        <v>-38475</v>
+      </c>
+      <c r="F350" s="6" t="n">
+        <v>-819.13</v>
+      </c>
+      <c r="G350" s="7" t="n">
+        <v>-0.0012</v>
+      </c>
+      <c r="H350" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J350" s="6" t="n"/>
+    </row>
+    <row r="351">
+      <c r="A351" s="1" t="n">
+        <v>341</v>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Consumer Products Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D351" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E351" s="5" t="n">
+        <v>-73000</v>
+      </c>
+      <c r="F351" s="6" t="n">
+        <v>-841.4</v>
+      </c>
+      <c r="G351" s="7" t="n">
+        <v>-0.0013</v>
+      </c>
+      <c r="H351" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J351" s="6" t="n"/>
+    </row>
+    <row r="352">
+      <c r="A352" s="1" t="n">
+        <v>342</v>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Petroleum Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D352" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E352" s="5" t="n">
+        <v>-198450</v>
+      </c>
+      <c r="F352" s="6" t="n">
+        <v>-911.88</v>
+      </c>
+      <c r="G352" s="7" t="n">
+        <v>-0.0014</v>
+      </c>
+      <c r="H352" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J352" s="6" t="n"/>
+    </row>
+    <row r="353">
+      <c r="A353" s="1" t="n">
+        <v>343</v>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Pidilite Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D353" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E353" s="5" t="n">
+        <v>-62000</v>
+      </c>
+      <c r="F353" s="6" t="n">
+        <v>-916.11</v>
+      </c>
+      <c r="G353" s="7" t="n">
+        <v>-0.0014</v>
+      </c>
+      <c r="H353" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J353" s="6" t="n"/>
+    </row>
+    <row r="354">
+      <c r="A354" s="1" t="n">
+        <v>344</v>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Oil &amp; Natural Gas Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D354" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E354" s="5" t="n">
+        <v>-378000</v>
+      </c>
+      <c r="F354" s="6" t="n">
+        <v>-925.72</v>
+      </c>
+      <c r="G354" s="7" t="n">
+        <v>-0.0014</v>
+      </c>
+      <c r="H354" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J354" s="6" t="n"/>
+    </row>
+    <row r="355">
+      <c r="A355" s="1" t="n">
+        <v>345</v>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>UPL Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D355" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E355" s="5" t="n">
+        <v>-121950</v>
+      </c>
+      <c r="F355" s="6" t="n">
+        <v>-932.0599999999999</v>
+      </c>
+      <c r="G355" s="7" t="n">
+        <v>-0.0014</v>
+      </c>
+      <c r="H355" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J355" s="6" t="n"/>
+    </row>
+    <row r="356">
+      <c r="A356" s="1" t="n">
+        <v>346</v>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Info Edge (India) Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D356" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E356" s="5" t="n">
+        <v>-72750</v>
+      </c>
+      <c r="F356" s="6" t="n">
+        <v>-971.9400000000001</v>
+      </c>
+      <c r="G356" s="7" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H356" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J356" s="6" t="n"/>
+    </row>
+    <row r="357">
+      <c r="A357" s="1" t="n">
+        <v>347</v>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Godrej Properties Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D357" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E357" s="5" t="n">
+        <v>-46475</v>
+      </c>
+      <c r="F357" s="6" t="n">
+        <v>-987.27</v>
+      </c>
+      <c r="G357" s="7" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H357" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J357" s="6" t="n"/>
+    </row>
+    <row r="358">
+      <c r="A358" s="1" t="n">
+        <v>348</v>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Sona BLW Precision Forgings Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D358" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E358" s="5" t="n">
+        <v>-195300</v>
+      </c>
+      <c r="F358" s="6" t="n">
+        <v>-1004.33</v>
+      </c>
+      <c r="G358" s="7" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H358" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J358" s="6" t="n"/>
+    </row>
+    <row r="359">
+      <c r="A359" s="1" t="n">
+        <v>349</v>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D359" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E359" s="5" t="n">
+        <v>-246525</v>
+      </c>
+      <c r="F359" s="6" t="n">
+        <v>-1026.28</v>
+      </c>
+      <c r="G359" s="7" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H359" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J359" s="6" t="n"/>
+    </row>
+    <row r="360">
+      <c r="A360" s="1" t="n">
+        <v>350</v>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Manappuram Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D360" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E360" s="5" t="n">
+        <v>-360000</v>
+      </c>
+      <c r="F360" s="6" t="n">
+        <v>-1030.32</v>
+      </c>
+      <c r="G360" s="7" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="H360" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J360" s="6" t="n"/>
+    </row>
+    <row r="361">
+      <c r="A361" s="1" t="n">
+        <v>351</v>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Varun Beverages Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D361" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E361" s="5" t="n">
+        <v>-213200</v>
+      </c>
+      <c r="F361" s="6" t="n">
+        <v>-1033.81</v>
+      </c>
+      <c r="G361" s="7" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H361" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J361" s="6" t="n"/>
+    </row>
+    <row r="362">
+      <c r="A362" s="1" t="n">
+        <v>352</v>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Jio Financial Services Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D362" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E362" s="5" t="n">
+        <v>-340750</v>
+      </c>
+      <c r="F362" s="6" t="n">
+        <v>-1057.18</v>
+      </c>
+      <c r="G362" s="7" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H362" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J362" s="6" t="n"/>
+    </row>
+    <row r="363">
+      <c r="A363" s="1" t="n">
+        <v>353</v>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>ETERNAL LIMITED Jan26</t>
+        </is>
+      </c>
+      <c r="D363" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E363" s="5" t="n">
+        <v>-356475</v>
+      </c>
+      <c r="F363" s="6" t="n">
+        <v>-1083.51</v>
+      </c>
+      <c r="G363" s="7" t="n">
+        <v>-0.0016</v>
+      </c>
+      <c r="H363" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J363" s="6" t="n"/>
+    </row>
+    <row r="364">
+      <c r="A364" s="1" t="n">
+        <v>354</v>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Prudential Life Insurance Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D364" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E364" s="5" t="n">
+        <v>-176675</v>
+      </c>
+      <c r="F364" s="6" t="n">
+        <v>-1099.54</v>
+      </c>
+      <c r="G364" s="7" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H364" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J364" s="6" t="n"/>
+    </row>
+    <row r="365">
+      <c r="A365" s="1" t="n">
+        <v>355</v>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D365" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E365" s="5" t="n">
+        <v>-272000</v>
+      </c>
+      <c r="F365" s="6" t="n">
+        <v>-1112.34</v>
+      </c>
+      <c r="G365" s="7" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H365" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J365" s="6" t="n"/>
+    </row>
+    <row r="366">
+      <c r="A366" s="1" t="n">
+        <v>356</v>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Indian Railway Catering And Tourism Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D366" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E366" s="5" t="n">
+        <v>-161875</v>
+      </c>
+      <c r="F366" s="6" t="n">
+        <v>-1117.34</v>
+      </c>
+      <c r="G366" s="7" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H366" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J366" s="6" t="n"/>
+    </row>
+    <row r="367">
+      <c r="A367" s="1" t="n">
+        <v>357</v>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Dixon Technologies (India) Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D367" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E367" s="5" t="n">
+        <v>-7800</v>
+      </c>
+      <c r="F367" s="6" t="n">
+        <v>-1144.1</v>
+      </c>
+      <c r="G367" s="7" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H367" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J367" s="6" t="n"/>
+    </row>
+    <row r="368">
+      <c r="A368" s="1" t="n">
+        <v>358</v>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>Ambuja Cements Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D368" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E368" s="5" t="n">
+        <v>-207900</v>
+      </c>
+      <c r="F368" s="6" t="n">
+        <v>-1148.75</v>
+      </c>
+      <c r="G368" s="7" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H368" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J368" s="6" t="n"/>
+    </row>
+    <row r="369">
+      <c r="A369" s="1" t="n">
+        <v>359</v>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Tata Motors Passenger Vehicles Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D369" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E369" s="5" t="n">
+        <v>-322400</v>
+      </c>
+      <c r="F369" s="6" t="n">
+        <v>-1159.03</v>
+      </c>
+      <c r="G369" s="7" t="n">
+        <v>-0.0017</v>
+      </c>
+      <c r="H369" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J369" s="6" t="n"/>
+    </row>
+    <row r="370">
+      <c r="A370" s="1" t="n">
+        <v>360</v>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Central Depository Services (India) Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D370" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E370" s="5" t="n">
+        <v>-75050</v>
+      </c>
+      <c r="F370" s="6" t="n">
+        <v>-1222.19</v>
+      </c>
+      <c r="G370" s="7" t="n">
+        <v>-0.0018</v>
+      </c>
+      <c r="H370" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J370" s="6" t="n"/>
+    </row>
+    <row r="371">
+      <c r="A371" s="1" t="n">
+        <v>361</v>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finserv Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D371" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E371" s="5" t="n">
+        <v>-58250</v>
+      </c>
+      <c r="F371" s="6" t="n">
+        <v>-1226.45</v>
+      </c>
+      <c r="G371" s="7" t="n">
+        <v>-0.0018</v>
+      </c>
+      <c r="H371" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J371" s="6" t="n"/>
+    </row>
+    <row r="372">
+      <c r="A372" s="1" t="n">
+        <v>362</v>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>NMDC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D372" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E372" s="5" t="n">
+        <v>-1680750</v>
+      </c>
+      <c r="F372" s="6" t="n">
+        <v>-1250.14</v>
+      </c>
+      <c r="G372" s="7" t="n">
+        <v>-0.0019</v>
+      </c>
+      <c r="H372" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J372" s="6" t="n"/>
+    </row>
+    <row r="373">
+      <c r="A373" s="1" t="n">
+        <v>363</v>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Indian Energy Exchange Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D373" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E373" s="5" t="n">
+        <v>-903750</v>
+      </c>
+      <c r="F373" s="6" t="n">
+        <v>-1266.88</v>
+      </c>
+      <c r="G373" s="7" t="n">
+        <v>-0.0019</v>
+      </c>
+      <c r="H373" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J373" s="6" t="n"/>
+    </row>
+    <row r="374">
+      <c r="A374" s="1" t="n">
+        <v>364</v>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Samvardhana Motherson International Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D374" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E374" s="5" t="n">
+        <v>-1113150</v>
+      </c>
+      <c r="F374" s="6" t="n">
+        <v>-1300.72</v>
+      </c>
+      <c r="G374" s="7" t="n">
+        <v>-0.002</v>
+      </c>
+      <c r="H374" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J374" s="6" t="n"/>
+    </row>
+    <row r="375">
+      <c r="A375" s="1" t="n">
+        <v>365</v>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Hero MotoCorp Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D375" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E375" s="5" t="n">
+        <v>-21600</v>
+      </c>
+      <c r="F375" s="6" t="n">
+        <v>-1343.41</v>
+      </c>
+      <c r="G375" s="7" t="n">
+        <v>-0.002</v>
+      </c>
+      <c r="H375" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J375" s="6" t="n"/>
+    </row>
+    <row r="376">
+      <c r="A376" s="1" t="n">
+        <v>366</v>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>The Phoenix Mills Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D376" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E376" s="5" t="n">
+        <v>-78050</v>
+      </c>
+      <c r="F376" s="6" t="n">
+        <v>-1364</v>
+      </c>
+      <c r="G376" s="7" t="n">
+        <v>-0.002</v>
+      </c>
+      <c r="H376" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J376" s="6" t="n"/>
+    </row>
+    <row r="377">
+      <c r="A377" s="1" t="n">
+        <v>367</v>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Lodha Developers Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D377" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E377" s="5" t="n">
+        <v>-118350</v>
+      </c>
+      <c r="F377" s="6" t="n">
+        <v>-1368.13</v>
+      </c>
+      <c r="G377" s="7" t="n">
+        <v>-0.0021</v>
+      </c>
+      <c r="H377" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J377" s="6" t="n"/>
+    </row>
+    <row r="378">
+      <c r="A378" s="1" t="n">
+        <v>368</v>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Alkem Laboratories Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D378" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E378" s="5" t="n">
+        <v>-24875</v>
+      </c>
+      <c r="F378" s="6" t="n">
+        <v>-1422.85</v>
+      </c>
+      <c r="G378" s="7" t="n">
+        <v>-0.0021</v>
+      </c>
+      <c r="H378" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J378" s="6" t="n"/>
+    </row>
+    <row r="379">
+      <c r="A379" s="1" t="n">
+        <v>369</v>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Cyient Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D379" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E379" s="5" t="n">
+        <v>-132600</v>
+      </c>
+      <c r="F379" s="6" t="n">
+        <v>-1496.52</v>
+      </c>
+      <c r="G379" s="7" t="n">
+        <v>-0.0022</v>
+      </c>
+      <c r="H379" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J379" s="6" t="n"/>
+    </row>
+    <row r="380">
+      <c r="A380" s="1" t="n">
+        <v>370</v>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Glenmark Pharmaceuticals Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D380" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E380" s="5" t="n">
+        <v>-77625</v>
+      </c>
+      <c r="F380" s="6" t="n">
+        <v>-1517.65</v>
+      </c>
+      <c r="G380" s="7" t="n">
+        <v>-0.0023</v>
+      </c>
+      <c r="H380" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J380" s="6" t="n"/>
+    </row>
+    <row r="381">
+      <c r="A381" s="1" t="n">
+        <v>371</v>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D381" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E381" s="5" t="n">
+        <v>-96000</v>
+      </c>
+      <c r="F381" s="6" t="n">
+        <v>-1522.94</v>
+      </c>
+      <c r="G381" s="7" t="n">
+        <v>-0.0023</v>
+      </c>
+      <c r="H381" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J381" s="6" t="n"/>
+    </row>
+    <row r="382">
+      <c r="A382" s="1" t="n">
+        <v>372</v>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>SRF Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D382" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E382" s="5" t="n">
+        <v>-51800</v>
+      </c>
+      <c r="F382" s="6" t="n">
+        <v>-1525.67</v>
+      </c>
+      <c r="G382" s="7" t="n">
+        <v>-0.0023</v>
+      </c>
+      <c r="H382" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J382" s="6" t="n"/>
+    </row>
+    <row r="383">
+      <c r="A383" s="1" t="n">
+        <v>373</v>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D383" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E383" s="5" t="n">
+        <v>-15510075</v>
+      </c>
+      <c r="F383" s="6" t="n">
+        <v>-1566.52</v>
+      </c>
+      <c r="G383" s="7" t="n">
+        <v>-0.0024</v>
+      </c>
+      <c r="H383" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J383" s="6" t="n"/>
+    </row>
+    <row r="384">
+      <c r="A384" s="1" t="n">
+        <v>374</v>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>HCL Technologies Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D384" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E384" s="5" t="n">
+        <v>-97300</v>
+      </c>
+      <c r="F384" s="6" t="n">
+        <v>-1590.66</v>
+      </c>
+      <c r="G384" s="7" t="n">
+        <v>-0.0024</v>
+      </c>
+      <c r="H384" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J384" s="6" t="n"/>
+    </row>
+    <row r="385">
+      <c r="A385" s="1" t="n">
+        <v>375</v>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Britannia Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D385" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E385" s="5" t="n">
+        <v>-28250</v>
+      </c>
+      <c r="F385" s="6" t="n">
+        <v>-1662.37</v>
+      </c>
+      <c r="G385" s="7" t="n">
+        <v>-0.0025</v>
+      </c>
+      <c r="H385" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J385" s="6" t="n"/>
+    </row>
+    <row r="386">
+      <c r="A386" s="1" t="n">
+        <v>376</v>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Kalyan Jewellers India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D386" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E386" s="5" t="n">
+        <v>-337225</v>
+      </c>
+      <c r="F386" s="6" t="n">
+        <v>-1717.15</v>
+      </c>
+      <c r="G386" s="7" t="n">
+        <v>-0.0026</v>
+      </c>
+      <c r="H386" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J386" s="6" t="n"/>
+    </row>
+    <row r="387">
+      <c r="A387" s="1" t="n">
+        <v>377</v>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>IIFL Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D387" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E387" s="5" t="n">
+        <v>-308550</v>
+      </c>
+      <c r="F387" s="6" t="n">
+        <v>-1793.76</v>
+      </c>
+      <c r="G387" s="7" t="n">
+        <v>-0.0027</v>
+      </c>
+      <c r="H387" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J387" s="6" t="n"/>
+    </row>
+    <row r="388">
+      <c r="A388" s="1" t="n">
+        <v>378</v>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Bank of India Dec25</t>
+        </is>
+      </c>
+      <c r="D388" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E388" s="5" t="n">
+        <v>-1216800</v>
+      </c>
+      <c r="F388" s="6" t="n">
+        <v>-1802.32</v>
+      </c>
+      <c r="G388" s="7" t="n">
+        <v>-0.0027</v>
+      </c>
+      <c r="H388" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J388" s="6" t="n"/>
+    </row>
+    <row r="389">
+      <c r="A389" s="1" t="n">
+        <v>379</v>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>AU Small Finance Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D389" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E389" s="5" t="n">
+        <v>-193000</v>
+      </c>
+      <c r="F389" s="6" t="n">
+        <v>-1850.39</v>
+      </c>
+      <c r="G389" s="7" t="n">
+        <v>-0.0028</v>
+      </c>
+      <c r="H389" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J389" s="6" t="n"/>
+    </row>
+    <row r="390">
+      <c r="A390" s="1" t="n">
+        <v>380</v>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Exide Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D390" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E390" s="5" t="n">
+        <v>-502200</v>
+      </c>
+      <c r="F390" s="6" t="n">
+        <v>-1889.78</v>
+      </c>
+      <c r="G390" s="7" t="n">
+        <v>-0.0028</v>
+      </c>
+      <c r="H390" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J390" s="6" t="n"/>
+    </row>
+    <row r="391">
+      <c r="A391" s="1" t="n">
+        <v>381</v>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Life Insurance Corporation Of India Dec25</t>
+        </is>
+      </c>
+      <c r="D391" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E391" s="5" t="n">
+        <v>-211400</v>
+      </c>
+      <c r="F391" s="6" t="n">
+        <v>-1899.32</v>
+      </c>
+      <c r="G391" s="7" t="n">
+        <v>-0.0029</v>
+      </c>
+      <c r="H391" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J391" s="6" t="n"/>
+    </row>
+    <row r="392">
+      <c r="A392" s="1" t="n">
+        <v>382</v>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Crompton Greaves Consumer Electricals Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D392" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E392" s="5" t="n">
+        <v>-714600</v>
+      </c>
+      <c r="F392" s="6" t="n">
+        <v>-1909.41</v>
+      </c>
+      <c r="G392" s="7" t="n">
+        <v>-0.0029</v>
+      </c>
+      <c r="H392" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J392" s="6" t="n"/>
+    </row>
+    <row r="393">
+      <c r="A393" s="1" t="n">
+        <v>383</v>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Syngene International Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D393" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E393" s="5" t="n">
+        <v>-296000</v>
+      </c>
+      <c r="F393" s="6" t="n">
+        <v>-1933.47</v>
+      </c>
+      <c r="G393" s="7" t="n">
+        <v>-0.0029</v>
+      </c>
+      <c r="H393" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J393" s="6" t="n"/>
+    </row>
+    <row r="394">
+      <c r="A394" s="1" t="n">
+        <v>384</v>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D394" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E394" s="5" t="n">
+        <v>-532000</v>
+      </c>
+      <c r="F394" s="6" t="n">
+        <v>-1941</v>
+      </c>
+      <c r="G394" s="7" t="n">
+        <v>-0.0029</v>
+      </c>
+      <c r="H394" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J394" s="6" t="n"/>
+    </row>
+    <row r="395">
+      <c r="A395" s="1" t="n">
+        <v>385</v>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Patanjali Foods Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D395" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E395" s="5" t="n">
+        <v>-342900</v>
+      </c>
+      <c r="F395" s="6" t="n">
+        <v>-1956.42</v>
+      </c>
+      <c r="G395" s="7" t="n">
+        <v>-0.0029</v>
+      </c>
+      <c r="H395" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J395" s="6" t="n"/>
+    </row>
+    <row r="396">
+      <c r="A396" s="1" t="n">
+        <v>386</v>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Sun Pharmaceutical Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D396" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E396" s="5" t="n">
+        <v>-108500</v>
+      </c>
+      <c r="F396" s="6" t="n">
+        <v>-1995.75</v>
+      </c>
+      <c r="G396" s="7" t="n">
+        <v>-0.003</v>
+      </c>
+      <c r="H396" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J396" s="6" t="n"/>
+    </row>
+    <row r="397">
+      <c r="A397" s="1" t="n">
+        <v>387</v>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Unilever Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D397" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E397" s="5" t="n">
+        <v>-81600</v>
+      </c>
+      <c r="F397" s="6" t="n">
+        <v>-2018.62</v>
+      </c>
+      <c r="G397" s="7" t="n">
+        <v>-0.003</v>
+      </c>
+      <c r="H397" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J397" s="6" t="n"/>
+    </row>
+    <row r="398">
+      <c r="A398" s="1" t="n">
+        <v>388</v>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>JSW Energy Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D398" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E398" s="5" t="n">
+        <v>-413000</v>
+      </c>
+      <c r="F398" s="6" t="n">
+        <v>-2026.8</v>
+      </c>
+      <c r="G398" s="7" t="n">
+        <v>-0.003</v>
+      </c>
+      <c r="H398" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J398" s="6" t="n"/>
+    </row>
+    <row r="399">
+      <c r="A399" s="1" t="n">
+        <v>389</v>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Biocon Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D399" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E399" s="5" t="n">
+        <v>-510000</v>
+      </c>
+      <c r="F399" s="6" t="n">
+        <v>-2042.8</v>
+      </c>
+      <c r="G399" s="7" t="n">
+        <v>-0.0031</v>
+      </c>
+      <c r="H399" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J399" s="6" t="n"/>
+    </row>
+    <row r="400">
+      <c r="A400" s="1" t="n">
+        <v>390</v>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Maruti Suzuki India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D400" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E400" s="5" t="n">
+        <v>-12900</v>
+      </c>
+      <c r="F400" s="6" t="n">
+        <v>-2065.42</v>
+      </c>
+      <c r="G400" s="7" t="n">
+        <v>-0.0031</v>
+      </c>
+      <c r="H400" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J400" s="6" t="n"/>
+    </row>
+    <row r="401">
+      <c r="A401" s="1" t="n">
+        <v>391</v>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>BSE Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D401" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E401" s="5" t="n">
+        <v>-71250</v>
+      </c>
+      <c r="F401" s="6" t="n">
+        <v>-2082.5</v>
+      </c>
+      <c r="G401" s="7" t="n">
+        <v>-0.0031</v>
+      </c>
+      <c r="H401" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J401" s="6" t="n"/>
+    </row>
+    <row r="402">
+      <c r="A402" s="1" t="n">
+        <v>392</v>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Indus Towers Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D402" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E402" s="5" t="n">
+        <v>-528700</v>
+      </c>
+      <c r="F402" s="6" t="n">
+        <v>-2133.83</v>
+      </c>
+      <c r="G402" s="7" t="n">
+        <v>-0.0032</v>
+      </c>
+      <c r="H402" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J402" s="6" t="n"/>
+    </row>
+    <row r="403">
+      <c r="A403" s="1" t="n">
+        <v>393</v>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>NTPC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D403" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E403" s="5" t="n">
+        <v>-693000</v>
+      </c>
+      <c r="F403" s="6" t="n">
+        <v>-2277.54</v>
+      </c>
+      <c r="G403" s="7" t="n">
+        <v>-0.0034</v>
+      </c>
+      <c r="H403" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J403" s="6" t="n"/>
+    </row>
+    <row r="404">
+      <c r="A404" s="1" t="n">
+        <v>394</v>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Bandhan Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D404" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E404" s="5" t="n">
+        <v>-1508400</v>
+      </c>
+      <c r="F404" s="6" t="n">
+        <v>-2282.06</v>
+      </c>
+      <c r="G404" s="7" t="n">
+        <v>-0.0034</v>
+      </c>
+      <c r="H404" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J404" s="6" t="n"/>
+    </row>
+    <row r="405">
+      <c r="A405" s="1" t="n">
+        <v>395</v>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D405" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E405" s="5" t="n">
+        <v>-61000</v>
+      </c>
+      <c r="F405" s="6" t="n">
+        <v>-2307.87</v>
+      </c>
+      <c r="G405" s="7" t="n">
+        <v>-0.0035</v>
+      </c>
+      <c r="H405" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J405" s="6" t="n"/>
+    </row>
+    <row r="406">
+      <c r="A406" s="1" t="n">
+        <v>396</v>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>TATA CONSUMER PRODUCTS LIMITED Dec25</t>
+        </is>
+      </c>
+      <c r="D406" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E406" s="5" t="n">
+        <v>-197450</v>
+      </c>
+      <c r="F406" s="6" t="n">
+        <v>-2325.17</v>
+      </c>
+      <c r="G406" s="7" t="n">
+        <v>-0.0035</v>
+      </c>
+      <c r="H406" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J406" s="6" t="n"/>
+    </row>
+    <row r="407">
+      <c r="A407" s="1" t="n">
+        <v>397</v>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Jan26</t>
+        </is>
+      </c>
+      <c r="D407" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E407" s="5" t="n">
+        <v>-1848000</v>
+      </c>
+      <c r="F407" s="6" t="n">
+        <v>-2332.55</v>
+      </c>
+      <c r="G407" s="7" t="n">
+        <v>-0.0035</v>
+      </c>
+      <c r="H407" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J407" s="6" t="n"/>
+    </row>
+    <row r="408">
+      <c r="A408" s="1" t="n">
+        <v>398</v>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D408" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E408" s="5" t="n">
+        <v>-598850</v>
+      </c>
+      <c r="F408" s="6" t="n">
+        <v>-2351.68</v>
+      </c>
+      <c r="G408" s="7" t="n">
+        <v>-0.0035</v>
+      </c>
+      <c r="H408" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J408" s="6" t="n"/>
+    </row>
+    <row r="409">
+      <c r="A409" s="1" t="n">
+        <v>399</v>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Steel Authority of India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D409" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E409" s="5" t="n">
+        <v>-1833000</v>
+      </c>
+      <c r="F409" s="6" t="n">
+        <v>-2492.15</v>
+      </c>
+      <c r="G409" s="7" t="n">
+        <v>-0.0037</v>
+      </c>
+      <c r="H409" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J409" s="6" t="n"/>
+    </row>
+    <row r="410">
+      <c r="A410" s="1" t="n">
+        <v>400</v>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Yes Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D410" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E410" s="5" t="n">
+        <v>-11196000</v>
+      </c>
+      <c r="F410" s="6" t="n">
+        <v>-2585.16</v>
+      </c>
+      <c r="G410" s="7" t="n">
+        <v>-0.0039</v>
+      </c>
+      <c r="H410" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J410" s="6" t="n"/>
+    </row>
+    <row r="411">
+      <c r="A411" s="1" t="n">
+        <v>401</v>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Nestle India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D411" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E411" s="5" t="n">
+        <v>-207500</v>
+      </c>
+      <c r="F411" s="6" t="n">
+        <v>-2632.55</v>
+      </c>
+      <c r="G411" s="7" t="n">
+        <v>-0.004</v>
+      </c>
+      <c r="H411" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J411" s="6" t="n"/>
+    </row>
+    <row r="412">
+      <c r="A412" s="1" t="n">
+        <v>402</v>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>PNB Housing Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D412" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E412" s="5" t="n">
+        <v>-308100</v>
+      </c>
+      <c r="F412" s="6" t="n">
+        <v>-2809.41</v>
+      </c>
+      <c r="G412" s="7" t="n">
+        <v>-0.0042</v>
+      </c>
+      <c r="H412" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J412" s="6" t="n"/>
+    </row>
+    <row r="413">
+      <c r="A413" s="1" t="n">
+        <v>403</v>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>IndusInd Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D413" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E413" s="5" t="n">
+        <v>-332500</v>
+      </c>
+      <c r="F413" s="6" t="n">
+        <v>-2868.64</v>
+      </c>
+      <c r="G413" s="7" t="n">
+        <v>-0.0043</v>
+      </c>
+      <c r="H413" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J413" s="6" t="n"/>
+    </row>
+    <row r="414">
+      <c r="A414" s="1" t="n">
+        <v>404</v>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Lupin Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D414" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E414" s="5" t="n">
+        <v>-137275</v>
+      </c>
+      <c r="F414" s="6" t="n">
+        <v>-2871.66</v>
+      </c>
+      <c r="G414" s="7" t="n">
+        <v>-0.0043</v>
+      </c>
+      <c r="H414" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J414" s="6" t="n"/>
+    </row>
+    <row r="415">
+      <c r="A415" s="1" t="n">
+        <v>405</v>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Aditya Birla Capital Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D415" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E415" s="5" t="n">
+        <v>-802900</v>
+      </c>
+      <c r="F415" s="6" t="n">
+        <v>-2886.83</v>
+      </c>
+      <c r="G415" s="7" t="n">
+        <v>-0.0043</v>
+      </c>
+      <c r="H415" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J415" s="6" t="n"/>
+    </row>
+    <row r="416">
+      <c r="A416" s="1" t="n">
+        <v>406</v>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>Grasim Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D416" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E416" s="5" t="n">
+        <v>-105000</v>
+      </c>
+      <c r="F416" s="6" t="n">
+        <v>-2892.54</v>
+      </c>
+      <c r="G416" s="7" t="n">
+        <v>-0.0043</v>
+      </c>
+      <c r="H416" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J416" s="6" t="n"/>
+    </row>
+    <row r="417">
+      <c r="A417" s="1" t="n">
+        <v>407</v>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>DLF Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D417" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E417" s="5" t="n">
+        <v>-400125</v>
+      </c>
+      <c r="F417" s="6" t="n">
+        <v>-2916.91</v>
+      </c>
+      <c r="G417" s="7" t="n">
+        <v>-0.0044</v>
+      </c>
+      <c r="H417" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J417" s="6" t="n"/>
+    </row>
+    <row r="418">
+      <c r="A418" s="1" t="n">
+        <v>408</v>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Coforge Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D418" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E418" s="5" t="n">
+        <v>-152250</v>
+      </c>
+      <c r="F418" s="6" t="n">
+        <v>-2925.48</v>
+      </c>
+      <c r="G418" s="7" t="n">
+        <v>-0.0044</v>
+      </c>
+      <c r="H418" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J418" s="6" t="n"/>
+    </row>
+    <row r="419">
+      <c r="A419" s="1" t="n">
+        <v>409</v>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D419" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E419" s="5" t="n">
+        <v>-807075</v>
+      </c>
+      <c r="F419" s="6" t="n">
+        <v>-2926.05</v>
+      </c>
+      <c r="G419" s="7" t="n">
+        <v>-0.0044</v>
+      </c>
+      <c r="H419" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J419" s="6" t="n"/>
+    </row>
+    <row r="420">
+      <c r="A420" s="1" t="n">
+        <v>410</v>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Divi's Laboratories Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D420" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E420" s="5" t="n">
+        <v>-46500</v>
+      </c>
+      <c r="F420" s="6" t="n">
+        <v>-3031.1</v>
+      </c>
+      <c r="G420" s="7" t="n">
+        <v>-0.0045</v>
+      </c>
+      <c r="H420" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J420" s="6" t="n"/>
+    </row>
+    <row r="421">
+      <c r="A421" s="1" t="n">
+        <v>411</v>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>RBL Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D421" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E421" s="5" t="n">
+        <v>-984250</v>
+      </c>
+      <c r="F421" s="6" t="n">
+        <v>-3088.08</v>
+      </c>
+      <c r="G421" s="7" t="n">
+        <v>-0.0046</v>
+      </c>
+      <c r="H421" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J421" s="6" t="n"/>
+    </row>
+    <row r="422">
+      <c r="A422" s="1" t="n">
+        <v>412</v>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Multi Commodity Exchange of India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D422" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E422" s="5" t="n">
+        <v>-30500</v>
+      </c>
+      <c r="F422" s="6" t="n">
+        <v>-3092.24</v>
+      </c>
+      <c r="G422" s="7" t="n">
+        <v>-0.0046</v>
+      </c>
+      <c r="H422" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J422" s="6" t="n"/>
+    </row>
+    <row r="423">
+      <c r="A423" s="1" t="n">
+        <v>413</v>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Tata Steel Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D423" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E423" s="5" t="n">
+        <v>-1908500</v>
+      </c>
+      <c r="F423" s="6" t="n">
+        <v>-3228.04</v>
+      </c>
+      <c r="G423" s="7" t="n">
+        <v>-0.0048</v>
+      </c>
+      <c r="H423" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J423" s="6" t="n"/>
+    </row>
+    <row r="424">
+      <c r="A424" s="1" t="n">
+        <v>414</v>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Adani Energy Solutions Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D424" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E424" s="5" t="n">
+        <v>-327375</v>
+      </c>
+      <c r="F424" s="6" t="n">
+        <v>-3277.19</v>
+      </c>
+      <c r="G424" s="7" t="n">
+        <v>-0.0049</v>
+      </c>
+      <c r="H424" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J424" s="6" t="n"/>
+    </row>
+    <row r="425">
+      <c r="A425" s="1" t="n">
+        <v>415</v>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Adani Ports and Special Economic Zone Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D425" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E425" s="5" t="n">
+        <v>-228000</v>
+      </c>
+      <c r="F425" s="6" t="n">
+        <v>-3482.93</v>
+      </c>
+      <c r="G425" s="7" t="n">
+        <v>-0.0052</v>
+      </c>
+      <c r="H425" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J425" s="6" t="n"/>
+    </row>
+    <row r="426">
+      <c r="A426" s="1" t="n">
+        <v>416</v>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>National Aluminium Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D426" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E426" s="5" t="n">
+        <v>-1368750</v>
+      </c>
+      <c r="F426" s="6" t="n">
+        <v>-3583.8</v>
+      </c>
+      <c r="G426" s="7" t="n">
+        <v>-0.0054</v>
+      </c>
+      <c r="H426" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J426" s="6" t="n"/>
+    </row>
+    <row r="427">
+      <c r="A427" s="1" t="n">
+        <v>417</v>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>APL Apollo Tubes Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D427" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E427" s="5" t="n">
+        <v>-208600</v>
+      </c>
+      <c r="F427" s="6" t="n">
+        <v>-3600.44</v>
+      </c>
+      <c r="G427" s="7" t="n">
+        <v>-0.0054</v>
+      </c>
+      <c r="H427" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J427" s="6" t="n"/>
+    </row>
+    <row r="428">
+      <c r="A428" s="1" t="n">
+        <v>418</v>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Max Healthcare Institute Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D428" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E428" s="5" t="n">
+        <v>-323925</v>
+      </c>
+      <c r="F428" s="6" t="n">
+        <v>-3786.04</v>
+      </c>
+      <c r="G428" s="7" t="n">
+        <v>-0.0057</v>
+      </c>
+      <c r="H428" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J428" s="6" t="n"/>
+    </row>
+    <row r="429">
+      <c r="A429" s="1" t="n">
+        <v>419</v>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Container Corporation of India Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D429" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E429" s="5" t="n">
+        <v>-758750</v>
+      </c>
+      <c r="F429" s="6" t="n">
+        <v>-3896.18</v>
+      </c>
+      <c r="G429" s="7" t="n">
+        <v>-0.0058</v>
+      </c>
+      <c r="H429" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J429" s="6" t="n"/>
+    </row>
+    <row r="430">
+      <c r="A430" s="1" t="n">
+        <v>420</v>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Tata Power Company Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D430" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E430" s="5" t="n">
+        <v>-994700</v>
+      </c>
+      <c r="F430" s="6" t="n">
+        <v>-3930.56</v>
+      </c>
+      <c r="G430" s="7" t="n">
+        <v>-0.0059</v>
+      </c>
+      <c r="H430" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J430" s="6" t="n"/>
+    </row>
+    <row r="431">
+      <c r="A431" s="1" t="n">
+        <v>421</v>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Canara Bank Dec25</t>
+        </is>
+      </c>
+      <c r="D431" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E431" s="5" t="n">
+        <v>-2673000</v>
+      </c>
+      <c r="F431" s="6" t="n">
+        <v>-4064.83</v>
+      </c>
+      <c r="G431" s="7" t="n">
+        <v>-0.0061</v>
+      </c>
+      <c r="H431" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J431" s="6" t="n"/>
+    </row>
+    <row r="432">
+      <c r="A432" s="1" t="n">
+        <v>422</v>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>One 97 Communications Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D432" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E432" s="5" t="n">
+        <v>-311025</v>
+      </c>
+      <c r="F432" s="6" t="n">
+        <v>-4136.32</v>
+      </c>
+      <c r="G432" s="7" t="n">
+        <v>-0.0062</v>
+      </c>
+      <c r="H432" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J432" s="6" t="n"/>
+    </row>
+    <row r="433">
+      <c r="A433" s="1" t="n">
+        <v>423</v>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Jan26</t>
+        </is>
+      </c>
+      <c r="D433" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E433" s="5" t="n">
+        <v>-408650</v>
+      </c>
+      <c r="F433" s="6" t="n">
+        <v>-4168.84</v>
+      </c>
+      <c r="G433" s="7" t="n">
+        <v>-0.0063</v>
+      </c>
+      <c r="H433" s="11" t="n">
+        <v>46049</v>
+      </c>
+      <c r="J433" s="6" t="n"/>
+    </row>
+    <row r="434">
+      <c r="A434" s="1" t="n">
+        <v>424</v>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Titan Company Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D434" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E434" s="5" t="n">
+        <v>-106750</v>
+      </c>
+      <c r="F434" s="6" t="n">
+        <v>-4194.85</v>
+      </c>
+      <c r="G434" s="7" t="n">
+        <v>-0.0063</v>
+      </c>
+      <c r="H434" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J434" s="6" t="n"/>
+    </row>
+    <row r="435">
+      <c r="A435" s="1" t="n">
+        <v>425</v>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>UltraTech Cement Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D435" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E435" s="5" t="n">
+        <v>-36650</v>
+      </c>
+      <c r="F435" s="6" t="n">
+        <v>-4280.72</v>
+      </c>
+      <c r="G435" s="7" t="n">
+        <v>-0.0064</v>
+      </c>
+      <c r="H435" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J435" s="6" t="n"/>
+    </row>
+    <row r="436">
+      <c r="A436" s="1" t="n">
+        <v>426</v>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Airtel Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D436" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E436" s="5" t="n">
+        <v>-212325</v>
+      </c>
+      <c r="F436" s="6" t="n">
+        <v>-4490.89</v>
+      </c>
+      <c r="G436" s="7" t="n">
+        <v>-0.0067</v>
+      </c>
+      <c r="H436" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J436" s="6" t="n"/>
+    </row>
+    <row r="437">
+      <c r="A437" s="1" t="n">
+        <v>427</v>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Adani Enterprises Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D437" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E437" s="5" t="n">
+        <v>-199923</v>
+      </c>
+      <c r="F437" s="6" t="n">
+        <v>-4580.44</v>
+      </c>
+      <c r="G437" s="7" t="n">
+        <v>-0.0069</v>
+      </c>
+      <c r="H437" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J437" s="6" t="n"/>
+    </row>
+    <row r="438">
+      <c r="A438" s="1" t="n">
+        <v>428</v>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>State Bank of India Dec25</t>
+        </is>
+      </c>
+      <c r="D438" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E438" s="5" t="n">
+        <v>-468750</v>
+      </c>
+      <c r="F438" s="6" t="n">
+        <v>-4617.89</v>
+      </c>
+      <c r="G438" s="7" t="n">
+        <v>-0.0069</v>
+      </c>
+      <c r="H438" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J438" s="6" t="n"/>
+    </row>
+    <row r="439">
+      <c r="A439" s="1" t="n">
+        <v>429</v>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Heavy Electricals Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D439" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E439" s="5" t="n">
+        <v>-1590750</v>
+      </c>
+      <c r="F439" s="6" t="n">
+        <v>-4648.17</v>
+      </c>
+      <c r="G439" s="7" t="n">
+        <v>-0.007</v>
+      </c>
+      <c r="H439" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J439" s="6" t="n"/>
+    </row>
+    <row r="440">
+      <c r="A440" s="1" t="n">
+        <v>430</v>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank Dec25</t>
+        </is>
+      </c>
+      <c r="D440" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E440" s="5" t="n">
+        <v>-3856000</v>
+      </c>
+      <c r="F440" s="6" t="n">
+        <v>-4835.81</v>
+      </c>
+      <c r="G440" s="7" t="n">
+        <v>-0.0073</v>
+      </c>
+      <c r="H440" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J440" s="6" t="n"/>
+    </row>
+    <row r="441">
+      <c r="A441" s="1" t="n">
+        <v>431</v>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D441" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E441" s="5" t="n">
+        <v>-471000</v>
+      </c>
+      <c r="F441" s="6" t="n">
+        <v>-4911.59</v>
+      </c>
+      <c r="G441" s="7" t="n">
+        <v>-0.0074</v>
+      </c>
+      <c r="H441" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J441" s="6" t="n"/>
+    </row>
+    <row r="442">
+      <c r="A442" s="1" t="n">
+        <v>432</v>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Aurobindo Pharma Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D442" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E442" s="5" t="n">
+        <v>-400400</v>
+      </c>
+      <c r="F442" s="6" t="n">
+        <v>-4924.52</v>
+      </c>
+      <c r="G442" s="7" t="n">
+        <v>-0.0074</v>
+      </c>
+      <c r="H442" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J442" s="6" t="n"/>
+    </row>
+    <row r="443">
+      <c r="A443" s="1" t="n">
+        <v>433</v>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Power Finance Corporation Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D443" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E443" s="5" t="n">
+        <v>-1372800</v>
+      </c>
+      <c r="F443" s="6" t="n">
+        <v>-5014.84</v>
+      </c>
+      <c r="G443" s="7" t="n">
+        <v>-0.0075</v>
+      </c>
+      <c r="H443" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J443" s="6" t="n"/>
+    </row>
+    <row r="444">
+      <c r="A444" s="1" t="n">
+        <v>434</v>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Jio Financial Services Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D444" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E444" s="5" t="n">
+        <v>-1750750</v>
+      </c>
+      <c r="F444" s="6" t="n">
+        <v>-5396.69</v>
+      </c>
+      <c r="G444" s="7" t="n">
+        <v>-0.0081</v>
+      </c>
+      <c r="H444" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J444" s="6" t="n"/>
+    </row>
+    <row r="445">
+      <c r="A445" s="1" t="n">
+        <v>435</v>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Bharat Electronics Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D445" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E445" s="5" t="n">
+        <v>-1325250</v>
+      </c>
+      <c r="F445" s="6" t="n">
+        <v>-5482.56</v>
+      </c>
+      <c r="G445" s="7" t="n">
+        <v>-0.008200000000000001</v>
+      </c>
+      <c r="H445" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J445" s="6" t="n"/>
+    </row>
+    <row r="446">
+      <c r="A446" s="1" t="n">
+        <v>436</v>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Marico Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D446" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E446" s="5" t="n">
+        <v>-793200</v>
+      </c>
+      <c r="F446" s="6" t="n">
+        <v>-5731.66</v>
+      </c>
+      <c r="G446" s="7" t="n">
+        <v>-0.0086</v>
+      </c>
+      <c r="H446" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J446" s="6" t="n"/>
+    </row>
+    <row r="447">
+      <c r="A447" s="1" t="n">
+        <v>437</v>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D447" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E447" s="5" t="n">
+        <v>-7382900</v>
+      </c>
+      <c r="F447" s="6" t="n">
+        <v>-5958</v>
+      </c>
+      <c r="G447" s="7" t="n">
+        <v>-0.0089</v>
+      </c>
+      <c r="H447" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J447" s="6" t="n"/>
+    </row>
+    <row r="448">
+      <c r="A448" s="1" t="n">
+        <v>438</v>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Shriram Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D448" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E448" s="5" t="n">
+        <v>-697950</v>
+      </c>
+      <c r="F448" s="6" t="n">
+        <v>-5987.71</v>
+      </c>
+      <c r="G448" s="7" t="n">
+        <v>-0.008999999999999999</v>
+      </c>
+      <c r="H448" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J448" s="6" t="n"/>
+    </row>
+    <row r="449">
+      <c r="A449" s="1" t="n">
+        <v>439</v>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Hindalco Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D449" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E449" s="5" t="n">
+        <v>-746900</v>
+      </c>
+      <c r="F449" s="6" t="n">
+        <v>-6080.89</v>
+      </c>
+      <c r="G449" s="7" t="n">
+        <v>-0.0091</v>
+      </c>
+      <c r="H449" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J449" s="6" t="n"/>
+    </row>
+    <row r="450">
+      <c r="A450" s="1" t="n">
+        <v>440</v>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Hindustan Aeronautics Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D450" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E450" s="5" t="n">
+        <v>-134100</v>
+      </c>
+      <c r="F450" s="6" t="n">
+        <v>-6134.14</v>
+      </c>
+      <c r="G450" s="7" t="n">
+        <v>-0.0092</v>
+      </c>
+      <c r="H450" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J450" s="6" t="n"/>
+    </row>
+    <row r="451">
+      <c r="A451" s="1" t="n">
+        <v>441</v>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D451" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E451" s="5" t="n">
+        <v>-1269000</v>
+      </c>
+      <c r="F451" s="6" t="n">
+        <v>-7018.2</v>
+      </c>
+      <c r="G451" s="7" t="n">
+        <v>-0.0105</v>
+      </c>
+      <c r="H451" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J451" s="6" t="n"/>
+    </row>
+    <row r="452">
+      <c r="A452" s="1" t="n">
+        <v>442</v>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>ETERNAL LIMITED Dec25</t>
+        </is>
+      </c>
+      <c r="D452" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E452" s="5" t="n">
+        <v>-2342550</v>
+      </c>
+      <c r="F452" s="6" t="n">
+        <v>-7080.36</v>
+      </c>
+      <c r="G452" s="7" t="n">
+        <v>-0.0106</v>
+      </c>
+      <c r="H452" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J452" s="6" t="n"/>
+    </row>
+    <row r="453">
+      <c r="A453" s="1" t="n">
+        <v>443</v>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Sammaan Capital Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D453" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E453" s="5" t="n">
+        <v>-4665500</v>
+      </c>
+      <c r="F453" s="6" t="n">
+        <v>-7229.19</v>
+      </c>
+      <c r="G453" s="7" t="n">
+        <v>-0.0109</v>
+      </c>
+      <c r="H453" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J453" s="6" t="n"/>
+    </row>
+    <row r="454">
+      <c r="A454" s="1" t="n">
+        <v>444</v>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Vodafone Idea Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D454" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E454" s="5" t="n">
+        <v>-78479550</v>
+      </c>
+      <c r="F454" s="6" t="n">
+        <v>-7871.5</v>
+      </c>
+      <c r="G454" s="7" t="n">
+        <v>-0.0118</v>
+      </c>
+      <c r="H454" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J454" s="6" t="n"/>
+    </row>
+    <row r="455">
+      <c r="A455" s="1" t="n">
+        <v>445</v>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>JSW Steel Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D455" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E455" s="5" t="n">
+        <v>-677025</v>
+      </c>
+      <c r="F455" s="6" t="n">
+        <v>-7913.75</v>
+      </c>
+      <c r="G455" s="7" t="n">
+        <v>-0.0119</v>
+      </c>
+      <c r="H455" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J455" s="6" t="n"/>
+    </row>
+    <row r="456">
+      <c r="A456" s="1" t="n">
+        <v>446</v>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Vedanta Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D456" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E456" s="5" t="n">
+        <v>-1506500</v>
+      </c>
+      <c r="F456" s="6" t="n">
+        <v>-7981.44</v>
+      </c>
+      <c r="G456" s="7" t="n">
+        <v>-0.012</v>
+      </c>
+      <c r="H456" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J456" s="6" t="n"/>
+    </row>
+    <row r="457">
+      <c r="A457" s="1" t="n">
+        <v>447</v>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>GMR AIRPORTS LIMITED Dec25</t>
+        </is>
+      </c>
+      <c r="D457" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E457" s="5" t="n">
+        <v>-7351650</v>
+      </c>
+      <c r="F457" s="6" t="n">
+        <v>-8013.3</v>
+      </c>
+      <c r="G457" s="7" t="n">
+        <v>-0.012</v>
+      </c>
+      <c r="H457" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J457" s="6" t="n"/>
+    </row>
+    <row r="458">
+      <c r="A458" s="1" t="n">
+        <v>448</v>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Bank of Baroda Dec25</t>
+        </is>
+      </c>
+      <c r="D458" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E458" s="5" t="n">
+        <v>-3720600</v>
+      </c>
+      <c r="F458" s="6" t="n">
+        <v>-10858.57</v>
+      </c>
+      <c r="G458" s="7" t="n">
+        <v>-0.0163</v>
+      </c>
+      <c r="H458" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J458" s="6" t="n"/>
+    </row>
+    <row r="459">
+      <c r="A459" s="1" t="n">
+        <v>449</v>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Larsen &amp; Toubro Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D459" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E459" s="5" t="n">
+        <v>-274575</v>
+      </c>
+      <c r="F459" s="6" t="n">
+        <v>-11249.89</v>
+      </c>
+      <c r="G459" s="7" t="n">
+        <v>-0.0169</v>
+      </c>
+      <c r="H459" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J459" s="6" t="n"/>
+    </row>
+    <row r="460">
+      <c r="A460" s="1" t="n">
+        <v>450</v>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Tata Consultancy Services Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D460" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E460" s="5" t="n">
+        <v>-422625</v>
+      </c>
+      <c r="F460" s="6" t="n">
+        <v>-13335.93</v>
+      </c>
+      <c r="G460" s="7" t="n">
+        <v>-0.02</v>
+      </c>
+      <c r="H460" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J460" s="6" t="n"/>
+    </row>
+    <row r="461">
+      <c r="A461" s="1" t="n">
+        <v>451</v>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>ITC Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D461" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E461" s="5" t="n">
+        <v>-3350400</v>
+      </c>
+      <c r="F461" s="6" t="n">
+        <v>-13612.68</v>
+      </c>
+      <c r="G461" s="7" t="n">
+        <v>-0.0204</v>
+      </c>
+      <c r="H461" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J461" s="6" t="n"/>
+    </row>
+    <row r="462">
+      <c r="A462" s="1" t="n">
+        <v>452</v>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D462" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E462" s="5" t="n">
+        <v>-1066875</v>
+      </c>
+      <c r="F462" s="6" t="n">
+        <v>-13724.28</v>
+      </c>
+      <c r="G462" s="7" t="n">
+        <v>-0.0206</v>
+      </c>
+      <c r="H462" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J462" s="6" t="n"/>
+    </row>
+    <row r="463">
+      <c r="A463" s="1" t="n">
+        <v>453</v>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D463" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E463" s="5" t="n">
+        <v>-649200</v>
+      </c>
+      <c r="F463" s="6" t="n">
+        <v>-13877.3</v>
+      </c>
+      <c r="G463" s="7" t="n">
+        <v>-0.0208</v>
+      </c>
+      <c r="H463" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J463" s="6" t="n"/>
+    </row>
+    <row r="464">
+      <c r="A464" s="1" t="n">
+        <v>454</v>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>ICICI Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D464" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E464" s="5" t="n">
+        <v>-1288000</v>
+      </c>
+      <c r="F464" s="6" t="n">
+        <v>-17971.46</v>
+      </c>
+      <c r="G464" s="7" t="n">
+        <v>-0.027</v>
+      </c>
+      <c r="H464" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J464" s="6" t="n"/>
+    </row>
+    <row r="465">
+      <c r="A465" s="1" t="n">
+        <v>455</v>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D465" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E465" s="5" t="n">
+        <v>-1933800</v>
+      </c>
+      <c r="F465" s="6" t="n">
+        <v>-19600.03</v>
+      </c>
+      <c r="G465" s="7" t="n">
+        <v>-0.0294</v>
+      </c>
+      <c r="H465" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J465" s="6" t="n"/>
+    </row>
+    <row r="466">
+      <c r="A466" s="1" t="n">
+        <v>456</v>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Reliance Industries Limited Dec25</t>
+        </is>
+      </c>
+      <c r="D466" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E466" s="5" t="n">
+        <v>-1308000</v>
+      </c>
+      <c r="F466" s="6" t="n">
+        <v>-20620.62</v>
+      </c>
+      <c r="G466" s="7" t="n">
+        <v>-0.0309</v>
+      </c>
+      <c r="H466" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J466" s="6" t="n"/>
+    </row>
+    <row r="467">
+      <c r="A467" s="8" t="n"/>
+      <c r="B467" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C467" s="8" t="n"/>
+      <c r="D467" s="8" t="n"/>
+      <c r="E467" s="8" t="n"/>
+      <c r="F467" s="9" t="n">
+        <v>-481746.54</v>
+      </c>
+      <c r="G467" s="10" t="n">
+        <v>-0.7223000000000001</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="B469" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="470">
+      <c r="B470" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
+    </row>
+    <row r="471">
+      <c r="B471" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="1" t="n">
+        <v>457</v>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C472" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08DX0</t>
+        </is>
+      </c>
+      <c r="D472" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E472" s="5" t="n">
+        <v>10000</v>
+      </c>
+      <c r="F472" s="6" t="n">
+        <v>10308.95</v>
+      </c>
+      <c r="G472" s="7" t="n">
+        <v>0.0155</v>
+      </c>
+      <c r="H472" s="11" t="n">
+        <v>46234</v>
+      </c>
+      <c r="J472" s="6" t="n">
+        <v>6.57</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="1" t="n">
+        <v>458</v>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C473" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
+        </is>
+      </c>
+      <c r="D473" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E473" s="5" t="n">
+        <v>7500</v>
+      </c>
+      <c r="F473" s="6" t="n">
+        <v>7844.45</v>
+      </c>
+      <c r="G473" s="7" t="n">
+        <v>0.0118</v>
+      </c>
+      <c r="H473" s="11" t="n">
+        <v>46444</v>
+      </c>
+      <c r="J473" s="6" t="n">
+        <v>6.75</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="1" t="n">
+        <v>459</v>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C474" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EF5</t>
+        </is>
+      </c>
+      <c r="D474" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AAA</t>
+        </is>
+      </c>
+      <c r="E474" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F474" s="6" t="n">
+        <v>5348</v>
+      </c>
+      <c r="G474" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H474" s="11" t="n">
+        <v>46461</v>
+      </c>
+      <c r="J474" s="6" t="n">
+        <v>6.6</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="1" t="n">
+        <v>460</v>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C475" s="1" t="inlineStr">
+        <is>
+          <t>INE774D07UT1</t>
+        </is>
+      </c>
+      <c r="D475" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E475" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F475" s="6" t="n">
+        <v>5296.79</v>
+      </c>
+      <c r="G475" s="7" t="n">
+        <v>0.008</v>
+      </c>
+      <c r="H475" s="11" t="n">
+        <v>46107</v>
+      </c>
+      <c r="J475" s="6" t="n">
+        <v>6.7301</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="1" t="n">
+        <v>461</v>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C476" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07RC3</t>
+        </is>
+      </c>
+      <c r="D476" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E476" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F476" s="6" t="n">
+        <v>5243.55</v>
+      </c>
+      <c r="G476" s="7" t="n">
+        <v>0.007900000000000001</v>
+      </c>
+      <c r="H476" s="11" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J476" s="6" t="n">
+        <v>7.1275</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="1" t="n">
+        <v>462</v>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C477" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07SN8</t>
+        </is>
+      </c>
+      <c r="D477" s="1" t="inlineStr">
+        <is>
+          <t>ICRA AA+</t>
+        </is>
+      </c>
+      <c r="E477" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F477" s="6" t="n">
+        <v>5195.37</v>
+      </c>
+      <c r="G477" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H477" s="11" t="n">
+        <v>46535</v>
+      </c>
+      <c r="J477" s="6" t="n">
+        <v>7.24</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="1" t="n">
+        <v>463</v>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>REC Limited**</t>
+        </is>
+      </c>
+      <c r="C478" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08ED9</t>
+        </is>
+      </c>
+      <c r="D478" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E478" s="5" t="n">
+        <v>5000</v>
+      </c>
+      <c r="F478" s="6" t="n">
+        <v>5185.12</v>
+      </c>
+      <c r="G478" s="7" t="n">
+        <v>0.0078</v>
+      </c>
+      <c r="H478" s="11" t="n">
+        <v>46203</v>
+      </c>
+      <c r="J478" s="6" t="n">
+        <v>6.4349</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="1" t="n">
+        <v>464</v>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C479" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07PN6</t>
+        </is>
+      </c>
+      <c r="D479" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E479" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F479" s="6" t="n">
+        <v>4987.5</v>
+      </c>
+      <c r="G479" s="7" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="H479" s="11" t="n">
+        <v>46356</v>
+      </c>
+      <c r="J479" s="6" t="n">
+        <v>6.685</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="1" t="n">
+        <v>465</v>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C480" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RA9</t>
+        </is>
+      </c>
+      <c r="D480" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E480" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F480" s="6" t="n">
+        <v>2710.47</v>
+      </c>
+      <c r="G480" s="7" t="n">
+        <v>0.0041</v>
+      </c>
+      <c r="H480" s="11" t="n">
+        <v>46367</v>
+      </c>
+      <c r="J480" s="6" t="n">
+        <v>6.685</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="1" t="n">
+        <v>466</v>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Kotak Mahindra Prime Limited**</t>
+        </is>
+      </c>
+      <c r="C481" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7RW2</t>
+        </is>
+      </c>
+      <c r="D481" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E481" s="5" t="n">
+        <v>250</v>
+      </c>
+      <c r="F481" s="6" t="n">
+        <v>2659.47</v>
+      </c>
+      <c r="G481" s="7" t="n">
+        <v>0.004</v>
+      </c>
+      <c r="H481" s="11" t="n">
+        <v>46073</v>
+      </c>
+      <c r="J481" s="6" t="n">
+        <v>6.5449</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="1" t="n">
+        <v>467</v>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C482" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KH1</t>
+        </is>
+      </c>
+      <c r="D482" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E482" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F482" s="6" t="n">
+        <v>2560.33</v>
+      </c>
+      <c r="G482" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H482" s="11" t="n">
+        <v>46265</v>
+      </c>
+      <c r="J482" s="6" t="n">
+        <v>6.5496</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="1" t="n">
+        <v>468</v>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C483" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KI9</t>
+        </is>
+      </c>
+      <c r="D483" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E483" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F483" s="6" t="n">
+        <v>2558.81</v>
+      </c>
+      <c r="G483" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H483" s="11" t="n">
+        <v>46269</v>
+      </c>
+      <c r="J483" s="6" t="n">
+        <v>6.55</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="1" t="n">
+        <v>469</v>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C484" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
+        </is>
+      </c>
+      <c r="D484" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL AAA</t>
+        </is>
+      </c>
+      <c r="E484" s="5" t="n">
+        <v>2500</v>
+      </c>
+      <c r="F484" s="6" t="n">
+        <v>2527.18</v>
+      </c>
+      <c r="G484" s="7" t="n">
+        <v>0.0038</v>
+      </c>
+      <c r="H484" s="11" t="n">
+        <v>46675</v>
+      </c>
+      <c r="J484" s="6" t="n">
+        <v>7.25</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="8" t="n"/>
+      <c r="B485" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C485" s="8" t="n"/>
+      <c r="D485" s="8" t="n"/>
+      <c r="E485" s="8" t="n"/>
+      <c r="F485" s="9" t="n">
+        <v>62425.99</v>
+      </c>
+      <c r="G485" s="10" t="n">
+        <v>0.09379999999999999</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="B487" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
+    </row>
+    <row r="488">
+      <c r="B488" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="1" t="n">
+        <v>470</v>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C489" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
+        </is>
+      </c>
+      <c r="D489" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E489" s="5" t="n">
+        <v>1500</v>
+      </c>
+      <c r="F489" s="6" t="n">
+        <v>7306.84</v>
+      </c>
+      <c r="G489" s="7" t="n">
+        <v>0.011</v>
+      </c>
+      <c r="H489" s="11" t="n">
+        <v>46147</v>
+      </c>
+      <c r="J489" s="6" t="n">
+        <v>6.2251</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="1" t="n">
+        <v>471</v>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C490" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HC7</t>
+        </is>
+      </c>
+      <c r="D490" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E490" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F490" s="6" t="n">
+        <v>4897.77</v>
+      </c>
+      <c r="G490" s="7" t="n">
+        <v>0.0074</v>
+      </c>
+      <c r="H490" s="11" t="n">
+        <v>46114</v>
+      </c>
+      <c r="J490" s="6" t="n">
+        <v>6.245</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="1" t="n">
+        <v>472</v>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C491" s="1" t="inlineStr">
+        <is>
+          <t>INE092T16YR1</t>
+        </is>
+      </c>
+      <c r="D491" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E491" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F491" s="6" t="n">
+        <v>4839.9</v>
+      </c>
+      <c r="G491" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H491" s="11" t="n">
+        <v>46182</v>
+      </c>
+      <c r="J491" s="6" t="n">
+        <v>6.355</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="1" t="n">
+        <v>473</v>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India</t>
+        </is>
+      </c>
+      <c r="C492" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16JQ1</t>
+        </is>
+      </c>
+      <c r="D492" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E492" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F492" s="6" t="n">
+        <v>4830.43</v>
+      </c>
+      <c r="G492" s="7" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="H492" s="11" t="n">
+        <v>46198</v>
+      </c>
+      <c r="J492" s="6" t="n">
+        <v>6.22</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="1" t="n">
+        <v>474</v>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C493" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
+        </is>
+      </c>
+      <c r="D493" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E493" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F493" s="6" t="n">
+        <v>4793.16</v>
+      </c>
+      <c r="G493" s="7" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="H493" s="11" t="n">
+        <v>46239</v>
+      </c>
+      <c r="J493" s="6" t="n">
+        <v>6.3768</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="1" t="n">
+        <v>475</v>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C494" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BO9</t>
+        </is>
+      </c>
+      <c r="D494" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E494" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F494" s="6" t="n">
+        <v>4723.7</v>
+      </c>
+      <c r="G494" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H494" s="11" t="n">
+        <v>46323</v>
+      </c>
+      <c r="J494" s="6" t="n">
+        <v>6.45</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="1" t="n">
+        <v>476</v>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Punjab National Bank**</t>
+        </is>
+      </c>
+      <c r="C495" s="1" t="inlineStr">
+        <is>
+          <t>INE160A16QL5</t>
+        </is>
+      </c>
+      <c r="D495" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E495" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F495" s="6" t="n">
+        <v>2495.96</v>
+      </c>
+      <c r="G495" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="H495" s="11" t="n">
+        <v>46002</v>
+      </c>
+      <c r="J495" s="6" t="n">
+        <v>5.9006</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="1" t="n">
+        <v>477</v>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C496" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CI1</t>
+        </is>
+      </c>
+      <c r="D496" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E496" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F496" s="6" t="n">
+        <v>2488.44</v>
+      </c>
+      <c r="G496" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="H496" s="11" t="n">
+        <v>46021</v>
+      </c>
+      <c r="J496" s="6" t="n">
+        <v>5.8494</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="1" t="n">
+        <v>478</v>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C497" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CJ9</t>
+        </is>
+      </c>
+      <c r="D497" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E497" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F497" s="6" t="n">
+        <v>2463.07</v>
+      </c>
+      <c r="G497" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="H497" s="11" t="n">
+        <v>46085</v>
+      </c>
+      <c r="J497" s="6" t="n">
+        <v>5.8851</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="1" t="n">
+        <v>479</v>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Export-Import Bank of India**</t>
+        </is>
+      </c>
+      <c r="C498" s="1" t="inlineStr">
+        <is>
+          <t>INE514E16CK7</t>
+        </is>
+      </c>
+      <c r="D498" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E498" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F498" s="6" t="n">
+        <v>2456.82</v>
+      </c>
+      <c r="G498" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="H498" s="11" t="n">
+        <v>46101</v>
+      </c>
+      <c r="J498" s="6" t="n">
+        <v>5.8849</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="1" t="n">
+        <v>480</v>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C499" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KC9</t>
+        </is>
+      </c>
+      <c r="D499" s="1" t="inlineStr">
+        <is>
+          <t>ICRA A1+</t>
+        </is>
+      </c>
+      <c r="E499" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F499" s="6" t="n">
+        <v>2431.63</v>
+      </c>
+      <c r="G499" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H499" s="11" t="n">
+        <v>46157</v>
+      </c>
+      <c r="J499" s="6" t="n">
+        <v>6.22</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="1" t="n">
+        <v>481</v>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C500" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
+        </is>
+      </c>
+      <c r="D500" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E500" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F500" s="6" t="n">
+        <v>2429.74</v>
+      </c>
+      <c r="G500" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H500" s="11" t="n">
+        <v>46161</v>
+      </c>
+      <c r="J500" s="6" t="n">
+        <v>6.245</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="1" t="n">
+        <v>482</v>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Axis Bank Limited</t>
+        </is>
+      </c>
+      <c r="C501" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AT7</t>
+        </is>
+      </c>
+      <c r="D501" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E501" s="5" t="n">
+        <v>500</v>
+      </c>
+      <c r="F501" s="6" t="n">
+        <v>2420.55</v>
+      </c>
+      <c r="G501" s="7" t="n">
+        <v>0.0036</v>
+      </c>
+      <c r="H501" s="11" t="n">
+        <v>46184</v>
+      </c>
+      <c r="J501" s="6" t="n">
+        <v>6.24</v>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="8" t="n"/>
+      <c r="B502" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C502" s="8" t="n"/>
+      <c r="D502" s="8" t="n"/>
+      <c r="E502" s="8" t="n"/>
+      <c r="F502" s="9" t="n">
+        <v>48578.01</v>
+      </c>
+      <c r="G502" s="10" t="n">
+        <v>0.07290000000000001</v>
+      </c>
+    </row>
+    <row r="504">
+      <c r="B504" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
+    </row>
+    <row r="505">
+      <c r="B505" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" s="1" t="n">
+        <v>483</v>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C506" s="1" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
+        </is>
+      </c>
+      <c r="D506" s="1" t="inlineStr">
+        <is>
+          <t>CRISIL A1+</t>
+        </is>
+      </c>
+      <c r="E506" s="5" t="n">
+        <v>1000</v>
+      </c>
+      <c r="F506" s="6" t="n">
+        <v>4729.73</v>
+      </c>
+      <c r="G506" s="7" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="H506" s="11" t="n">
+        <v>46283</v>
+      </c>
+      <c r="J506" s="6" t="n">
+        <v>7.1675</v>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" s="8" t="n"/>
+      <c r="B507" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C507" s="8" t="n"/>
+      <c r="D507" s="8" t="n"/>
+      <c r="E507" s="8" t="n"/>
+      <c r="F507" s="9" t="n">
+        <v>4729.73</v>
+      </c>
+      <c r="G507" s="10" t="n">
+        <v>0.0071</v>
+      </c>
+    </row>
+    <row r="509">
+      <c r="B509" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" s="1" t="n">
+        <v>484</v>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C510" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z420</t>
+        </is>
+      </c>
+      <c r="D510" s="1" t="inlineStr">
+        <is>
+          <t>Sovereign</t>
+        </is>
+      </c>
+      <c r="E510" s="5" t="n">
+        <v>2500000</v>
+      </c>
+      <c r="F510" s="6" t="n">
+        <v>2478.45</v>
+      </c>
+      <c r="G510" s="7" t="n">
+        <v>0.0037</v>
+      </c>
+      <c r="H510" s="11" t="n">
+        <v>46051</v>
+      </c>
+      <c r="J510" s="6" t="n">
+        <v>5.3797</v>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" s="8" t="n"/>
+      <c r="B511" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C511" s="8" t="n"/>
+      <c r="D511" s="8" t="n"/>
+      <c r="E511" s="8" t="n"/>
+      <c r="F511" s="9" t="n">
+        <v>2478.45</v>
+      </c>
+      <c r="G511" s="10" t="n">
+        <v>0.0037</v>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" s="1" t="n">
+        <v>485</v>
+      </c>
+      <c r="B513" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
+      </c>
+      <c r="F513" s="6" t="n">
+        <v>9474.299999999999</v>
+      </c>
+      <c r="G513" s="7" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="H513" s="11" t="n">
+        <v>45992</v>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" s="8" t="n"/>
+      <c r="B514" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C514" s="8" t="n"/>
+      <c r="D514" s="8" t="n"/>
+      <c r="E514" s="8" t="n"/>
+      <c r="F514" s="9" t="n">
+        <v>9474.299999999999</v>
+      </c>
+      <c r="G514" s="10" t="n">
+        <v>0.0142</v>
+      </c>
+    </row>
+    <row r="516">
+      <c r="B516" s="3" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" s="1" t="n">
+        <v>486</v>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>DSP Savings Fund - Direct Plan - Growth</t>
+        </is>
+      </c>
+      <c r="C517" s="1" t="inlineStr">
+        <is>
+          <t>INF740K01NU2</t>
+        </is>
+      </c>
+      <c r="D517" s="1" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
+      <c r="E517" s="5" t="n">
+        <v>111809350.05</v>
+      </c>
+      <c r="F517" s="6" t="n">
+        <v>62326</v>
+      </c>
+      <c r="G517" s="7" t="n">
+        <v>0.0935</v>
+      </c>
+      <c r="J517" s="6" t="n">
+        <v>6.218591</v>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" s="8" t="n"/>
+      <c r="B518" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C518" s="8" t="n"/>
+      <c r="D518" s="8" t="n"/>
+      <c r="E518" s="8" t="n"/>
+      <c r="F518" s="9" t="n">
+        <v>62326</v>
+      </c>
+      <c r="G518" s="10" t="n">
+        <v>0.0935</v>
+      </c>
+    </row>
+    <row r="520">
+      <c r="B520" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
+    </row>
+    <row r="521">
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E521" s="5" t="n"/>
+      <c r="F521" s="6" t="n">
+        <v>-2404.07</v>
+      </c>
+      <c r="G521" s="7" t="n">
+        <v>-0.0036</v>
+      </c>
+      <c r="J521" s="6" t="n"/>
+    </row>
+    <row r="522">
+      <c r="A522" s="8" t="n"/>
+      <c r="B522" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C522" s="8" t="n"/>
+      <c r="D522" s="8" t="n"/>
+      <c r="E522" s="8" t="n"/>
+      <c r="F522" s="9" t="n">
+        <v>-2404.07</v>
+      </c>
+      <c r="G522" s="10" t="n">
+        <v>-0.0036</v>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="4" t="n"/>
+      <c r="B524" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C524" s="4" t="n"/>
+      <c r="D524" s="4" t="n"/>
+      <c r="E524" s="4" t="n"/>
+      <c r="F524" s="12" t="n">
+        <v>666257.16</v>
+      </c>
+      <c r="G524" s="13" t="n">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" s="1" t="n">
+        <v>1</v>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" s="14" t="n">
         <v>2</v>
       </c>
-      <c r="B9" s="2" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A10" s="2" t="n">
+      <c r="B527" s="14" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="528" ht="40.5" customHeight="1" s="49">
+      <c r="A528" s="15" t="n">
         <v>3</v>
       </c>
-      <c r="B10" s="2" t="inlineStr">
-[...34 lines deleted...]
-      <c r="A11" s="2" t="n">
+      <c r="B528" s="15" t="inlineStr">
+        <is>
+          <t>As on November 30, 2025, the aggregate investments by the schemes of DSP Mutual Fund in DSP Arbitrage Fund is  ₹  71,742.31 Lakhs.</t>
+        </is>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B11" s="2" t="inlineStr">
-[...12206 lines deleted...]
-      <c r="B436" s="16" t="inlineStr">
+      <c r="B529" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="437" ht="27" customHeight="1" s="77">
-[...10 lines deleted...]
-      <c r="B441" s="1" t="inlineStr">
+    <row r="533" ht="14.5" customHeight="1" s="49">
+      <c r="B533" s="38" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="455" ht="14.5" customHeight="1" s="77">
-      <c r="B455" s="1" t="inlineStr">
+    <row r="547" ht="14.5" customHeight="1" s="49">
+      <c r="B547" s="38" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty 50 Arbitrage Index</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Application>Microsoft Excel</Application>
+  <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ujjwal Paul</dc:creator>
+  <dc:creator>Rohit Pandey</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:lastModifiedBy></cp:lastModifiedBy>
 </cp:coreProperties>
 </file>