--- v3 (2026-01-05)
+++ v4 (2026-02-13)
@@ -1,68 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <bookViews>
-    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="958" firstSheet="0" autoFilterDateGrouping="1"/>
+    <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="950" firstSheet="26" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet name="ARBITRAGE" sheetId="1" state="visible" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="191029" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);"/>
     <numFmt numFmtId="166" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="15">
+  <fonts count="16">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color rgb="FFFFFFFF"/>
       <sz val="14"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
@@ -87,85 +87,90 @@
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
+      <name val="Arial"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color rgb="FF000000"/>
+      <sz val="9"/>
+    </font>
+    <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="10"/>
       <sz val="11"/>
       <u val="single"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <b val="1"/>
       <color indexed="8"/>
       <sz val="10"/>
       <u val="single"/>
     </font>
     <font>
+      <name val="trebuchet MS"/>
+      <family val="2"/>
+      <b val="1"/>
+      <color theme="1"/>
+      <sz val="11"/>
+    </font>
+    <font>
       <name val="Trebuchet MS"/>
       <family val="2"/>
       <color indexed="8"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="trebuchet MS"/>
       <family val="2"/>
-      <b val="1"/>
       <color theme="1"/>
       <sz val="11"/>
-    </font>
-[...6 lines deleted...]
-      <u val="single"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor indexed="64"/>
@@ -276,205 +281,186 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="70">
+  <cellXfs count="65">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="3" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="165" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="4" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="10" fontId="3" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="9" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
     <xf numFmtId="10" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="2"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="9" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="1">
-[...18 lines deleted...]
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="1" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="4" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="2" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="3" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="9" fillId="0" borderId="4" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
-[...15 lines deleted...]
-    <xf numFmtId="10" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -521,116 +507,116 @@
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId4" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image1.png" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/xl/media/image2.png" Id="rId2" /></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>534</row>
+      <row>417</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>543</row>
+      <row>426</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="2" name="Picture 1"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="92665550"/>
+          <a:off x="457200" y="71920100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
   <twoCellAnchor editAs="oneCell">
     <from>
       <col>1</col>
       <colOff>0</colOff>
-      <row>548</row>
+      <row>431</row>
       <rowOff>0</rowOff>
     </from>
     <to>
       <col>1</col>
       <colOff>2374900</colOff>
-      <row>557</row>
+      <row>440</row>
       <rowOff>31750</rowOff>
     </to>
     <pic>
       <nvPicPr>
         <cNvPr id="3" name="Picture 2"/>
         <cNvPicPr>
           <a:picLocks/>
         </cNvPicPr>
       </nvPicPr>
       <blipFill>
         <a:blip r:embed="rId2"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </blipFill>
       <spPr>
         <a:xfrm>
-          <a:off x="457200" y="95078550"/>
+          <a:off x="457200" y="74333100"/>
           <a:ext cx="2374900" cy="1574800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <avLst/>
         </a:prstGeom>
         <a:ln>
           <a:prstDash val="solid"/>
         </a:ln>
       </spPr>
     </pic>
     <clientData/>
   </twoCellAnchor>
 </wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -872,85 +858,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="/xl/drawings/drawing1.xml" Id="rId1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L547"/>
+  <dimension ref="A1:L430"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultColWidth="8.7265625" defaultRowHeight="13.5"/>
   <cols>
     <col width="6.54296875" bestFit="1" customWidth="1" style="1" min="1" max="1"/>
-    <col width="54.81640625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
-[...4 lines deleted...]
-    <col width="14" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
+    <col width="55.7265625" bestFit="1" customWidth="1" style="1" min="2" max="2"/>
+    <col width="20" bestFit="1" customWidth="1" style="1" min="3" max="3"/>
+    <col width="33.453125" bestFit="1" customWidth="1" style="1" min="4" max="4"/>
+    <col width="15.26953125" bestFit="1" customWidth="1" style="1" min="5" max="5"/>
+    <col width="26.7265625" bestFit="1" customWidth="1" style="1" min="6" max="6"/>
+    <col width="15.7265625" bestFit="1" customWidth="1" style="1" min="7" max="7"/>
     <col width="12.54296875" bestFit="1" customWidth="1" style="1" min="8" max="8"/>
     <col width="14" bestFit="1" customWidth="1" style="1" min="9" max="9"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="10" max="10"/>
     <col width="30" bestFit="1" customWidth="1" style="1" min="11" max="11"/>
     <col width="7.54296875" bestFit="1" customWidth="1" style="1" min="12" max="12"/>
     <col width="8.7265625" customWidth="1" style="1" min="13" max="16384"/>
   </cols>
   <sheetData>
-    <row r="1" ht="19" customHeight="1" s="49">
-[...1 lines deleted...]
-      <c r="B1" s="48" t="inlineStr">
+    <row r="1" ht="19" customHeight="1" s="45">
+      <c r="A1" s="44" t="n"/>
+      <c r="B1" s="44" t="inlineStr">
         <is>
           <t>DSP Arbitrage Fund</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="B2" s="3" t="inlineStr">
         <is>
-          <t>Portfolio as on November 30, 2025</t>
+          <t>Portfolio as on January 31, 2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Sr. No.</t>
         </is>
       </c>
       <c r="B4" s="4" t="inlineStr">
         <is>
           <t>Name of Instrument</t>
         </is>
       </c>
       <c r="C4" s="4" t="inlineStr">
         <is>
           <t>ISIN</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Rating/Industry</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
@@ -996,14997 +982,11619 @@
         <is>
           <t>Listed / awaiting listing on the stock exchanges</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>HDFC Bank Limited</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
           <t>INE040A01034</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E8" s="5" t="n">
-        <v>2342450</v>
+        <v>3065150</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>23602.53</v>
+        <v>28482.91</v>
       </c>
       <c r="G8" s="7" t="n">
-        <v>0.0354</v>
+        <v>0.0413</v>
       </c>
       <c r="J8" s="6" t="n"/>
       <c r="K8" s="3" t="inlineStr">
         <is>
           <t>Sector/Rating</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
           <t>Percent</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Reliance Industries Limited</t>
         </is>
       </c>
       <c r="C9" s="1" t="inlineStr">
         <is>
           <t>INE002A01018</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Petroleum Products</t>
         </is>
       </c>
       <c r="E9" s="5" t="n">
-        <v>1404000</v>
+        <v>1540500</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>22007.7</v>
+        <v>21496.14</v>
       </c>
       <c r="G9" s="7" t="n">
-        <v>0.033</v>
+        <v>0.0312</v>
       </c>
       <c r="J9" s="6" t="n"/>
       <c r="K9" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="L9" s="7" t="n">
-        <v>0.1787</v>
+        <v>0.1855</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>ICICI Bank Limited</t>
         </is>
       </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
           <t>INE090A01021</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E10" s="5" t="n">
-        <v>1342600</v>
+        <v>1582700</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>18646.03</v>
+        <v>21445.58</v>
       </c>
       <c r="G10" s="7" t="n">
-        <v>0.028</v>
+        <v>0.0311</v>
       </c>
       <c r="J10" s="6" t="n"/>
       <c r="K10" s="1" t="inlineStr">
         <is>
           <t>Mutual Funds</t>
         </is>
       </c>
       <c r="L10" s="7" t="n">
-        <v>0.0935</v>
+        <v>0.1021</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>ITC Limited</t>
+          <t>Kotak Mahindra Bank Limited</t>
         </is>
       </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>INE154A01025</t>
+          <t>INE237A01036</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E11" s="5" t="n">
-        <v>3622400</v>
+        <v>4008000</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>14643.55</v>
+        <v>16352.64</v>
       </c>
       <c r="G11" s="7" t="n">
-        <v>0.022</v>
+        <v>0.0237</v>
       </c>
       <c r="J11" s="6" t="n"/>
       <c r="K11" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="L11" s="7" t="n">
-        <v>0.0796</v>
+        <v>0.07389999999999999</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited</t>
+          <t>Vodafone Idea Limited</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>INE237A01028</t>
+          <t>INE669E01016</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Telecom - Services</t>
         </is>
       </c>
       <c r="E12" s="5" t="n">
-        <v>670800</v>
+        <v>140376900</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>14250.48</v>
+        <v>15680.1</v>
       </c>
       <c r="G12" s="7" t="n">
-        <v>0.0214</v>
+        <v>0.0228</v>
       </c>
       <c r="J12" s="6" t="n"/>
       <c r="K12" s="1" t="inlineStr">
         <is>
-          <t>CRISIL AAA</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="L12" s="7" t="n">
-        <v>0.0701</v>
+        <v>0.0709</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Axis Bank Limited</t>
         </is>
       </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
           <t>INE238A01034</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E13" s="5" t="n">
-        <v>1076875</v>
+        <v>1061250</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>13780.77</v>
+        <v>14543.37</v>
       </c>
       <c r="G13" s="7" t="n">
-        <v>0.0207</v>
+        <v>0.0211</v>
       </c>
       <c r="J13" s="6" t="n"/>
       <c r="K13" s="1" t="inlineStr">
         <is>
-          <t>CRISIL A1+</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="L13" s="7" t="n">
-        <v>0.06909999999999999</v>
+        <v>0.06419999999999999</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tata Consultancy Services Limited</t>
+          <t>ITC Limited</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>INE467B01029</t>
+          <t>INE154A01025</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="E14" s="5" t="n">
-        <v>424725</v>
+        <v>4012800</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>13325.75</v>
+        <v>12927.24</v>
       </c>
       <c r="G14" s="7" t="n">
-        <v>0.02</v>
+        <v>0.0188</v>
       </c>
       <c r="J14" s="6" t="n"/>
       <c r="K14" s="1" t="inlineStr">
         <is>
-          <t>Petroleum Products</t>
+          <t>Telecom - Services</t>
         </is>
       </c>
       <c r="L14" s="7" t="n">
-        <v>0.0355</v>
+        <v>0.0417</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Larsen &amp; Toubro Limited</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
           <t>INE018A01030</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
           <t>Construction</t>
         </is>
       </c>
       <c r="E15" s="5" t="n">
-        <v>286300</v>
+        <v>296450</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>11651.26</v>
+        <v>11657.3</v>
       </c>
       <c r="G15" s="7" t="n">
-        <v>0.0175</v>
+        <v>0.0169</v>
       </c>
       <c r="J15" s="6" t="n"/>
       <c r="K15" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Petroleum Products</t>
         </is>
       </c>
       <c r="L15" s="7" t="n">
-        <v>0.0304</v>
+        <v>0.034</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Bank of Baroda</t>
         </is>
       </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
           <t>INE028A01039</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E16" s="5" t="n">
-        <v>3799575</v>
+        <v>3357900</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>11011.17</v>
+        <v>10053.55</v>
       </c>
       <c r="G16" s="7" t="n">
-        <v>0.0165</v>
+        <v>0.0146</v>
       </c>
       <c r="J16" s="6" t="n"/>
       <c r="K16" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Ferrous Metals</t>
         </is>
       </c>
       <c r="L16" s="7" t="n">
-        <v>0.0296</v>
+        <v>0.0298</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Vodafone Idea Limited</t>
+          <t>Tata Consultancy Services Limited</t>
         </is>
       </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>INE669E01016</t>
+          <t>INE467B01029</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E17" s="5" t="n">
-        <v>93989625</v>
+        <v>300650</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>9361.370000000001</v>
+        <v>9392.01</v>
       </c>
       <c r="G17" s="7" t="n">
-        <v>0.0141</v>
+        <v>0.0136</v>
       </c>
       <c r="J17" s="6" t="n"/>
       <c r="K17" s="1" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="L17" s="7" t="n">
-        <v>0.0265</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Eternal Limited</t>
+          <t>JSW Steel Limited</t>
         </is>
       </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>INE758T01015</t>
+          <t>INE019A01038</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Retailing</t>
+          <t>Ferrous Metals</t>
         </is>
       </c>
       <c r="E18" s="5" t="n">
-        <v>2766925</v>
+        <v>769500</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>8303.540000000001</v>
+        <v>9344.809999999999</v>
       </c>
       <c r="G18" s="7" t="n">
-        <v>0.0125</v>
+        <v>0.0136</v>
       </c>
       <c r="J18" s="6" t="n"/>
       <c r="K18" s="1" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
+          <t>Aerospace &amp; Defense</t>
         </is>
       </c>
       <c r="L18" s="7" t="n">
-        <v>0.025</v>
+        <v>0.0227</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>JSW Steel Limited</t>
+          <t>Eternal Limited</t>
         </is>
       </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>INE019A01038</t>
+          <t>INE758T01015</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Ferrous Metals</t>
+          <t>Retailing</t>
         </is>
       </c>
       <c r="E19" s="5" t="n">
-        <v>697950</v>
+        <v>3407125</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>8098.31</v>
+        <v>9321.889999999999</v>
       </c>
       <c r="G19" s="7" t="n">
-        <v>0.0122</v>
+        <v>0.0135</v>
       </c>
       <c r="J19" s="6" t="n"/>
       <c r="K19" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="L19" s="7" t="n">
-        <v>0.0239</v>
+        <v>0.0212</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>GMR Airports Limited</t>
+          <t>Punjab National Bank</t>
         </is>
       </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>INE776C01039</t>
+          <t>INE160A01022</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>Transport Infrastructure</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E20" s="5" t="n">
-        <v>7372575</v>
+        <v>6920000</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>7988.19</v>
+        <v>8663.15</v>
       </c>
       <c r="G20" s="7" t="n">
-        <v>0.012</v>
+        <v>0.0126</v>
       </c>
       <c r="J20" s="6" t="n"/>
       <c r="K20" s="1" t="inlineStr">
         <is>
-          <t>Ferrous Metals</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="L20" s="7" t="n">
-        <v>0.0223</v>
+        <v>0.0194</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Vedanta Limited</t>
+          <t>Bharat Electronics Limited</t>
         </is>
       </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INE205A01025</t>
+          <t>INE263A01024</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Diversified Metals</t>
+          <t>Aerospace &amp; Defense</t>
         </is>
       </c>
       <c r="E21" s="5" t="n">
-        <v>1506500</v>
+        <v>1851075</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>7924.19</v>
+        <v>8311.33</v>
       </c>
       <c r="G21" s="7" t="n">
-        <v>0.0119</v>
+        <v>0.0121</v>
       </c>
       <c r="J21" s="6" t="n"/>
       <c r="K21" s="1" t="inlineStr">
         <is>
-          <t>Aerospace &amp; Defense</t>
+          <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="L21" s="7" t="n">
-        <v>0.0192</v>
+        <v>0.0193</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sammaan Capital Limited</t>
+          <t>Vedanta Limited</t>
         </is>
       </c>
       <c r="C22" s="1" t="inlineStr">
         <is>
-          <t>INE148I01020</t>
+          <t>INE205A01025</t>
         </is>
       </c>
       <c r="D22" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Diversified Metals</t>
         </is>
       </c>
       <c r="E22" s="5" t="n">
-        <v>4863300</v>
+        <v>1200600</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>7477.81</v>
+        <v>8182.69</v>
       </c>
       <c r="G22" s="7" t="n">
-        <v>0.0112</v>
+        <v>0.0119</v>
       </c>
       <c r="J22" s="6" t="n"/>
       <c r="K22" s="1" t="inlineStr">
         <is>
-          <t>Construction</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="L22" s="7" t="n">
-        <v>0.0187</v>
+        <v>0.0183</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Punjab National Bank</t>
+          <t>Bajaj Finance Limited</t>
         </is>
       </c>
       <c r="C23" s="1" t="inlineStr">
         <is>
-          <t>INE160A01022</t>
+          <t>INE296A01032</t>
         </is>
       </c>
       <c r="D23" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E23" s="5" t="n">
-        <v>5704000</v>
+        <v>834750</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>7101.48</v>
+        <v>7761.92</v>
       </c>
       <c r="G23" s="7" t="n">
-        <v>0.0107</v>
+        <v>0.0113</v>
       </c>
       <c r="J23" s="6" t="n"/>
       <c r="K23" s="1" t="inlineStr">
         <is>
-          <t>Transport Infrastructure</t>
+          <t>Construction</t>
         </is>
       </c>
       <c r="L23" s="7" t="n">
         <v>0.0175</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited</t>
+          <t>Shriram Finance Limited</t>
         </is>
       </c>
       <c r="C24" s="1" t="inlineStr">
         <is>
-          <t>INE115A01026</t>
+          <t>INE721A01047</t>
         </is>
       </c>
       <c r="D24" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
       <c r="E24" s="5" t="n">
-        <v>1273000</v>
+        <v>721050</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>6990.04</v>
+        <v>7354.71</v>
       </c>
       <c r="G24" s="7" t="n">
-        <v>0.0105</v>
+        <v>0.0107</v>
       </c>
       <c r="J24" s="6" t="n"/>
       <c r="K24" s="1" t="inlineStr">
         <is>
           <t>Retailing</t>
         </is>
       </c>
       <c r="L24" s="7" t="n">
-        <v>0.0161</v>
+        <v>0.0173</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bharat Electronics Limited</t>
+          <t>Hindustan Aeronautics Limited</t>
         </is>
       </c>
       <c r="C25" s="1" t="inlineStr">
         <is>
-          <t>INE263A01024</t>
+          <t>INE066F01020</t>
         </is>
       </c>
       <c r="D25" s="1" t="inlineStr">
         <is>
           <t>Aerospace &amp; Defense</t>
         </is>
       </c>
       <c r="E25" s="5" t="n">
-        <v>1571775</v>
+        <v>158700</v>
       </c>
       <c r="F25" s="6" t="n">
-        <v>6471.78</v>
+        <v>7330.99</v>
       </c>
       <c r="G25" s="7" t="n">
-        <v>0.0097</v>
+        <v>0.0106</v>
       </c>
       <c r="J25" s="6" t="n"/>
       <c r="K25" s="1" t="inlineStr">
         <is>
-          <t>ICRA AA+</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="L25" s="7" t="n">
-        <v>0.0157</v>
+        <v>0.0172</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Jio Financial Services Limited</t>
+          <t>GMR Airports Limited</t>
         </is>
       </c>
       <c r="C26" s="1" t="inlineStr">
         <is>
-          <t>INE758E01017</t>
+          <t>INE776C01039</t>
         </is>
       </c>
       <c r="D26" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="E26" s="5" t="n">
-        <v>2096200</v>
+        <v>7498125</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>6418.56</v>
+        <v>7039.99</v>
       </c>
       <c r="G26" s="7" t="n">
-        <v>0.009599999999999999</v>
+        <v>0.0102</v>
       </c>
       <c r="J26" s="6" t="n"/>
       <c r="K26" s="1" t="inlineStr">
         <is>
-          <t>Non - Ferrous Metals</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="L26" s="7" t="n">
-        <v>0.0156</v>
+        <v>0.0167</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tata Power Company Limited</t>
+          <t>Sammaan Capital Limited</t>
         </is>
       </c>
       <c r="C27" s="1" t="inlineStr">
         <is>
-          <t>INE245A01021</t>
+          <t>INE148I01020</t>
         </is>
       </c>
       <c r="D27" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E27" s="5" t="n">
-        <v>1593550</v>
+        <v>4613900</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>6216.44</v>
+        <v>6953.61</v>
       </c>
       <c r="G27" s="7" t="n">
-        <v>0.009299999999999999</v>
+        <v>0.0101</v>
       </c>
       <c r="J27" s="6" t="n"/>
       <c r="K27" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="L27" s="7" t="n">
-        <v>0.0152</v>
+        <v>0.0159</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="1" t="n">
         <v>21</v>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited</t>
+          <t>LIC Housing Finance Limited</t>
         </is>
       </c>
       <c r="C28" s="1" t="inlineStr">
         <is>
-          <t>INE092T01019</t>
+          <t>INE115A01026</t>
         </is>
       </c>
       <c r="D28" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E28" s="5" t="n">
-        <v>7726075</v>
+        <v>1277000</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>6190.9</v>
+        <v>6720.85</v>
       </c>
       <c r="G28" s="7" t="n">
-        <v>0.009299999999999999</v>
+        <v>0.0098</v>
       </c>
       <c r="J28" s="6" t="n"/>
       <c r="K28" s="1" t="inlineStr">
         <is>
-          <t>Agricultural Food &amp; other Products</t>
+          <t>Cement &amp; Cement Products</t>
         </is>
       </c>
       <c r="L28" s="7" t="n">
-        <v>0.0149</v>
+        <v>0.0151</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="1" t="n">
         <v>22</v>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hindalco Industries Limited</t>
+          <t>Multi Commodity Exchange of India Limited</t>
         </is>
       </c>
       <c r="C29" s="1" t="inlineStr">
         <is>
-          <t>INE038A01020</t>
+          <t>INE745G01043</t>
         </is>
       </c>
       <c r="D29" s="1" t="inlineStr">
         <is>
-          <t>Non - Ferrous Metals</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="E29" s="5" t="n">
-        <v>760200</v>
+        <v>263125</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>6145.46</v>
+        <v>6651.8</v>
       </c>
       <c r="G29" s="7" t="n">
-        <v>0.0092</v>
+        <v>0.0097</v>
       </c>
       <c r="J29" s="6" t="n"/>
       <c r="K29" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Realty</t>
         </is>
       </c>
       <c r="L29" s="7" t="n">
-        <v>0.0138</v>
+        <v>0.0143</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="1" t="n">
         <v>23</v>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hindustan Aeronautics Limited</t>
+          <t>Jio Financial Services Limited</t>
         </is>
       </c>
       <c r="C30" s="1" t="inlineStr">
         <is>
-          <t>INE066F01020</t>
+          <t>INE758E01017</t>
         </is>
       </c>
       <c r="D30" s="1" t="inlineStr">
         <is>
-          <t>Aerospace &amp; Defense</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E30" s="5" t="n">
-        <v>134850</v>
+        <v>2521550</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>6125.43</v>
+        <v>6417.34</v>
       </c>
       <c r="G30" s="7" t="n">
-        <v>0.0092</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="J30" s="6" t="n"/>
       <c r="K30" s="1" t="inlineStr">
         <is>
-          <t>Cement &amp; Cement Products</t>
+          <t>Agricultural Food &amp; other Products</t>
         </is>
       </c>
       <c r="L30" s="7" t="n">
-        <v>0.013</v>
+        <v>0.0125</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="1" t="n">
         <v>24</v>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Shriram Finance Limited</t>
+          <t>State Bank of India</t>
         </is>
       </c>
       <c r="C31" s="1" t="inlineStr">
         <is>
-          <t>INE721A01047</t>
+          <t>INE062A01020</t>
         </is>
       </c>
       <c r="D31" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E31" s="5" t="n">
-        <v>697950</v>
+        <v>594750</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>5944.09</v>
+        <v>6406.35</v>
       </c>
       <c r="G31" s="7" t="n">
-        <v>0.0089</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="J31" s="6" t="n"/>
       <c r="K31" s="1" t="inlineStr">
         <is>
-          <t>Diversified Metals</t>
+          <t>Transport Services</t>
         </is>
       </c>
       <c r="L31" s="7" t="n">
-        <v>0.0119</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="1" t="n">
         <v>25</v>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Marico Limited</t>
+          <t>Tata Power Company Limited</t>
         </is>
       </c>
       <c r="C32" s="1" t="inlineStr">
         <is>
-          <t>INE196A01026</t>
+          <t>INE245A01021</t>
         </is>
       </c>
       <c r="D32" s="1" t="inlineStr">
         <is>
-          <t>Agricultural Food &amp; other Products</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="E32" s="5" t="n">
-        <v>793200</v>
+        <v>1745800</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>5690.42</v>
+        <v>6394.87</v>
       </c>
       <c r="G32" s="7" t="n">
-        <v>0.008500000000000001</v>
+        <v>0.009299999999999999</v>
       </c>
       <c r="J32" s="6" t="n"/>
       <c r="K32" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Diversified Metals</t>
         </is>
       </c>
       <c r="L32" s="7" t="n">
-        <v>0.0116</v>
+        <v>0.0119</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="1" t="n">
         <v>26</v>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited</t>
+          <t>Bharti Airtel Limited</t>
         </is>
       </c>
       <c r="C33" s="1" t="inlineStr">
         <is>
-          <t>INE296A01032</t>
+          <t>INE397D01024</t>
         </is>
       </c>
       <c r="D33" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Telecom - Services</t>
         </is>
       </c>
       <c r="E33" s="5" t="n">
-        <v>517500</v>
+        <v>303050</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>5369.06</v>
+        <v>5966.15</v>
       </c>
       <c r="G33" s="7" t="n">
-        <v>0.0081</v>
+        <v>0.008699999999999999</v>
       </c>
       <c r="J33" s="6" t="n"/>
       <c r="K33" s="1" t="inlineStr">
         <is>
-          <t>Realty</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="L33" s="7" t="n">
-        <v>0.0111</v>
+        <v>0.0105</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="1" t="n">
         <v>27</v>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bharti Airtel Limited</t>
+          <t>Bandhan Bank Limited</t>
         </is>
       </c>
       <c r="C34" s="1" t="inlineStr">
         <is>
-          <t>INE397D01024</t>
+          <t>INE545U01014</t>
         </is>
       </c>
       <c r="D34" s="1" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E34" s="5" t="n">
-        <v>254125</v>
+        <v>3798000</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>5340.69</v>
+        <v>5873.61</v>
       </c>
       <c r="G34" s="7" t="n">
-        <v>0.008</v>
+        <v>0.008500000000000001</v>
       </c>
       <c r="J34" s="6" t="n"/>
       <c r="K34" s="1" t="inlineStr">
         <is>
-          <t>ICRA A1+</t>
+          <t>Electrical Equipment</t>
         </is>
       </c>
       <c r="L34" s="7" t="n">
-        <v>0.0109</v>
+        <v>0.0102</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="1" t="n">
         <v>28</v>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited</t>
+          <t>Marico Limited</t>
         </is>
       </c>
       <c r="C35" s="1" t="inlineStr">
         <is>
-          <t>INE134E01011</t>
+          <t>INE196A01026</t>
         </is>
       </c>
       <c r="D35" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Agricultural Food &amp; other Products</t>
         </is>
       </c>
       <c r="E35" s="5" t="n">
-        <v>1448200</v>
+        <v>800400</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>5252.62</v>
+        <v>5841.32</v>
       </c>
       <c r="G35" s="7" t="n">
-        <v>0.007900000000000001</v>
+        <v>0.008500000000000001</v>
       </c>
       <c r="J35" s="6" t="n"/>
       <c r="K35" s="1" t="inlineStr">
         <is>
           <t>Healthcare Services</t>
         </is>
       </c>
       <c r="L35" s="7" t="n">
-        <v>0.009900000000000001</v>
+        <v>0.009599999999999999</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="1" t="n">
         <v>29</v>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>State Bank of India</t>
+          <t>UltraTech Cement Limited</t>
         </is>
       </c>
       <c r="C36" s="1" t="inlineStr">
         <is>
-          <t>INE062A01020</t>
+          <t>INE481G01011</t>
         </is>
       </c>
       <c r="D36" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Cement &amp; Cement Products</t>
         </is>
       </c>
       <c r="E36" s="5" t="n">
-        <v>504750</v>
+        <v>43850</v>
       </c>
       <c r="F36" s="6" t="n">
-        <v>4941.5</v>
+        <v>5566.32</v>
       </c>
       <c r="G36" s="7" t="n">
-        <v>0.0074</v>
+        <v>0.0081</v>
       </c>
       <c r="J36" s="6" t="n"/>
       <c r="K36" s="1" t="inlineStr">
         <is>
-          <t>Electrical Equipment</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="L36" s="7" t="n">
-        <v>0.008500000000000001</v>
+        <v>0.0078</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="1" t="n">
         <v>30</v>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Aurobindo Pharma Limited</t>
+          <t>Tata Steel Limited</t>
         </is>
       </c>
       <c r="C37" s="1" t="inlineStr">
         <is>
-          <t>INE406A01037</t>
+          <t>INE081A01020</t>
         </is>
       </c>
       <c r="D37" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Ferrous Metals</t>
         </is>
       </c>
       <c r="E37" s="5" t="n">
-        <v>400400</v>
+        <v>2816000</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>4911.71</v>
+        <v>5438.54</v>
       </c>
       <c r="G37" s="7" t="n">
-        <v>0.0074</v>
+        <v>0.007900000000000001</v>
       </c>
       <c r="J37" s="6" t="n"/>
       <c r="K37" s="1" t="inlineStr">
         <is>
           <t>ICRA AAA</t>
         </is>
       </c>
       <c r="L37" s="7" t="n">
-        <v>0.008</v>
+        <v>0.0078</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="1" t="n">
         <v>31</v>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>REC Limited</t>
+          <t>Steel Authority of India Limited</t>
         </is>
       </c>
       <c r="C38" s="1" t="inlineStr">
         <is>
-          <t>INE020B01018</t>
+          <t>INE114A01011</t>
         </is>
       </c>
       <c r="D38" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Ferrous Metals</t>
         </is>
       </c>
       <c r="E38" s="5" t="n">
-        <v>1339075</v>
+        <v>3590800</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>4832.72</v>
+        <v>5426.78</v>
       </c>
       <c r="G38" s="7" t="n">
-        <v>0.0073</v>
+        <v>0.007900000000000001</v>
       </c>
       <c r="J38" s="6" t="n"/>
       <c r="K38" s="1" t="inlineStr">
         <is>
-          <t>Transport Services</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="L38" s="7" t="n">
-        <v>0.0078</v>
+        <v>0.0076</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="1" t="n">
         <v>32</v>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bharat Heavy Electricals Limited</t>
+          <t>IDFC First Bank Limited</t>
         </is>
       </c>
       <c r="C39" s="1" t="inlineStr">
         <is>
-          <t>INE257A01026</t>
+          <t>INE092T01019</t>
         </is>
       </c>
       <c r="D39" s="1" t="inlineStr">
         <is>
-          <t>Electrical Equipment</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E39" s="5" t="n">
-        <v>1609125</v>
+        <v>6093675</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>4680.14</v>
+        <v>5093.09</v>
       </c>
       <c r="G39" s="7" t="n">
-        <v>0.007</v>
+        <v>0.0074</v>
       </c>
       <c r="J39" s="6" t="n"/>
       <c r="K39" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="L39" s="7" t="n">
-        <v>0.007</v>
+        <v>0.0069</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="1" t="n">
         <v>33</v>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Adani Enterprises Limited</t>
+          <t>Bharat Heavy Electricals Limited</t>
         </is>
       </c>
       <c r="C40" s="1" t="inlineStr">
         <is>
-          <t>INE423A01024</t>
+          <t>INE257A01026</t>
         </is>
       </c>
       <c r="D40" s="1" t="inlineStr">
         <is>
-          <t>Metals &amp; Minerals Trading</t>
+          <t>Electrical Equipment</t>
         </is>
       </c>
       <c r="E40" s="5" t="n">
-        <v>202086</v>
+        <v>1879500</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>4607.96</v>
+        <v>4937.45</v>
       </c>
       <c r="G40" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0072</v>
       </c>
       <c r="J40" s="6" t="n"/>
       <c r="K40" s="1" t="inlineStr">
         <is>
-          <t>Metals &amp; Minerals Trading</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="L40" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0068</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="1" t="n">
         <v>34</v>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>UltraTech Cement Limited</t>
+          <t>Aurobindo Pharma Limited</t>
         </is>
       </c>
       <c r="C41" s="1" t="inlineStr">
         <is>
-          <t>INE481G01011</t>
+          <t>INE406A01037</t>
         </is>
       </c>
       <c r="D41" s="1" t="inlineStr">
         <is>
-          <t>Cement &amp; Cement Products</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E41" s="5" t="n">
-        <v>36850</v>
+        <v>408100</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>4274.6</v>
+        <v>4928.62</v>
       </c>
       <c r="G41" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0072</v>
       </c>
       <c r="J41" s="6" t="n"/>
       <c r="K41" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Food Products</t>
         </is>
       </c>
       <c r="L41" s="7" t="n">
-        <v>0.0069</v>
+        <v>0.0065</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="1" t="n">
         <v>35</v>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Titan Company Limited</t>
+          <t>Mahindra &amp; Mahindra Limited</t>
         </is>
       </c>
       <c r="C42" s="1" t="inlineStr">
         <is>
-          <t>INE280A01028</t>
+          <t>INE101A01026</t>
         </is>
       </c>
       <c r="D42" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="E42" s="5" t="n">
-        <v>106750</v>
+        <v>142800</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>4171.47</v>
+        <v>4900.61</v>
       </c>
       <c r="G42" s="7" t="n">
-        <v>0.0063</v>
+        <v>0.0071</v>
       </c>
       <c r="J42" s="6" t="n"/>
       <c r="K42" s="1" t="inlineStr">
         <is>
           <t>Financial Technology (Fintech)</t>
         </is>
       </c>
       <c r="L42" s="7" t="n">
-        <v>0.0065</v>
+        <v>0.0047</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="1" t="n">
         <v>36</v>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Container Corporation of India Limited</t>
+          <t>APL Apollo Tubes Limited</t>
         </is>
       </c>
       <c r="C43" s="1" t="inlineStr">
         <is>
-          <t>INE111A01025</t>
+          <t>INE702C01027</t>
         </is>
       </c>
       <c r="D43" s="1" t="inlineStr">
         <is>
-          <t>Transport Services</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E43" s="5" t="n">
-        <v>803750</v>
+        <v>217700</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>4109.17</v>
+        <v>4453.49</v>
       </c>
       <c r="G43" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0065</v>
       </c>
       <c r="J43" s="6" t="n"/>
       <c r="K43" s="1" t="inlineStr">
         <is>
-          <t>Food Products</t>
+          <t>Non - Ferrous Metals</t>
         </is>
       </c>
       <c r="L43" s="7" t="n">
-        <v>0.0064</v>
+        <v>0.0044</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="n">
         <v>37</v>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>One 97 Communications Limited</t>
+          <t>Container Corporation of India Limited</t>
         </is>
       </c>
       <c r="C44" s="1" t="inlineStr">
         <is>
-          <t>INE982J01020</t>
+          <t>INE111A01025</t>
         </is>
       </c>
       <c r="D44" s="1" t="inlineStr">
         <is>
-          <t>Financial Technology (Fintech)</t>
+          <t>Transport Services</t>
         </is>
       </c>
       <c r="E44" s="5" t="n">
-        <v>311025</v>
+        <v>877500</v>
       </c>
       <c r="F44" s="6" t="n">
-        <v>4107.4</v>
+        <v>4407.24</v>
       </c>
       <c r="G44" s="7" t="n">
-        <v>0.0062</v>
+        <v>0.0064</v>
       </c>
       <c r="J44" s="6" t="n"/>
       <c r="K44" s="1" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>Beverages</t>
         </is>
       </c>
       <c r="L44" s="7" t="n">
-        <v>0.0059</v>
+        <v>0.0041</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="1" t="n">
         <v>38</v>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Canara Bank</t>
+          <t>Bharti Airtel Limited - Partly Paid Shares</t>
         </is>
       </c>
       <c r="C45" s="1" t="inlineStr">
         <is>
-          <t>INE476A01022</t>
+          <t>IN9397D01014</t>
         </is>
       </c>
       <c r="D45" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Telecom - Services</t>
         </is>
       </c>
       <c r="E45" s="5" t="n">
-        <v>2673000</v>
+        <v>270750</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>4051.73</v>
+        <v>4234.8</v>
       </c>
       <c r="G45" s="7" t="n">
         <v>0.0061</v>
       </c>
       <c r="J45" s="6" t="n"/>
       <c r="K45" s="1" t="inlineStr">
         <is>
           <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="L45" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="1" t="n">
         <v>39</v>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Max Healthcare Institute Limited</t>
+          <t>DLF Limited</t>
         </is>
       </c>
       <c r="C46" s="1" t="inlineStr">
         <is>
-          <t>INE027H01010</t>
+          <t>INE271C01023</t>
         </is>
       </c>
       <c r="D46" s="1" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Realty</t>
         </is>
       </c>
       <c r="E46" s="5" t="n">
-        <v>331275</v>
+        <v>652575</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>3852.07</v>
+        <v>4148.75</v>
       </c>
       <c r="G46" s="7" t="n">
-        <v>0.0058</v>
+        <v>0.006</v>
       </c>
       <c r="J46" s="6" t="n"/>
       <c r="K46" s="1" t="inlineStr">
         <is>
-          <t>Leisure Services</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="L46" s="7" t="n">
-        <v>0.0042</v>
+        <v>0.0036</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="1" t="n">
         <v>40</v>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tata Steel Limited</t>
+          <t>Max Healthcare Institute Limited</t>
         </is>
       </c>
       <c r="C47" s="1" t="inlineStr">
         <is>
-          <t>INE081A01020</t>
+          <t>INE027H01010</t>
         </is>
       </c>
       <c r="D47" s="1" t="inlineStr">
         <is>
-          <t>Ferrous Metals</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="E47" s="5" t="n">
-        <v>2238500</v>
+        <v>425775</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>3759.78</v>
+        <v>4073.82</v>
       </c>
       <c r="G47" s="7" t="n">
-        <v>0.0056</v>
+        <v>0.0059</v>
       </c>
       <c r="J47" s="6" t="n"/>
       <c r="K47" s="1" t="inlineStr">
         <is>
-          <t>Sovereign</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="L47" s="7" t="n">
-        <v>0.0037</v>
+        <v>0.0035</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="1" t="n">
         <v>41</v>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Adani Ports and Special Economic Zone Limited</t>
+          <t>Dixon Technologies (India) Limited</t>
         </is>
       </c>
       <c r="C48" s="1" t="inlineStr">
         <is>
-          <t>INE742F01042</t>
+          <t>INE935N01020</t>
         </is>
       </c>
       <c r="D48" s="1" t="inlineStr">
         <is>
-          <t>Transport Infrastructure</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E48" s="5" t="n">
-        <v>239875</v>
+        <v>38100</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>3638.66</v>
+        <v>3979.93</v>
       </c>
       <c r="G48" s="7" t="n">
-        <v>0.0055</v>
+        <v>0.0058</v>
       </c>
       <c r="J48" s="6" t="n"/>
       <c r="K48" s="1" t="inlineStr">
         <is>
           <t>Minerals &amp; Mining</t>
         </is>
       </c>
       <c r="L48" s="7" t="n">
-        <v>0.0027</v>
+        <v>0.0028</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="1" t="n">
         <v>42</v>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>DLF Limited</t>
+          <t>Adani Ports and Special Economic Zone Limited</t>
         </is>
       </c>
       <c r="C49" s="1" t="inlineStr">
         <is>
-          <t>INE271C01023</t>
+          <t>INE742F01042</t>
         </is>
       </c>
       <c r="D49" s="1" t="inlineStr">
         <is>
-          <t>Realty</t>
+          <t>Transport Infrastructure</t>
         </is>
       </c>
       <c r="E49" s="5" t="n">
-        <v>500775</v>
+        <v>278825</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>3623.61</v>
+        <v>3958.76</v>
       </c>
       <c r="G49" s="7" t="n">
-        <v>0.0054</v>
+        <v>0.0057</v>
       </c>
       <c r="J49" s="6" t="n"/>
       <c r="K49" s="1" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
       <c r="L49" s="7" t="n">
-        <v>0.0022</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="1" t="n">
         <v>43</v>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>APL Apollo Tubes Limited</t>
+          <t>Divi's Laboratories Limited</t>
         </is>
       </c>
       <c r="C50" s="1" t="inlineStr">
         <is>
-          <t>INE702C01027</t>
+          <t>INE361B01024</t>
         </is>
       </c>
       <c r="D50" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E50" s="5" t="n">
-        <v>208600</v>
+        <v>61500</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>3585.63</v>
+        <v>3721.36</v>
       </c>
       <c r="G50" s="7" t="n">
         <v>0.0054</v>
       </c>
       <c r="J50" s="6" t="n"/>
       <c r="K50" s="1" t="inlineStr">
         <is>
-          <t>Beverages</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="L50" s="7" t="n">
-        <v>0.0022</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="1" t="n">
         <v>44</v>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>National Aluminium Company Limited</t>
+          <t>Titan Company Limited</t>
         </is>
       </c>
       <c r="C51" s="1" t="inlineStr">
         <is>
-          <t>INE139A01034</t>
+          <t>INE280A01028</t>
         </is>
       </c>
       <c r="D51" s="1" t="inlineStr">
         <is>
-          <t>Non - Ferrous Metals</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E51" s="5" t="n">
-        <v>1368750</v>
+        <v>91700</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>3558.48</v>
+        <v>3647.28</v>
       </c>
       <c r="G51" s="7" t="n">
         <v>0.0053</v>
       </c>
       <c r="J51" s="6" t="n"/>
       <c r="K51" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Leisure Services</t>
         </is>
       </c>
       <c r="L51" s="7" t="n">
-        <v>0.0017</v>
+        <v>0.0022</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="1" t="n">
         <v>45</v>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Multi Commodity Exchange of India Limited</t>
+          <t>BSE Limited</t>
         </is>
       </c>
       <c r="C52" s="1" t="inlineStr">
         <is>
-          <t>INE745G01035</t>
+          <t>INE118H01025</t>
         </is>
       </c>
       <c r="D52" s="1" t="inlineStr">
         <is>
           <t>Capital Markets</t>
         </is>
       </c>
       <c r="E52" s="5" t="n">
-        <v>33625</v>
+        <v>124125</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>3387.21</v>
+        <v>3471.78</v>
       </c>
       <c r="G52" s="7" t="n">
-        <v>0.0051</v>
+        <v>0.005</v>
       </c>
       <c r="J52" s="6" t="n"/>
       <c r="K52" s="1" t="inlineStr">
         <is>
-          <t>Oil</t>
+          <t>Personal Products</t>
         </is>
       </c>
       <c r="L52" s="7" t="n">
-        <v>0.0015</v>
+        <v>0.0013</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="1" t="n">
         <v>46</v>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Adani Energy Solutions Limited</t>
+          <t>Aditya Birla Capital Limited</t>
         </is>
       </c>
       <c r="C53" s="1" t="inlineStr">
         <is>
-          <t>INE931S01010</t>
+          <t>INE674K01013</t>
         </is>
       </c>
       <c r="D53" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E53" s="5" t="n">
-        <v>328050</v>
+        <v>998200</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>3262.62</v>
+        <v>3391.88</v>
       </c>
       <c r="G53" s="7" t="n">
         <v>0.0049</v>
       </c>
       <c r="J53" s="6" t="n"/>
       <c r="K53" s="1" t="inlineStr">
         <is>
-          <t>Fertilizers &amp; Agrochemicals</t>
+          <t>Industrial Manufacturing</t>
         </is>
       </c>
       <c r="L53" s="7" t="n">
-        <v>0.0014</v>
+        <v>0.0005999999999999999</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="n">
         <v>47</v>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>IndusInd Bank Limited</t>
+          <t>Grasim Industries Limited</t>
         </is>
       </c>
       <c r="C54" s="1" t="inlineStr">
         <is>
-          <t>INE095A01012</t>
+          <t>INE047A01021</t>
         </is>
       </c>
       <c r="D54" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Cement &amp; Cement Products</t>
         </is>
       </c>
       <c r="E54" s="5" t="n">
-        <v>377300</v>
+        <v>117500</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>3239.31</v>
+        <v>3312.32</v>
       </c>
       <c r="G54" s="7" t="n">
-        <v>0.0049</v>
+        <v>0.0048</v>
       </c>
       <c r="J54" s="6" t="n"/>
       <c r="K54" s="1" t="inlineStr">
         <is>
-          <t>Personal Products</t>
+          <t>Oil</t>
         </is>
       </c>
       <c r="L54" s="7" t="n">
-        <v>0.0013</v>
+        <v>0.0005</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="1" t="n">
         <v>48</v>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>RBL Bank Limited</t>
+          <t>Yes Bank Limited</t>
         </is>
       </c>
       <c r="C55" s="1" t="inlineStr">
         <is>
-          <t>INE976G01028</t>
+          <t>INE528G01035</t>
         </is>
       </c>
       <c r="D55" s="1" t="inlineStr">
         <is>
           <t>Banks</t>
         </is>
       </c>
       <c r="E55" s="5" t="n">
-        <v>1000125</v>
+        <v>15270100</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>3124.39</v>
+        <v>3269.33</v>
       </c>
       <c r="G55" s="7" t="n">
         <v>0.0047</v>
       </c>
       <c r="J55" s="6" t="n"/>
       <c r="K55" s="1" t="inlineStr">
         <is>
-          <t>Industrial Manufacturing</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="L55" s="7" t="n">
-        <v>0.0011</v>
+        <v>0.0001</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="1" t="n">
         <v>49</v>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Divi's Laboratories Limited</t>
+          <t>Godrej Properties Limited</t>
         </is>
       </c>
       <c r="C56" s="1" t="inlineStr">
         <is>
-          <t>INE361B01024</t>
+          <t>INE484J01027</t>
         </is>
       </c>
       <c r="D56" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Realty</t>
         </is>
       </c>
       <c r="E56" s="5" t="n">
-        <v>46600</v>
+        <v>193875</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>3018.28</v>
+        <v>3057.02</v>
       </c>
       <c r="G56" s="7" t="n">
-        <v>0.0045</v>
+        <v>0.0044</v>
       </c>
       <c r="J56" s="6" t="n"/>
       <c r="K56" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="L56" s="7" t="n">
-        <v>-0.7223000000000001</v>
+        <v>-0.7178</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="n">
         <v>50</v>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Steel Authority of India Limited</t>
+          <t>Maruti Suzuki India Limited</t>
         </is>
       </c>
       <c r="C57" s="1" t="inlineStr">
         <is>
-          <t>INE114A01011</t>
+          <t>INE585B01010</t>
         </is>
       </c>
       <c r="D57" s="1" t="inlineStr">
         <is>
-          <t>Ferrous Metals</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="E57" s="5" t="n">
-        <v>2157300</v>
+        <v>20750</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>2910.41</v>
+        <v>3029.29</v>
       </c>
       <c r="G57" s="7" t="n">
         <v>0.0044</v>
       </c>
       <c r="J57" s="6" t="n"/>
       <c r="K57" s="1" t="inlineStr">
         <is>
           <t>Cash &amp; Equivalent</t>
         </is>
       </c>
       <c r="L57" s="7" t="n">
-        <v>0.0106</v>
+        <v>0.0119</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="1" t="n">
         <v>51</v>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Coforge Limited</t>
+          <t>Adani Energy Solutions Limited</t>
         </is>
       </c>
       <c r="C58" s="1" t="inlineStr">
         <is>
-          <t>INE591G01025</t>
+          <t>INE931S01010</t>
         </is>
       </c>
       <c r="D58" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="E58" s="5" t="n">
-        <v>152250</v>
+        <v>329400</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>2906</v>
+        <v>2947.47</v>
       </c>
       <c r="G58" s="7" t="n">
-        <v>0.0044</v>
+        <v>0.0043</v>
       </c>
       <c r="J58" s="6" t="n"/>
     </row>
     <row r="59">
       <c r="A59" s="1" t="n">
         <v>52</v>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Grasim Industries Limited</t>
+          <t>Indus Towers Limited</t>
         </is>
       </c>
       <c r="C59" s="1" t="inlineStr">
         <is>
-          <t>INE047A01021</t>
+          <t>INE121J01017</t>
         </is>
       </c>
       <c r="D59" s="1" t="inlineStr">
         <is>
-          <t>Cement &amp; Cement Products</t>
+          <t>Telecom - Services</t>
         </is>
       </c>
       <c r="E59" s="5" t="n">
-        <v>105000</v>
+        <v>632400</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>2876.37</v>
+        <v>2809.75</v>
       </c>
       <c r="G59" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.0041</v>
       </c>
       <c r="J59" s="6" t="n"/>
     </row>
     <row r="60">
       <c r="A60" s="1" t="n">
         <v>53</v>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Aditya Birla Capital Limited</t>
+          <t>Nestle India Limited</t>
         </is>
       </c>
       <c r="C60" s="1" t="inlineStr">
         <is>
-          <t>INE674K01013</t>
+          <t>INE239A01024</t>
         </is>
       </c>
       <c r="D60" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Food Products</t>
         </is>
       </c>
       <c r="E60" s="5" t="n">
-        <v>802900</v>
+        <v>208500</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>2874.78</v>
+        <v>2778.05</v>
       </c>
       <c r="G60" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.004</v>
       </c>
       <c r="J60" s="6" t="n"/>
     </row>
     <row r="61">
       <c r="A61" s="1" t="n">
         <v>54</v>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Lupin Limited</t>
+          <t>Hindalco Industries Limited</t>
         </is>
       </c>
       <c r="C61" s="1" t="inlineStr">
         <is>
-          <t>INE326A01037</t>
+          <t>INE038A01020</t>
         </is>
       </c>
       <c r="D61" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Non - Ferrous Metals</t>
         </is>
       </c>
       <c r="E61" s="5" t="n">
-        <v>137275</v>
+        <v>275800</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>2858.34</v>
+        <v>2654.85</v>
       </c>
       <c r="G61" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.0039</v>
       </c>
       <c r="J61" s="6" t="n"/>
     </row>
     <row r="62">
       <c r="A62" s="1" t="n">
         <v>55</v>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>PNB Housing Finance Limited</t>
+          <t>Power Finance Corporation Limited</t>
         </is>
       </c>
       <c r="C62" s="1" t="inlineStr">
         <is>
-          <t>INE572E01012</t>
+          <t>INE134E01011</t>
         </is>
       </c>
       <c r="D62" s="1" t="inlineStr">
         <is>
           <t>Finance</t>
         </is>
       </c>
       <c r="E62" s="5" t="n">
-        <v>315250</v>
+        <v>668200</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>2853.96</v>
+        <v>2534.82</v>
       </c>
       <c r="G62" s="7" t="n">
-        <v>0.0043</v>
+        <v>0.0037</v>
       </c>
       <c r="J62" s="6" t="n"/>
     </row>
     <row r="63">
       <c r="A63" s="1" t="n">
         <v>56</v>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Nestle India Limited</t>
+          <t>Interglobe Aviation Limited</t>
         </is>
       </c>
       <c r="C63" s="1" t="inlineStr">
         <is>
-          <t>INE239A01024</t>
+          <t>INE646L01027</t>
         </is>
       </c>
       <c r="D63" s="1" t="inlineStr">
         <is>
-          <t>Food Products</t>
+          <t>Transport Services</t>
         </is>
       </c>
       <c r="E63" s="5" t="n">
-        <v>208500</v>
+        <v>54900</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>2629.39</v>
+        <v>2523.48</v>
       </c>
       <c r="G63" s="7" t="n">
-        <v>0.0039</v>
+        <v>0.0037</v>
       </c>
       <c r="J63" s="6" t="n"/>
     </row>
     <row r="64">
       <c r="A64" s="1" t="n">
         <v>57</v>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yes Bank Limited</t>
+          <t>Infosys Limited</t>
         </is>
       </c>
       <c r="C64" s="1" t="inlineStr">
         <is>
-          <t>INE528G01035</t>
+          <t>INE009A01021</t>
         </is>
       </c>
       <c r="D64" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E64" s="5" t="n">
-        <v>11196000</v>
+        <v>150000</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>2567.24</v>
+        <v>2461.5</v>
       </c>
       <c r="G64" s="7" t="n">
-        <v>0.0039</v>
+        <v>0.0036</v>
       </c>
       <c r="J64" s="6" t="n"/>
     </row>
     <row r="65">
       <c r="A65" s="1" t="n">
         <v>58</v>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bandhan Bank Limited</t>
+          <t>REC Limited</t>
         </is>
       </c>
       <c r="C65" s="1" t="inlineStr">
         <is>
-          <t>INE545U01014</t>
+          <t>INE020B01018</t>
         </is>
       </c>
       <c r="D65" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E65" s="5" t="n">
-        <v>1659600</v>
+        <v>670600</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>2495.37</v>
+        <v>2441.65</v>
       </c>
       <c r="G65" s="7" t="n">
-        <v>0.0037</v>
+        <v>0.0035</v>
       </c>
       <c r="J65" s="6" t="n"/>
     </row>
     <row r="66">
       <c r="A66" s="1" t="n">
         <v>59</v>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Limited</t>
+          <t>RBL Bank Limited</t>
         </is>
       </c>
       <c r="C66" s="1" t="inlineStr">
         <is>
-          <t>INE101A01026</t>
+          <t>INE976G01028</t>
         </is>
       </c>
       <c r="D66" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E66" s="5" t="n">
-        <v>63200</v>
+        <v>809625</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>2374.61</v>
+        <v>2418.75</v>
       </c>
       <c r="G66" s="7" t="n">
-        <v>0.0036</v>
+        <v>0.0035</v>
       </c>
       <c r="J66" s="6" t="n"/>
     </row>
     <row r="67">
       <c r="A67" s="1" t="n">
         <v>60</v>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>TATA CONSUMER PRODUCTS LIMITED</t>
+          <t>One 97 Communications Limited</t>
         </is>
       </c>
       <c r="C67" s="1" t="inlineStr">
         <is>
-          <t>INE192A01025</t>
+          <t>INE982J01020</t>
         </is>
       </c>
       <c r="D67" s="1" t="inlineStr">
         <is>
-          <t>Agricultural Food &amp; other Products</t>
+          <t>Financial Technology (Fintech)</t>
         </is>
       </c>
       <c r="E67" s="5" t="n">
-        <v>197450</v>
+        <v>210250</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>2314.9</v>
+        <v>2391.59</v>
       </c>
       <c r="G67" s="7" t="n">
         <v>0.0035</v>
       </c>
       <c r="J67" s="6" t="n"/>
     </row>
     <row r="68">
       <c r="A68" s="1" t="n">
         <v>61</v>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Maruti Suzuki India Limited</t>
+          <t>Crompton Greaves Consumer Electricals Limited</t>
         </is>
       </c>
       <c r="C68" s="1" t="inlineStr">
         <is>
-          <t>INE585B01010</t>
+          <t>INE299U01018</t>
         </is>
       </c>
       <c r="D68" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E68" s="5" t="n">
-        <v>14400</v>
+        <v>1078200</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>2289.6</v>
+        <v>2387.67</v>
       </c>
       <c r="G68" s="7" t="n">
-        <v>0.0034</v>
+        <v>0.0035</v>
       </c>
       <c r="J68" s="6" t="n"/>
     </row>
     <row r="69">
       <c r="A69" s="1" t="n">
         <v>62</v>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>NTPC Limited</t>
+          <t>Bank of India</t>
         </is>
       </c>
       <c r="C69" s="1" t="inlineStr">
         <is>
-          <t>INE733E01010</t>
+          <t>INE084A01016</t>
         </is>
       </c>
       <c r="D69" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E69" s="5" t="n">
-        <v>693000</v>
+        <v>1430000</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>2262.3</v>
+        <v>2346.63</v>
       </c>
       <c r="G69" s="7" t="n">
         <v>0.0034</v>
       </c>
       <c r="J69" s="6" t="n"/>
     </row>
     <row r="70">
       <c r="A70" s="1" t="n">
         <v>63</v>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sun Pharmaceutical Industries Limited</t>
+          <t>Varun Beverages Limited</t>
         </is>
       </c>
       <c r="C70" s="1" t="inlineStr">
         <is>
-          <t>INE044A01036</t>
+          <t>INE200M01039</t>
         </is>
       </c>
       <c r="D70" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Beverages</t>
         </is>
       </c>
       <c r="E70" s="5" t="n">
-        <v>119350</v>
+        <v>489375</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>2186.01</v>
+        <v>2306.18</v>
       </c>
       <c r="G70" s="7" t="n">
         <v>0.0033</v>
       </c>
       <c r="J70" s="6" t="n"/>
     </row>
     <row r="71">
       <c r="A71" s="1" t="n">
         <v>64</v>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Indus Towers Limited</t>
+          <t>PNB Housing Finance Limited</t>
         </is>
       </c>
       <c r="C71" s="1" t="inlineStr">
         <is>
-          <t>INE121J01017</t>
+          <t>INE572E01012</t>
         </is>
       </c>
       <c r="D71" s="1" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E71" s="5" t="n">
-        <v>528700</v>
+        <v>278850</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>2120.35</v>
+        <v>2293.26</v>
       </c>
       <c r="G71" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.0033</v>
       </c>
       <c r="J71" s="6" t="n"/>
     </row>
     <row r="72">
       <c r="A72" s="1" t="n">
         <v>65</v>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>JSW Energy Limited</t>
+          <t>Biocon Limited</t>
         </is>
       </c>
       <c r="C72" s="1" t="inlineStr">
         <is>
-          <t>INE121E01018</t>
+          <t>INE376G01013</t>
         </is>
       </c>
       <c r="D72" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E72" s="5" t="n">
-        <v>432000</v>
+        <v>560000</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>2110.97</v>
+        <v>2054.08</v>
       </c>
       <c r="G72" s="7" t="n">
-        <v>0.0032</v>
+        <v>0.003</v>
       </c>
       <c r="J72" s="6" t="n"/>
     </row>
     <row r="73">
       <c r="A73" s="1" t="n">
         <v>66</v>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>BSE Limited</t>
+          <t>Glenmark Pharmaceuticals Limited</t>
         </is>
       </c>
       <c r="C73" s="1" t="inlineStr">
         <is>
-          <t>INE118H01025</t>
+          <t>INE935A01035</t>
         </is>
       </c>
       <c r="D73" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E73" s="5" t="n">
-        <v>71250</v>
+        <v>97875</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>2067.96</v>
+        <v>1973.06</v>
       </c>
       <c r="G73" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0029</v>
       </c>
       <c r="J73" s="6" t="n"/>
     </row>
     <row r="74">
       <c r="A74" s="1" t="n">
         <v>67</v>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Biocon Limited</t>
+          <t>Exide Industries Limited</t>
         </is>
       </c>
       <c r="C74" s="1" t="inlineStr">
         <is>
-          <t>INE376G01013</t>
+          <t>INE302A01020</t>
         </is>
       </c>
       <c r="D74" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E74" s="5" t="n">
-        <v>512500</v>
+        <v>597600</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>2041.54</v>
+        <v>1921.88</v>
       </c>
       <c r="G74" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0028</v>
       </c>
       <c r="J74" s="6" t="n"/>
     </row>
     <row r="75">
       <c r="A75" s="1" t="n">
         <v>68</v>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Crompton Greaves Consumer Electricals Limited</t>
+          <t>NMDC Limited</t>
         </is>
       </c>
       <c r="C75" s="1" t="inlineStr">
         <is>
-          <t>INE299U01018</t>
+          <t>INE584A01023</t>
         </is>
       </c>
       <c r="D75" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Minerals &amp; Mining</t>
         </is>
       </c>
       <c r="E75" s="5" t="n">
-        <v>766800</v>
+        <v>2362500</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>2034.7</v>
+        <v>1918.59</v>
       </c>
       <c r="G75" s="7" t="n">
-        <v>0.0031</v>
+        <v>0.0028</v>
       </c>
       <c r="J75" s="6" t="n"/>
     </row>
     <row r="76">
       <c r="A76" s="1" t="n">
         <v>69</v>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hindustan Unilever Limited</t>
+          <t>Trent Limited</t>
         </is>
       </c>
       <c r="C76" s="1" t="inlineStr">
         <is>
-          <t>INE030A01027</t>
+          <t>INE849A01020</t>
         </is>
       </c>
       <c r="D76" s="1" t="inlineStr">
         <is>
-          <t>Diversified FMCG</t>
+          <t>Retailing</t>
         </is>
       </c>
       <c r="E76" s="5" t="n">
-        <v>81600</v>
+        <v>50000</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>2012.75</v>
+        <v>1892.75</v>
       </c>
       <c r="G76" s="7" t="n">
-        <v>0.003</v>
+        <v>0.0027</v>
       </c>
       <c r="J76" s="6" t="n"/>
     </row>
     <row r="77">
       <c r="A77" s="1" t="n">
         <v>70</v>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Exide Industries Limited</t>
+          <t>Sun Pharmaceutical Industries Limited</t>
         </is>
       </c>
       <c r="C77" s="1" t="inlineStr">
         <is>
-          <t>INE302A01020</t>
+          <t>INE044A01036</t>
         </is>
       </c>
       <c r="D77" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E77" s="5" t="n">
-        <v>534600</v>
+        <v>116900</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>2003.68</v>
+        <v>1864.91</v>
       </c>
       <c r="G77" s="7" t="n">
-        <v>0.003</v>
+        <v>0.0027</v>
       </c>
       <c r="J77" s="6" t="n"/>
     </row>
     <row r="78">
       <c r="A78" s="1" t="n">
         <v>71</v>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Patanjali Foods Limited</t>
+          <t>UPL Limited</t>
         </is>
       </c>
       <c r="C78" s="1" t="inlineStr">
         <is>
-          <t>INE619A01035</t>
+          <t>INE628A01036</t>
         </is>
       </c>
       <c r="D78" s="1" t="inlineStr">
         <is>
-          <t>Agricultural Food &amp; other Products</t>
+          <t>Fertilizers &amp; Agrochemicals</t>
         </is>
       </c>
       <c r="E78" s="5" t="n">
-        <v>342900</v>
+        <v>253385</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>1948.19</v>
+        <v>1783.7</v>
       </c>
       <c r="G78" s="7" t="n">
-        <v>0.0029</v>
+        <v>0.0026</v>
       </c>
       <c r="J78" s="6" t="n"/>
     </row>
     <row r="79">
       <c r="A79" s="1" t="n">
         <v>72</v>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Syngene International Limited</t>
+          <t>Patanjali Foods Limited</t>
         </is>
       </c>
       <c r="C79" s="1" t="inlineStr">
         <is>
-          <t>INE398R01022</t>
+          <t>INE619A01035</t>
         </is>
       </c>
       <c r="D79" s="1" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Agricultural Food &amp; other Products</t>
         </is>
       </c>
       <c r="E79" s="5" t="n">
-        <v>296000</v>
+        <v>356400</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>1918.97</v>
+        <v>1783.43</v>
       </c>
       <c r="G79" s="7" t="n">
-        <v>0.0029</v>
+        <v>0.0026</v>
       </c>
       <c r="J79" s="6" t="n"/>
     </row>
     <row r="80">
       <c r="A80" s="1" t="n">
         <v>73</v>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Life Insurance Corporation of India</t>
+          <t>Britannia Industries Limited</t>
         </is>
       </c>
       <c r="C80" s="1" t="inlineStr">
         <is>
-          <t>INE0J1Y01017</t>
+          <t>INE216A01030</t>
         </is>
       </c>
       <c r="D80" s="1" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>Food Products</t>
         </is>
       </c>
       <c r="E80" s="5" t="n">
-        <v>211400</v>
+        <v>28875</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>1890.87</v>
+        <v>1692.22</v>
       </c>
       <c r="G80" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.0025</v>
       </c>
       <c r="J80" s="6" t="n"/>
     </row>
     <row r="81">
       <c r="A81" s="1" t="n">
         <v>74</v>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Glenmark Pharmaceuticals Limited</t>
+          <t>Kalyan Jewellers India Limited</t>
         </is>
       </c>
       <c r="C81" s="1" t="inlineStr">
         <is>
-          <t>INE935A01035</t>
+          <t>INE303R01014</t>
         </is>
       </c>
       <c r="D81" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E81" s="5" t="n">
-        <v>94875</v>
+        <v>462950</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>1846.46</v>
+        <v>1674.26</v>
       </c>
       <c r="G81" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.0024</v>
       </c>
       <c r="J81" s="6" t="n"/>
     </row>
     <row r="82">
       <c r="A82" s="1" t="n">
         <v>75</v>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>AU Small Finance Bank Limited</t>
+          <t>TVS Motor Company Limited</t>
         </is>
       </c>
       <c r="C82" s="1" t="inlineStr">
         <is>
-          <t>INE949L01017</t>
+          <t>INE494B01023</t>
         </is>
       </c>
       <c r="D82" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="E82" s="5" t="n">
-        <v>193000</v>
+        <v>41650</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>1843.63</v>
+        <v>1531.64</v>
       </c>
       <c r="G82" s="7" t="n">
-        <v>0.0028</v>
+        <v>0.0022</v>
       </c>
       <c r="J82" s="6" t="n"/>
     </row>
     <row r="83">
       <c r="A83" s="1" t="n">
         <v>76</v>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>NMDC Limited</t>
+          <t>The Indian Hotels Company Limited</t>
         </is>
       </c>
       <c r="C83" s="1" t="inlineStr">
         <is>
-          <t>INE584A01023</t>
+          <t>INE053A01029</t>
         </is>
       </c>
       <c r="D83" s="1" t="inlineStr">
         <is>
-          <t>Minerals &amp; Mining</t>
+          <t>Leisure Services</t>
         </is>
       </c>
       <c r="E83" s="5" t="n">
-        <v>2463750</v>
+        <v>224000</v>
       </c>
       <c r="F83" s="6" t="n">
-        <v>1821.2</v>
+        <v>1510.1</v>
       </c>
       <c r="G83" s="7" t="n">
-        <v>0.0027</v>
+        <v>0.0022</v>
       </c>
       <c r="J83" s="6" t="n"/>
     </row>
     <row r="84">
       <c r="A84" s="1" t="n">
         <v>77</v>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bank of India</t>
+          <t>Ambuja Cements Limited</t>
         </is>
       </c>
       <c r="C84" s="1" t="inlineStr">
         <is>
-          <t>INE084A01016</t>
+          <t>INE079A01024</t>
         </is>
       </c>
       <c r="D84" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Cement &amp; Cement Products</t>
         </is>
       </c>
       <c r="E84" s="5" t="n">
-        <v>1222000</v>
+        <v>279300</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>1798.05</v>
+        <v>1424.85</v>
       </c>
       <c r="G84" s="7" t="n">
-        <v>0.0027</v>
+        <v>0.0021</v>
       </c>
       <c r="J84" s="6" t="n"/>
     </row>
     <row r="85">
       <c r="A85" s="1" t="n">
         <v>78</v>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>IIFL Finance Limited</t>
+          <t>Tata Motors Passenger Vehicles Limited</t>
         </is>
       </c>
       <c r="C85" s="1" t="inlineStr">
         <is>
-          <t>INE530B01024</t>
+          <t>INE155A01022</t>
         </is>
       </c>
       <c r="D85" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="E85" s="5" t="n">
-        <v>308550</v>
+        <v>404000</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>1785.58</v>
+        <v>1414.2</v>
       </c>
       <c r="G85" s="7" t="n">
-        <v>0.0027</v>
+        <v>0.0021</v>
       </c>
       <c r="J85" s="6" t="n"/>
     </row>
     <row r="86">
       <c r="A86" s="1" t="n">
         <v>79</v>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kalyan Jewellers India Limited</t>
+          <t>Samvardhana Motherson International Limited</t>
         </is>
       </c>
       <c r="C86" s="1" t="inlineStr">
         <is>
-          <t>INE303R01014</t>
+          <t>INE775A01035</t>
         </is>
       </c>
       <c r="D86" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E86" s="5" t="n">
-        <v>344275</v>
+        <v>1248450</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>1739.79</v>
+        <v>1409.5</v>
       </c>
       <c r="G86" s="7" t="n">
-        <v>0.0026</v>
+        <v>0.002</v>
       </c>
       <c r="J86" s="6" t="n"/>
     </row>
     <row r="87">
       <c r="A87" s="1" t="n">
         <v>80</v>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>SRF Limited</t>
+          <t>Canara Bank</t>
         </is>
       </c>
       <c r="C87" s="1" t="inlineStr">
         <is>
-          <t>INE647A01010</t>
+          <t>INE476A01022</t>
         </is>
       </c>
       <c r="D87" s="1" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E87" s="5" t="n">
-        <v>58000</v>
+        <v>945000</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>1697.83</v>
+        <v>1393.12</v>
       </c>
       <c r="G87" s="7" t="n">
-        <v>0.0025</v>
+        <v>0.002</v>
       </c>
       <c r="J87" s="6" t="n"/>
     </row>
     <row r="88">
       <c r="A88" s="1" t="n">
         <v>81</v>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Britannia Industries Limited</t>
+          <t>Laurus Labs Limited</t>
         </is>
       </c>
       <c r="C88" s="1" t="inlineStr">
         <is>
-          <t>INE216A01030</t>
+          <t>INE947Q01028</t>
         </is>
       </c>
       <c r="D88" s="1" t="inlineStr">
         <is>
-          <t>Food Products</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E88" s="5" t="n">
-        <v>28625</v>
+        <v>135150</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>1673.42</v>
+        <v>1304.2</v>
       </c>
       <c r="G88" s="7" t="n">
-        <v>0.0025</v>
+        <v>0.0019</v>
       </c>
       <c r="J88" s="6" t="n"/>
     </row>
     <row r="89">
       <c r="A89" s="1" t="n">
         <v>82</v>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>HCL Technologies Limited</t>
+          <t>Bajaj Finserv Limited</t>
         </is>
       </c>
       <c r="C89" s="1" t="inlineStr">
         <is>
-          <t>INE860A01027</t>
+          <t>INE918I01026</t>
         </is>
       </c>
       <c r="D89" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E89" s="5" t="n">
-        <v>97300</v>
+        <v>66000</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>1580.35</v>
+        <v>1288.72</v>
       </c>
       <c r="G89" s="7" t="n">
-        <v>0.0024</v>
+        <v>0.0019</v>
       </c>
       <c r="J89" s="6" t="n"/>
     </row>
     <row r="90">
       <c r="A90" s="1" t="n">
         <v>83</v>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Cyient Limited</t>
+          <t>Tech Mahindra Limited</t>
         </is>
       </c>
       <c r="C90" s="1" t="inlineStr">
         <is>
-          <t>INE136B01020</t>
+          <t>INE669C01036</t>
         </is>
       </c>
       <c r="D90" s="1" t="inlineStr">
         <is>
-          <t>IT - Services</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E90" s="5" t="n">
-        <v>132600</v>
+        <v>73800</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>1489.89</v>
+        <v>1286.41</v>
       </c>
       <c r="G90" s="7" t="n">
-        <v>0.0022</v>
+        <v>0.0019</v>
       </c>
       <c r="J90" s="6" t="n"/>
     </row>
     <row r="91">
       <c r="A91" s="1" t="n">
         <v>84</v>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Samvardhana Motherson International Limited</t>
+          <t>Delhivery Limited</t>
         </is>
       </c>
       <c r="C91" s="1" t="inlineStr">
         <is>
-          <t>INE775A01035</t>
+          <t>INE148O01028</t>
         </is>
       </c>
       <c r="D91" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Transport Services</t>
         </is>
       </c>
       <c r="E91" s="5" t="n">
-        <v>1223850</v>
+        <v>302950</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>1423.46</v>
+        <v>1281.33</v>
       </c>
       <c r="G91" s="7" t="n">
-        <v>0.0021</v>
+        <v>0.0019</v>
       </c>
       <c r="J91" s="6" t="n"/>
     </row>
     <row r="92">
       <c r="A92" s="1" t="n">
         <v>85</v>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Alkem Laboratories Limited</t>
+          <t>HDFC Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C92" s="1" t="inlineStr">
         <is>
-          <t>INE540L01014</t>
+          <t>INE795G01014</t>
         </is>
       </c>
       <c r="D92" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E92" s="5" t="n">
-        <v>24875</v>
+        <v>174900</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>1414.14</v>
+        <v>1278.52</v>
       </c>
       <c r="G92" s="7" t="n">
-        <v>0.0021</v>
+        <v>0.0019</v>
       </c>
       <c r="J92" s="6" t="n"/>
     </row>
     <row r="93">
       <c r="A93" s="1" t="n">
         <v>86</v>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Lodha Developers Limited</t>
+          <t>The Phoenix Mills Limited</t>
         </is>
       </c>
       <c r="C93" s="1" t="inlineStr">
         <is>
-          <t>INE670K01029</t>
+          <t>INE211B01039</t>
         </is>
       </c>
       <c r="D93" s="1" t="inlineStr">
         <is>
           <t>Realty</t>
         </is>
       </c>
       <c r="E93" s="5" t="n">
-        <v>118350</v>
+        <v>76300</v>
       </c>
       <c r="F93" s="6" t="n">
-        <v>1358.89</v>
+        <v>1274.74</v>
       </c>
       <c r="G93" s="7" t="n">
-        <v>0.002</v>
+        <v>0.0018</v>
       </c>
       <c r="J93" s="6" t="n"/>
     </row>
     <row r="94">
       <c r="A94" s="1" t="n">
         <v>87</v>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>The Phoenix Mills Limited</t>
+          <t>ICICI Prudential Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C94" s="1" t="inlineStr">
         <is>
-          <t>INE211B01039</t>
+          <t>INE726G01019</t>
         </is>
       </c>
       <c r="D94" s="1" t="inlineStr">
         <is>
-          <t>Realty</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E94" s="5" t="n">
-        <v>78050</v>
+        <v>199800</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>1355.57</v>
+        <v>1272.43</v>
       </c>
       <c r="G94" s="7" t="n">
-        <v>0.002</v>
+        <v>0.0018</v>
       </c>
       <c r="J94" s="6" t="n"/>
     </row>
     <row r="95">
       <c r="A95" s="1" t="n">
         <v>88</v>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Varun Beverages Limited</t>
+          <t>HDFC Asset Management Company Limited</t>
         </is>
       </c>
       <c r="C95" s="1" t="inlineStr">
         <is>
-          <t>INE200M01039</t>
+          <t>INE127D01025</t>
         </is>
       </c>
       <c r="D95" s="1" t="inlineStr">
         <is>
-          <t>Beverages</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="E95" s="5" t="n">
-        <v>280700</v>
+        <v>48900</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>1351.71</v>
+        <v>1230.18</v>
       </c>
       <c r="G95" s="7" t="n">
-        <v>0.002</v>
+        <v>0.0018</v>
       </c>
       <c r="J95" s="6" t="n"/>
     </row>
     <row r="96">
       <c r="A96" s="1" t="n">
         <v>89</v>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Indian Energy Exchange Limited</t>
+          <t>Manappuram Finance Limited</t>
         </is>
       </c>
       <c r="C96" s="1" t="inlineStr">
         <is>
-          <t>INE022Q01020</t>
+          <t>INE522D01027</t>
         </is>
       </c>
       <c r="D96" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E96" s="5" t="n">
-        <v>967500</v>
+        <v>429000</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>1347.63</v>
+        <v>1221.15</v>
       </c>
       <c r="G96" s="7" t="n">
-        <v>0.002</v>
+        <v>0.0018</v>
       </c>
       <c r="J96" s="6" t="n"/>
     </row>
     <row r="97">
       <c r="A97" s="1" t="n">
         <v>90</v>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Hero MotoCorp Limited</t>
+          <t>Syngene International Limited</t>
         </is>
       </c>
       <c r="C97" s="1" t="inlineStr">
         <is>
-          <t>INE158A01026</t>
+          <t>INE398R01022</t>
         </is>
       </c>
       <c r="D97" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="E97" s="5" t="n">
-        <v>21600</v>
+        <v>256000</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>1333.69</v>
+        <v>1212.03</v>
       </c>
       <c r="G97" s="7" t="n">
-        <v>0.002</v>
+        <v>0.0018</v>
       </c>
       <c r="J97" s="6" t="n"/>
     </row>
     <row r="98">
       <c r="A98" s="1" t="n">
         <v>91</v>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dixon Technologies (India) Limited</t>
+          <t>Lodha Developers Limited</t>
         </is>
       </c>
       <c r="C98" s="1" t="inlineStr">
         <is>
-          <t>INE935N01020</t>
+          <t>INE670K01029</t>
         </is>
       </c>
       <c r="D98" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Realty</t>
         </is>
       </c>
       <c r="E98" s="5" t="n">
-        <v>9050</v>
+        <v>118800</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>1321.39</v>
+        <v>1154.14</v>
       </c>
       <c r="G98" s="7" t="n">
-        <v>0.002</v>
+        <v>0.0017</v>
       </c>
       <c r="J98" s="6" t="n"/>
     </row>
     <row r="99">
       <c r="A99" s="1" t="n">
         <v>92</v>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ambuja Cements Limited</t>
+          <t>Adani Green Energy Limited</t>
         </is>
       </c>
       <c r="C99" s="1" t="inlineStr">
         <is>
-          <t>INE079A01024</t>
+          <t>INE364U01010</t>
         </is>
       </c>
       <c r="D99" s="1" t="inlineStr">
         <is>
-          <t>Cement &amp; Cement Products</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="E99" s="5" t="n">
-        <v>229950</v>
+        <v>133800</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>1265.18</v>
+        <v>1140.38</v>
       </c>
       <c r="G99" s="7" t="n">
-        <v>0.0019</v>
+        <v>0.0017</v>
       </c>
       <c r="J99" s="6" t="n"/>
     </row>
     <row r="100">
       <c r="A100" s="1" t="n">
         <v>93</v>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>The Indian Hotels Company Limited</t>
+          <t>Petronet LNG Limited</t>
         </is>
       </c>
       <c r="C100" s="1" t="inlineStr">
         <is>
-          <t>INE053A01029</t>
+          <t>INE347G01014</t>
         </is>
       </c>
       <c r="D100" s="1" t="inlineStr">
         <is>
-          <t>Leisure Services</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E100" s="5" t="n">
-        <v>165000</v>
+        <v>391400</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>1228.1</v>
+        <v>1134.08</v>
       </c>
       <c r="G100" s="7" t="n">
-        <v>0.0018</v>
+        <v>0.0016</v>
       </c>
       <c r="J100" s="6" t="n"/>
     </row>
     <row r="101">
       <c r="A101" s="1" t="n">
         <v>94</v>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finserv Limited</t>
+          <t>Indian Oil Corporation Limited</t>
         </is>
       </c>
       <c r="C101" s="1" t="inlineStr">
         <is>
-          <t>INE918I01026</t>
+          <t>INE242A01010</t>
         </is>
       </c>
       <c r="D101" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Petroleum Products</t>
         </is>
       </c>
       <c r="E101" s="5" t="n">
-        <v>58500</v>
+        <v>692250</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>1224.99</v>
+        <v>1130.03</v>
       </c>
       <c r="G101" s="7" t="n">
-        <v>0.0018</v>
+        <v>0.0016</v>
       </c>
       <c r="J101" s="6" t="n"/>
     </row>
     <row r="102">
       <c r="A102" s="1" t="n">
         <v>95</v>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tata Motors Passenger Vehicles Limited</t>
+          <t>Amber Enterprises India Limited</t>
         </is>
       </c>
       <c r="C102" s="1" t="inlineStr">
         <is>
-          <t>INE155A01022</t>
+          <t>INE371P01015</t>
         </is>
       </c>
       <c r="D102" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E102" s="5" t="n">
-        <v>343200</v>
+        <v>19500</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>1224.54</v>
+        <v>1114.62</v>
       </c>
       <c r="G102" s="7" t="n">
-        <v>0.0018</v>
+        <v>0.0016</v>
       </c>
       <c r="J102" s="6" t="n"/>
     </row>
     <row r="103">
       <c r="A103" s="1" t="n">
         <v>96</v>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Manappuram Finance Limited</t>
+          <t>AU Small Finance Bank Limited</t>
         </is>
       </c>
       <c r="C103" s="1" t="inlineStr">
         <is>
-          <t>INE522D01027</t>
+          <t>INE949L01017</t>
         </is>
       </c>
       <c r="D103" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E103" s="5" t="n">
-        <v>429000</v>
+        <v>113000</v>
       </c>
       <c r="F103" s="6" t="n">
-        <v>1222.44</v>
+        <v>1110.06</v>
       </c>
       <c r="G103" s="7" t="n">
-        <v>0.0018</v>
+        <v>0.0016</v>
       </c>
       <c r="J103" s="6" t="n"/>
     </row>
     <row r="104">
       <c r="A104" s="1" t="n">
         <v>97</v>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Central Depository Services (India) Limited</t>
+          <t>JSW Energy Limited</t>
         </is>
       </c>
       <c r="C104" s="1" t="inlineStr">
         <is>
-          <t>INE736A01011</t>
+          <t>INE121E01018</t>
         </is>
       </c>
       <c r="D104" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="E104" s="5" t="n">
-        <v>75050</v>
+        <v>240000</v>
       </c>
       <c r="F104" s="6" t="n">
-        <v>1213.71</v>
+        <v>1103.52</v>
       </c>
       <c r="G104" s="7" t="n">
-        <v>0.0018</v>
+        <v>0.0016</v>
       </c>
       <c r="J104" s="6" t="n"/>
     </row>
     <row r="105">
       <c r="A105" s="1" t="n">
         <v>98</v>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Trent Limited</t>
+          <t>Pidilite Industries Limited</t>
         </is>
       </c>
       <c r="C105" s="1" t="inlineStr">
         <is>
-          <t>INE849A01020</t>
+          <t>INE318A01026</t>
         </is>
       </c>
       <c r="D105" s="1" t="inlineStr">
         <is>
-          <t>Retailing</t>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="E105" s="5" t="n">
-        <v>28000</v>
+        <v>68000</v>
       </c>
       <c r="F105" s="6" t="n">
-        <v>1190.11</v>
+        <v>973.15</v>
       </c>
       <c r="G105" s="7" t="n">
-        <v>0.0018</v>
+        <v>0.0014</v>
       </c>
       <c r="J105" s="6" t="n"/>
     </row>
     <row r="106">
       <c r="A106" s="1" t="n">
         <v>99</v>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Catering And Tourism Corporation Limited</t>
+          <t>TATA CONSUMER PRODUCTS LIMITED</t>
         </is>
       </c>
       <c r="C106" s="1" t="inlineStr">
         <is>
-          <t>INE335Y01020</t>
+          <t>INE192A01025</t>
         </is>
       </c>
       <c r="D106" s="1" t="inlineStr">
         <is>
-          <t>Leisure Services</t>
+          <t>Agricultural Food &amp; other Products</t>
         </is>
       </c>
       <c r="E106" s="5" t="n">
-        <v>161875</v>
+        <v>85800</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>1111.6</v>
+        <v>972.89</v>
       </c>
       <c r="G106" s="7" t="n">
-        <v>0.0017</v>
+        <v>0.0014</v>
       </c>
       <c r="J106" s="6" t="n"/>
     </row>
     <row r="107">
       <c r="A107" s="1" t="n">
         <v>100</v>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>ICICI Prudential Life Insurance Company Limited</t>
+          <t>Solar Industries India Limited</t>
         </is>
       </c>
       <c r="C107" s="1" t="inlineStr">
         <is>
-          <t>INE726G01019</t>
+          <t>INE343H01029</t>
         </is>
       </c>
       <c r="D107" s="1" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="E107" s="5" t="n">
-        <v>177600</v>
+        <v>7200</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>1100.68</v>
+        <v>970.5599999999999</v>
       </c>
       <c r="G107" s="7" t="n">
-        <v>0.0017</v>
+        <v>0.0014</v>
       </c>
       <c r="J107" s="6" t="n"/>
     </row>
     <row r="108">
       <c r="A108" s="1" t="n">
         <v>101</v>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Adani Green Energy Limited</t>
+          <t>Sona BLW Precision Forgings Limited</t>
         </is>
       </c>
       <c r="C108" s="1" t="inlineStr">
         <is>
-          <t>INE364U01010</t>
+          <t>INE073K01018</t>
         </is>
       </c>
       <c r="D108" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E108" s="5" t="n">
-        <v>104400</v>
+        <v>187425</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>1094.32</v>
+        <v>929.16</v>
       </c>
       <c r="G108" s="7" t="n">
-        <v>0.0016</v>
+        <v>0.0013</v>
       </c>
       <c r="J108" s="6" t="n"/>
     </row>
     <row r="109">
       <c r="A109" s="1" t="n">
         <v>102</v>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Sona BLW Precision Forgings Limited</t>
+          <t>Life Insurance Corporation of India</t>
         </is>
       </c>
       <c r="C109" s="1" t="inlineStr">
         <is>
-          <t>INE073K01018</t>
+          <t>INE0J1Y01017</t>
         </is>
       </c>
       <c r="D109" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E109" s="5" t="n">
-        <v>196525</v>
+        <v>109200</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>1005.72</v>
+        <v>900.35</v>
       </c>
       <c r="G109" s="7" t="n">
-        <v>0.0015</v>
+        <v>0.0013</v>
       </c>
       <c r="J109" s="6" t="n"/>
     </row>
     <row r="110">
       <c r="A110" s="1" t="n">
         <v>103</v>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Oil &amp; Natural Gas Corporation Limited</t>
+          <t>Hindustan Petroleum Corporation Limited</t>
         </is>
       </c>
       <c r="C110" s="1" t="inlineStr">
         <is>
-          <t>INE213A01029</t>
+          <t>INE094A01015</t>
         </is>
       </c>
       <c r="D110" s="1" t="inlineStr">
         <is>
-          <t>Oil</t>
+          <t>Petroleum Products</t>
         </is>
       </c>
       <c r="E110" s="5" t="n">
-        <v>405000</v>
+        <v>200475</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>985.16</v>
+        <v>856.03</v>
       </c>
       <c r="G110" s="7" t="n">
-        <v>0.0015</v>
+        <v>0.0012</v>
       </c>
       <c r="J110" s="6" t="n"/>
     </row>
     <row r="111">
       <c r="A111" s="1" t="n">
         <v>104</v>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Godrej Properties Limited</t>
+          <t>PB Fintech Limited</t>
         </is>
       </c>
       <c r="C111" s="1" t="inlineStr">
         <is>
-          <t>INE484J01027</t>
+          <t>INE417T01026</t>
         </is>
       </c>
       <c r="D111" s="1" t="inlineStr">
         <is>
-          <t>Realty</t>
+          <t>Financial Technology (Fintech)</t>
         </is>
       </c>
       <c r="E111" s="5" t="n">
-        <v>46475</v>
+        <v>51450</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>982.76</v>
+        <v>851.24</v>
       </c>
       <c r="G111" s="7" t="n">
-        <v>0.0015</v>
+        <v>0.0012</v>
       </c>
       <c r="J111" s="6" t="n"/>
     </row>
     <row r="112">
       <c r="A112" s="1" t="n">
         <v>105</v>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Info Edge (India) Limited</t>
+          <t>SRF Limited</t>
         </is>
       </c>
       <c r="C112" s="1" t="inlineStr">
         <is>
-          <t>INE663F01032</t>
+          <t>INE647A01010</t>
         </is>
       </c>
       <c r="D112" s="1" t="inlineStr">
         <is>
-          <t>Retailing</t>
+          <t>Chemicals &amp; Petrochemicals</t>
         </is>
       </c>
       <c r="E112" s="5" t="n">
-        <v>72750</v>
+        <v>29600</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>967.72</v>
+        <v>833.62</v>
       </c>
       <c r="G112" s="7" t="n">
-        <v>0.0015</v>
+        <v>0.0012</v>
       </c>
       <c r="J112" s="6" t="n"/>
     </row>
     <row r="113">
       <c r="A113" s="1" t="n">
         <v>106</v>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>UPL Limited</t>
+          <t>Apollo Hospitals Enterprise Limited</t>
         </is>
       </c>
       <c r="C113" s="1" t="inlineStr">
         <is>
-          <t>INE628A01036</t>
+          <t>INE437A01024</t>
         </is>
       </c>
       <c r="D113" s="1" t="inlineStr">
         <is>
-          <t>Fertilizers &amp; Agrochemicals</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="E113" s="5" t="n">
-        <v>121950</v>
+        <v>11750</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>925.17</v>
+        <v>817.86</v>
       </c>
       <c r="G113" s="7" t="n">
-        <v>0.0014</v>
+        <v>0.0012</v>
       </c>
       <c r="J113" s="6" t="n"/>
     </row>
     <row r="114">
       <c r="A114" s="1" t="n">
         <v>107</v>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hindustan Petroleum Corporation Limited</t>
+          <t>Polycab India Limited</t>
         </is>
       </c>
       <c r="C114" s="1" t="inlineStr">
         <is>
-          <t>INE094A01015</t>
+          <t>INE455K01017</t>
         </is>
       </c>
       <c r="D114" s="1" t="inlineStr">
         <is>
-          <t>Petroleum Products</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E114" s="5" t="n">
-        <v>200475</v>
+        <v>11625</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>917.17</v>
+        <v>815.3200000000001</v>
       </c>
       <c r="G114" s="7" t="n">
-        <v>0.0014</v>
+        <v>0.0012</v>
       </c>
       <c r="J114" s="6" t="n"/>
     </row>
     <row r="115">
       <c r="A115" s="1" t="n">
         <v>108</v>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Pidilite Industries Limited</t>
+          <t>Godrej Consumer Products Limited</t>
         </is>
       </c>
       <c r="C115" s="1" t="inlineStr">
         <is>
-          <t>INE318A01026</t>
+          <t>INE102D01028</t>
         </is>
       </c>
       <c r="D115" s="1" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>Personal Products</t>
         </is>
       </c>
       <c r="E115" s="5" t="n">
-        <v>62000</v>
+        <v>70000</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>911.28</v>
+        <v>807.87</v>
       </c>
       <c r="G115" s="7" t="n">
-        <v>0.0014</v>
+        <v>0.0012</v>
       </c>
       <c r="J115" s="6" t="n"/>
     </row>
     <row r="116">
       <c r="A116" s="1" t="n">
         <v>109</v>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Godrej Consumer Products Limited</t>
+          <t>Suzlon Energy Limited</t>
         </is>
       </c>
       <c r="C116" s="1" t="inlineStr">
         <is>
-          <t>INE102D01028</t>
+          <t>INE040H01021</t>
         </is>
       </c>
       <c r="D116" s="1" t="inlineStr">
         <is>
-          <t>Personal Products</t>
+          <t>Electrical Equipment</t>
         </is>
       </c>
       <c r="E116" s="5" t="n">
-        <v>73000</v>
+        <v>1660600</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>836.29</v>
+        <v>791.61</v>
       </c>
       <c r="G116" s="7" t="n">
-        <v>0.0013</v>
+        <v>0.0011</v>
       </c>
       <c r="J116" s="6" t="n"/>
     </row>
     <row r="117">
       <c r="A117" s="1" t="n">
         <v>110</v>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Tech Mahindra Limited</t>
+          <t>NTPC Limited</t>
         </is>
       </c>
       <c r="C117" s="1" t="inlineStr">
         <is>
-          <t>INE669C01036</t>
+          <t>INE733E01010</t>
         </is>
       </c>
       <c r="D117" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="E117" s="5" t="n">
-        <v>54600</v>
+        <v>205500</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>828.45</v>
+        <v>731.58</v>
       </c>
       <c r="G117" s="7" t="n">
-        <v>0.0012</v>
+        <v>0.0011</v>
       </c>
       <c r="J117" s="6" t="n"/>
     </row>
     <row r="118">
       <c r="A118" s="1" t="n">
         <v>111</v>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>MphasiS Limited</t>
+          <t>GAIL (India) Limited</t>
         </is>
       </c>
       <c r="C118" s="1" t="inlineStr">
         <is>
-          <t>INE356A01018</t>
+          <t>INE129A01019</t>
         </is>
       </c>
       <c r="D118" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Gas</t>
         </is>
       </c>
       <c r="E118" s="5" t="n">
-        <v>28600</v>
+        <v>425250</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>804.0599999999999</v>
+        <v>711.4</v>
       </c>
       <c r="G118" s="7" t="n">
-        <v>0.0012</v>
+        <v>0.001</v>
       </c>
       <c r="J118" s="6" t="n"/>
     </row>
     <row r="119">
       <c r="A119" s="1" t="n">
         <v>112</v>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>HFCL Limited</t>
+          <t>Max Financial Services Limited</t>
         </is>
       </c>
       <c r="C119" s="1" t="inlineStr">
         <is>
-          <t>INE548A01028</t>
+          <t>INE180A01020</t>
         </is>
       </c>
       <c r="D119" s="1" t="inlineStr">
         <is>
-          <t>Telecom - Services</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E119" s="5" t="n">
-        <v>1141650</v>
+        <v>44000</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>801.1</v>
+        <v>709.98</v>
       </c>
       <c r="G119" s="7" t="n">
-        <v>0.0012</v>
+        <v>0.001</v>
       </c>
       <c r="J119" s="6" t="n"/>
     </row>
     <row r="120">
       <c r="A120" s="1" t="n">
         <v>113</v>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Petronet LNG Limited</t>
+          <t>Inox Wind Limited</t>
         </is>
       </c>
       <c r="C120" s="1" t="inlineStr">
         <is>
-          <t>INE347G01014</t>
+          <t>INE066P01011</t>
         </is>
       </c>
       <c r="D120" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>Electrical Equipment</t>
         </is>
       </c>
       <c r="E120" s="5" t="n">
-        <v>294600</v>
+        <v>643500</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>800.87</v>
+        <v>694.59</v>
       </c>
       <c r="G120" s="7" t="n">
-        <v>0.0012</v>
+        <v>0.001</v>
       </c>
       <c r="J120" s="6" t="n"/>
     </row>
     <row r="121">
       <c r="A121" s="1" t="n">
         <v>114</v>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Asian Paints Limited</t>
+          <t>SBI Life Insurance Company Limited</t>
         </is>
       </c>
       <c r="C121" s="1" t="inlineStr">
         <is>
-          <t>INE021A01026</t>
+          <t>INE123W01016</t>
         </is>
       </c>
       <c r="D121" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Insurance</t>
         </is>
       </c>
       <c r="E121" s="5" t="n">
-        <v>27750</v>
+        <v>32250</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>797.65</v>
+        <v>644.52</v>
       </c>
       <c r="G121" s="7" t="n">
-        <v>0.0012</v>
+        <v>0.0009</v>
       </c>
       <c r="J121" s="6" t="n"/>
     </row>
     <row r="122">
       <c r="A122" s="1" t="n">
         <v>115</v>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Cipla Limited</t>
+          <t>CG Power and Industrial Solutions Limited</t>
         </is>
       </c>
       <c r="C122" s="1" t="inlineStr">
         <is>
-          <t>INE059A01026</t>
+          <t>INE067A01029</t>
         </is>
       </c>
       <c r="D122" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Electrical Equipment</t>
         </is>
       </c>
       <c r="E122" s="5" t="n">
-        <v>49125</v>
+        <v>107100</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>752.25</v>
+        <v>625.52</v>
       </c>
       <c r="G122" s="7" t="n">
-        <v>0.0011</v>
+        <v>0.0009</v>
       </c>
       <c r="J122" s="6" t="n"/>
     </row>
     <row r="123">
       <c r="A123" s="1" t="n">
         <v>116</v>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Apollo Hospitals Enterprise Limited</t>
+          <t>Eicher Motors Limited</t>
         </is>
       </c>
       <c r="C123" s="1" t="inlineStr">
         <is>
-          <t>INE437A01024</t>
+          <t>INE066A01021</t>
         </is>
       </c>
       <c r="D123" s="1" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Automobiles</t>
         </is>
       </c>
       <c r="E123" s="5" t="n">
-        <v>10000</v>
+        <v>8400</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>733.55</v>
+        <v>598.29</v>
       </c>
       <c r="G123" s="7" t="n">
-        <v>0.0011</v>
+        <v>0.0009</v>
       </c>
       <c r="J123" s="6" t="n"/>
     </row>
     <row r="124">
       <c r="A124" s="1" t="n">
         <v>117</v>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Computer Age Management Services Limited</t>
+          <t>MphasiS Limited</t>
         </is>
       </c>
       <c r="C124" s="1" t="inlineStr">
         <is>
-          <t>INE596I01012</t>
+          <t>INE356A01018</t>
         </is>
       </c>
       <c r="D124" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E124" s="5" t="n">
-        <v>18750</v>
+        <v>21450</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>725.6799999999999</v>
+        <v>591.8099999999999</v>
       </c>
       <c r="G124" s="7" t="n">
-        <v>0.0011</v>
+        <v>0.0009</v>
       </c>
       <c r="J124" s="6" t="n"/>
     </row>
     <row r="125">
       <c r="A125" s="1" t="n">
         <v>118</v>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Indian Oil Corporation Limited</t>
+          <t>United Spirits Limited</t>
         </is>
       </c>
       <c r="C125" s="1" t="inlineStr">
         <is>
-          <t>INE242A01010</t>
+          <t>INE854D01024</t>
         </is>
       </c>
       <c r="D125" s="1" t="inlineStr">
         <is>
-          <t>Petroleum Products</t>
+          <t>Beverages</t>
         </is>
       </c>
       <c r="E125" s="5" t="n">
-        <v>448500</v>
+        <v>42800</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>725.45</v>
+        <v>583.1900000000001</v>
       </c>
       <c r="G125" s="7" t="n">
-        <v>0.0011</v>
+        <v>0.0008</v>
       </c>
       <c r="J125" s="6" t="n"/>
     </row>
     <row r="126">
       <c r="A126" s="1" t="n">
         <v>119</v>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hindustan Zinc Limited</t>
+          <t>FSN E-Commerce Ventures Limited</t>
         </is>
       </c>
       <c r="C126" s="1" t="inlineStr">
         <is>
-          <t>INE267A01025</t>
+          <t>INE388Y01029</t>
         </is>
       </c>
       <c r="D126" s="1" t="inlineStr">
         <is>
-          <t>Non - Ferrous Metals</t>
+          <t>Retailing</t>
         </is>
       </c>
       <c r="E126" s="5" t="n">
-        <v>144550</v>
+        <v>221875</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>701.36</v>
+        <v>526.95</v>
       </c>
       <c r="G126" s="7" t="n">
-        <v>0.0011</v>
+        <v>0.0008</v>
       </c>
       <c r="J126" s="6" t="n"/>
     </row>
     <row r="127">
       <c r="A127" s="1" t="n">
         <v>120</v>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kaynes Technology India Limited</t>
+          <t>Fortis Healthcare Limited</t>
         </is>
       </c>
       <c r="C127" s="1" t="inlineStr">
         <is>
-          <t>INE918Z01012</t>
+          <t>INE061F01013</t>
         </is>
       </c>
       <c r="D127" s="1" t="inlineStr">
         <is>
-          <t>Industrial Manufacturing</t>
+          <t>Healthcare Services</t>
         </is>
       </c>
       <c r="E127" s="5" t="n">
-        <v>12300</v>
+        <v>53475</v>
       </c>
       <c r="F127" s="6" t="n">
-        <v>675.27</v>
+        <v>455.34</v>
       </c>
       <c r="G127" s="7" t="n">
-        <v>0.001</v>
+        <v>0.0007</v>
       </c>
       <c r="J127" s="6" t="n"/>
     </row>
     <row r="128">
       <c r="A128" s="1" t="n">
         <v>121</v>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Power Grid Corporation of India Limited</t>
+          <t>NBCC (India) Limited</t>
         </is>
       </c>
       <c r="C128" s="1" t="inlineStr">
         <is>
-          <t>INE752E01010</t>
+          <t>INE095N01031</t>
         </is>
       </c>
       <c r="D128" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Construction</t>
         </is>
       </c>
       <c r="E128" s="5" t="n">
-        <v>243200</v>
+        <v>435500</v>
       </c>
       <c r="F128" s="6" t="n">
-        <v>656.52</v>
+        <v>430.54</v>
       </c>
       <c r="G128" s="7" t="n">
-        <v>0.001</v>
+        <v>0.0005999999999999999</v>
       </c>
       <c r="J128" s="6" t="n"/>
     </row>
     <row r="129">
       <c r="A129" s="1" t="n">
         <v>122</v>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Max Financial Services Limited</t>
+          <t>Mazagon Dock Shipbuilders Limited</t>
         </is>
       </c>
       <c r="C129" s="1" t="inlineStr">
         <is>
-          <t>INE180A01020</t>
+          <t>INE249Z01020</t>
         </is>
       </c>
       <c r="D129" s="1" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>Industrial Manufacturing</t>
         </is>
       </c>
       <c r="E129" s="5" t="n">
-        <v>37600</v>
+        <v>16000</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>639.99</v>
+        <v>411.66</v>
       </c>
       <c r="G129" s="7" t="n">
-        <v>0.001</v>
+        <v>0.0005999999999999999</v>
       </c>
       <c r="J129" s="6" t="n"/>
     </row>
     <row r="130">
       <c r="A130" s="1" t="n">
         <v>123</v>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Interglobe Aviation Limited</t>
+          <t>Union Bank of India</t>
         </is>
       </c>
       <c r="C130" s="1" t="inlineStr">
         <is>
-          <t>INE646L01027</t>
+          <t>INE692A01016</t>
         </is>
       </c>
       <c r="D130" s="1" t="inlineStr">
         <is>
-          <t>Transport Services</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E130" s="5" t="n">
-        <v>10050</v>
+        <v>216825</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>593.1</v>
+        <v>391.93</v>
       </c>
       <c r="G130" s="7" t="n">
-        <v>0.0009</v>
+        <v>0.0005999999999999999</v>
       </c>
       <c r="J130" s="6" t="n"/>
     </row>
     <row r="131">
       <c r="A131" s="1" t="n">
         <v>124</v>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>L&amp;T Finance Limited</t>
+          <t>Tata Elxsi Limited</t>
         </is>
       </c>
       <c r="C131" s="1" t="inlineStr">
         <is>
-          <t>INE498L01015</t>
+          <t>INE670A01012</t>
         </is>
       </c>
       <c r="D131" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E131" s="5" t="n">
-        <v>182942</v>
+        <v>7300</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>571.42</v>
+        <v>388.62</v>
       </c>
       <c r="G131" s="7" t="n">
-        <v>0.0009</v>
+        <v>0.0005999999999999999</v>
       </c>
       <c r="J131" s="6" t="n"/>
     </row>
     <row r="132">
       <c r="A132" s="1" t="n">
         <v>125</v>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Polycab India Limited</t>
+          <t>Indian Energy Exchange Limited</t>
         </is>
       </c>
       <c r="C132" s="1" t="inlineStr">
         <is>
-          <t>INE455K01017</t>
+          <t>INE022Q01020</t>
         </is>
       </c>
       <c r="D132" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="E132" s="5" t="n">
-        <v>7250</v>
+        <v>300000</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>541.58</v>
+        <v>380.37</v>
       </c>
       <c r="G132" s="7" t="n">
-        <v>0.0008</v>
+        <v>0.0005999999999999999</v>
       </c>
       <c r="J132" s="6" t="n"/>
     </row>
     <row r="133">
       <c r="A133" s="1" t="n">
         <v>126</v>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>CG Power and Industrial Solutions Limited</t>
+          <t>Hindustan Unilever Limited</t>
         </is>
       </c>
       <c r="C133" s="1" t="inlineStr">
         <is>
-          <t>INE067A01029</t>
+          <t>INE030A01027</t>
         </is>
       </c>
       <c r="D133" s="1" t="inlineStr">
         <is>
-          <t>Electrical Equipment</t>
+          <t>Diversified FMCG</t>
         </is>
       </c>
       <c r="E133" s="5" t="n">
-        <v>76500</v>
+        <v>15900</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>514.77</v>
+        <v>377.31</v>
       </c>
       <c r="G133" s="7" t="n">
-        <v>0.0008</v>
+        <v>0.0005</v>
       </c>
       <c r="J133" s="6" t="n"/>
     </row>
     <row r="134">
       <c r="A134" s="1" t="n">
         <v>127</v>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Jubilant Foodworks Limited</t>
+          <t>Cholamandalam Investment and Finance Company Limited</t>
         </is>
       </c>
       <c r="C134" s="1" t="inlineStr">
         <is>
-          <t>INE797F01020</t>
+          <t>INE121A01024</t>
         </is>
       </c>
       <c r="D134" s="1" t="inlineStr">
         <is>
-          <t>Leisure Services</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E134" s="5" t="n">
-        <v>82500</v>
+        <v>22500</v>
       </c>
       <c r="F134" s="6" t="n">
-        <v>496.24</v>
+        <v>367.11</v>
       </c>
       <c r="G134" s="7" t="n">
-        <v>0.0007</v>
+        <v>0.0005</v>
       </c>
       <c r="J134" s="6" t="n"/>
     </row>
     <row r="135">
       <c r="A135" s="1" t="n">
         <v>128</v>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Supreme Industries Limited</t>
+          <t>Hindustan Zinc Limited</t>
         </is>
       </c>
       <c r="C135" s="1" t="inlineStr">
         <is>
-          <t>INE195A01028</t>
+          <t>INE267A01025</t>
         </is>
       </c>
       <c r="D135" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Non - Ferrous Metals</t>
         </is>
       </c>
       <c r="E135" s="5" t="n">
-        <v>13300</v>
+        <v>53900</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>451.08</v>
+        <v>338.76</v>
       </c>
       <c r="G135" s="7" t="n">
-        <v>0.0007</v>
+        <v>0.0005</v>
       </c>
       <c r="J135" s="6" t="n"/>
     </row>
     <row r="136">
       <c r="A136" s="1" t="n">
         <v>129</v>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Delhivery Limited</t>
+          <t>Oil &amp; Natural Gas Corporation Limited</t>
         </is>
       </c>
       <c r="C136" s="1" t="inlineStr">
         <is>
-          <t>INE148O01028</t>
+          <t>INE213A01029</t>
         </is>
       </c>
       <c r="D136" s="1" t="inlineStr">
         <is>
-          <t>Transport Services</t>
+          <t>Oil</t>
         </is>
       </c>
       <c r="E136" s="5" t="n">
-        <v>103750</v>
+        <v>123750</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>442.18</v>
+        <v>332.84</v>
       </c>
       <c r="G136" s="7" t="n">
-        <v>0.0007</v>
+        <v>0.0005</v>
       </c>
       <c r="J136" s="6" t="n"/>
     </row>
     <row r="137">
       <c r="A137" s="1" t="n">
         <v>130</v>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>NBCC (India) Limited</t>
+          <t>Voltas Limited</t>
         </is>
       </c>
       <c r="C137" s="1" t="inlineStr">
         <is>
-          <t>INE095N01031</t>
+          <t>INE226A01021</t>
         </is>
       </c>
       <c r="D137" s="1" t="inlineStr">
         <is>
-          <t>Construction</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E137" s="5" t="n">
-        <v>377000</v>
+        <v>22875</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>439.92</v>
+        <v>303.76</v>
       </c>
       <c r="G137" s="7" t="n">
-        <v>0.0007</v>
+        <v>0.0004</v>
       </c>
       <c r="J137" s="6" t="n"/>
     </row>
     <row r="138">
       <c r="A138" s="1" t="n">
         <v>131</v>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>HDFC Asset Management Company Limited</t>
+          <t>Jindal Steel Limited</t>
         </is>
       </c>
       <c r="C138" s="1" t="inlineStr">
         <is>
-          <t>INE127D01025</t>
+          <t>INE749A01030</t>
         </is>
       </c>
       <c r="D138" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Ferrous Metals</t>
         </is>
       </c>
       <c r="E138" s="5" t="n">
-        <v>15900</v>
+        <v>24375</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>425.01</v>
+        <v>275.92</v>
       </c>
       <c r="G138" s="7" t="n">
-        <v>0.0005999999999999999</v>
+        <v>0.0004</v>
       </c>
       <c r="J138" s="6" t="n"/>
     </row>
     <row r="139">
       <c r="A139" s="1" t="n">
         <v>132</v>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Laurus Labs Limited</t>
+          <t>Bharat Forge Limited</t>
         </is>
       </c>
       <c r="C139" s="1" t="inlineStr">
         <is>
-          <t>INE947Q01028</t>
+          <t>INE465A01025</t>
         </is>
       </c>
       <c r="D139" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E139" s="5" t="n">
-        <v>39950</v>
+        <v>18500</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>412.02</v>
+        <v>266.66</v>
       </c>
       <c r="G139" s="7" t="n">
-        <v>0.0005999999999999999</v>
+        <v>0.0004</v>
       </c>
       <c r="J139" s="6" t="n"/>
     </row>
     <row r="140">
       <c r="A140" s="1" t="n">
         <v>133</v>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mankind Pharma Limited</t>
+          <t>Cipla Limited</t>
         </is>
       </c>
       <c r="C140" s="1" t="inlineStr">
         <is>
-          <t>INE634S01028</t>
+          <t>INE059A01026</t>
         </is>
       </c>
       <c r="D140" s="1" t="inlineStr">
         <is>
           <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E140" s="5" t="n">
-        <v>18000</v>
+        <v>18750</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>405.18</v>
+        <v>248.25</v>
       </c>
       <c r="G140" s="7" t="n">
-        <v>0.0005999999999999999</v>
+        <v>0.0004</v>
       </c>
       <c r="J140" s="6" t="n"/>
     </row>
     <row r="141">
       <c r="A141" s="1" t="n">
         <v>134</v>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India</t>
+          <t>UNO Minda Limited</t>
         </is>
       </c>
       <c r="C141" s="1" t="inlineStr">
         <is>
-          <t>INE692A01016</t>
+          <t>INE405E01023</t>
         </is>
       </c>
       <c r="D141" s="1" t="inlineStr">
         <is>
-          <t>Banks</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E141" s="5" t="n">
-        <v>225675</v>
+        <v>19800</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>345.89</v>
+        <v>234.1</v>
       </c>
       <c r="G141" s="7" t="n">
-        <v>0.0005</v>
+        <v>0.0003</v>
       </c>
       <c r="J141" s="6" t="n"/>
     </row>
     <row r="142">
       <c r="A142" s="1" t="n">
         <v>135</v>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>NCC Limited</t>
+          <t>Havells India Limited</t>
         </is>
       </c>
       <c r="C142" s="1" t="inlineStr">
         <is>
-          <t>INE868B01028</t>
+          <t>INE176B01034</t>
         </is>
       </c>
       <c r="D142" s="1" t="inlineStr">
         <is>
-          <t>Construction</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E142" s="5" t="n">
-        <v>186300</v>
+        <v>17500</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>319.34</v>
+        <v>224.88</v>
       </c>
       <c r="G142" s="7" t="n">
-        <v>0.0005</v>
+        <v>0.0003</v>
       </c>
       <c r="J142" s="6" t="n"/>
     </row>
     <row r="143">
       <c r="A143" s="1" t="n">
         <v>136</v>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>GAIL (India) Limited</t>
+          <t>Persistent Systems Limited</t>
         </is>
       </c>
       <c r="C143" s="1" t="inlineStr">
         <is>
-          <t>INE129A01019</t>
+          <t>INE262H01021</t>
         </is>
       </c>
       <c r="D143" s="1" t="inlineStr">
         <is>
-          <t>Gas</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E143" s="5" t="n">
-        <v>176400</v>
+        <v>3200</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>310.62</v>
+        <v>193.12</v>
       </c>
       <c r="G143" s="7" t="n">
-        <v>0.0005</v>
+        <v>0.0003</v>
       </c>
       <c r="J143" s="6" t="n"/>
     </row>
     <row r="144">
       <c r="A144" s="1" t="n">
         <v>137</v>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>TVS Motor Company Limited</t>
+          <t>Power Grid Corporation of India Limited</t>
         </is>
       </c>
       <c r="C144" s="1" t="inlineStr">
         <is>
-          <t>INE494B01023</t>
+          <t>INE752E01010</t>
         </is>
       </c>
       <c r="D144" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Power</t>
         </is>
       </c>
       <c r="E144" s="5" t="n">
-        <v>8400</v>
+        <v>72200</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>296.65</v>
+        <v>185.19</v>
       </c>
       <c r="G144" s="7" t="n">
-        <v>0.0004</v>
+        <v>0.0003</v>
       </c>
       <c r="J144" s="6" t="n"/>
     </row>
     <row r="145">
       <c r="A145" s="1" t="n">
         <v>138</v>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Eicher Motors Limited</t>
+          <t>Info Edge (India) Limited</t>
         </is>
       </c>
       <c r="C145" s="1" t="inlineStr">
         <is>
-          <t>INE066A01021</t>
+          <t>INE663F01032</t>
         </is>
       </c>
       <c r="D145" s="1" t="inlineStr">
         <is>
-          <t>Automobiles</t>
+          <t>Retailing</t>
         </is>
       </c>
       <c r="E145" s="5" t="n">
-        <v>3900</v>
+        <v>14625</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>275.09</v>
+        <v>182.72</v>
       </c>
       <c r="G145" s="7" t="n">
-        <v>0.0004</v>
+        <v>0.0003</v>
       </c>
       <c r="J145" s="6" t="n"/>
     </row>
     <row r="146">
       <c r="A146" s="1" t="n">
         <v>139</v>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Torrent Pharmaceuticals Limited</t>
+          <t>Oberoi Realty Limited</t>
         </is>
       </c>
       <c r="C146" s="1" t="inlineStr">
         <is>
-          <t>INE685A01028</t>
+          <t>INE093I01010</t>
         </is>
       </c>
       <c r="D146" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Realty</t>
         </is>
       </c>
       <c r="E146" s="5" t="n">
-        <v>7250</v>
+        <v>11900</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>269.74</v>
+        <v>177.42</v>
       </c>
       <c r="G146" s="7" t="n">
-        <v>0.0004</v>
+        <v>0.0003</v>
       </c>
       <c r="J146" s="6" t="n"/>
     </row>
     <row r="147">
       <c r="A147" s="1" t="n">
         <v>140</v>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Shree Cement Limited</t>
+          <t>Oracle Financial Services Software Limited</t>
         </is>
       </c>
       <c r="C147" s="1" t="inlineStr">
         <is>
-          <t>INE070A01015</t>
+          <t>INE881D01027</t>
         </is>
       </c>
       <c r="D147" s="1" t="inlineStr">
         <is>
-          <t>Cement &amp; Cement Products</t>
+          <t>IT - Software</t>
         </is>
       </c>
       <c r="E147" s="5" t="n">
-        <v>1000</v>
+        <v>2250</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>264</v>
+        <v>174.6</v>
       </c>
       <c r="G147" s="7" t="n">
-        <v>0.0004</v>
+        <v>0.0003</v>
       </c>
       <c r="J147" s="6" t="n"/>
     </row>
     <row r="148">
       <c r="A148" s="1" t="n">
         <v>141</v>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>UNO Minda Limited</t>
+          <t>Lupin Limited</t>
         </is>
       </c>
       <c r="C148" s="1" t="inlineStr">
         <is>
-          <t>INE405E01023</t>
+          <t>INE326A01037</t>
         </is>
       </c>
       <c r="D148" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E148" s="5" t="n">
-        <v>19250</v>
+        <v>8075</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>251.56</v>
+        <v>173.84</v>
       </c>
       <c r="G148" s="7" t="n">
-        <v>0.0004</v>
+        <v>0.0003</v>
       </c>
       <c r="J148" s="6" t="n"/>
     </row>
     <row r="149">
       <c r="A149" s="1" t="n">
         <v>142</v>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>PB Fintech Limited</t>
+          <t>Alkem Laboratories Limited</t>
         </is>
       </c>
       <c r="C149" s="1" t="inlineStr">
         <is>
-          <t>INE417T01026</t>
+          <t>INE540L01014</t>
         </is>
       </c>
       <c r="D149" s="1" t="inlineStr">
         <is>
-          <t>Financial Technology (Fintech)</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E149" s="5" t="n">
-        <v>12250</v>
+        <v>2750</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>222.82</v>
+        <v>156.13</v>
       </c>
       <c r="G149" s="7" t="n">
-        <v>0.0003</v>
+        <v>0.0002</v>
       </c>
       <c r="J149" s="6" t="n"/>
     </row>
     <row r="150">
       <c r="A150" s="1" t="n">
         <v>143</v>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Solar Industries India Limited</t>
+          <t>Muthoot Finance Limited</t>
         </is>
       </c>
       <c r="C150" s="1" t="inlineStr">
         <is>
-          <t>INE343H01029</t>
+          <t>INE414G01012</t>
         </is>
       </c>
       <c r="D150" s="1" t="inlineStr">
         <is>
-          <t>Chemicals &amp; Petrochemicals</t>
+          <t>Finance</t>
         </is>
       </c>
       <c r="E150" s="5" t="n">
-        <v>1550</v>
+        <v>2475</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>205.72</v>
+        <v>94.78</v>
       </c>
       <c r="G150" s="7" t="n">
-        <v>0.0003</v>
+        <v>0.0001</v>
       </c>
       <c r="J150" s="6" t="n"/>
     </row>
     <row r="151">
       <c r="A151" s="1" t="n">
         <v>144</v>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Suzlon Energy Limited</t>
+          <t>Tata Technologies Limited</t>
         </is>
       </c>
       <c r="C151" s="1" t="inlineStr">
         <is>
-          <t>INE040H01021</t>
+          <t>INE142M01025</t>
         </is>
       </c>
       <c r="D151" s="1" t="inlineStr">
         <is>
-          <t>Electrical Equipment</t>
+          <t>IT - Services</t>
         </is>
       </c>
       <c r="E151" s="5" t="n">
-        <v>372300</v>
+        <v>11200</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>201.08</v>
+        <v>72.34999999999999</v>
       </c>
       <c r="G151" s="7" t="n">
-        <v>0.0003</v>
+        <v>0.0001</v>
       </c>
       <c r="J151" s="6" t="n"/>
     </row>
     <row r="152">
       <c r="A152" s="1" t="n">
         <v>145</v>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>SBI Life Insurance Company Limited</t>
+          <t>Prestige Estates Projects Limited</t>
         </is>
       </c>
       <c r="C152" s="1" t="inlineStr">
         <is>
-          <t>INE123W01016</t>
+          <t>INE811K01011</t>
         </is>
       </c>
       <c r="D152" s="1" t="inlineStr">
         <is>
-          <t>Insurance</t>
+          <t>Realty</t>
         </is>
       </c>
       <c r="E152" s="5" t="n">
-        <v>10125</v>
+        <v>4500</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>199.06</v>
+        <v>65.77</v>
       </c>
       <c r="G152" s="7" t="n">
-        <v>0.0003</v>
+        <v>0.0001</v>
       </c>
       <c r="J152" s="6" t="n"/>
     </row>
     <row r="153">
       <c r="A153" s="1" t="n">
         <v>146</v>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Avenue Supermarts Limited</t>
+          <t>Dalmia Bharat Limited</t>
         </is>
       </c>
       <c r="C153" s="1" t="inlineStr">
         <is>
-          <t>INE192R01011</t>
+          <t>INE00R701025</t>
         </is>
       </c>
       <c r="D153" s="1" t="inlineStr">
         <is>
-          <t>Retailing</t>
+          <t>Cement &amp; Cement Products</t>
         </is>
       </c>
       <c r="E153" s="5" t="n">
-        <v>4950</v>
+        <v>2275</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>197.83</v>
+        <v>46.99</v>
       </c>
       <c r="G153" s="7" t="n">
-        <v>0.0003</v>
+        <v>0.0001</v>
       </c>
       <c r="J153" s="6" t="n"/>
     </row>
     <row r="154">
       <c r="A154" s="1" t="n">
         <v>147</v>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Torrent Power Limited</t>
+          <t>Dabur India Limited</t>
         </is>
       </c>
       <c r="C154" s="1" t="inlineStr">
         <is>
-          <t>INE813H01021</t>
+          <t>INE016A01026</t>
         </is>
       </c>
       <c r="D154" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Personal Products</t>
         </is>
       </c>
       <c r="E154" s="5" t="n">
-        <v>14625</v>
+        <v>8750</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>192.25</v>
+        <v>44.33</v>
       </c>
       <c r="G154" s="7" t="n">
-        <v>0.0003</v>
+        <v>0.0001</v>
       </c>
       <c r="J154" s="6" t="n"/>
     </row>
     <row r="155">
       <c r="A155" s="1" t="n">
         <v>148</v>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bharat Dynamics Limited</t>
+          <t>The Federal Bank Limited</t>
         </is>
       </c>
       <c r="C155" s="1" t="inlineStr">
         <is>
-          <t>INE171Z01026</t>
+          <t>INE171A01029</t>
         </is>
       </c>
       <c r="D155" s="1" t="inlineStr">
         <is>
-          <t>Aerospace &amp; Defense</t>
+          <t>Banks</t>
         </is>
       </c>
       <c r="E155" s="5" t="n">
-        <v>11700</v>
+        <v>15000</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>177.09</v>
+        <v>43.16</v>
       </c>
       <c r="G155" s="7" t="n">
-        <v>0.0003</v>
+        <v>0.0001</v>
       </c>
       <c r="J155" s="6" t="n"/>
     </row>
     <row r="156">
       <c r="A156" s="1" t="n">
         <v>149</v>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Inox Wind Limited</t>
+          <t>Nuvama Wealth Management Limited</t>
         </is>
       </c>
       <c r="C156" s="1" t="inlineStr">
         <is>
-          <t>INE066P01011</t>
+          <t>INE531F01023</t>
         </is>
       </c>
       <c r="D156" s="1" t="inlineStr">
         <is>
-          <t>Electrical Equipment</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="E156" s="5" t="n">
-        <v>113369</v>
+        <v>3000</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>152.48</v>
+        <v>40.36</v>
       </c>
       <c r="G156" s="7" t="n">
-        <v>0.0002</v>
+        <v>0.0001</v>
       </c>
       <c r="J156" s="6" t="n"/>
     </row>
     <row r="157">
       <c r="A157" s="1" t="n">
         <v>150</v>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>NHPC Limited</t>
+          <t>Supreme Industries Limited</t>
         </is>
       </c>
       <c r="C157" s="1" t="inlineStr">
         <is>
-          <t>INE848E01016</t>
+          <t>INE195A01028</t>
         </is>
       </c>
       <c r="D157" s="1" t="inlineStr">
         <is>
-          <t>Power</t>
+          <t>Industrial Products</t>
         </is>
       </c>
       <c r="E157" s="5" t="n">
-        <v>185600</v>
+        <v>1050</v>
       </c>
       <c r="F157" s="6" t="n">
-        <v>142.43</v>
+        <v>36.89</v>
       </c>
       <c r="G157" s="7" t="n">
-        <v>0.0002</v>
+        <v>0.0001</v>
       </c>
       <c r="J157" s="6" t="n"/>
     </row>
     <row r="158">
       <c r="A158" s="1" t="n">
         <v>151</v>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited</t>
+          <t>PG Electroplast Limited</t>
         </is>
       </c>
       <c r="C158" s="1" t="inlineStr">
         <is>
-          <t>INE053F01010</t>
+          <t>INE457L01029</t>
         </is>
       </c>
       <c r="D158" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Consumer Durables</t>
         </is>
       </c>
       <c r="E158" s="5" t="n">
-        <v>119000</v>
+        <v>6650</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>139.91</v>
+        <v>36.42</v>
       </c>
       <c r="G158" s="7" t="n">
-        <v>0.0002</v>
+        <v>0.0001</v>
       </c>
       <c r="J158" s="6" t="n"/>
     </row>
     <row r="159">
       <c r="A159" s="1" t="n">
         <v>152</v>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dr. Reddy's Laboratories Limited</t>
+          <t>Computer Age Management Services Limited</t>
         </is>
       </c>
       <c r="C159" s="1" t="inlineStr">
         <is>
-          <t>INE089A01031</t>
+          <t>INE596I01020</t>
         </is>
       </c>
       <c r="D159" s="1" t="inlineStr">
         <is>
-          <t>Pharmaceuticals &amp; Biotechnology</t>
+          <t>Capital Markets</t>
         </is>
       </c>
       <c r="E159" s="5" t="n">
-        <v>10625</v>
+        <v>4500</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>133.75</v>
-[...2 lines deleted...]
-        <v>0.0002</v>
+        <v>31.28</v>
+      </c>
+      <c r="G159" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
       </c>
       <c r="J159" s="6" t="n"/>
     </row>
     <row r="160">
       <c r="A160" s="1" t="n">
         <v>153</v>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Hitachi Energy India Limited</t>
         </is>
       </c>
       <c r="C160" s="1" t="inlineStr">
         <is>
           <t>INE07Y701011</t>
         </is>
       </c>
       <c r="D160" s="1" t="inlineStr">
         <is>
           <t>Electrical Equipment</t>
         </is>
       </c>
       <c r="E160" s="5" t="n">
-        <v>600</v>
+        <v>150</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>132.34</v>
-[...2 lines deleted...]
-        <v>0.0002</v>
+        <v>28.29</v>
+      </c>
+      <c r="G160" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
       </c>
       <c r="J160" s="6" t="n"/>
     </row>
     <row r="161">
       <c r="A161" s="1" t="n">
         <v>154</v>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>United Spirits Limited</t>
+          <t>Jubilant Foodworks Limited</t>
         </is>
       </c>
       <c r="C161" s="1" t="inlineStr">
         <is>
-          <t>INE854D01024</t>
+          <t>INE797F01020</t>
         </is>
       </c>
       <c r="D161" s="1" t="inlineStr">
         <is>
-          <t>Beverages</t>
+          <t>Leisure Services</t>
         </is>
       </c>
       <c r="E161" s="5" t="n">
-        <v>8400</v>
+        <v>5000</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>121.93</v>
-[...2 lines deleted...]
-        <v>0.0002</v>
+        <v>24.85</v>
+      </c>
+      <c r="G161" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
       </c>
       <c r="J161" s="6" t="n"/>
     </row>
     <row r="162">
       <c r="A162" s="1" t="n">
         <v>155</v>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tata Elxsi Limited</t>
+          <t>KPIT Technologies Limited</t>
         </is>
       </c>
       <c r="C162" s="1" t="inlineStr">
         <is>
-          <t>INE670A01012</t>
+          <t>INE04I401011</t>
         </is>
       </c>
       <c r="D162" s="1" t="inlineStr">
         <is>
           <t>IT - Software</t>
         </is>
       </c>
       <c r="E162" s="5" t="n">
-        <v>2000</v>
+        <v>1275</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>103.17</v>
-[...2 lines deleted...]
-        <v>0.0002</v>
+        <v>13.28</v>
+      </c>
+      <c r="G162" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
       </c>
       <c r="J162" s="6" t="n"/>
     </row>
     <row r="163">
       <c r="A163" s="1" t="n">
         <v>156</v>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Oracle Financial Services Software Limited</t>
+          <t>Zydus Lifesciences Limited</t>
         </is>
       </c>
       <c r="C163" s="1" t="inlineStr">
         <is>
-          <t>INE881D01027</t>
+          <t>INE010B01027</t>
         </is>
       </c>
       <c r="D163" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E163" s="5" t="n">
-        <v>1050</v>
+        <v>900</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>85.12</v>
-[...2 lines deleted...]
-        <v>0.0001</v>
+        <v>7.97</v>
+      </c>
+      <c r="G163" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
       </c>
       <c r="J163" s="6" t="n"/>
     </row>
     <row r="164">
       <c r="A164" s="1" t="n">
         <v>157</v>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Oberoi Realty Limited</t>
+          <t>Dr. Reddy's Laboratories Limited</t>
         </is>
       </c>
       <c r="C164" s="1" t="inlineStr">
         <is>
-          <t>INE093I01010</t>
+          <t>INE089A01031</t>
         </is>
       </c>
       <c r="D164" s="1" t="inlineStr">
         <is>
-          <t>Realty</t>
+          <t>Pharmaceuticals &amp; Biotechnology</t>
         </is>
       </c>
       <c r="E164" s="5" t="n">
-        <v>4900</v>
+        <v>625</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>80.70999999999999</v>
-[...2 lines deleted...]
-        <v>0.0001</v>
+        <v>7.61</v>
+      </c>
+      <c r="G164" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
       </c>
       <c r="J164" s="6" t="n"/>
     </row>
     <row r="165">
       <c r="A165" s="1" t="n">
         <v>158</v>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Indian Renewable Energy Development Agency Limited</t>
+          <t>Tube Investments of India Limited</t>
         </is>
       </c>
       <c r="C165" s="1" t="inlineStr">
         <is>
-          <t>INE202E01016</t>
+          <t>INE974X01010</t>
         </is>
       </c>
       <c r="D165" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Auto Components</t>
         </is>
       </c>
       <c r="E165" s="5" t="n">
-        <v>55200</v>
+        <v>200</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>78.88</v>
-[...2 lines deleted...]
-        <v>0.0001</v>
+        <v>4.67</v>
+      </c>
+      <c r="G165" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
       </c>
       <c r="J165" s="6" t="n"/>
     </row>
     <row r="166">
-      <c r="A166" s="1" t="n">
-[...56 lines deleted...]
-      <c r="J167" s="6" t="n"/>
+      <c r="A166" s="8" t="n"/>
+      <c r="B166" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C166" s="8" t="n"/>
+      <c r="D166" s="8" t="n"/>
+      <c r="E166" s="8" t="n"/>
+      <c r="F166" s="9" t="n">
+        <v>492298.72</v>
+      </c>
+      <c r="G166" s="10" t="n">
+        <v>0.7149</v>
+      </c>
     </row>
     <row r="168">
-      <c r="A168" s="1" t="n">
-[...26 lines deleted...]
-      <c r="J168" s="6" t="n"/>
+      <c r="B168" s="3" t="inlineStr">
+        <is>
+          <t>DERIVATIVES</t>
+        </is>
+      </c>
     </row>
     <row r="169">
       <c r="A169" s="1" t="n">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mazagon Dock Shipbuilders Limited</t>
-[...4 lines deleted...]
-          <t>INE249Z01020</t>
+          <t>Tube Investments of India Limited Feb26</t>
         </is>
       </c>
       <c r="D169" s="1" t="inlineStr">
         <is>
-          <t>Industrial Manufacturing</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E169" s="5" t="n">
-        <v>2375</v>
+        <v>-200</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>63.64</v>
-[...2 lines deleted...]
-        <v>0.0001</v>
+        <v>-4.68</v>
+      </c>
+      <c r="G169" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H169" s="11" t="n">
+        <v>46077</v>
       </c>
       <c r="J169" s="6" t="n"/>
     </row>
     <row r="170">
       <c r="A170" s="1" t="n">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Jindal Steel Limited</t>
-[...4 lines deleted...]
-          <t>INE749A01030</t>
+          <t>Dr. Reddy's Laboratories Limited Feb26</t>
         </is>
       </c>
       <c r="D170" s="1" t="inlineStr">
         <is>
-          <t>Ferrous Metals</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E170" s="5" t="n">
-        <v>5625</v>
+        <v>-625</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>58.75</v>
-[...2 lines deleted...]
-        <v>0.0001</v>
+        <v>-7.64</v>
+      </c>
+      <c r="G170" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H170" s="11" t="n">
+        <v>46077</v>
       </c>
       <c r="J170" s="6" t="n"/>
     </row>
     <row r="171">
       <c r="A171" s="1" t="n">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Fortis Healthcare Limited</t>
-[...4 lines deleted...]
-          <t>INE061F01013</t>
+          <t>Zydus Lifesciences Limited Feb26</t>
         </is>
       </c>
       <c r="D171" s="1" t="inlineStr">
         <is>
-          <t>Healthcare Services</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E171" s="5" t="n">
-        <v>6200</v>
+        <v>-900</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>56.98</v>
-[...2 lines deleted...]
-        <v>0.0001</v>
+        <v>-8</v>
+      </c>
+      <c r="G171" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H171" s="11" t="n">
+        <v>46077</v>
       </c>
       <c r="J171" s="6" t="n"/>
     </row>
     <row r="172">
       <c r="A172" s="1" t="n">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Nuvama Wealth Management Limited</t>
-[...4 lines deleted...]
-          <t>INE531F01015</t>
+          <t>Marico Limited Mar26</t>
         </is>
       </c>
       <c r="D172" s="1" t="inlineStr">
         <is>
-          <t>Capital Markets</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E172" s="5" t="n">
-        <v>600</v>
+        <v>-1200</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>44.78</v>
-[...2 lines deleted...]
-        <v>0.0001</v>
+        <v>-8.81</v>
+      </c>
+      <c r="G172" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H172" s="11" t="n">
+        <v>46111</v>
       </c>
       <c r="J172" s="6" t="n"/>
     </row>
     <row r="173">
       <c r="A173" s="1" t="n">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Dalmia Bharat Limited</t>
-[...4 lines deleted...]
-          <t>INE00R701025</t>
+          <t>TATA CONSUMER PRODUCTS LIMITED Mar26</t>
         </is>
       </c>
       <c r="D173" s="1" t="inlineStr">
         <is>
-          <t>Cement &amp; Cement Products</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E173" s="5" t="n">
-        <v>1625</v>
+        <v>-1100</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>32.65</v>
+        <v>-12.61</v>
       </c>
       <c r="G173" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
+      </c>
+      <c r="H173" s="11" t="n">
+        <v>46111</v>
       </c>
       <c r="J173" s="6" t="n"/>
     </row>
     <row r="174">
       <c r="A174" s="1" t="n">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bosch Limited</t>
-[...4 lines deleted...]
-          <t>INE323A01026</t>
+          <t>KPIT Technologies Limited Feb26</t>
         </is>
       </c>
       <c r="D174" s="1" t="inlineStr">
         <is>
-          <t>Auto Components</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E174" s="5" t="n">
-        <v>75</v>
+        <v>-1275</v>
       </c>
       <c r="F174" s="6" t="n">
-        <v>27.08</v>
+        <v>-13.19</v>
       </c>
       <c r="G174" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
+      </c>
+      <c r="H174" s="11" t="n">
+        <v>46077</v>
       </c>
       <c r="J174" s="6" t="n"/>
     </row>
     <row r="175">
       <c r="A175" s="1" t="n">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Cummins India Limited</t>
-[...4 lines deleted...]
-          <t>INE298A01020</t>
+          <t>State Bank of India Mar26</t>
         </is>
       </c>
       <c r="D175" s="1" t="inlineStr">
         <is>
-          <t>Industrial Products</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E175" s="5" t="n">
-        <v>600</v>
+        <v>-1500</v>
       </c>
       <c r="F175" s="6" t="n">
-        <v>26.88</v>
+        <v>-16.34</v>
       </c>
       <c r="G175" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
+      </c>
+      <c r="H175" s="11" t="n">
+        <v>46111</v>
       </c>
       <c r="J175" s="6" t="n"/>
     </row>
     <row r="176">
       <c r="A176" s="1" t="n">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>PG Electroplast Limited</t>
-[...4 lines deleted...]
-          <t>INE457L01029</t>
+          <t>Kotak Mahindra Bank Limited Mar26</t>
         </is>
       </c>
       <c r="D176" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E176" s="5" t="n">
-        <v>4200</v>
+        <v>-4000</v>
       </c>
       <c r="F176" s="6" t="n">
-        <v>24.82</v>
+        <v>-16.51</v>
       </c>
       <c r="G176" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
+      </c>
+      <c r="H176" s="11" t="n">
+        <v>46111</v>
       </c>
       <c r="J176" s="6" t="n"/>
     </row>
     <row r="177">
       <c r="A177" s="1" t="n">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Dabur India Limited</t>
-[...4 lines deleted...]
-          <t>INE016A01026</t>
+          <t>Syngene International Limited Mar26</t>
         </is>
       </c>
       <c r="D177" s="1" t="inlineStr">
         <is>
-          <t>Personal Products</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E177" s="5" t="n">
-        <v>3750</v>
+        <v>-4000</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>19.4</v>
+        <v>-19.05</v>
       </c>
       <c r="G177" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
+      </c>
+      <c r="H177" s="11" t="n">
+        <v>46111</v>
       </c>
       <c r="J177" s="6" t="n"/>
     </row>
     <row r="178">
       <c r="A178" s="1" t="n">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Housing &amp; Urban Development Corporation Limited</t>
-[...4 lines deleted...]
-          <t>INE031A01017</t>
+          <t>Jubilant Foodworks Limited Feb26</t>
         </is>
       </c>
       <c r="D178" s="1" t="inlineStr">
         <is>
-          <t>Finance</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E178" s="5" t="n">
-        <v>5550</v>
+        <v>-5000</v>
       </c>
       <c r="F178" s="6" t="n">
-        <v>13.28</v>
+        <v>-24.92</v>
       </c>
       <c r="G178" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
+      </c>
+      <c r="H178" s="11" t="n">
+        <v>46077</v>
       </c>
       <c r="J178" s="6" t="n"/>
     </row>
     <row r="179">
       <c r="A179" s="1" t="n">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Siemens Limited</t>
-[...4 lines deleted...]
-          <t>INE003A01024</t>
+          <t>Hitachi Energy India Limited Feb26</t>
         </is>
       </c>
       <c r="D179" s="1" t="inlineStr">
         <is>
-          <t>Electrical Equipment</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E179" s="5" t="n">
-        <v>250</v>
+        <v>-150</v>
       </c>
       <c r="F179" s="6" t="n">
-        <v>8.24</v>
+        <v>-28.32</v>
       </c>
       <c r="G179" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
+      </c>
+      <c r="H179" s="11" t="n">
+        <v>46077</v>
       </c>
       <c r="J179" s="6" t="n"/>
     </row>
     <row r="180">
       <c r="A180" s="1" t="n">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Havells India Limited</t>
-[...4 lines deleted...]
-          <t>INE176B01034</t>
+          <t>Jio Financial Services Limited Mar26</t>
         </is>
       </c>
       <c r="D180" s="1" t="inlineStr">
         <is>
-          <t>Consumer Durables</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E180" s="5" t="n">
-        <v>500</v>
+        <v>-11750</v>
       </c>
       <c r="F180" s="6" t="n">
-        <v>7.21</v>
+        <v>-30.19</v>
       </c>
       <c r="G180" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
+      </c>
+      <c r="H180" s="11" t="n">
+        <v>46111</v>
       </c>
       <c r="J180" s="6" t="n"/>
     </row>
     <row r="181">
       <c r="A181" s="1" t="n">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Infosys Limited</t>
-[...4 lines deleted...]
-          <t>INE009A01021</t>
+          <t>Computer Age Management Services Limited Feb26</t>
         </is>
       </c>
       <c r="D181" s="1" t="inlineStr">
         <is>
-          <t>IT - Software</t>
+          <t>Stock Futures</t>
         </is>
       </c>
       <c r="E181" s="5" t="n">
-        <v>400</v>
+        <v>-4500</v>
       </c>
       <c r="F181" s="6" t="n">
-        <v>6.24</v>
+        <v>-31.41</v>
       </c>
       <c r="G181" s="7" t="inlineStr">
         <is>
           <t>*</t>
         </is>
+      </c>
+      <c r="H181" s="11" t="n">
+        <v>46077</v>
       </c>
       <c r="J181" s="6" t="n"/>
     </row>
     <row r="182">
       <c r="A182" s="1" t="n">
+        <v>172</v>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>GAIL (India) Limited Mar26</t>
+        </is>
+      </c>
+      <c r="D182" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="n">
+        <v>-18900</v>
+      </c>
+      <c r="F182" s="6" t="n">
+        <v>-31.95</v>
+      </c>
+      <c r="G182" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H182" s="11" t="n">
+        <v>46111</v>
+      </c>
+      <c r="J182" s="6" t="n"/>
+    </row>
+    <row r="183">
+      <c r="A183" s="1" t="n">
+        <v>173</v>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>GMR AIRPORTS LIMITED Mar26</t>
+        </is>
+      </c>
+      <c r="D183" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="n">
+        <v>-34875</v>
+      </c>
+      <c r="F183" s="6" t="n">
+        <v>-33.05</v>
+      </c>
+      <c r="G183" s="7" t="inlineStr">
+        <is>
+          <t>*</t>
+        </is>
+      </c>
+      <c r="H183" s="11" t="n">
+        <v>46111</v>
+      </c>
+      <c r="J183" s="6" t="n"/>
+    </row>
+    <row r="184">
+      <c r="A184" s="1" t="n">
+        <v>174</v>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>PG Electroplast Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D184" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="n">
+        <v>-6650</v>
+      </c>
+      <c r="F184" s="6" t="n">
+        <v>-36.54</v>
+      </c>
+      <c r="G184" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H184" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J184" s="6" t="n"/>
+    </row>
+    <row r="185">
+      <c r="A185" s="1" t="n">
         <v>175</v>
       </c>
-      <c r="B182" s="1" t="inlineStr">
-[...49 lines deleted...]
-      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Supreme Industries Limited Feb26</t>
+        </is>
+      </c>
+      <c r="D185" s="1" t="inlineStr">
+        <is>
+          <t>Stock Futures</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="n">
+        <v>-1050</v>
+      </c>
+      <c r="F185" s="6" t="n">
+        <v>-37.03</v>
+      </c>
+      <c r="G185" s="7" t="n">
+        <v>-0.0001</v>
+      </c>
+      <c r="H185" s="11" t="n">
+        <v>46077</v>
+      </c>
+      <c r="J185" s="6" t="n"/>
     </row>
     <row r="186">
       <c r="A186" s="1" t="n">
         <v>176</v>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mazagon Dock Shipbuilders Limited Dec25</t>
+          <t>Nuvama Wealth Management Limited Feb26</t>
         </is>
       </c>
       <c r="D186" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E186" s="5" t="n">
-        <v>-175</v>
+        <v>-3000</v>
       </c>
       <c r="F186" s="6" t="n">
-        <v>-4.72</v>
-[...4 lines deleted...]
-        </is>
+        <v>-40.45</v>
+      </c>
+      <c r="G186" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="H186" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J186" s="6" t="n"/>
     </row>
     <row r="187">
       <c r="A187" s="1" t="n">
         <v>177</v>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Coal India Limited Dec25</t>
+          <t>The Federal Bank  Limited Feb26</t>
         </is>
       </c>
       <c r="D187" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E187" s="5" t="n">
-        <v>-1350</v>
+        <v>-15000</v>
       </c>
       <c r="F187" s="6" t="n">
-        <v>-5.1</v>
-[...4 lines deleted...]
-        </is>
+        <v>-43.27</v>
+      </c>
+      <c r="G187" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="H187" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J187" s="6" t="n"/>
     </row>
     <row r="188">
       <c r="A188" s="1" t="n">
         <v>178</v>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finserv Limited Jan26</t>
+          <t>Dabur India Limited Feb26</t>
         </is>
       </c>
       <c r="D188" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E188" s="5" t="n">
-        <v>-250</v>
+        <v>-8750</v>
       </c>
       <c r="F188" s="6" t="n">
-        <v>-5.3</v>
-[...4 lines deleted...]
-        </is>
+        <v>-44.49</v>
+      </c>
+      <c r="G188" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="H188" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J188" s="6" t="n"/>
     </row>
     <row r="189">
       <c r="A189" s="1" t="n">
         <v>179</v>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited Feb26</t>
+          <t>Dalmia Bharat Limited Feb26</t>
         </is>
       </c>
       <c r="D189" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E189" s="5" t="n">
-        <v>-1000</v>
+        <v>-2275</v>
       </c>
       <c r="F189" s="6" t="n">
-        <v>-5.57</v>
-[...4 lines deleted...]
-        </is>
+        <v>-47.14</v>
+      </c>
+      <c r="G189" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="H189" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J189" s="6" t="n"/>
     </row>
     <row r="190">
       <c r="A190" s="1" t="n">
         <v>180</v>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>ICICI Prudential Life Insurance Company Limited Jan26</t>
+          <t>Power Grid Corporation of India Limited Feb26</t>
         </is>
       </c>
       <c r="D190" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E190" s="5" t="n">
-        <v>-925</v>
+        <v>-22800</v>
       </c>
       <c r="F190" s="6" t="n">
-        <v>-5.79</v>
-[...4 lines deleted...]
-        </is>
+        <v>-58.04</v>
+      </c>
+      <c r="G190" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="H190" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J190" s="6" t="n"/>
     </row>
     <row r="191">
       <c r="A191" s="1" t="n">
         <v>181</v>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Infosys Limited Dec25</t>
+          <t>Prestige Estates Projects Limited Feb26</t>
         </is>
       </c>
       <c r="D191" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E191" s="5" t="n">
-        <v>-400</v>
+        <v>-4500</v>
       </c>
       <c r="F191" s="6" t="n">
-        <v>-6.25</v>
-[...4 lines deleted...]
-        </is>
+        <v>-65.89</v>
+      </c>
+      <c r="G191" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="H191" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J191" s="6" t="n"/>
     </row>
     <row r="192">
       <c r="A192" s="1" t="n">
         <v>182</v>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sona BLW Precision Forgings Limited Jan26</t>
+          <t>Tata Technologies Limited Feb26</t>
         </is>
       </c>
       <c r="D192" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E192" s="5" t="n">
-        <v>-1225</v>
+        <v>-11200</v>
       </c>
       <c r="F192" s="6" t="n">
-        <v>-6.34</v>
-[...4 lines deleted...]
-        </is>
+        <v>-72.72</v>
+      </c>
+      <c r="G192" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="H192" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J192" s="6" t="n"/>
     </row>
     <row r="193">
       <c r="A193" s="1" t="n">
         <v>183</v>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dabur India Limited Jan26</t>
+          <t>Eicher Motors Limited Mar26</t>
         </is>
       </c>
       <c r="D193" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E193" s="5" t="n">
-        <v>-1250</v>
+        <v>-1100</v>
       </c>
       <c r="F193" s="6" t="n">
-        <v>-6.54</v>
-[...4 lines deleted...]
-        </is>
+        <v>-78.98</v>
+      </c>
+      <c r="G193" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="H193" s="11" t="n">
-        <v>46049</v>
+        <v>46111</v>
       </c>
       <c r="J193" s="6" t="n"/>
     </row>
     <row r="194">
       <c r="A194" s="1" t="n">
         <v>184</v>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Divi's Laboratories Limited Jan26</t>
+          <t>Axis Bank Limited Mar26</t>
         </is>
       </c>
       <c r="D194" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E194" s="5" t="n">
-        <v>-100</v>
+        <v>-6250</v>
       </c>
       <c r="F194" s="6" t="n">
-        <v>-6.55</v>
-[...4 lines deleted...]
-        </is>
+        <v>-86.34</v>
+      </c>
+      <c r="G194" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="H194" s="11" t="n">
-        <v>46049</v>
+        <v>46111</v>
       </c>
       <c r="J194" s="6" t="n"/>
     </row>
     <row r="195">
       <c r="A195" s="1" t="n">
         <v>185</v>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Solar Industries India Limited Jan26</t>
+          <t>Muthoot Finance Limited Feb26</t>
         </is>
       </c>
       <c r="D195" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E195" s="5" t="n">
-        <v>-50</v>
+        <v>-2475</v>
       </c>
       <c r="F195" s="6" t="n">
-        <v>-6.71</v>
-[...4 lines deleted...]
-        </is>
+        <v>-94.84</v>
+      </c>
+      <c r="G195" s="7" t="n">
+        <v>-0.0001</v>
       </c>
       <c r="H195" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J195" s="6" t="n"/>
     </row>
     <row r="196">
       <c r="A196" s="1" t="n">
         <v>186</v>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Adani Energy Solutions Limited Jan26</t>
+          <t>Rural Electrification Corpor Mar26</t>
         </is>
       </c>
       <c r="D196" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E196" s="5" t="n">
-        <v>-675</v>
+        <v>-32200</v>
       </c>
       <c r="F196" s="6" t="n">
-        <v>-6.8</v>
-[...4 lines deleted...]
-        </is>
+        <v>-116.34</v>
+      </c>
+      <c r="G196" s="7" t="n">
+        <v>-0.0002</v>
       </c>
       <c r="H196" s="11" t="n">
-        <v>46049</v>
+        <v>46111</v>
       </c>
       <c r="J196" s="6" t="n"/>
     </row>
     <row r="197">
       <c r="A197" s="1" t="n">
         <v>187</v>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Havells India Limited Dec25</t>
+          <t>Power Grid Corporation of In Mar26</t>
         </is>
       </c>
       <c r="D197" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E197" s="5" t="n">
-        <v>-500</v>
+        <v>-49400</v>
       </c>
       <c r="F197" s="6" t="n">
-        <v>-7.24</v>
-[...4 lines deleted...]
-        </is>
+        <v>-126.49</v>
+      </c>
+      <c r="G197" s="7" t="n">
+        <v>-0.0002</v>
       </c>
       <c r="H197" s="11" t="n">
-        <v>46021</v>
+        <v>46111</v>
       </c>
       <c r="J197" s="6" t="n"/>
     </row>
     <row r="198">
       <c r="A198" s="1" t="n">
         <v>188</v>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bank of India Jan26</t>
+          <t>Alkem Laboratories Limited Feb26</t>
         </is>
       </c>
       <c r="D198" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E198" s="5" t="n">
-        <v>-5200</v>
+        <v>-2750</v>
       </c>
       <c r="F198" s="6" t="n">
-        <v>-7.75</v>
-[...4 lines deleted...]
-        </is>
+        <v>-155.47</v>
+      </c>
+      <c r="G198" s="7" t="n">
+        <v>-0.0002</v>
       </c>
       <c r="H198" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J198" s="6" t="n"/>
     </row>
     <row r="199">
       <c r="A199" s="1" t="n">
         <v>189</v>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Siemens Limited Dec25</t>
+          <t>Lupin Limited Feb26</t>
         </is>
       </c>
       <c r="D199" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E199" s="5" t="n">
-        <v>-250</v>
+        <v>-8075</v>
       </c>
       <c r="F199" s="6" t="n">
-        <v>-8.279999999999999</v>
-[...4 lines deleted...]
-        </is>
+        <v>-173.9</v>
+      </c>
+      <c r="G199" s="7" t="n">
+        <v>-0.0003</v>
       </c>
       <c r="H199" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J199" s="6" t="n"/>
     </row>
     <row r="200">
       <c r="A200" s="1" t="n">
         <v>190</v>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited Feb26</t>
+          <t>Oracle Financial Services Software Limited Feb26</t>
         </is>
       </c>
       <c r="D200" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E200" s="5" t="n">
-        <v>-400</v>
+        <v>-2250</v>
       </c>
       <c r="F200" s="6" t="n">
-        <v>-8.65</v>
-[...4 lines deleted...]
-        </is>
+        <v>-175.02</v>
+      </c>
+      <c r="G200" s="7" t="n">
+        <v>-0.0003</v>
       </c>
       <c r="H200" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J200" s="6" t="n"/>
     </row>
     <row r="201">
       <c r="A201" s="1" t="n">
         <v>191</v>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bosch Limited Dec25</t>
+          <t>Oberoi Realty Limited Feb26</t>
         </is>
       </c>
       <c r="D201" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E201" s="5" t="n">
-        <v>-25</v>
+        <v>-11900</v>
       </c>
       <c r="F201" s="6" t="n">
-        <v>-9.09</v>
-[...4 lines deleted...]
-        </is>
+        <v>-177.37</v>
+      </c>
+      <c r="G201" s="7" t="n">
+        <v>-0.0003</v>
       </c>
       <c r="H201" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J201" s="6" t="n"/>
     </row>
     <row r="202">
       <c r="A202" s="1" t="n">
         <v>192</v>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hindustan Petroleum Corporation Limited Jan26</t>
+          <t>Info Edge (India) Limited Feb26</t>
         </is>
       </c>
       <c r="D202" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E202" s="5" t="n">
-        <v>-2025</v>
+        <v>-14625</v>
       </c>
       <c r="F202" s="6" t="n">
-        <v>-9.359999999999999</v>
-[...4 lines deleted...]
-        </is>
+        <v>-183.66</v>
+      </c>
+      <c r="G202" s="7" t="n">
+        <v>-0.0003</v>
       </c>
       <c r="H202" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J202" s="6" t="n"/>
     </row>
     <row r="203">
       <c r="A203" s="1" t="n">
         <v>193</v>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Crompton Greaves Consumer Electricals Limited Feb26</t>
+          <t>CG Power and Industrial Solutions Limited Feb26</t>
         </is>
       </c>
       <c r="D203" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E203" s="5" t="n">
-        <v>-3600</v>
+        <v>-32300</v>
       </c>
       <c r="F203" s="6" t="n">
-        <v>-9.74</v>
-[...4 lines deleted...]
-        </is>
+        <v>-189.31</v>
+      </c>
+      <c r="G203" s="7" t="n">
+        <v>-0.0003</v>
       </c>
       <c r="H203" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J203" s="6" t="n"/>
     </row>
     <row r="204">
       <c r="A204" s="1" t="n">
         <v>194</v>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Biocon Limited Feb26</t>
+          <t>Persistent Systems Limited Feb26</t>
         </is>
       </c>
       <c r="D204" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E204" s="5" t="n">
-        <v>-2500</v>
+        <v>-3200</v>
       </c>
       <c r="F204" s="6" t="n">
-        <v>-10.16</v>
-[...4 lines deleted...]
-        </is>
+        <v>-193.52</v>
+      </c>
+      <c r="G204" s="7" t="n">
+        <v>-0.0003</v>
       </c>
       <c r="H204" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J204" s="6" t="n"/>
     </row>
     <row r="205">
       <c r="A205" s="1" t="n">
         <v>195</v>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Petronet LNG Limited Feb26</t>
+          <t>Havells India Limited Feb26</t>
         </is>
       </c>
       <c r="D205" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E205" s="5" t="n">
-        <v>-3800</v>
+        <v>-17500</v>
       </c>
       <c r="F205" s="6" t="n">
-        <v>-10.53</v>
-[...4 lines deleted...]
-        </is>
+        <v>-226.03</v>
+      </c>
+      <c r="G205" s="7" t="n">
+        <v>-0.0003</v>
       </c>
       <c r="H205" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J205" s="6" t="n"/>
     </row>
     <row r="206">
       <c r="A206" s="1" t="n">
         <v>196</v>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bandhan Bank Limited Feb26</t>
+          <t>UNO Minda Limited Feb26</t>
         </is>
       </c>
       <c r="D206" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E206" s="5" t="n">
-        <v>-7200</v>
+        <v>-19800</v>
       </c>
       <c r="F206" s="6" t="n">
-        <v>-11.03</v>
-[...4 lines deleted...]
-        </is>
+        <v>-234.59</v>
+      </c>
+      <c r="G206" s="7" t="n">
+        <v>-0.0003</v>
       </c>
       <c r="H206" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J206" s="6" t="n"/>
     </row>
     <row r="207">
       <c r="A207" s="1" t="n">
         <v>197</v>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Nestle India Limited Jan26</t>
+          <t>Cipla Limited Feb26</t>
         </is>
       </c>
       <c r="D207" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E207" s="5" t="n">
-        <v>-1000</v>
+        <v>-18750</v>
       </c>
       <c r="F207" s="6" t="n">
-        <v>-12.77</v>
-[...4 lines deleted...]
-        </is>
+        <v>-249.36</v>
+      </c>
+      <c r="G207" s="7" t="n">
+        <v>-0.0004</v>
       </c>
       <c r="H207" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J207" s="6" t="n"/>
     </row>
     <row r="208">
       <c r="A208" s="1" t="n">
         <v>198</v>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dabur India Limited Dec25</t>
+          <t>Bajaj Finance Limited Mar26</t>
         </is>
       </c>
       <c r="D208" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E208" s="5" t="n">
-        <v>-2500</v>
+        <v>-27750</v>
       </c>
       <c r="F208" s="6" t="n">
-        <v>-13</v>
-[...4 lines deleted...]
-        </is>
+        <v>-260.61</v>
+      </c>
+      <c r="G208" s="7" t="n">
+        <v>-0.0004</v>
       </c>
       <c r="H208" s="11" t="n">
-        <v>46021</v>
+        <v>46111</v>
       </c>
       <c r="J208" s="6" t="n"/>
     </row>
     <row r="209">
       <c r="A209" s="1" t="n">
         <v>199</v>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>JINDAL STEEL LIMITED Jan26</t>
+          <t>Bharat Forge Limited Feb26</t>
         </is>
       </c>
       <c r="D209" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E209" s="5" t="n">
-        <v>-1250</v>
+        <v>-18500</v>
       </c>
       <c r="F209" s="6" t="n">
-        <v>-13.22</v>
-[...4 lines deleted...]
-        </is>
+        <v>-266.71</v>
+      </c>
+      <c r="G209" s="7" t="n">
+        <v>-0.0004</v>
       </c>
       <c r="H209" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J209" s="6" t="n"/>
     </row>
     <row r="210">
       <c r="A210" s="1" t="n">
         <v>200</v>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Housing &amp; Urban Development Corporation Limited Dec25</t>
+          <t>JINDAL STEEL LIMITED Feb26</t>
         </is>
       </c>
       <c r="D210" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E210" s="5" t="n">
-        <v>-5550</v>
+        <v>-24375</v>
       </c>
       <c r="F210" s="6" t="n">
-        <v>-13.36</v>
-[...4 lines deleted...]
-        </is>
+        <v>-276.1</v>
+      </c>
+      <c r="G210" s="7" t="n">
+        <v>-0.0004</v>
       </c>
       <c r="H210" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J210" s="6" t="n"/>
     </row>
     <row r="211">
       <c r="A211" s="1" t="n">
         <v>201</v>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Jio Financial Services Limited Feb26</t>
+          <t>Infosys Limited Mar26</t>
         </is>
       </c>
       <c r="D211" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E211" s="5" t="n">
-        <v>-4700</v>
+        <v>-16800</v>
       </c>
       <c r="F211" s="6" t="n">
-        <v>-14.68</v>
-[...4 lines deleted...]
-        </is>
+        <v>-278.06</v>
+      </c>
+      <c r="G211" s="7" t="n">
+        <v>-0.0004</v>
       </c>
       <c r="H211" s="11" t="n">
-        <v>46077</v>
+        <v>46111</v>
       </c>
       <c r="J211" s="6" t="n"/>
     </row>
     <row r="212">
       <c r="A212" s="1" t="n">
         <v>202</v>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bharat Heavy Electricals Limited Feb26</t>
+          <t>Voltas Limited Feb26</t>
         </is>
       </c>
       <c r="D212" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E212" s="5" t="n">
-        <v>-5250</v>
+        <v>-22875</v>
       </c>
       <c r="F212" s="6" t="n">
-        <v>-15.52</v>
-[...4 lines deleted...]
-        </is>
+        <v>-303.6</v>
+      </c>
+      <c r="G212" s="7" t="n">
+        <v>-0.0004</v>
       </c>
       <c r="H212" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J212" s="6" t="n"/>
     </row>
     <row r="213">
       <c r="A213" s="1" t="n">
         <v>203</v>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>LIC Housing Finance Limited Jan26</t>
+          <t>Sammaan Capital Limited Mar26</t>
         </is>
       </c>
       <c r="D213" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E213" s="5" t="n">
-        <v>-3000</v>
+        <v>-206400</v>
       </c>
       <c r="F213" s="6" t="n">
-        <v>-16.69</v>
-[...4 lines deleted...]
-        </is>
+        <v>-314.16</v>
+      </c>
+      <c r="G213" s="7" t="n">
+        <v>-0.0005</v>
       </c>
       <c r="H213" s="11" t="n">
-        <v>46049</v>
+        <v>46111</v>
       </c>
       <c r="J213" s="6" t="n"/>
     </row>
     <row r="214">
       <c r="A214" s="1" t="n">
         <v>204</v>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>HDFC Life Insurance Company Limited Jan26</t>
+          <t>Tata Power Company Limited  Mar26</t>
         </is>
       </c>
       <c r="D214" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E214" s="5" t="n">
-        <v>-2200</v>
+        <v>-88450</v>
       </c>
       <c r="F214" s="6" t="n">
-        <v>-17.02</v>
-[...4 lines deleted...]
-        </is>
+        <v>-326.65</v>
+      </c>
+      <c r="G214" s="7" t="n">
+        <v>-0.0005</v>
       </c>
       <c r="H214" s="11" t="n">
-        <v>46049</v>
+        <v>46111</v>
       </c>
       <c r="J214" s="6" t="n"/>
     </row>
     <row r="215">
       <c r="A215" s="1" t="n">
         <v>205</v>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bosch Limited Jan26</t>
+          <t>Oil &amp; Natural Gas Corporation Limited Feb26</t>
         </is>
       </c>
       <c r="D215" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E215" s="5" t="n">
-        <v>-50</v>
+        <v>-123750</v>
       </c>
       <c r="F215" s="6" t="n">
-        <v>-18.29</v>
-[...4 lines deleted...]
-        </is>
+        <v>-332.08</v>
+      </c>
+      <c r="G215" s="7" t="n">
+        <v>-0.0005</v>
       </c>
       <c r="H215" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J215" s="6" t="n"/>
     </row>
     <row r="216">
       <c r="A216" s="1" t="n">
         <v>206</v>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Britannia Industries Limited Jan26</t>
+          <t>Hindustan Zinc Limited Feb26</t>
         </is>
       </c>
       <c r="D216" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E216" s="5" t="n">
-        <v>-375</v>
+        <v>-53900</v>
       </c>
       <c r="F216" s="6" t="n">
-        <v>-22.2</v>
-[...4 lines deleted...]
-        </is>
+        <v>-340.03</v>
+      </c>
+      <c r="G216" s="7" t="n">
+        <v>-0.0005</v>
       </c>
       <c r="H216" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J216" s="6" t="n"/>
     </row>
     <row r="217">
       <c r="A217" s="1" t="n">
         <v>207</v>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>GMR AIRPORTS LIMITED Jan26</t>
+          <t>Cholamandalam Investment and Finance Company Limited Feb26</t>
         </is>
       </c>
       <c r="D217" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E217" s="5" t="n">
-        <v>-20925</v>
+        <v>-22500</v>
       </c>
       <c r="F217" s="6" t="n">
-        <v>-22.94</v>
-[...4 lines deleted...]
-        </is>
+        <v>-367.6</v>
+      </c>
+      <c r="G217" s="7" t="n">
+        <v>-0.0005</v>
       </c>
       <c r="H217" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J217" s="6" t="n"/>
     </row>
     <row r="218">
       <c r="A218" s="1" t="n">
         <v>208</v>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>UltraTech Cement Limited Jan26</t>
+          <t>Maruti Suzuki India Limited Mar26</t>
         </is>
       </c>
       <c r="D218" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E218" s="5" t="n">
-        <v>-200</v>
+        <v>-2500</v>
       </c>
       <c r="F218" s="6" t="n">
-        <v>-23.49</v>
-[...4 lines deleted...]
-        </is>
+        <v>-369.02</v>
+      </c>
+      <c r="G218" s="7" t="n">
+        <v>-0.0005</v>
       </c>
       <c r="H218" s="11" t="n">
-        <v>46049</v>
+        <v>46111</v>
       </c>
       <c r="J218" s="6" t="n"/>
     </row>
     <row r="219">
       <c r="A219" s="1" t="n">
         <v>209</v>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Supreme Industries Limited Feb26</t>
+          <t>Indian Energy Exchange Limited Feb26</t>
         </is>
       </c>
       <c r="D219" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E219" s="5" t="n">
-        <v>-700</v>
+        <v>-300000</v>
       </c>
       <c r="F219" s="6" t="n">
-        <v>-24.07</v>
-[...4 lines deleted...]
-        </is>
+        <v>-377.46</v>
+      </c>
+      <c r="G219" s="7" t="n">
+        <v>-0.0005</v>
       </c>
       <c r="H219" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J219" s="6" t="n"/>
     </row>
     <row r="220">
       <c r="A220" s="1" t="n">
         <v>210</v>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>NHPC Limited Dec25</t>
+          <t>Hindustan Unilever Limited Feb26</t>
         </is>
       </c>
       <c r="D220" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E220" s="5" t="n">
-        <v>-32000</v>
+        <v>-15900</v>
       </c>
       <c r="F220" s="6" t="n">
-        <v>-24.71</v>
-[...4 lines deleted...]
-        </is>
+        <v>-377.64</v>
+      </c>
+      <c r="G220" s="7" t="n">
+        <v>-0.0005</v>
       </c>
       <c r="H220" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J220" s="6" t="n"/>
     </row>
     <row r="221">
       <c r="A221" s="1" t="n">
         <v>211</v>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>PG Electroplast Limited Dec25</t>
+          <t>Tata Elxsi Limited Feb26</t>
         </is>
       </c>
       <c r="D221" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E221" s="5" t="n">
-        <v>-4200</v>
+        <v>-7300</v>
       </c>
       <c r="F221" s="6" t="n">
-        <v>-24.95</v>
-[...4 lines deleted...]
-        </is>
+        <v>-389.35</v>
+      </c>
+      <c r="G221" s="7" t="n">
+        <v>-0.0005999999999999999</v>
       </c>
       <c r="H221" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J221" s="6" t="n"/>
     </row>
     <row r="222">
       <c r="A222" s="1" t="n">
         <v>212</v>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Cummins India Limited Dec25</t>
+          <t>Union Bank of India Feb26</t>
         </is>
       </c>
       <c r="D222" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E222" s="5" t="n">
-        <v>-600</v>
+        <v>-216825</v>
       </c>
       <c r="F222" s="6" t="n">
-        <v>-26.98</v>
-[...4 lines deleted...]
-        </is>
+        <v>-393.39</v>
+      </c>
+      <c r="G222" s="7" t="n">
+        <v>-0.0005999999999999999</v>
       </c>
       <c r="H222" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J222" s="6" t="n"/>
     </row>
     <row r="223">
       <c r="A223" s="1" t="n">
         <v>213</v>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Eicher Motors Limited Jan26</t>
+          <t>Mazagon Dock Shipbuilders Limited Feb26</t>
         </is>
       </c>
       <c r="D223" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E223" s="5" t="n">
-        <v>-400</v>
+        <v>-16000</v>
       </c>
       <c r="F223" s="6" t="n">
-        <v>-28.53</v>
-[...4 lines deleted...]
-        </is>
+        <v>-412.35</v>
+      </c>
+      <c r="G223" s="7" t="n">
+        <v>-0.0005999999999999999</v>
       </c>
       <c r="H223" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J223" s="6" t="n"/>
     </row>
     <row r="224">
       <c r="A224" s="1" t="n">
         <v>214</v>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dalmia Bharat Limited Dec25</t>
+          <t>NBCC (India) Limited Feb26</t>
         </is>
       </c>
       <c r="D224" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E224" s="5" t="n">
-        <v>-1625</v>
+        <v>-435500</v>
       </c>
       <c r="F224" s="6" t="n">
-        <v>-32.85</v>
-[...4 lines deleted...]
-        </is>
+        <v>-430.67</v>
+      </c>
+      <c r="G224" s="7" t="n">
+        <v>-0.0005999999999999999</v>
       </c>
       <c r="H224" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J224" s="6" t="n"/>
     </row>
     <row r="225">
       <c r="A225" s="1" t="n">
         <v>215</v>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Inox Wind Limited Jan26</t>
+          <t>CG Power and Industrial Solutions Limited Mar26</t>
         </is>
       </c>
       <c r="D225" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E225" s="5" t="n">
-        <v>-25025</v>
+        <v>-74800</v>
       </c>
       <c r="F225" s="6" t="n">
-        <v>-34.13</v>
+        <v>-441.32</v>
       </c>
       <c r="G225" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0005999999999999999</v>
       </c>
       <c r="H225" s="11" t="n">
-        <v>46049</v>
+        <v>46111</v>
       </c>
       <c r="J225" s="6" t="n"/>
     </row>
     <row r="226">
       <c r="A226" s="1" t="n">
         <v>216</v>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Hindustan Aeronautics Limited Jan26</t>
+          <t>Fortis Healthcare Limited Feb26</t>
         </is>
       </c>
       <c r="D226" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E226" s="5" t="n">
-        <v>-750</v>
+        <v>-53475</v>
       </c>
       <c r="F226" s="6" t="n">
-        <v>-34.51</v>
+        <v>-456.44</v>
       </c>
       <c r="G226" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0007</v>
       </c>
       <c r="H226" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J226" s="6" t="n"/>
     </row>
     <row r="227">
       <c r="A227" s="1" t="n">
         <v>217</v>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Delhivery Limited Jan26</t>
+          <t>Eicher Motors Limited Feb26</t>
         </is>
       </c>
       <c r="D227" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E227" s="5" t="n">
-        <v>-8300</v>
+        <v>-7300</v>
       </c>
       <c r="F227" s="6" t="n">
-        <v>-35.74</v>
+        <v>-520.8200000000001</v>
       </c>
       <c r="G227" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0008</v>
       </c>
       <c r="H227" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J227" s="6" t="n"/>
     </row>
     <row r="228">
       <c r="A228" s="1" t="n">
         <v>218</v>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kalyan Jewellers India Limited Jan26</t>
+          <t>FSN E-Commerce Ventures Limited Feb26</t>
         </is>
       </c>
       <c r="D228" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E228" s="5" t="n">
-        <v>-7050</v>
+        <v>-221875</v>
       </c>
       <c r="F228" s="6" t="n">
-        <v>-36.12</v>
+        <v>-529.17</v>
       </c>
       <c r="G228" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0008</v>
       </c>
       <c r="H228" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J228" s="6" t="n"/>
     </row>
     <row r="229">
       <c r="A229" s="1" t="n">
         <v>219</v>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Power Grid Corporation of India Limited Jan26</t>
+          <t>United Spirits Limited Feb26</t>
         </is>
       </c>
       <c r="D229" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E229" s="5" t="n">
-        <v>-13300</v>
+        <v>-42800</v>
       </c>
       <c r="F229" s="6" t="n">
-        <v>-36.38</v>
+        <v>-584.1799999999999</v>
       </c>
       <c r="G229" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0008</v>
       </c>
       <c r="H229" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J229" s="6" t="n"/>
     </row>
     <row r="230">
       <c r="A230" s="1" t="n">
         <v>220</v>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bharat Heavy Electricals Limited Jan26</t>
+          <t>MphasiS Limited Feb26</t>
         </is>
       </c>
       <c r="D230" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E230" s="5" t="n">
-        <v>-13125</v>
+        <v>-21450</v>
       </c>
       <c r="F230" s="6" t="n">
-        <v>-38.58</v>
+        <v>-593.8</v>
       </c>
       <c r="G230" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0009</v>
       </c>
       <c r="H230" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J230" s="6" t="n"/>
     </row>
     <row r="231">
       <c r="A231" s="1" t="n">
         <v>221</v>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Nuvama Wealth Management Limited Dec25</t>
+          <t>Tata Consultancy Services Limited Mar26</t>
         </is>
       </c>
       <c r="D231" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E231" s="5" t="n">
-        <v>-600</v>
+        <v>-19600</v>
       </c>
       <c r="F231" s="6" t="n">
-        <v>-45.12</v>
+        <v>-619.3200000000001</v>
       </c>
       <c r="G231" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0009</v>
       </c>
       <c r="H231" s="11" t="n">
-        <v>46021</v>
+        <v>46111</v>
       </c>
       <c r="J231" s="6" t="n"/>
     </row>
     <row r="232">
       <c r="A232" s="1" t="n">
         <v>222</v>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>JINDAL STEEL LIMITED Dec25</t>
+          <t>SBI Life Insurance Company Limited Feb26</t>
         </is>
       </c>
       <c r="D232" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E232" s="5" t="n">
-        <v>-4375</v>
+        <v>-32250</v>
       </c>
       <c r="F232" s="6" t="n">
-        <v>-46.03</v>
+        <v>-647.3200000000001</v>
       </c>
       <c r="G232" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0009</v>
       </c>
       <c r="H232" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J232" s="6" t="n"/>
     </row>
     <row r="233">
       <c r="A233" s="1" t="n">
         <v>223</v>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Adani Enterprises Limited Jan26</t>
+          <t>GAIL (India) Limited Feb26</t>
         </is>
       </c>
       <c r="D233" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E233" s="5" t="n">
-        <v>-2163</v>
+        <v>-406350</v>
       </c>
       <c r="F233" s="6" t="n">
-        <v>-49.68</v>
+        <v>-682.26</v>
       </c>
       <c r="G233" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.001</v>
       </c>
       <c r="H233" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J233" s="6" t="n"/>
     </row>
     <row r="234">
       <c r="A234" s="1" t="n">
         <v>224</v>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>RBL Bank Limited Jan26</t>
+          <t>Inox Wind Limited Feb26</t>
         </is>
       </c>
       <c r="D234" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E234" s="5" t="n">
-        <v>-15875</v>
+        <v>-643500</v>
       </c>
       <c r="F234" s="6" t="n">
-        <v>-50.09</v>
+        <v>-695.49</v>
       </c>
       <c r="G234" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.001</v>
       </c>
       <c r="H234" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J234" s="6" t="n"/>
     </row>
     <row r="235">
       <c r="A235" s="1" t="n">
         <v>225</v>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>HDFC Life Insurance Company Limited Dec25</t>
+          <t>Max Financial Services Limited Feb26</t>
         </is>
       </c>
       <c r="D235" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E235" s="5" t="n">
-        <v>-6600</v>
+        <v>-44000</v>
       </c>
       <c r="F235" s="6" t="n">
-        <v>-50.75</v>
+        <v>-711.66</v>
       </c>
       <c r="G235" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.001</v>
       </c>
       <c r="H235" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J235" s="6" t="n"/>
     </row>
     <row r="236">
       <c r="A236" s="1" t="n">
         <v>226</v>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Petronet LNG Limited Jan26</t>
+          <t>NTPC Limited Feb26</t>
         </is>
       </c>
       <c r="D236" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E236" s="5" t="n">
-        <v>-19000</v>
+        <v>-205500</v>
       </c>
       <c r="F236" s="6" t="n">
-        <v>-52.35</v>
+        <v>-726.65</v>
       </c>
       <c r="G236" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0011</v>
       </c>
       <c r="H236" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J236" s="6" t="n"/>
     </row>
     <row r="237">
       <c r="A237" s="1" t="n">
         <v>227</v>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Fortis Healthcare Limited Dec25</t>
+          <t>Suzlon Energy Limited Feb26</t>
         </is>
       </c>
       <c r="D237" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E237" s="5" t="n">
-        <v>-6200</v>
+        <v>-1660600</v>
       </c>
       <c r="F237" s="6" t="n">
-        <v>-57.26</v>
+        <v>-793.9299999999999</v>
       </c>
       <c r="G237" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0012</v>
       </c>
       <c r="H237" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J237" s="6" t="n"/>
     </row>
     <row r="238">
       <c r="A238" s="1" t="n">
         <v>228</v>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Suzlon Energy Limited Jan26</t>
+          <t>Godrej Consumer Products Limited Feb26</t>
         </is>
       </c>
       <c r="D238" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E238" s="5" t="n">
-        <v>-108300</v>
+        <v>-70000</v>
       </c>
       <c r="F238" s="6" t="n">
-        <v>-59.25</v>
+        <v>-812</v>
       </c>
       <c r="G238" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0012</v>
       </c>
       <c r="H238" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J238" s="6" t="n"/>
     </row>
     <row r="239">
       <c r="A239" s="1" t="n">
         <v>229</v>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Mazagon Dock Shipbuilders Limited Jan26</t>
+          <t>Polycab India Limited Feb26</t>
         </is>
       </c>
       <c r="D239" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E239" s="5" t="n">
-        <v>-2200</v>
+        <v>-11625</v>
       </c>
       <c r="F239" s="6" t="n">
-        <v>-59.76</v>
+        <v>-817.0599999999999</v>
       </c>
       <c r="G239" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0012</v>
       </c>
       <c r="H239" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J239" s="6" t="n"/>
     </row>
     <row r="240">
       <c r="A240" s="1" t="n">
         <v>230</v>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>TVS Motor Company Limited Jan26</t>
+          <t>Apollo Hospitals Enterprise Limited Feb26</t>
         </is>
       </c>
       <c r="D240" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E240" s="5" t="n">
-        <v>-1750</v>
+        <v>-11750</v>
       </c>
       <c r="F240" s="6" t="n">
-        <v>-62.62</v>
+        <v>-818.5599999999999</v>
       </c>
       <c r="G240" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0012</v>
       </c>
       <c r="H240" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J240" s="6" t="n"/>
     </row>
     <row r="241">
       <c r="A241" s="1" t="n">
         <v>231</v>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited Jan26</t>
+          <t>SRF Limited Feb26</t>
         </is>
       </c>
       <c r="D241" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E241" s="5" t="n">
-        <v>-5000</v>
+        <v>-29600</v>
       </c>
       <c r="F241" s="6" t="n">
-        <v>-64.72</v>
+        <v>-834.99</v>
       </c>
       <c r="G241" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0012</v>
       </c>
       <c r="H241" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J241" s="6" t="n"/>
     </row>
     <row r="242">
       <c r="A242" s="1" t="n">
         <v>232</v>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Apollo Hospitals Enterprise Limited Jan26</t>
+          <t>Yes Bank Ltd Mar26</t>
         </is>
       </c>
       <c r="D242" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E242" s="5" t="n">
-        <v>-875</v>
+        <v>-3918600</v>
       </c>
       <c r="F242" s="6" t="n">
-        <v>-65.03</v>
+        <v>-847.59</v>
       </c>
       <c r="G242" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0012</v>
       </c>
       <c r="H242" s="11" t="n">
-        <v>46049</v>
+        <v>46111</v>
       </c>
       <c r="J242" s="6" t="n"/>
     </row>
     <row r="243">
       <c r="A243" s="1" t="n">
         <v>233</v>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Axis Bank Limited Feb26</t>
+          <t>PB Fintech Limited Feb26</t>
         </is>
       </c>
       <c r="D243" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E243" s="5" t="n">
-        <v>-5000</v>
+        <v>-51450</v>
       </c>
       <c r="F243" s="6" t="n">
-        <v>-65.2</v>
+        <v>-852.9400000000001</v>
       </c>
       <c r="G243" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0012</v>
       </c>
       <c r="H243" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J243" s="6" t="n"/>
     </row>
     <row r="244">
       <c r="A244" s="1" t="n">
         <v>234</v>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>PNB Housing Finance Limited Jan26</t>
+          <t>Hindustan Petroleum Corporation Limited Feb26</t>
         </is>
       </c>
       <c r="D244" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E244" s="5" t="n">
-        <v>-7150</v>
+        <v>-200475</v>
       </c>
       <c r="F244" s="6" t="n">
-        <v>-65.56999999999999</v>
+        <v>-859.34</v>
       </c>
       <c r="G244" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0012</v>
       </c>
       <c r="H244" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J244" s="6" t="n"/>
     </row>
     <row r="245">
       <c r="A245" s="1" t="n">
         <v>235</v>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Oil &amp; Natural Gas Corporation Limited Jan26</t>
+          <t>Life Insurance Corporation Of India Feb26</t>
         </is>
       </c>
       <c r="D245" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E245" s="5" t="n">
-        <v>-27000</v>
+        <v>-109200</v>
       </c>
       <c r="F245" s="6" t="n">
-        <v>-66.5</v>
+        <v>-902.97</v>
       </c>
       <c r="G245" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0013</v>
       </c>
       <c r="H245" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J245" s="6" t="n"/>
     </row>
     <row r="246">
       <c r="A246" s="1" t="n">
         <v>236</v>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tata Consultancy Services Limited Feb26</t>
+          <t>Sona BLW Precision Forgings Limited Feb26</t>
         </is>
       </c>
       <c r="D246" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E246" s="5" t="n">
-        <v>-2100</v>
+        <v>-187425</v>
       </c>
       <c r="F246" s="6" t="n">
-        <v>-66.91</v>
+        <v>-931.22</v>
       </c>
       <c r="G246" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0014</v>
       </c>
       <c r="H246" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J246" s="6" t="n"/>
     </row>
     <row r="247">
       <c r="A247" s="1" t="n">
         <v>237</v>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Persistent Systems Limited Dec25</t>
+          <t>TATA CONSUMER PRODUCTS LIMITED Feb26</t>
         </is>
       </c>
       <c r="D247" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E247" s="5" t="n">
-        <v>-1100</v>
+        <v>-84700</v>
       </c>
       <c r="F247" s="6" t="n">
-        <v>-70.38</v>
+        <v>-965.0700000000001</v>
       </c>
       <c r="G247" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0014</v>
       </c>
       <c r="H247" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J247" s="6" t="n"/>
     </row>
     <row r="248">
       <c r="A248" s="1" t="n">
         <v>238</v>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bharti Airtel Limited Feb26</t>
+          <t>Power Finance Corporation Limited Feb26</t>
         </is>
       </c>
       <c r="D248" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E248" s="5" t="n">
-        <v>-3325</v>
+        <v>-257400</v>
       </c>
       <c r="F248" s="6" t="n">
-        <v>-71.18000000000001</v>
+        <v>-969.63</v>
       </c>
       <c r="G248" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0014</v>
       </c>
       <c r="H248" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J248" s="6" t="n"/>
     </row>
     <row r="249">
       <c r="A249" s="1" t="n">
         <v>239</v>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tata Motors Passenger Vehicles Limited Feb26</t>
+          <t>Solar Industries India Limited Feb26</t>
         </is>
       </c>
       <c r="D249" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E249" s="5" t="n">
-        <v>-20800</v>
+        <v>-7200</v>
       </c>
       <c r="F249" s="6" t="n">
-        <v>-75.61</v>
+        <v>-972.79</v>
       </c>
       <c r="G249" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0014</v>
       </c>
       <c r="H249" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J249" s="6" t="n"/>
     </row>
     <row r="250">
       <c r="A250" s="1" t="n">
         <v>240</v>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Prestige Estates Projects Limited Dec25</t>
+          <t>Pidilite Industries Limited Feb26</t>
         </is>
       </c>
       <c r="D250" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E250" s="5" t="n">
-        <v>-4500</v>
+        <v>-68000</v>
       </c>
       <c r="F250" s="6" t="n">
-        <v>-75.84</v>
+        <v>-974.64</v>
       </c>
       <c r="G250" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0014</v>
       </c>
       <c r="H250" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J250" s="6" t="n"/>
     </row>
     <row r="251">
       <c r="A251" s="1" t="n">
         <v>241</v>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Indian Renewable Energy Development Agency Limited Dec25</t>
+          <t>JSW Energy Limited Feb26</t>
         </is>
       </c>
       <c r="D251" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E251" s="5" t="n">
-        <v>-55200</v>
+        <v>-240000</v>
       </c>
       <c r="F251" s="6" t="n">
-        <v>-79.42</v>
+        <v>-1105.32</v>
       </c>
       <c r="G251" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0016</v>
       </c>
       <c r="H251" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J251" s="6" t="n"/>
     </row>
     <row r="252">
       <c r="A252" s="1" t="n">
         <v>242</v>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Oberoi Realty Limited Dec25</t>
+          <t>AU Small Finance Bank Limited Feb26</t>
         </is>
       </c>
       <c r="D252" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E252" s="5" t="n">
-        <v>-4900</v>
+        <v>-113000</v>
       </c>
       <c r="F252" s="6" t="n">
-        <v>-81.26000000000001</v>
+        <v>-1112.65</v>
       </c>
       <c r="G252" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0016</v>
       </c>
       <c r="H252" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J252" s="6" t="n"/>
     </row>
     <row r="253">
       <c r="A253" s="1" t="n">
         <v>243</v>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mahindra &amp; Mahindra Limited Jan26</t>
+          <t>Amber Enterprises India Limited Feb26</t>
         </is>
       </c>
       <c r="D253" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E253" s="5" t="n">
-        <v>-2200</v>
+        <v>-19500</v>
       </c>
       <c r="F253" s="6" t="n">
-        <v>-83.75</v>
+        <v>-1120.66</v>
       </c>
       <c r="G253" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0016</v>
       </c>
       <c r="H253" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J253" s="6" t="n"/>
     </row>
     <row r="254">
       <c r="A254" s="1" t="n">
         <v>244</v>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Oracle Financial Services Software Limited Dec25</t>
+          <t>Indian Oil Corporation Limited Feb26</t>
         </is>
       </c>
       <c r="D254" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E254" s="5" t="n">
-        <v>-1050</v>
+        <v>-692250</v>
       </c>
       <c r="F254" s="6" t="n">
-        <v>-85.70999999999999</v>
+        <v>-1129.96</v>
       </c>
       <c r="G254" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0016</v>
       </c>
       <c r="H254" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J254" s="6" t="n"/>
     </row>
     <row r="255">
       <c r="A255" s="1" t="n">
         <v>245</v>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Max Healthcare Institute Limited Jan26</t>
+          <t>Petronet LNG Limited Feb26</t>
         </is>
       </c>
       <c r="D255" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E255" s="5" t="n">
-        <v>-7350</v>
+        <v>-391400</v>
       </c>
       <c r="F255" s="6" t="n">
-        <v>-86.44</v>
+        <v>-1137.21</v>
       </c>
       <c r="G255" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0017</v>
       </c>
       <c r="H255" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J255" s="6" t="n"/>
     </row>
     <row r="256">
       <c r="A256" s="1" t="n">
         <v>246</v>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Trent Limited Feb26</t>
+          <t>Adani Green Energy Limited Feb26</t>
         </is>
       </c>
       <c r="D256" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E256" s="5" t="n">
-        <v>-2000</v>
+        <v>-133800</v>
       </c>
       <c r="F256" s="6" t="n">
-        <v>-86.65000000000001</v>
+        <v>-1142.79</v>
       </c>
       <c r="G256" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0017</v>
       </c>
       <c r="H256" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J256" s="6" t="n"/>
     </row>
     <row r="257">
       <c r="A257" s="1" t="n">
         <v>247</v>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Indian Energy Exchange Limited Jan26</t>
+          <t>Hindustan Aeronautics Limited Mar26</t>
         </is>
       </c>
       <c r="D257" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E257" s="5" t="n">
-        <v>-63750</v>
+        <v>-24750</v>
       </c>
       <c r="F257" s="6" t="n">
-        <v>-89.90000000000001</v>
+        <v>-1149.09</v>
       </c>
       <c r="G257" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0017</v>
       </c>
       <c r="H257" s="11" t="n">
-        <v>46049</v>
+        <v>46111</v>
       </c>
       <c r="J257" s="6" t="n"/>
     </row>
     <row r="258">
       <c r="A258" s="1" t="n">
         <v>248</v>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Tech Mahindra Limited Jan26</t>
+          <t>Lodha Developers Limited Feb26</t>
         </is>
       </c>
       <c r="D258" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E258" s="5" t="n">
-        <v>-6000</v>
+        <v>-118800</v>
       </c>
       <c r="F258" s="6" t="n">
-        <v>-92</v>
+        <v>-1156.16</v>
       </c>
       <c r="G258" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0017</v>
       </c>
       <c r="H258" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J258" s="6" t="n"/>
     </row>
     <row r="259">
       <c r="A259" s="1" t="n">
         <v>249</v>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>JSW Energy Limited Jan26</t>
+          <t>Syngene International Limited Feb26</t>
         </is>
       </c>
       <c r="D259" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E259" s="5" t="n">
-        <v>-19000</v>
+        <v>-252000</v>
       </c>
       <c r="F259" s="6" t="n">
-        <v>-93.73</v>
+        <v>-1198.76</v>
       </c>
       <c r="G259" s="7" t="n">
-        <v>-0.0001</v>
+        <v>-0.0017</v>
       </c>
       <c r="H259" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J259" s="6" t="n"/>
     </row>
     <row r="260">
       <c r="A260" s="1" t="n">
         <v>250</v>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tata Elxsi Limited Dec25</t>
+          <t>Manappuram Finance Limited Feb26</t>
         </is>
       </c>
       <c r="D260" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E260" s="5" t="n">
-        <v>-2000</v>
+        <v>-429000</v>
       </c>
       <c r="F260" s="6" t="n">
-        <v>-103.81</v>
+        <v>-1223.94</v>
       </c>
       <c r="G260" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0018</v>
       </c>
       <c r="H260" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J260" s="6" t="n"/>
     </row>
     <row r="261">
       <c r="A261" s="1" t="n">
         <v>251</v>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>GAIL (India) Limited Jan26</t>
+          <t>HDFC Asset Management Company Limited Feb26</t>
         </is>
       </c>
       <c r="D261" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E261" s="5" t="n">
-        <v>-59850</v>
+        <v>-48900</v>
       </c>
       <c r="F261" s="6" t="n">
-        <v>-106.4</v>
+        <v>-1234.87</v>
       </c>
       <c r="G261" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0018</v>
       </c>
       <c r="H261" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J261" s="6" t="n"/>
     </row>
     <row r="262">
       <c r="A262" s="1" t="n">
         <v>252</v>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Larsen &amp; Toubro Limited Feb26</t>
+          <t>ICICI Prudential Life Insurance Company Limited Feb26</t>
         </is>
       </c>
       <c r="D262" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E262" s="5" t="n">
-        <v>-2625</v>
+        <v>-199800</v>
       </c>
       <c r="F262" s="6" t="n">
-        <v>-108.81</v>
+        <v>-1276.42</v>
       </c>
       <c r="G262" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0019</v>
       </c>
       <c r="H262" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J262" s="6" t="n"/>
     </row>
     <row r="263">
       <c r="A263" s="1" t="n">
         <v>253</v>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hindalco Industries Limited Jan26</t>
+          <t>The Phoenix Mills Limited Feb26</t>
         </is>
       </c>
       <c r="D263" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E263" s="5" t="n">
-        <v>-13300</v>
+        <v>-76300</v>
       </c>
       <c r="F263" s="6" t="n">
-        <v>-108.93</v>
+        <v>-1280.85</v>
       </c>
       <c r="G263" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0019</v>
       </c>
       <c r="H263" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J263" s="6" t="n"/>
     </row>
     <row r="264">
       <c r="A264" s="1" t="n">
         <v>254</v>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>NHPC Limited Jan26</t>
+          <t>HDFC Life Insurance Company Limited Feb26</t>
         </is>
       </c>
       <c r="D264" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E264" s="5" t="n">
-        <v>-153600</v>
+        <v>-174900</v>
       </c>
       <c r="F264" s="6" t="n">
-        <v>-119.3</v>
+        <v>-1282.89</v>
       </c>
       <c r="G264" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0019</v>
       </c>
       <c r="H264" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J264" s="6" t="n"/>
     </row>
     <row r="265">
       <c r="A265" s="1" t="n">
         <v>255</v>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Inox Wind Limited Dec25</t>
+          <t>Delhivery Limited Feb26</t>
         </is>
       </c>
       <c r="D265" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E265" s="5" t="n">
-        <v>-88344</v>
+        <v>-302950</v>
       </c>
       <c r="F265" s="6" t="n">
-        <v>-119.7</v>
+        <v>-1288.75</v>
       </c>
       <c r="G265" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0019</v>
       </c>
       <c r="H265" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J265" s="6" t="n"/>
     </row>
     <row r="266">
       <c r="A266" s="1" t="n">
         <v>256</v>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>United Spirits Limited Dec25</t>
+          <t>Tech Mahindra Limited Feb26</t>
         </is>
       </c>
       <c r="D266" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E266" s="5" t="n">
-        <v>-8400</v>
+        <v>-73800</v>
       </c>
       <c r="F266" s="6" t="n">
-        <v>-122.47</v>
+        <v>-1289.43</v>
       </c>
       <c r="G266" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0019</v>
       </c>
       <c r="H266" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J266" s="6" t="n"/>
     </row>
     <row r="267">
       <c r="A267" s="1" t="n">
         <v>257</v>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ambuja Cements Limited Jan26</t>
+          <t>Bajaj Finserv Limited Feb26</t>
         </is>
       </c>
       <c r="D267" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E267" s="5" t="n">
-        <v>-22050</v>
+        <v>-66000</v>
       </c>
       <c r="F267" s="6" t="n">
-        <v>-122.7</v>
+        <v>-1291.36</v>
       </c>
       <c r="G267" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0019</v>
       </c>
       <c r="H267" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J267" s="6" t="n"/>
     </row>
     <row r="268">
       <c r="A268" s="1" t="n">
         <v>258</v>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Exide Industries Limited Jan26</t>
+          <t>Laurus Labs Limited Feb26</t>
         </is>
       </c>
       <c r="D268" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E268" s="5" t="n">
-        <v>-32400</v>
+        <v>-135150</v>
       </c>
       <c r="F268" s="6" t="n">
-        <v>-122.7</v>
+        <v>-1309.2</v>
       </c>
       <c r="G268" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0019</v>
       </c>
       <c r="H268" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J268" s="6" t="n"/>
     </row>
     <row r="269">
       <c r="A269" s="1" t="n">
         <v>259</v>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Samvardhana Motherson International Limited Jan26</t>
+          <t>Canara Bank Feb26</t>
         </is>
       </c>
       <c r="D269" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E269" s="5" t="n">
-        <v>-110700</v>
+        <v>-945000</v>
       </c>
       <c r="F269" s="6" t="n">
-        <v>-130.19</v>
+        <v>-1398.51</v>
       </c>
       <c r="G269" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.002</v>
       </c>
       <c r="H269" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J269" s="6" t="n"/>
     </row>
     <row r="270">
       <c r="A270" s="1" t="n">
         <v>260</v>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Crompton Greaves Consumer Electricals Limited Jan26</t>
+          <t>Samvardhana Motherson International Limited Feb26</t>
         </is>
       </c>
       <c r="D270" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E270" s="5" t="n">
-        <v>-48600</v>
+        <v>-1248450</v>
       </c>
       <c r="F270" s="6" t="n">
-        <v>-130.71</v>
+        <v>-1411</v>
       </c>
       <c r="G270" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.002</v>
       </c>
       <c r="H270" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J270" s="6" t="n"/>
     </row>
     <row r="271">
       <c r="A271" s="1" t="n">
         <v>261</v>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hitachi Energy India Limited Dec25</t>
+          <t>Tata Motors Passenger Vehicles Limited Feb26</t>
         </is>
       </c>
       <c r="D271" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E271" s="5" t="n">
-        <v>-600</v>
+        <v>-404000</v>
       </c>
       <c r="F271" s="6" t="n">
-        <v>-133.3</v>
+        <v>-1417.23</v>
       </c>
       <c r="G271" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0021</v>
       </c>
       <c r="H271" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J271" s="6" t="n"/>
     </row>
     <row r="272">
       <c r="A272" s="1" t="n">
         <v>262</v>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Dr. Reddy's Laboratories Limited Dec25</t>
+          <t>Ambuja Cements Limited Feb26</t>
         </is>
       </c>
       <c r="D272" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E272" s="5" t="n">
-        <v>-10625</v>
+        <v>-279300</v>
       </c>
       <c r="F272" s="6" t="n">
-        <v>-134.41</v>
+        <v>-1428.76</v>
       </c>
       <c r="G272" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0021</v>
       </c>
       <c r="H272" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J272" s="6" t="n"/>
     </row>
     <row r="273">
       <c r="A273" s="1" t="n">
         <v>263</v>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>DLF Limited Feb26</t>
+          <t>Larsen &amp; Toubro Limited Mar26</t>
         </is>
       </c>
       <c r="D273" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E273" s="5" t="n">
-        <v>-18975</v>
+        <v>-37100</v>
       </c>
       <c r="F273" s="6" t="n">
-        <v>-139.89</v>
+        <v>-1471.31</v>
       </c>
       <c r="G273" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0021</v>
       </c>
       <c r="H273" s="11" t="n">
-        <v>46077</v>
+        <v>46111</v>
       </c>
       <c r="J273" s="6" t="n"/>
     </row>
     <row r="274">
       <c r="A274" s="1" t="n">
         <v>264</v>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Finance Corporation Limited Dec25</t>
+          <t>The Indian Hotels Company Limited Feb26</t>
         </is>
       </c>
       <c r="D274" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E274" s="5" t="n">
-        <v>-119000</v>
+        <v>-224000</v>
       </c>
       <c r="F274" s="6" t="n">
-        <v>-140.91</v>
+        <v>-1513.23</v>
       </c>
       <c r="G274" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0022</v>
       </c>
       <c r="H274" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J274" s="6" t="n"/>
     </row>
     <row r="275">
       <c r="A275" s="1" t="n">
         <v>265</v>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Suzlon Energy Limited Dec25</t>
+          <t>TVS Motor Company Limited Feb26</t>
         </is>
       </c>
       <c r="D275" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E275" s="5" t="n">
-        <v>-264000</v>
+        <v>-41650</v>
       </c>
       <c r="F275" s="6" t="n">
-        <v>-143.64</v>
+        <v>-1537.88</v>
       </c>
       <c r="G275" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0022</v>
       </c>
       <c r="H275" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J275" s="6" t="n"/>
     </row>
     <row r="276">
       <c r="A276" s="1" t="n">
         <v>266</v>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tata Steel Limited Feb26</t>
+          <t>Power Finance Corporation Limited Mar26</t>
         </is>
       </c>
       <c r="D276" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E276" s="5" t="n">
-        <v>-88000</v>
+        <v>-410800</v>
       </c>
       <c r="F276" s="6" t="n">
-        <v>-150.68</v>
+        <v>-1540.5</v>
       </c>
       <c r="G276" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0022</v>
       </c>
       <c r="H276" s="11" t="n">
-        <v>46077</v>
+        <v>46111</v>
       </c>
       <c r="J276" s="6" t="n"/>
     </row>
     <row r="277">
       <c r="A277" s="1" t="n">
         <v>267</v>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Cipla Limited Jan26</t>
+          <t>Kalyan Jewellers India Limited Feb26</t>
         </is>
       </c>
       <c r="D277" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E277" s="5" t="n">
-        <v>-10500</v>
+        <v>-462950</v>
       </c>
       <c r="F277" s="6" t="n">
-        <v>-162.83</v>
+        <v>-1677.27</v>
       </c>
       <c r="G277" s="7" t="n">
-        <v>-0.0002</v>
+        <v>-0.0024</v>
       </c>
       <c r="H277" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J277" s="6" t="n"/>
     </row>
     <row r="278">
       <c r="A278" s="1" t="n">
         <v>268</v>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bharat Dynamics Limited Dec25</t>
+          <t>Britannia Industries Limited Feb26</t>
         </is>
       </c>
       <c r="D278" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E278" s="5" t="n">
-        <v>-11700</v>
+        <v>-28875</v>
       </c>
       <c r="F278" s="6" t="n">
-        <v>-177.91</v>
+        <v>-1696.12</v>
       </c>
       <c r="G278" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0025</v>
       </c>
       <c r="H278" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J278" s="6" t="n"/>
     </row>
     <row r="279">
       <c r="A279" s="1" t="n">
         <v>269</v>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Adani Ports and Special Economic Zone Limited Jan26</t>
+          <t>Patanjali Foods Limited Feb26</t>
         </is>
       </c>
       <c r="D279" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E279" s="5" t="n">
-        <v>-11875</v>
+        <v>-356400</v>
       </c>
       <c r="F279" s="6" t="n">
-        <v>-182.46</v>
+        <v>-1790.2</v>
       </c>
       <c r="G279" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0026</v>
       </c>
       <c r="H279" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J279" s="6" t="n"/>
     </row>
     <row r="280">
       <c r="A280" s="1" t="n">
         <v>270</v>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>SRF Limited Jan26</t>
+          <t>UPL Limited Feb26</t>
         </is>
       </c>
       <c r="D280" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E280" s="5" t="n">
-        <v>-6200</v>
+        <v>-253385</v>
       </c>
       <c r="F280" s="6" t="n">
-        <v>-184.51</v>
+        <v>-1790.29</v>
       </c>
       <c r="G280" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0026</v>
       </c>
       <c r="H280" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J280" s="6" t="n"/>
     </row>
     <row r="281">
       <c r="A281" s="1" t="n">
         <v>271</v>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Dixon Technologies (India) Limited Jan26</t>
+          <t>Sun Pharmaceutical Industries Limited Feb26</t>
         </is>
       </c>
       <c r="D281" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E281" s="5" t="n">
-        <v>-1250</v>
+        <v>-116900</v>
       </c>
       <c r="F281" s="6" t="n">
-        <v>-184.69</v>
+        <v>-1862.22</v>
       </c>
       <c r="G281" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0027</v>
       </c>
       <c r="H281" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J281" s="6" t="n"/>
     </row>
     <row r="282">
       <c r="A282" s="1" t="n">
         <v>272</v>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Torrent Power Limited Dec25</t>
+          <t>Trent Limited Feb26</t>
         </is>
       </c>
       <c r="D282" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E282" s="5" t="n">
-        <v>-14625</v>
+        <v>-50000</v>
       </c>
       <c r="F282" s="6" t="n">
-        <v>-193.39</v>
+        <v>-1894.5</v>
       </c>
       <c r="G282" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0027</v>
       </c>
       <c r="H282" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J282" s="6" t="n"/>
     </row>
     <row r="283">
       <c r="A283" s="1" t="n">
         <v>273</v>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Manappuram Finance Limited Jan26</t>
+          <t>NMDC Limited Feb26</t>
         </is>
       </c>
       <c r="D283" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E283" s="5" t="n">
-        <v>-69000</v>
+        <v>-2362500</v>
       </c>
       <c r="F283" s="6" t="n">
-        <v>-198.86</v>
+        <v>-1918.11</v>
       </c>
       <c r="G283" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0028</v>
       </c>
       <c r="H283" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J283" s="6" t="n"/>
     </row>
     <row r="284">
       <c r="A284" s="1" t="n">
         <v>274</v>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Avenue Supermarts Limited Dec25</t>
+          <t>Exide Industries Limited Feb26</t>
         </is>
       </c>
       <c r="D284" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E284" s="5" t="n">
-        <v>-4950</v>
+        <v>-597600</v>
       </c>
       <c r="F284" s="6" t="n">
-        <v>-199.06</v>
+        <v>-1931.74</v>
       </c>
       <c r="G284" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0028</v>
       </c>
       <c r="H284" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J284" s="6" t="n"/>
     </row>
     <row r="285">
       <c r="A285" s="1" t="n">
         <v>275</v>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>SBI Life Insurance Company Limited Dec25</t>
+          <t>Glenmark Pharmaceuticals Limited Feb26</t>
         </is>
       </c>
       <c r="D285" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E285" s="5" t="n">
-        <v>-10125</v>
+        <v>-97875</v>
       </c>
       <c r="F285" s="6" t="n">
-        <v>-200.31</v>
+        <v>-1981.77</v>
       </c>
       <c r="G285" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0029</v>
       </c>
       <c r="H285" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J285" s="6" t="n"/>
     </row>
     <row r="286">
       <c r="A286" s="1" t="n">
         <v>276</v>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Solar Industries India Limited Dec25</t>
+          <t>Biocon Limited Feb26</t>
         </is>
       </c>
       <c r="D286" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E286" s="5" t="n">
-        <v>-1500</v>
+        <v>-560000</v>
       </c>
       <c r="F286" s="6" t="n">
-        <v>-200.32</v>
+        <v>-2061.64</v>
       </c>
       <c r="G286" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.003</v>
       </c>
       <c r="H286" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J286" s="6" t="n"/>
     </row>
     <row r="287">
       <c r="A287" s="1" t="n">
         <v>277</v>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sun Pharmaceutical Industries Limited Jan26</t>
+          <t>Infosys Limited Feb26</t>
         </is>
       </c>
       <c r="D287" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E287" s="5" t="n">
-        <v>-10850</v>
+        <v>-133200</v>
       </c>
       <c r="F287" s="6" t="n">
-        <v>-200.82</v>
+        <v>-2191.01</v>
       </c>
       <c r="G287" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0032</v>
       </c>
       <c r="H287" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J287" s="6" t="n"/>
     </row>
     <row r="288">
       <c r="A288" s="1" t="n">
         <v>278</v>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>GAIL (India) Limited Dec25</t>
+          <t>REC Limited Feb26</t>
         </is>
       </c>
       <c r="D288" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E288" s="5" t="n">
-        <v>-116550</v>
+        <v>-638400</v>
       </c>
       <c r="F288" s="6" t="n">
-        <v>-205.94</v>
+        <v>-2300.79</v>
       </c>
       <c r="G288" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0033</v>
       </c>
       <c r="H288" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J288" s="6" t="n"/>
     </row>
     <row r="289">
       <c r="A289" s="1" t="n">
         <v>279</v>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>ETERNAL LIMITED Feb26</t>
+          <t>PNB Housing Finance Limited Feb26</t>
         </is>
       </c>
       <c r="D289" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E289" s="5" t="n">
-        <v>-67900</v>
+        <v>-278850</v>
       </c>
       <c r="F289" s="6" t="n">
-        <v>-207.57</v>
+        <v>-2304.28</v>
       </c>
       <c r="G289" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0033</v>
       </c>
       <c r="H289" s="11" t="n">
         <v>46077</v>
       </c>
       <c r="J289" s="6" t="n"/>
     </row>
     <row r="290">
       <c r="A290" s="1" t="n">
         <v>280</v>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bandhan Bank Limited Jan26</t>
+          <t>Varun Beverages Limited Feb26</t>
         </is>
       </c>
       <c r="D290" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E290" s="5" t="n">
-        <v>-144000</v>
+        <v>-489375</v>
       </c>
       <c r="F290" s="6" t="n">
-        <v>-219.23</v>
+        <v>-2304.71</v>
       </c>
       <c r="G290" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0033</v>
       </c>
       <c r="H290" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J290" s="6" t="n"/>
     </row>
     <row r="291">
       <c r="A291" s="1" t="n">
         <v>281</v>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>PB Fintech Limited Dec25</t>
+          <t>Bank of India Feb26</t>
         </is>
       </c>
       <c r="D291" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E291" s="5" t="n">
-        <v>-12250</v>
+        <v>-1430000</v>
       </c>
       <c r="F291" s="6" t="n">
-        <v>-223.82</v>
+        <v>-2358.64</v>
       </c>
       <c r="G291" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0034</v>
       </c>
       <c r="H291" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J291" s="6" t="n"/>
     </row>
     <row r="292">
       <c r="A292" s="1" t="n">
         <v>282</v>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bank of Baroda Jan26</t>
+          <t>One 97 Communications Limited Feb26</t>
         </is>
       </c>
       <c r="D292" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E292" s="5" t="n">
-        <v>-78975</v>
+        <v>-210250</v>
       </c>
       <c r="F292" s="6" t="n">
-        <v>-231.91</v>
+        <v>-2395.8</v>
       </c>
       <c r="G292" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0035</v>
       </c>
       <c r="H292" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J292" s="6" t="n"/>
     </row>
     <row r="293">
       <c r="A293" s="1" t="n">
         <v>283</v>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Container Corporation of India Limited Jan26</t>
+          <t>Crompton Greaves Consumer Electricals Limited Feb26</t>
         </is>
       </c>
       <c r="D293" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E293" s="5" t="n">
-        <v>-45000</v>
+        <v>-1078200</v>
       </c>
       <c r="F293" s="6" t="n">
-        <v>-232.54</v>
+        <v>-2400.61</v>
       </c>
       <c r="G293" s="7" t="n">
-        <v>-0.0003</v>
+        <v>-0.0035</v>
       </c>
       <c r="H293" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J293" s="6" t="n"/>
     </row>
     <row r="294">
       <c r="A294" s="1" t="n">
         <v>284</v>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>TVS Motor Company Limited Dec25</t>
+          <t>RBL Bank Limited Feb26</t>
         </is>
       </c>
       <c r="D294" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E294" s="5" t="n">
-        <v>-6650</v>
+        <v>-809625</v>
       </c>
       <c r="F294" s="6" t="n">
-        <v>-236.51</v>
+        <v>-2424.42</v>
       </c>
       <c r="G294" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.0035</v>
       </c>
       <c r="H294" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J294" s="6" t="n"/>
     </row>
     <row r="295">
       <c r="A295" s="1" t="n">
         <v>285</v>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Maruti Suzuki India Limited Jan26</t>
+          <t>Yes Bank Limited Feb26</t>
         </is>
       </c>
       <c r="D295" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E295" s="5" t="n">
-        <v>-1500</v>
+        <v>-11351500</v>
       </c>
       <c r="F295" s="6" t="n">
-        <v>-241.64</v>
+        <v>-2438.3</v>
       </c>
       <c r="G295" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.0035</v>
       </c>
       <c r="H295" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J295" s="6" t="n"/>
     </row>
     <row r="296">
       <c r="A296" s="1" t="n">
         <v>286</v>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>CG Power and Industrial Solutions Limited Dec25</t>
+          <t>InterGlobe Aviation Limited Feb26</t>
         </is>
       </c>
       <c r="D296" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E296" s="5" t="n">
-        <v>-35700</v>
+        <v>-54900</v>
       </c>
       <c r="F296" s="6" t="n">
-        <v>-241.74</v>
+        <v>-2536.65</v>
       </c>
       <c r="G296" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.0037</v>
       </c>
       <c r="H296" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J296" s="6" t="n"/>
     </row>
     <row r="297">
       <c r="A297" s="1" t="n">
         <v>287</v>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>JSW Steel Limited Jan26</t>
+          <t>Hindalco Industries Limited Feb26</t>
         </is>
       </c>
       <c r="D297" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E297" s="5" t="n">
-        <v>-20925</v>
+        <v>-275800</v>
       </c>
       <c r="F297" s="6" t="n">
-        <v>-245.97</v>
+        <v>-2650.3</v>
       </c>
       <c r="G297" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.0038</v>
       </c>
       <c r="H297" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J297" s="6" t="n"/>
     </row>
     <row r="298">
       <c r="A298" s="1" t="n">
         <v>288</v>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Eicher Motors Limited Dec25</t>
+          <t>Maruti Suzuki India Limited Feb26</t>
         </is>
       </c>
       <c r="D298" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E298" s="5" t="n">
-        <v>-3500</v>
+        <v>-18250</v>
       </c>
       <c r="F298" s="6" t="n">
-        <v>-248.08</v>
+        <v>-2676.91</v>
       </c>
       <c r="G298" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.0039</v>
       </c>
       <c r="H298" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J298" s="6" t="n"/>
     </row>
     <row r="299">
       <c r="A299" s="1" t="n">
         <v>289</v>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>UNO Minda Limited Dec25</t>
+          <t>ICICI Bank Limited Mar26</t>
         </is>
       </c>
       <c r="D299" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E299" s="5" t="n">
-        <v>-19250</v>
+        <v>-196000</v>
       </c>
       <c r="F299" s="6" t="n">
-        <v>-253.02</v>
+        <v>-2686.38</v>
       </c>
       <c r="G299" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.0039</v>
       </c>
       <c r="H299" s="11" t="n">
-        <v>46021</v>
+        <v>46111</v>
       </c>
       <c r="J299" s="6" t="n"/>
     </row>
     <row r="300">
       <c r="A300" s="1" t="n">
         <v>290</v>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>SHREE CEMENT LIMITED Dec25</t>
+          <t>Nestle India Limited Feb26</t>
         </is>
       </c>
       <c r="D300" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E300" s="5" t="n">
-        <v>-1000</v>
+        <v>-208500</v>
       </c>
       <c r="F300" s="6" t="n">
-        <v>-265.15</v>
+        <v>-2771.38</v>
       </c>
       <c r="G300" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.004</v>
       </c>
       <c r="H300" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J300" s="6" t="n"/>
     </row>
     <row r="301">
       <c r="A301" s="1" t="n">
         <v>291</v>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Torrent Pharmaceuticals Limited Dec25</t>
+          <t>Indus Towers Limited Feb26</t>
         </is>
       </c>
       <c r="D301" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E301" s="5" t="n">
-        <v>-7250</v>
+        <v>-632400</v>
       </c>
       <c r="F301" s="6" t="n">
-        <v>-271.56</v>
+        <v>-2814.5</v>
       </c>
       <c r="G301" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.0041</v>
       </c>
       <c r="H301" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J301" s="6" t="n"/>
     </row>
     <row r="302">
       <c r="A302" s="1" t="n">
         <v>292</v>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Power Finance Corporation Limited Jan26</t>
+          <t>Adani Energy Solutions Limited Feb26</t>
         </is>
       </c>
       <c r="D302" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E302" s="5" t="n">
-        <v>-75400</v>
+        <v>-329400</v>
       </c>
       <c r="F302" s="6" t="n">
-        <v>-277.02</v>
+        <v>-2951.09</v>
       </c>
       <c r="G302" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.0043</v>
       </c>
       <c r="H302" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J302" s="6" t="n"/>
     </row>
     <row r="303">
       <c r="A303" s="1" t="n">
         <v>293</v>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>CG Power and Industrial Solutions Limited Jan26</t>
+          <t>Godrej Properties Limited Feb26</t>
         </is>
       </c>
       <c r="D303" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E303" s="5" t="n">
-        <v>-40800</v>
+        <v>-193875</v>
       </c>
       <c r="F303" s="6" t="n">
-        <v>-277.89</v>
+        <v>-3063.61</v>
       </c>
       <c r="G303" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.0044</v>
       </c>
       <c r="H303" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J303" s="6" t="n"/>
     </row>
     <row r="304">
       <c r="A304" s="1" t="n">
         <v>294</v>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>IDFC First Bank Limited Jan26</t>
+          <t>Grasim Industries Limited Feb26</t>
         </is>
       </c>
       <c r="D304" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E304" s="5" t="n">
-        <v>-343175</v>
+        <v>-117500</v>
       </c>
       <c r="F304" s="6" t="n">
-        <v>-278.56</v>
+        <v>-3327.48</v>
       </c>
       <c r="G304" s="7" t="n">
-        <v>-0.0004</v>
+        <v>-0.0048</v>
       </c>
       <c r="H304" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J304" s="6" t="n"/>
     </row>
     <row r="305">
       <c r="A305" s="1" t="n">
         <v>295</v>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Trent Limited Jan26</t>
+          <t>Aditya Birla Capital Limited Feb26</t>
         </is>
       </c>
       <c r="D305" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E305" s="5" t="n">
-        <v>-7000</v>
+        <v>-998200</v>
       </c>
       <c r="F305" s="6" t="n">
-        <v>-301.52</v>
+        <v>-3398.87</v>
       </c>
       <c r="G305" s="7" t="n">
-        <v>-0.0005</v>
+        <v>-0.0049</v>
       </c>
       <c r="H305" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J305" s="6" t="n"/>
     </row>
     <row r="306">
       <c r="A306" s="1" t="n">
         <v>296</v>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Sammaan Capital Limited Jan26</t>
+          <t>BSE Limited Feb26</t>
         </is>
       </c>
       <c r="D306" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E306" s="5" t="n">
-        <v>-197800</v>
+        <v>-124125</v>
       </c>
       <c r="F306" s="6" t="n">
-        <v>-308.67</v>
+        <v>-3473.64</v>
       </c>
       <c r="G306" s="7" t="n">
-        <v>-0.0005</v>
+        <v>-0.005</v>
       </c>
       <c r="H306" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J306" s="6" t="n"/>
     </row>
     <row r="307">
       <c r="A307" s="1" t="n">
         <v>297</v>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Multi Commodity Exchange of India Limited Jan26</t>
+          <t>Titan Company Limited Feb26</t>
         </is>
       </c>
       <c r="D307" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E307" s="5" t="n">
-        <v>-3125</v>
+        <v>-91700</v>
       </c>
       <c r="F307" s="6" t="n">
-        <v>-318.81</v>
+        <v>-3655.44</v>
       </c>
       <c r="G307" s="7" t="n">
-        <v>-0.0005</v>
+        <v>-0.0053</v>
       </c>
       <c r="H307" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J307" s="6" t="n"/>
     </row>
     <row r="308">
       <c r="A308" s="1" t="n">
         <v>298</v>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>NCC Limited Dec25</t>
+          <t>Divi's Laboratories Limited Feb26</t>
         </is>
       </c>
       <c r="D308" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E308" s="5" t="n">
-        <v>-186300</v>
+        <v>-61500</v>
       </c>
       <c r="F308" s="6" t="n">
-        <v>-321.09</v>
+        <v>-3731.2</v>
       </c>
       <c r="G308" s="7" t="n">
-        <v>-0.0005</v>
+        <v>-0.0054</v>
       </c>
       <c r="H308" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J308" s="6" t="n"/>
     </row>
     <row r="309">
       <c r="A309" s="1" t="n">
         <v>299</v>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Varun Beverages Limited Jan26</t>
+          <t>Adani Ports and Special Economic Zone Limited Feb26</t>
         </is>
       </c>
       <c r="D309" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E309" s="5" t="n">
-        <v>-67500</v>
+        <v>-278825</v>
       </c>
       <c r="F309" s="6" t="n">
-        <v>-329.06</v>
+        <v>-3967.12</v>
       </c>
       <c r="G309" s="7" t="n">
-        <v>-0.0005</v>
+        <v>-0.0058</v>
       </c>
       <c r="H309" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J309" s="6" t="n"/>
     </row>
     <row r="310">
       <c r="A310" s="1" t="n">
         <v>300</v>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Adani Green Energy Limited Jan26</t>
+          <t>Dixon Technologies (India) Limited Feb26</t>
         </is>
       </c>
       <c r="D310" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E310" s="5" t="n">
-        <v>-31800</v>
+        <v>-38100</v>
       </c>
       <c r="F310" s="6" t="n">
-        <v>-337.27</v>
+        <v>-3992.12</v>
       </c>
       <c r="G310" s="7" t="n">
-        <v>-0.0005</v>
+        <v>-0.0058</v>
       </c>
       <c r="H310" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J310" s="6" t="n"/>
     </row>
     <row r="311">
       <c r="A311" s="1" t="n">
         <v>301</v>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Glenmark Pharmaceuticals Limited Jan26</t>
+          <t>Max Healthcare Institute Limited Feb26</t>
         </is>
       </c>
       <c r="D311" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E311" s="5" t="n">
-        <v>-17250</v>
+        <v>-425775</v>
       </c>
       <c r="F311" s="6" t="n">
-        <v>-339.55</v>
+        <v>-4094.25</v>
       </c>
       <c r="G311" s="7" t="n">
-        <v>-0.0005</v>
+        <v>-0.0059</v>
       </c>
       <c r="H311" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J311" s="6" t="n"/>
     </row>
     <row r="312">
       <c r="A312" s="1" t="n">
         <v>302</v>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Union Bank of India Dec25</t>
+          <t>Reliance Industries Limited Mar26</t>
         </is>
       </c>
       <c r="D312" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E312" s="5" t="n">
-        <v>-225675</v>
+        <v>-292500</v>
       </c>
       <c r="F312" s="6" t="n">
-        <v>-347.83</v>
+        <v>-4120.74</v>
       </c>
       <c r="G312" s="7" t="n">
-        <v>-0.0005</v>
+        <v>-0.006</v>
       </c>
       <c r="H312" s="11" t="n">
-        <v>46021</v>
+        <v>46111</v>
       </c>
       <c r="J312" s="6" t="n"/>
     </row>
     <row r="313">
       <c r="A313" s="1" t="n">
         <v>303</v>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>State Bank of India Jan26</t>
+          <t>DLF Limited Feb26</t>
         </is>
       </c>
       <c r="D313" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E313" s="5" t="n">
-        <v>-36000</v>
+        <v>-652575</v>
       </c>
       <c r="F313" s="6" t="n">
-        <v>-356.76</v>
+        <v>-4156.58</v>
       </c>
       <c r="G313" s="7" t="n">
-        <v>-0.0005</v>
+        <v>-0.006</v>
       </c>
       <c r="H313" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J313" s="6" t="n"/>
     </row>
     <row r="314">
       <c r="A314" s="1" t="n">
         <v>304</v>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Larsen &amp; Toubro Limited Jan26</t>
+          <t>Container Corporation of India Limited Feb26</t>
         </is>
       </c>
       <c r="D314" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E314" s="5" t="n">
-        <v>-9100</v>
+        <v>-877500</v>
       </c>
       <c r="F314" s="6" t="n">
-        <v>-374.83</v>
+        <v>-4400.66</v>
       </c>
       <c r="G314" s="7" t="n">
-        <v>-0.0005999999999999999</v>
+        <v>-0.0064</v>
       </c>
       <c r="H314" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J314" s="6" t="n"/>
     </row>
     <row r="315">
       <c r="A315" s="1" t="n">
         <v>305</v>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>IndusInd Bank Limited Jan26</t>
+          <t>APL Apollo Tubes Limited Feb26</t>
         </is>
       </c>
       <c r="D315" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E315" s="5" t="n">
-        <v>-44800</v>
+        <v>-217700</v>
       </c>
       <c r="F315" s="6" t="n">
-        <v>-388.82</v>
+        <v>-4474.39</v>
       </c>
       <c r="G315" s="7" t="n">
-        <v>-0.0005999999999999999</v>
+        <v>-0.0065</v>
       </c>
       <c r="H315" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J315" s="6" t="n"/>
     </row>
     <row r="316">
       <c r="A316" s="1" t="n">
         <v>306</v>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Mankind Pharma Limited Dec25</t>
+          <t>Mahindra &amp; Mahindra Limited Feb26</t>
         </is>
       </c>
       <c r="D316" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E316" s="5" t="n">
-        <v>-18000</v>
+        <v>-142800</v>
       </c>
       <c r="F316" s="6" t="n">
-        <v>-407.05</v>
+        <v>-4923.89</v>
       </c>
       <c r="G316" s="7" t="n">
-        <v>-0.0005999999999999999</v>
+        <v>-0.0071</v>
       </c>
       <c r="H316" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J316" s="6" t="n"/>
     </row>
     <row r="317">
       <c r="A317" s="1" t="n">
         <v>307</v>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Delhivery Limited Dec25</t>
+          <t>Aurobindo Pharma Limited Feb26</t>
         </is>
       </c>
       <c r="D317" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E317" s="5" t="n">
-        <v>-95450</v>
+        <v>-408100</v>
       </c>
       <c r="F317" s="6" t="n">
-        <v>-408.53</v>
+        <v>-4926.58</v>
       </c>
       <c r="G317" s="7" t="n">
-        <v>-0.0005999999999999999</v>
+        <v>-0.0071</v>
       </c>
       <c r="H317" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J317" s="6" t="n"/>
     </row>
     <row r="318">
       <c r="A318" s="1" t="n">
         <v>308</v>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Tata Steel Limited Jan26</t>
+          <t>Bharat Heavy Electricals Limited Feb26</t>
         </is>
       </c>
       <c r="D318" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E318" s="5" t="n">
-        <v>-242000</v>
+        <v>-1879500</v>
       </c>
       <c r="F318" s="6" t="n">
-        <v>-411.86</v>
+        <v>-4949.66</v>
       </c>
       <c r="G318" s="7" t="n">
-        <v>-0.0005999999999999999</v>
+        <v>-0.0072</v>
       </c>
       <c r="H318" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J318" s="6" t="n"/>
     </row>
     <row r="319">
       <c r="A319" s="1" t="n">
         <v>309</v>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Laurus Labs Limited Dec25</t>
+          <t>IDFC First Bank Limited Feb26</t>
         </is>
       </c>
       <c r="D319" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E319" s="5" t="n">
-        <v>-39950</v>
+        <v>-6093675</v>
       </c>
       <c r="F319" s="6" t="n">
-        <v>-414.92</v>
+        <v>-5102.84</v>
       </c>
       <c r="G319" s="7" t="n">
-        <v>-0.0005999999999999999</v>
+        <v>-0.0074</v>
       </c>
       <c r="H319" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J319" s="6" t="n"/>
     </row>
     <row r="320">
       <c r="A320" s="1" t="n">
         <v>310</v>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>HDFC Asset Management Company Limited Dec25</t>
+          <t>Tata Steel Limited Feb26</t>
         </is>
       </c>
       <c r="D320" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E320" s="5" t="n">
-        <v>-15900</v>
+        <v>-2816000</v>
       </c>
       <c r="F320" s="6" t="n">
-        <v>-427.31</v>
+        <v>-5450.65</v>
       </c>
       <c r="G320" s="7" t="n">
-        <v>-0.0005999999999999999</v>
+        <v>-0.007900000000000001</v>
       </c>
       <c r="H320" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J320" s="6" t="n"/>
     </row>
     <row r="321">
       <c r="A321" s="1" t="n">
         <v>311</v>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Supreme Industries Limited Dec25</t>
+          <t>Steel Authority of India Limited Feb26</t>
         </is>
       </c>
       <c r="D321" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E321" s="5" t="n">
-        <v>-12600</v>
+        <v>-3590800</v>
       </c>
       <c r="F321" s="6" t="n">
-        <v>-430.33</v>
+        <v>-5459.81</v>
       </c>
       <c r="G321" s="7" t="n">
-        <v>-0.0005999999999999999</v>
+        <v>-0.007900000000000001</v>
       </c>
       <c r="H321" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J321" s="6" t="n"/>
     </row>
     <row r="322">
       <c r="A322" s="1" t="n">
         <v>312</v>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>NBCC (India) Limited Dec25</t>
+          <t>UltraTech Cement Limited Feb26</t>
         </is>
       </c>
       <c r="D322" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E322" s="5" t="n">
-        <v>-377000</v>
+        <v>-43850</v>
       </c>
       <c r="F322" s="6" t="n">
-        <v>-442.98</v>
+        <v>-5579.91</v>
       </c>
       <c r="G322" s="7" t="n">
-        <v>-0.0007</v>
+        <v>-0.0081</v>
       </c>
       <c r="H322" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J322" s="6" t="n"/>
     </row>
     <row r="323">
       <c r="A323" s="1" t="n">
         <v>313</v>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Steel Authority of India Limited Jan26</t>
+          <t>Marico Limited Feb26</t>
         </is>
       </c>
       <c r="D323" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E323" s="5" t="n">
-        <v>-324300</v>
+        <v>-799200</v>
       </c>
       <c r="F323" s="6" t="n">
-        <v>-443.87</v>
+        <v>-5862.93</v>
       </c>
       <c r="G323" s="7" t="n">
-        <v>-0.0007</v>
+        <v>-0.008500000000000001</v>
       </c>
       <c r="H323" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J323" s="6" t="n"/>
     </row>
     <row r="324">
       <c r="A324" s="1" t="n">
         <v>314</v>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>The Indian Hotels Company Limited Jan26</t>
+          <t>Bandhan Bank Limited Feb26</t>
         </is>
       </c>
       <c r="D324" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E324" s="5" t="n">
-        <v>-60000</v>
+        <v>-3798000</v>
       </c>
       <c r="F324" s="6" t="n">
-        <v>-451.23</v>
+        <v>-5891.08</v>
       </c>
       <c r="G324" s="7" t="n">
-        <v>-0.0007</v>
+        <v>-0.008500000000000001</v>
       </c>
       <c r="H324" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J324" s="6" t="n"/>
     </row>
     <row r="325">
       <c r="A325" s="1" t="n">
         <v>315</v>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kotak Mahindra Bank Limited Jan26</t>
+          <t>Tata Power Company Limited Feb26</t>
         </is>
       </c>
       <c r="D325" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E325" s="5" t="n">
-        <v>-21200</v>
+        <v>-1657350</v>
       </c>
       <c r="F325" s="6" t="n">
-        <v>-456.1</v>
+        <v>-6082.47</v>
       </c>
       <c r="G325" s="7" t="n">
-        <v>-0.0007</v>
+        <v>-0.008800000000000001</v>
       </c>
       <c r="H325" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J325" s="6" t="n"/>
     </row>
     <row r="326">
       <c r="A326" s="1" t="n">
         <v>316</v>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bajaj Finance Limited Jan26</t>
+          <t>Hindustan Aeronautics Limited Feb26</t>
         </is>
       </c>
       <c r="D326" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E326" s="5" t="n">
-        <v>-46500</v>
+        <v>-133950</v>
       </c>
       <c r="F326" s="6" t="n">
-        <v>-488.16</v>
+        <v>-6195.99</v>
       </c>
       <c r="G326" s="7" t="n">
-        <v>-0.0007</v>
+        <v>-0.008999999999999999</v>
       </c>
       <c r="H326" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J326" s="6" t="n"/>
     </row>
     <row r="327">
       <c r="A327" s="1" t="n">
         <v>317</v>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Jubilant Foodworks Limited Dec25</t>
+          <t>Jio Financial Services Limited Feb26</t>
         </is>
       </c>
       <c r="D327" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E327" s="5" t="n">
-        <v>-82500</v>
+        <v>-2509800</v>
       </c>
       <c r="F327" s="6" t="n">
-        <v>-499.54</v>
+        <v>-6410.03</v>
       </c>
       <c r="G327" s="7" t="n">
-        <v>-0.0007</v>
+        <v>-0.009299999999999999</v>
       </c>
       <c r="H327" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J327" s="6" t="n"/>
     </row>
     <row r="328">
       <c r="A328" s="1" t="n">
         <v>318</v>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Polycab India Limited Dec25</t>
+          <t>State Bank of India Feb26</t>
         </is>
       </c>
       <c r="D328" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E328" s="5" t="n">
-        <v>-7250</v>
+        <v>-593250</v>
       </c>
       <c r="F328" s="6" t="n">
-        <v>-544.11</v>
+        <v>-6421.34</v>
       </c>
       <c r="G328" s="7" t="n">
-        <v>-0.0008</v>
+        <v>-0.009299999999999999</v>
       </c>
       <c r="H328" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J328" s="6" t="n"/>
     </row>
     <row r="329">
       <c r="A329" s="1" t="n">
         <v>319</v>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>L&amp;T Finance Limited Dec25</t>
+          <t>Multi Commodity Exchange of India Limited Feb26</t>
         </is>
       </c>
       <c r="D329" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E329" s="5" t="n">
-        <v>-182942</v>
+        <v>-263125</v>
       </c>
       <c r="F329" s="6" t="n">
-        <v>-573.25</v>
+        <v>-6657.06</v>
       </c>
       <c r="G329" s="7" t="n">
-        <v>-0.0009</v>
+        <v>-0.0097</v>
       </c>
       <c r="H329" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J329" s="6" t="n"/>
     </row>
     <row r="330">
       <c r="A330" s="1" t="n">
         <v>320</v>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>NMDC Limited Jan26</t>
+          <t>Sammaan Capital Limited Feb26</t>
         </is>
       </c>
       <c r="D330" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E330" s="5" t="n">
-        <v>-783000</v>
+        <v>-4407500</v>
       </c>
       <c r="F330" s="6" t="n">
-        <v>-584.04</v>
+        <v>-6670.31</v>
       </c>
       <c r="G330" s="7" t="n">
-        <v>-0.0009</v>
+        <v>-0.0097</v>
       </c>
       <c r="H330" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J330" s="6" t="n"/>
     </row>
     <row r="331">
       <c r="A331" s="1" t="n">
         <v>321</v>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>InterGlobe Aviation Limited Dec25</t>
+          <t>LIC Housing Finance Limited Feb26</t>
         </is>
       </c>
       <c r="D331" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E331" s="5" t="n">
-        <v>-10050</v>
+        <v>-1277000</v>
       </c>
       <c r="F331" s="6" t="n">
-        <v>-594.86</v>
+        <v>-6747.67</v>
       </c>
       <c r="G331" s="7" t="n">
-        <v>-0.0009</v>
+        <v>-0.0098</v>
       </c>
       <c r="H331" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J331" s="6" t="n"/>
     </row>
     <row r="332">
       <c r="A332" s="1" t="n">
         <v>322</v>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Cipla Limited Dec25</t>
+          <t>GMR AIRPORTS LIMITED Feb26</t>
         </is>
       </c>
       <c r="D332" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E332" s="5" t="n">
-        <v>-38625</v>
+        <v>-7463250</v>
       </c>
       <c r="F332" s="6" t="n">
-        <v>-595.29</v>
+        <v>-7025.9</v>
       </c>
       <c r="G332" s="7" t="n">
-        <v>-0.0009</v>
+        <v>-0.0102</v>
       </c>
       <c r="H332" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J332" s="6" t="n"/>
     </row>
     <row r="333">
       <c r="A333" s="1" t="n">
         <v>323</v>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>DLF Limited Jan26</t>
+          <t>Shriram Finance Limited Feb26</t>
         </is>
       </c>
       <c r="D333" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E333" s="5" t="n">
-        <v>-81675</v>
+        <v>-721050</v>
       </c>
       <c r="F333" s="6" t="n">
-        <v>-598.96</v>
+        <v>-7366.61</v>
       </c>
       <c r="G333" s="7" t="n">
-        <v>-0.0009</v>
+        <v>-0.0107</v>
       </c>
       <c r="H333" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J333" s="6" t="n"/>
     </row>
     <row r="334">
       <c r="A334" s="1" t="n">
         <v>324</v>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Power Grid Corporation of India Limited Dec25</t>
+          <t>Bajaj Finance Limited Feb26</t>
         </is>
       </c>
       <c r="D334" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E334" s="5" t="n">
-        <v>-229900</v>
+        <v>-807000</v>
       </c>
       <c r="F334" s="6" t="n">
-        <v>-625.1</v>
+        <v>-7528.1</v>
       </c>
       <c r="G334" s="7" t="n">
-        <v>-0.0009</v>
+        <v>-0.0109</v>
       </c>
       <c r="H334" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J334" s="6" t="n"/>
     </row>
     <row r="335">
       <c r="A335" s="1" t="n">
         <v>325</v>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Max Financial Services Limited Dec25</t>
+          <t>Vedanta Limited Feb26</t>
         </is>
       </c>
       <c r="D335" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E335" s="5" t="n">
-        <v>-37600</v>
+        <v>-1200600</v>
       </c>
       <c r="F335" s="6" t="n">
-        <v>-643.9</v>
+        <v>-8218.110000000001</v>
       </c>
       <c r="G335" s="7" t="n">
-        <v>-0.001</v>
+        <v>-0.0119</v>
       </c>
       <c r="H335" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J335" s="6" t="n"/>
     </row>
     <row r="336">
       <c r="A336" s="1" t="n">
         <v>326</v>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Apollo Hospitals Enterprise Limited Dec25</t>
+          <t>Bharat Electronics Limited Feb26</t>
         </is>
       </c>
       <c r="D336" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E336" s="5" t="n">
-        <v>-9125</v>
+        <v>-1851075</v>
       </c>
       <c r="F336" s="6" t="n">
-        <v>-674.02</v>
+        <v>-8332.610000000001</v>
       </c>
       <c r="G336" s="7" t="n">
-        <v>-0.001</v>
+        <v>-0.0121</v>
       </c>
       <c r="H336" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J336" s="6" t="n"/>
     </row>
     <row r="337">
       <c r="A337" s="1" t="n">
         <v>327</v>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kaynes Technology India Limited Dec25</t>
+          <t>Punjab National Bank Feb26</t>
         </is>
       </c>
       <c r="D337" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E337" s="5" t="n">
-        <v>-12300</v>
+        <v>-6920000</v>
       </c>
       <c r="F337" s="6" t="n">
-        <v>-680.5</v>
+        <v>-8702.59</v>
       </c>
       <c r="G337" s="7" t="n">
-        <v>-0.001</v>
+        <v>-0.0126</v>
       </c>
       <c r="H337" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J337" s="6" t="n"/>
     </row>
     <row r="338">
       <c r="A338" s="1" t="n">
         <v>328</v>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Hindustan Zinc Limited Dec25</t>
+          <t>Tata Consultancy Services Limited Feb26</t>
         </is>
       </c>
       <c r="D338" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E338" s="5" t="n">
-        <v>-144550</v>
+        <v>-281050</v>
       </c>
       <c r="F338" s="6" t="n">
-        <v>-706.34</v>
+        <v>-8823</v>
       </c>
       <c r="G338" s="7" t="n">
-        <v>-0.0011</v>
+        <v>-0.0128</v>
       </c>
       <c r="H338" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J338" s="6" t="n"/>
     </row>
     <row r="339">
       <c r="A339" s="1" t="n">
         <v>329</v>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Indian Oil Corporation Limited Dec25</t>
+          <t>HDFC Bank Limited Mar26</t>
         </is>
       </c>
       <c r="D339" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E339" s="5" t="n">
-        <v>-448500</v>
+        <v>-976250</v>
       </c>
       <c r="F339" s="6" t="n">
-        <v>-728.9</v>
+        <v>-9175.77</v>
       </c>
       <c r="G339" s="7" t="n">
-        <v>-0.0011</v>
+        <v>-0.0133</v>
       </c>
       <c r="H339" s="11" t="n">
-        <v>46021</v>
+        <v>46111</v>
       </c>
       <c r="J339" s="6" t="n"/>
     </row>
     <row r="340">
       <c r="A340" s="1" t="n">
         <v>330</v>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Computer Age Management Services Limited Dec25</t>
+          <t>ETERNAL LIMITED Feb26</t>
         </is>
       </c>
       <c r="D340" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E340" s="5" t="n">
-        <v>-18750</v>
+        <v>-3407125</v>
       </c>
       <c r="F340" s="6" t="n">
-        <v>-730.8200000000001</v>
+        <v>-9344.040000000001</v>
       </c>
       <c r="G340" s="7" t="n">
-        <v>-0.0011</v>
+        <v>-0.0136</v>
       </c>
       <c r="H340" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J340" s="6" t="n"/>
     </row>
     <row r="341">
       <c r="A341" s="1" t="n">
         <v>331</v>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Tech Mahindra Limited Dec25</t>
+          <t>JSW Steel Limited Feb26</t>
         </is>
       </c>
       <c r="D341" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E341" s="5" t="n">
-        <v>-48600</v>
+        <v>-769500</v>
       </c>
       <c r="F341" s="6" t="n">
-        <v>-740.66</v>
+        <v>-9380.200000000001</v>
       </c>
       <c r="G341" s="7" t="n">
-        <v>-0.0011</v>
+        <v>-0.0136</v>
       </c>
       <c r="H341" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J341" s="6" t="n"/>
     </row>
     <row r="342">
       <c r="A342" s="1" t="n">
         <v>332</v>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Petronet LNG Limited Dec25</t>
+          <t>Bank of Baroda Feb26</t>
         </is>
       </c>
       <c r="D342" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E342" s="5" t="n">
-        <v>-271800</v>
+        <v>-3357900</v>
       </c>
       <c r="F342" s="6" t="n">
-        <v>-744.3200000000001</v>
+        <v>-10088.81</v>
       </c>
       <c r="G342" s="7" t="n">
-        <v>-0.0011</v>
+        <v>-0.0146</v>
       </c>
       <c r="H342" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J342" s="6" t="n"/>
     </row>
     <row r="343">
       <c r="A343" s="1" t="n">
         <v>333</v>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Adani Green Energy Limited Dec25</t>
+          <t>Larsen &amp; Toubro Limited Feb26</t>
         </is>
       </c>
       <c r="D343" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E343" s="5" t="n">
-        <v>-72600</v>
+        <v>-259350</v>
       </c>
       <c r="F343" s="6" t="n">
-        <v>-765.35</v>
+        <v>-10223.84</v>
       </c>
       <c r="G343" s="7" t="n">
-        <v>-0.0011</v>
+        <v>-0.0148</v>
       </c>
       <c r="H343" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J343" s="6" t="n"/>
     </row>
     <row r="344">
       <c r="A344" s="1" t="n">
         <v>334</v>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>ICICI Bank Limited Jan26</t>
+          <t>Bharti Airtel Limited Feb26</t>
         </is>
       </c>
       <c r="D344" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E344" s="5" t="n">
-        <v>-54600</v>
+        <v>-573800</v>
       </c>
       <c r="F344" s="6" t="n">
-        <v>-766.64</v>
+        <v>-11329.11</v>
       </c>
       <c r="G344" s="7" t="n">
-        <v>-0.0012</v>
+        <v>-0.0164</v>
       </c>
       <c r="H344" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J344" s="6" t="n"/>
     </row>
     <row r="345">
       <c r="A345" s="1" t="n">
         <v>335</v>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>The Indian Hotels Company Limited Dec25</t>
+          <t>ITC Limited Feb26</t>
         </is>
       </c>
       <c r="D345" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E345" s="5" t="n">
-        <v>-105000</v>
+        <v>-4012800</v>
       </c>
       <c r="F345" s="6" t="n">
-        <v>-784.9299999999999</v>
+        <v>-12995.45</v>
       </c>
       <c r="G345" s="7" t="n">
-        <v>-0.0012</v>
+        <v>-0.0189</v>
       </c>
       <c r="H345" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J345" s="6" t="n"/>
     </row>
     <row r="346">
       <c r="A346" s="1" t="n">
         <v>336</v>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Asian Paints Limited Dec25</t>
+          <t>Axis Bank Limited Feb26</t>
         </is>
       </c>
       <c r="D346" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E346" s="5" t="n">
-        <v>-27750</v>
+        <v>-1055000</v>
       </c>
       <c r="F346" s="6" t="n">
-        <v>-802.86</v>
+        <v>-14487.26</v>
       </c>
       <c r="G346" s="7" t="n">
-        <v>-0.0012</v>
+        <v>-0.021</v>
       </c>
       <c r="H346" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J346" s="6" t="n"/>
     </row>
     <row r="347">
       <c r="A347" s="1" t="n">
         <v>337</v>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>HFCL Limited Dec25</t>
+          <t>Vodafone Idea Limited Feb26</t>
         </is>
       </c>
       <c r="D347" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E347" s="5" t="n">
-        <v>-1141650</v>
+        <v>-140376900</v>
       </c>
       <c r="F347" s="6" t="n">
-        <v>-807.15</v>
+        <v>-15736.25</v>
       </c>
       <c r="G347" s="7" t="n">
-        <v>-0.0012</v>
+        <v>-0.0228</v>
       </c>
       <c r="H347" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J347" s="6" t="n"/>
     </row>
     <row r="348">
       <c r="A348" s="1" t="n">
         <v>338</v>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>MphasiS Limited Dec25</t>
+          <t>Kotak Mahindra Bank Limited Feb26</t>
         </is>
       </c>
       <c r="D348" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E348" s="5" t="n">
-        <v>-28600</v>
+        <v>-4004000</v>
       </c>
       <c r="F348" s="6" t="n">
-        <v>-807.78</v>
+        <v>-16416.4</v>
       </c>
       <c r="G348" s="7" t="n">
-        <v>-0.0012</v>
+        <v>-0.0238</v>
       </c>
       <c r="H348" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J348" s="6" t="n"/>
     </row>
     <row r="349">
       <c r="A349" s="1" t="n">
         <v>339</v>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Trent Limited Dec25</t>
+          <t>Reliance Industries Limited Feb26</t>
         </is>
       </c>
       <c r="D349" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E349" s="5" t="n">
-        <v>-19000</v>
+        <v>-1248000</v>
       </c>
       <c r="F349" s="6" t="n">
-        <v>-813.28</v>
+        <v>-17465.76</v>
       </c>
       <c r="G349" s="7" t="n">
-        <v>-0.0012</v>
+        <v>-0.0253</v>
       </c>
       <c r="H349" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J349" s="6" t="n"/>
     </row>
     <row r="350">
       <c r="A350" s="1" t="n">
         <v>340</v>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Bharti Airtel Limited Jan26</t>
+          <t>ICICI Bank Limited Feb26</t>
         </is>
       </c>
       <c r="D350" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E350" s="5" t="n">
-        <v>-38475</v>
+        <v>-1386700</v>
       </c>
       <c r="F350" s="6" t="n">
-        <v>-819.13</v>
+        <v>-18882.69</v>
       </c>
       <c r="G350" s="7" t="n">
-        <v>-0.0012</v>
+        <v>-0.0274</v>
       </c>
       <c r="H350" s="11" t="n">
-        <v>46049</v>
+        <v>46077</v>
       </c>
       <c r="J350" s="6" t="n"/>
     </row>
     <row r="351">
       <c r="A351" s="1" t="n">
         <v>341</v>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Godrej Consumer Products Limited Dec25</t>
+          <t>HDFC Bank Limited Feb26</t>
         </is>
       </c>
       <c r="D351" s="1" t="inlineStr">
         <is>
           <t>Stock Futures</t>
         </is>
       </c>
       <c r="E351" s="5" t="n">
-        <v>-73000</v>
+        <v>-2088900</v>
       </c>
       <c r="F351" s="6" t="n">
-        <v>-841.4</v>
+        <v>-19507.19</v>
       </c>
       <c r="G351" s="7" t="n">
-        <v>-0.0013</v>
+        <v>-0.0283</v>
       </c>
       <c r="H351" s="11" t="n">
-        <v>46021</v>
+        <v>46077</v>
       </c>
       <c r="J351" s="6" t="n"/>
     </row>
     <row r="352">
-      <c r="A352" s="1" t="n">
-[...52 lines deleted...]
-      <c r="J353" s="6" t="n"/>
+      <c r="A352" s="8" t="n"/>
+      <c r="B352" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C352" s="8" t="n"/>
+      <c r="D352" s="8" t="n"/>
+      <c r="E352" s="8" t="n"/>
+      <c r="F352" s="9" t="n">
+        <v>-495046.47</v>
+      </c>
+      <c r="G352" s="10" t="n">
+        <v>-0.7178</v>
+      </c>
     </row>
     <row r="354">
-      <c r="A354" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J354" s="6" t="n"/>
+      <c r="B354" s="3" t="inlineStr">
+        <is>
+          <t>DEBT INSTRUMENTS</t>
+        </is>
+      </c>
     </row>
     <row r="355">
-      <c r="A355" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J355" s="6" t="n"/>
+      <c r="B355" s="3" t="inlineStr">
+        <is>
+          <t>BOND &amp; NCD's</t>
+        </is>
+      </c>
     </row>
     <row r="356">
-      <c r="A356" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J356" s="6" t="n"/>
+      <c r="B356" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="n">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Godrej Properties Limited Dec25</t>
+          <t>National Bank for Agriculture and Rural Development</t>
+        </is>
+      </c>
+      <c r="C357" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08DX0</t>
         </is>
       </c>
       <c r="D357" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E357" s="5" t="n">
-        <v>-46475</v>
+        <v>10000</v>
       </c>
       <c r="F357" s="6" t="n">
-        <v>-987.27</v>
+        <v>10378.61</v>
       </c>
       <c r="G357" s="7" t="n">
-        <v>-0.0015</v>
+        <v>0.0151</v>
       </c>
       <c r="H357" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J357" s="6" t="n"/>
+        <v>46234</v>
+      </c>
+      <c r="J357" s="6" t="n">
+        <v>7.4125</v>
+      </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="n">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sona BLW Precision Forgings Limited Dec25</t>
+          <t>Bajaj Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C358" s="1" t="inlineStr">
+        <is>
+          <t>INE377Y07557</t>
         </is>
       </c>
       <c r="D358" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E358" s="5" t="n">
-        <v>-195300</v>
+        <v>7500</v>
       </c>
       <c r="F358" s="6" t="n">
-        <v>-1004.33</v>
+        <v>7889.29</v>
       </c>
       <c r="G358" s="7" t="n">
-        <v>-0.0015</v>
+        <v>0.0114</v>
       </c>
       <c r="H358" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J358" s="6" t="n"/>
+        <v>46444</v>
+      </c>
+      <c r="J358" s="6" t="n">
+        <v>7.32</v>
+      </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="n">
-        <v>349</v>
+        <v>344</v>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bharat Electronics Limited Jan26</t>
+          <t>National Bank for Agriculture and Rural Development**</t>
+        </is>
+      </c>
+      <c r="C359" s="1" t="inlineStr">
+        <is>
+          <t>INE261F08EF5</t>
         </is>
       </c>
       <c r="D359" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>ICRA AAA</t>
         </is>
       </c>
       <c r="E359" s="5" t="n">
-        <v>-246525</v>
+        <v>5000</v>
       </c>
       <c r="F359" s="6" t="n">
-        <v>-1026.28</v>
+        <v>5375.34</v>
       </c>
       <c r="G359" s="7" t="n">
-        <v>-0.0015</v>
+        <v>0.0078</v>
       </c>
       <c r="H359" s="11" t="n">
-        <v>46049</v>
-[...1 lines deleted...]
-      <c r="J359" s="6" t="n"/>
+        <v>46461</v>
+      </c>
+      <c r="J359" s="6" t="n">
+        <v>7.19</v>
+      </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="n">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Manappuram Finance Limited Dec25</t>
+          <t>Mahindra &amp; Mahindra Financial Services Limited**</t>
+        </is>
+      </c>
+      <c r="C360" s="1" t="inlineStr">
+        <is>
+          <t>INE774D07UT1</t>
         </is>
       </c>
       <c r="D360" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E360" s="5" t="n">
-        <v>-360000</v>
+        <v>5000</v>
       </c>
       <c r="F360" s="6" t="n">
-        <v>-1030.32</v>
+        <v>5353.14</v>
       </c>
       <c r="G360" s="7" t="n">
-        <v>-0.0015</v>
+        <v>0.0078</v>
       </c>
       <c r="H360" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J360" s="6" t="n"/>
+        <v>46107</v>
+      </c>
+      <c r="J360" s="6" t="n">
+        <v>7.2002</v>
+      </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="n">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Varun Beverages Limited Dec25</t>
+          <t>Cholamandalam Investment and Finance Company Limited**</t>
+        </is>
+      </c>
+      <c r="C361" s="1" t="inlineStr">
+        <is>
+          <t>INE121A07SN8</t>
         </is>
       </c>
       <c r="D361" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>ICRA AA+</t>
         </is>
       </c>
       <c r="E361" s="5" t="n">
-        <v>-213200</v>
+        <v>5000</v>
       </c>
       <c r="F361" s="6" t="n">
-        <v>-1033.81</v>
+        <v>5230.31</v>
       </c>
       <c r="G361" s="7" t="n">
-        <v>-0.0016</v>
+        <v>0.0076</v>
       </c>
       <c r="H361" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J361" s="6" t="n"/>
+        <v>46535</v>
+      </c>
+      <c r="J361" s="6" t="n">
+        <v>7.685</v>
+      </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="n">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Jio Financial Services Limited Jan26</t>
+          <t>REC Limited</t>
+        </is>
+      </c>
+      <c r="C362" s="1" t="inlineStr">
+        <is>
+          <t>INE020B08ED9</t>
         </is>
       </c>
       <c r="D362" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E362" s="5" t="n">
-        <v>-340750</v>
+        <v>5000</v>
       </c>
       <c r="F362" s="6" t="n">
-        <v>-1057.18</v>
+        <v>5221.34</v>
       </c>
       <c r="G362" s="7" t="n">
-        <v>-0.0016</v>
+        <v>0.0076</v>
       </c>
       <c r="H362" s="11" t="n">
-        <v>46049</v>
-[...1 lines deleted...]
-      <c r="J362" s="6" t="n"/>
+        <v>46203</v>
+      </c>
+      <c r="J362" s="6" t="n">
+        <v>7.35</v>
+      </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="n">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>ETERNAL LIMITED Jan26</t>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C363" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07PN6</t>
         </is>
       </c>
       <c r="D363" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E363" s="5" t="n">
-        <v>-356475</v>
+        <v>500</v>
       </c>
       <c r="F363" s="6" t="n">
-        <v>-1083.51</v>
+        <v>5010.14</v>
       </c>
       <c r="G363" s="7" t="n">
-        <v>-0.0016</v>
+        <v>0.0073</v>
       </c>
       <c r="H363" s="11" t="n">
-        <v>46049</v>
-[...1 lines deleted...]
-      <c r="J363" s="6" t="n"/>
+        <v>46356</v>
+      </c>
+      <c r="J363" s="6" t="n">
+        <v>7.475</v>
+      </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="n">
-        <v>354</v>
+        <v>349</v>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>ICICI Prudential Life Insurance Company Limited Dec25</t>
+          <t>Kotak Mahindra Prime Limited</t>
+        </is>
+      </c>
+      <c r="C364" s="1" t="inlineStr">
+        <is>
+          <t>INE916DA7RW2</t>
         </is>
       </c>
       <c r="D364" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E364" s="5" t="n">
-        <v>-176675</v>
+        <v>250</v>
       </c>
       <c r="F364" s="6" t="n">
-        <v>-1099.54</v>
+        <v>2688.46</v>
       </c>
       <c r="G364" s="7" t="n">
-        <v>-0.0017</v>
+        <v>0.0039</v>
       </c>
       <c r="H364" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J364" s="6" t="n"/>
+        <v>46073</v>
+      </c>
+      <c r="J364" s="6" t="n">
+        <v>6.8925</v>
+      </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="n">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>ITC Limited Jan26</t>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C365" s="1" t="inlineStr">
+        <is>
+          <t>INE556F08KH1</t>
         </is>
       </c>
       <c r="D365" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E365" s="5" t="n">
-        <v>-272000</v>
+        <v>2500</v>
       </c>
       <c r="F365" s="6" t="n">
-        <v>-1112.34</v>
+        <v>2575.33</v>
       </c>
       <c r="G365" s="7" t="n">
-        <v>-0.0017</v>
+        <v>0.0037</v>
       </c>
       <c r="H365" s="11" t="n">
-        <v>46049</v>
-[...1 lines deleted...]
-      <c r="J365" s="6" t="n"/>
+        <v>46265</v>
+      </c>
+      <c r="J365" s="6" t="n">
+        <v>7.4172</v>
+      </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="n">
-        <v>356</v>
+        <v>351</v>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Indian Railway Catering And Tourism Corporation Limited Dec25</t>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C366" s="1" t="inlineStr">
+        <is>
+          <t>INE403D08272</t>
         </is>
       </c>
       <c r="D366" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E366" s="5" t="n">
-        <v>-161875</v>
+        <v>2500</v>
       </c>
       <c r="F366" s="6" t="n">
-        <v>-1117.34</v>
+        <v>2538.83</v>
       </c>
       <c r="G366" s="7" t="n">
-        <v>-0.0017</v>
+        <v>0.0037</v>
       </c>
       <c r="H366" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J366" s="6" t="n"/>
+        <v>46675</v>
+      </c>
+      <c r="J366" s="6" t="n">
+        <v>7.73</v>
+      </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="n">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Dixon Technologies (India) Limited Dec25</t>
+          <t>LIC Housing Finance Limited**</t>
+        </is>
+      </c>
+      <c r="C367" s="1" t="inlineStr">
+        <is>
+          <t>INE115A07RA9</t>
         </is>
       </c>
       <c r="D367" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL AAA</t>
         </is>
       </c>
       <c r="E367" s="5" t="n">
-        <v>-7800</v>
+        <v>2500</v>
       </c>
       <c r="F367" s="6" t="n">
-        <v>-1144.1</v>
+        <v>2530.07</v>
       </c>
       <c r="G367" s="7" t="n">
-        <v>-0.0017</v>
+        <v>0.0037</v>
       </c>
       <c r="H367" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J367" s="6" t="n"/>
+        <v>46367</v>
+      </c>
+      <c r="J367" s="6" t="n">
+        <v>7.475</v>
+      </c>
     </row>
     <row r="368">
-      <c r="A368" s="1" t="n">
-[...52 lines deleted...]
-      <c r="J369" s="6" t="n"/>
+      <c r="A368" s="8" t="n"/>
+      <c r="B368" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C368" s="8" t="n"/>
+      <c r="D368" s="8" t="n"/>
+      <c r="E368" s="8" t="n"/>
+      <c r="F368" s="9" t="n">
+        <v>54790.86</v>
+      </c>
+      <c r="G368" s="10" t="n">
+        <v>0.0796</v>
+      </c>
     </row>
     <row r="370">
-      <c r="A370" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J370" s="6" t="n"/>
+      <c r="B370" s="3" t="inlineStr">
+        <is>
+          <t>MONEY MARKET INSTRUMENTS</t>
+        </is>
+      </c>
     </row>
     <row r="371">
-      <c r="A371" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J371" s="6" t="n"/>
+      <c r="B371" s="3" t="inlineStr">
+        <is>
+          <t>Certificate of Deposit</t>
+        </is>
+      </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="n">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>NMDC Limited Dec25</t>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C372" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16GW7</t>
         </is>
       </c>
       <c r="D372" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E372" s="5" t="n">
-        <v>-1680750</v>
+        <v>2500</v>
       </c>
       <c r="F372" s="6" t="n">
-        <v>-1250.14</v>
+        <v>12240.21</v>
       </c>
       <c r="G372" s="7" t="n">
-        <v>-0.0019</v>
+        <v>0.0178</v>
       </c>
       <c r="H372" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J372" s="6" t="n"/>
+        <v>46161</v>
+      </c>
+      <c r="J372" s="6" t="n">
+        <v>7.24</v>
+      </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="n">
-        <v>363</v>
+        <v>354</v>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Indian Energy Exchange Limited Dec25</t>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C373" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BH3</t>
         </is>
       </c>
       <c r="D373" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E373" s="5" t="n">
-        <v>-903750</v>
+        <v>1500</v>
       </c>
       <c r="F373" s="6" t="n">
-        <v>-1266.88</v>
+        <v>7363.33</v>
       </c>
       <c r="G373" s="7" t="n">
-        <v>-0.0019</v>
+        <v>0.0107</v>
       </c>
       <c r="H373" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J373" s="6" t="n"/>
+        <v>46147</v>
+      </c>
+      <c r="J373" s="6" t="n">
+        <v>7.285</v>
+      </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="n">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Samvardhana Motherson International Limited Dec25</t>
+          <t>IDFC First Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C374" s="1" t="inlineStr">
+        <is>
+          <t>INE092T16YR1</t>
         </is>
       </c>
       <c r="D374" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E374" s="5" t="n">
-        <v>-1113150</v>
+        <v>1000</v>
       </c>
       <c r="F374" s="6" t="n">
-        <v>-1300.72</v>
+        <v>4874.03</v>
       </c>
       <c r="G374" s="7" t="n">
-        <v>-0.002</v>
+        <v>0.0071</v>
       </c>
       <c r="H374" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J374" s="6" t="n"/>
+        <v>46182</v>
+      </c>
+      <c r="J374" s="6" t="n">
+        <v>7.3701</v>
+      </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="n">
-        <v>365</v>
+        <v>356</v>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Hero MotoCorp Limited Dec25</t>
+          <t>Axis Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C375" s="1" t="inlineStr">
+        <is>
+          <t>INE238AD6AT7</t>
         </is>
       </c>
       <c r="D375" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E375" s="5" t="n">
-        <v>-21600</v>
+        <v>1000</v>
       </c>
       <c r="F375" s="6" t="n">
-        <v>-1343.41</v>
+        <v>4873.23</v>
       </c>
       <c r="G375" s="7" t="n">
-        <v>-0.002</v>
+        <v>0.0071</v>
       </c>
       <c r="H375" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J375" s="6" t="n"/>
+        <v>46184</v>
+      </c>
+      <c r="J375" s="6" t="n">
+        <v>7.3035</v>
+      </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="n">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>The Phoenix Mills Limited Dec25</t>
+          <t>HDFC Bank Limited**</t>
+        </is>
+      </c>
+      <c r="C376" s="1" t="inlineStr">
+        <is>
+          <t>INE040A16HF0</t>
         </is>
       </c>
       <c r="D376" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E376" s="5" t="n">
-        <v>-78050</v>
+        <v>1000</v>
       </c>
       <c r="F376" s="6" t="n">
-        <v>-1364</v>
+        <v>4823.66</v>
       </c>
       <c r="G376" s="7" t="n">
-        <v>-0.002</v>
+        <v>0.007</v>
       </c>
       <c r="H376" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J376" s="6" t="n"/>
+        <v>46239</v>
+      </c>
+      <c r="J376" s="6" t="n">
+        <v>7.2124</v>
+      </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="n">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Lodha Developers Limited Dec25</t>
+          <t>Small Industries Development Bank of India**</t>
+        </is>
+      </c>
+      <c r="C377" s="1" t="inlineStr">
+        <is>
+          <t>INE556F16BO9</t>
         </is>
       </c>
       <c r="D377" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E377" s="5" t="n">
-        <v>-118350</v>
+        <v>1000</v>
       </c>
       <c r="F377" s="6" t="n">
-        <v>-1368.13</v>
+        <v>4745.06</v>
       </c>
       <c r="G377" s="7" t="n">
-        <v>-0.0021</v>
+        <v>0.0069</v>
       </c>
       <c r="H377" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J377" s="6" t="n"/>
+        <v>46323</v>
+      </c>
+      <c r="J377" s="6" t="n">
+        <v>7.29</v>
+      </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="n">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Alkem Laboratories Limited Dec25</t>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C378" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16QE7</t>
         </is>
       </c>
       <c r="D378" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E378" s="5" t="n">
-        <v>-24875</v>
+        <v>1000</v>
       </c>
       <c r="F378" s="6" t="n">
-        <v>-1422.85</v>
+        <v>4690.54</v>
       </c>
       <c r="G378" s="7" t="n">
-        <v>-0.0021</v>
+        <v>0.0068</v>
       </c>
       <c r="H378" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J378" s="6" t="n"/>
+        <v>46399</v>
+      </c>
+      <c r="J378" s="6" t="n">
+        <v>6.98</v>
+      </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="n">
-        <v>369</v>
+        <v>360</v>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Cyient Limited Dec25</t>
+          <t>Indian Bank**</t>
+        </is>
+      </c>
+      <c r="C379" s="1" t="inlineStr">
+        <is>
+          <t>INE562A16OS2</t>
         </is>
       </c>
       <c r="D379" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E379" s="5" t="n">
-        <v>-132600</v>
+        <v>500</v>
       </c>
       <c r="F379" s="6" t="n">
-        <v>-1496.52</v>
+        <v>2454.2</v>
       </c>
       <c r="G379" s="7" t="n">
-        <v>-0.0022</v>
+        <v>0.0036</v>
       </c>
       <c r="H379" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J379" s="6" t="n"/>
+        <v>46148</v>
+      </c>
+      <c r="J379" s="6" t="n">
+        <v>7.2472</v>
+      </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="n">
-        <v>370</v>
+        <v>361</v>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Glenmark Pharmaceuticals Limited Dec25</t>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C380" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KC9</t>
         </is>
       </c>
       <c r="D380" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E380" s="5" t="n">
-        <v>-77625</v>
+        <v>500</v>
       </c>
       <c r="F380" s="6" t="n">
-        <v>-1517.65</v>
+        <v>2450.13</v>
       </c>
       <c r="G380" s="7" t="n">
-        <v>-0.0023</v>
+        <v>0.0036</v>
       </c>
       <c r="H380" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J380" s="6" t="n"/>
+        <v>46157</v>
+      </c>
+      <c r="J380" s="6" t="n">
+        <v>7.2125</v>
+      </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="n">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Reliance Industries Limited Jan26</t>
+          <t>Bank of Baroda**</t>
+        </is>
+      </c>
+      <c r="C381" s="1" t="inlineStr">
+        <is>
+          <t>INE028A16KR4</t>
         </is>
       </c>
       <c r="D381" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>IND A1+</t>
         </is>
       </c>
       <c r="E381" s="5" t="n">
-        <v>-96000</v>
+        <v>500</v>
       </c>
       <c r="F381" s="6" t="n">
-        <v>-1522.94</v>
+        <v>2440</v>
       </c>
       <c r="G381" s="7" t="n">
-        <v>-0.0023</v>
+        <v>0.0035</v>
       </c>
       <c r="H381" s="11" t="n">
-        <v>46049</v>
-[...1 lines deleted...]
-      <c r="J381" s="6" t="n"/>
+        <v>46178</v>
+      </c>
+      <c r="J381" s="6" t="n">
+        <v>7.2385</v>
+      </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="n">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>SRF Limited Dec25</t>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C382" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KP1</t>
         </is>
       </c>
       <c r="D382" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E382" s="5" t="n">
-        <v>-51800</v>
+        <v>500</v>
       </c>
       <c r="F382" s="6" t="n">
-        <v>-1525.67</v>
+        <v>2437.28</v>
       </c>
       <c r="G382" s="7" t="n">
-        <v>-0.0023</v>
+        <v>0.0035</v>
       </c>
       <c r="H382" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J382" s="6" t="n"/>
+        <v>46185</v>
+      </c>
+      <c r="J382" s="6" t="n">
+        <v>7.1708</v>
+      </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="n">
-        <v>373</v>
+        <v>364</v>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Vodafone Idea Limited Jan26</t>
+          <t>Union Bank of India**</t>
+        </is>
+      </c>
+      <c r="C383" s="1" t="inlineStr">
+        <is>
+          <t>INE692A16KU1</t>
         </is>
       </c>
       <c r="D383" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>ICRA A1+</t>
         </is>
       </c>
       <c r="E383" s="5" t="n">
-        <v>-15510075</v>
+        <v>500</v>
       </c>
       <c r="F383" s="6" t="n">
-        <v>-1566.52</v>
+        <v>2341.59</v>
       </c>
       <c r="G383" s="7" t="n">
-        <v>-0.0024</v>
+        <v>0.0034</v>
       </c>
       <c r="H383" s="11" t="n">
-        <v>46049</v>
-[...1 lines deleted...]
-      <c r="J383" s="6" t="n"/>
+        <v>46406</v>
+      </c>
+      <c r="J383" s="6" t="n">
+        <v>7.015</v>
+      </c>
     </row>
     <row r="384">
-      <c r="A384" s="1" t="n">
-[...52 lines deleted...]
-      <c r="J385" s="6" t="n"/>
+      <c r="A384" s="8" t="n"/>
+      <c r="B384" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C384" s="8" t="n"/>
+      <c r="D384" s="8" t="n"/>
+      <c r="E384" s="8" t="n"/>
+      <c r="F384" s="9" t="n">
+        <v>55733.26</v>
+      </c>
+      <c r="G384" s="10" t="n">
+        <v>0.081</v>
+      </c>
     </row>
     <row r="386">
-      <c r="A386" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J386" s="6" t="n"/>
+      <c r="B386" s="3" t="inlineStr">
+        <is>
+          <t>Commercial Papers</t>
+        </is>
+      </c>
     </row>
     <row r="387">
-      <c r="A387" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J387" s="6" t="n"/>
+      <c r="B387" s="3" t="inlineStr">
+        <is>
+          <t>Listed / awaiting listing on the stock exchanges</t>
+        </is>
+      </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="n">
-        <v>378</v>
+        <v>365</v>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bank of India Dec25</t>
+          <t>Bharti Telecom Limited**</t>
+        </is>
+      </c>
+      <c r="C388" s="1" t="inlineStr">
+        <is>
+          <t>INE403D14585</t>
         </is>
       </c>
       <c r="D388" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>CRISIL A1+</t>
         </is>
       </c>
       <c r="E388" s="5" t="n">
-        <v>-1216800</v>
+        <v>1000</v>
       </c>
       <c r="F388" s="6" t="n">
-        <v>-1802.32</v>
+        <v>4763.88</v>
       </c>
       <c r="G388" s="7" t="n">
-        <v>-0.0027</v>
+        <v>0.0069</v>
       </c>
       <c r="H388" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J388" s="6" t="n"/>
+        <v>46283</v>
+      </c>
+      <c r="J388" s="6" t="n">
+        <v>7.9</v>
+      </c>
     </row>
     <row r="389">
-      <c r="A389" s="1" t="n">
-[...52 lines deleted...]
-      <c r="J390" s="6" t="n"/>
+      <c r="A389" s="8" t="n"/>
+      <c r="B389" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C389" s="8" t="n"/>
+      <c r="D389" s="8" t="n"/>
+      <c r="E389" s="8" t="n"/>
+      <c r="F389" s="9" t="n">
+        <v>4763.88</v>
+      </c>
+      <c r="G389" s="10" t="n">
+        <v>0.0069</v>
+      </c>
     </row>
     <row r="391">
-      <c r="A391" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J391" s="6" t="n"/>
+      <c r="B391" s="3" t="inlineStr">
+        <is>
+          <t>Treasury Bill</t>
+        </is>
+      </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="n">
-        <v>382</v>
+        <v>366</v>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Crompton Greaves Consumer Electricals Limited Dec25</t>
+          <t>182 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C392" s="1" t="inlineStr">
+        <is>
+          <t>IN002025Y305</t>
         </is>
       </c>
       <c r="D392" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E392" s="5" t="n">
-        <v>-714600</v>
+        <v>1500000</v>
       </c>
       <c r="F392" s="6" t="n">
-        <v>-1909.41</v>
+        <v>1481.93</v>
       </c>
       <c r="G392" s="7" t="n">
-        <v>-0.0029</v>
+        <v>0.0022</v>
       </c>
       <c r="H392" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J392" s="6" t="n"/>
+        <v>46136</v>
+      </c>
+      <c r="J392" s="6" t="n">
+        <v>5.4282</v>
+      </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="n">
-        <v>383</v>
+        <v>367</v>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Syngene International Limited Dec25</t>
+          <t>364 DAYS T-BILL 2026</t>
+        </is>
+      </c>
+      <c r="C393" s="1" t="inlineStr">
+        <is>
+          <t>IN002024Z453</t>
         </is>
       </c>
       <c r="D393" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>Sovereign</t>
         </is>
       </c>
       <c r="E393" s="5" t="n">
-        <v>-296000</v>
+        <v>1000000</v>
       </c>
       <c r="F393" s="6" t="n">
-        <v>-1933.47</v>
+        <v>997.35</v>
       </c>
       <c r="G393" s="7" t="n">
-        <v>-0.0029</v>
+        <v>0.0014</v>
       </c>
       <c r="H393" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J393" s="6" t="n"/>
+        <v>46073</v>
+      </c>
+      <c r="J393" s="6" t="n">
+        <v>5.1005</v>
+      </c>
     </row>
     <row r="394">
-      <c r="A394" s="1" t="n">
-[...52 lines deleted...]
-      <c r="J395" s="6" t="n"/>
+      <c r="A394" s="8" t="n"/>
+      <c r="B394" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C394" s="8" t="n"/>
+      <c r="D394" s="8" t="n"/>
+      <c r="E394" s="8" t="n"/>
+      <c r="F394" s="9" t="n">
+        <v>2479.28</v>
+      </c>
+      <c r="G394" s="10" t="n">
+        <v>0.0036</v>
+      </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="n">
-        <v>386</v>
-[...12 lines deleted...]
-        <v>-108500</v>
+        <v>368</v>
+      </c>
+      <c r="B396" s="3" t="inlineStr">
+        <is>
+          <t>TREPS / Reverse Repo Investments</t>
+        </is>
       </c>
       <c r="F396" s="6" t="n">
-        <v>-1995.75</v>
+        <v>7514.53</v>
       </c>
       <c r="G396" s="7" t="n">
-        <v>-0.003</v>
+        <v>0.0109</v>
       </c>
       <c r="H396" s="11" t="n">
-        <v>46021</v>
-[...1 lines deleted...]
-      <c r="J396" s="6" t="n"/>
+        <v>46055</v>
+      </c>
     </row>
     <row r="397">
-      <c r="A397" s="1" t="n">
-[...52 lines deleted...]
-      <c r="J398" s="6" t="n"/>
+      <c r="A397" s="8" t="n"/>
+      <c r="B397" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C397" s="8" t="n"/>
+      <c r="D397" s="8" t="n"/>
+      <c r="E397" s="8" t="n"/>
+      <c r="F397" s="9" t="n">
+        <v>7514.53</v>
+      </c>
+      <c r="G397" s="10" t="n">
+        <v>0.0109</v>
+      </c>
     </row>
     <row r="399">
-      <c r="A399" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J399" s="6" t="n"/>
+      <c r="B399" s="3" t="inlineStr">
+        <is>
+          <t>Mutual Funds</t>
+        </is>
+      </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="n">
-        <v>390</v>
+        <v>369</v>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Maruti Suzuki India Limited Dec25</t>
+          <t>DSP Savings Fund - Direct Plan - Growth</t>
+        </is>
+      </c>
+      <c r="C400" s="1" t="inlineStr">
+        <is>
+          <t>INF740K01NU2</t>
         </is>
       </c>
       <c r="D400" s="1" t="inlineStr">
         <is>
-          <t>Stock Futures</t>
+          <t>Mutual Funds</t>
         </is>
       </c>
       <c r="E400" s="5" t="n">
-        <v>-12900</v>
+        <v>125212973.227</v>
       </c>
       <c r="F400" s="6" t="n">
-        <v>-2065.42</v>
+        <v>70328.62</v>
       </c>
       <c r="G400" s="7" t="n">
-        <v>-0.0031</v>
-[...4 lines deleted...]
-      <c r="J400" s="6" t="n"/>
+        <v>0.1021</v>
+      </c>
+      <c r="J400" s="6" t="n">
+        <v>7.111538</v>
+      </c>
     </row>
     <row r="401">
-      <c r="A401" s="1" t="n">
-[...52 lines deleted...]
-      <c r="J402" s="6" t="n"/>
+      <c r="A401" s="8" t="n"/>
+      <c r="B401" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C401" s="8" t="n"/>
+      <c r="D401" s="8" t="n"/>
+      <c r="E401" s="8" t="n"/>
+      <c r="F401" s="9" t="n">
+        <v>70328.62</v>
+      </c>
+      <c r="G401" s="10" t="n">
+        <v>0.1021</v>
+      </c>
     </row>
     <row r="403">
-      <c r="A403" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J403" s="6" t="n"/>
+      <c r="B403" s="3" t="inlineStr">
+        <is>
+          <t>Cash &amp; Cash Equivalent</t>
+        </is>
+      </c>
     </row>
     <row r="404">
-      <c r="A404" s="1" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bandhan Bank Limited Dec25</t>
-[...9 lines deleted...]
-      </c>
+          <t>Net Receivables/Payables</t>
+        </is>
+      </c>
+      <c r="E404" s="5" t="n"/>
       <c r="F404" s="6" t="n">
-        <v>-2282.06</v>
+        <v>1166.03</v>
       </c>
       <c r="G404" s="7" t="n">
-        <v>-0.0034</v>
-[...2 lines deleted...]
-        <v>46021</v>
+        <v>0.001</v>
       </c>
       <c r="J404" s="6" t="n"/>
     </row>
     <row r="405">
-      <c r="A405" s="1" t="n">
-[...52 lines deleted...]
-      <c r="J406" s="6" t="n"/>
+      <c r="A405" s="8" t="n"/>
+      <c r="B405" s="8" t="inlineStr">
+        <is>
+          <t>Total</t>
+        </is>
+      </c>
+      <c r="C405" s="8" t="n"/>
+      <c r="D405" s="8" t="n"/>
+      <c r="E405" s="8" t="n"/>
+      <c r="F405" s="9" t="n">
+        <v>1166.03</v>
+      </c>
+      <c r="G405" s="10" t="n">
+        <v>0.001</v>
+      </c>
     </row>
     <row r="407">
-      <c r="A407" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J407" s="6" t="n"/>
+      <c r="A407" s="4" t="n"/>
+      <c r="B407" s="4" t="inlineStr">
+        <is>
+          <t>GRAND TOTAL</t>
+        </is>
+      </c>
+      <c r="C407" s="4" t="n"/>
+      <c r="D407" s="4" t="n"/>
+      <c r="E407" s="4" t="n"/>
+      <c r="F407" s="12" t="n">
+        <v>689075.1800000001</v>
+      </c>
+      <c r="G407" s="13" t="n">
+        <v>1</v>
+      </c>
     </row>
     <row r="408">
-      <c r="A408" s="1" t="n">
-[...24 lines deleted...]
-      <c r="J408" s="6" t="n"/>
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>Notes:</t>
+        </is>
+      </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="n">
-        <v>399</v>
+        <v>1</v>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Steel Authority of India Limited Dec25</t>
-[...19 lines deleted...]
-      <c r="J409" s="6" t="n"/>
+          <t>** Non Traded in accordance with SEBI Regulations.</t>
+        </is>
+      </c>
     </row>
     <row r="410">
-      <c r="A410" s="1" t="n">
-[...52 lines deleted...]
-      <c r="J411" s="6" t="n"/>
+      <c r="A410" s="61" t="n">
+        <v>2</v>
+      </c>
+      <c r="B410" s="61" t="inlineStr">
+        <is>
+          <t>* Less than 0.01%</t>
+        </is>
+      </c>
+    </row>
+    <row r="411" ht="34" customHeight="1" s="45">
+      <c r="A411" s="15" t="n">
+        <v>3</v>
+      </c>
+      <c r="B411" s="64" t="inlineStr">
+        <is>
+          <t>As on January 31, 2026, the aggregate investments by the schemes of DSP Mutual Fund in DSP Arbitrage Fund is  ₹  60,249.25 Lakhs.</t>
+        </is>
+      </c>
     </row>
     <row r="412">
-      <c r="A412" s="1" t="n">
-[...2845 lines deleted...]
-      <c r="A529" s="15" t="n">
+      <c r="A412" s="15" t="n">
         <v>4</v>
       </c>
-      <c r="B529" s="15" t="inlineStr">
+      <c r="B412" s="15" t="inlineStr">
         <is>
           <t>Market value includes accrued interest</t>
         </is>
       </c>
     </row>
-    <row r="533" ht="14.5" customHeight="1" s="49">
-      <c r="B533" s="38" t="inlineStr">
+    <row r="416" ht="14.5" customHeight="1" s="45">
+      <c r="B416" s="39" t="inlineStr">
         <is>
           <t>Scheme Riskometer</t>
         </is>
       </c>
     </row>
-    <row r="547" ht="14.5" customHeight="1" s="49">
-      <c r="B547" s="38" t="inlineStr">
+    <row r="430" ht="14.5" customHeight="1" s="45">
+      <c r="B430" s="39" t="inlineStr">
         <is>
           <t>Benchmark Riskometer: Nifty 50 Arbitrage Index</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>